--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,224 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4165 - Elevators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for electric traction elevators for passenger transport and movement of objects with vertical guides, with or without machine room, according to the five categories of usage: very low, low, occasional, frequent, and very frequent.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Elevators</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>NOM-053-SCFI / NOM-008-SCFI / VDI 4707 parte 1 / VDI 2566 parte 1 / VDI 2566 parte 2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4165-elevators</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4165_01.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,277 +518,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="60" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="104" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2016</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
       <c r="M2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>24</v>
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...21 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
         <v>35</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="M4" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>