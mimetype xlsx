--- v0 (2025-10-11)
+++ v1 (2025-12-07)
@@ -12,2893 +12,4281 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="912">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1358">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>3794 / 2024 Energy Efficiency of Household and Similar Electrical Appliances Measurement and Calculation Methods for Energy Consumption of Refrigerators, Refrigerator-Freezers and Freezers</t>
   </si>
   <si>
+    <t>This standard is mandatory and provides energy efficiency measurement and calculation methods for energy consumption of refrigerators, refrigerator-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Refrigeration, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 97.040.30</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/3794-2024-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>3794/2018 Energy efficiency of household and similar electrical appliances - measurement and calculation methods for energy consumption of refrigerrators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This standard specifies the requirements of energy efficiency for refrigerators, refrigerator-freezers and freezers. The standard applies to refrigerators, refrigerator-freezers and freezers that operate using 50 Hz AC and with a voltage not exceeding 250 V for single-face appliances and 480 V for other appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4358</t>
+  </si>
+  <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14011</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
+    <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_lampes_domestiques_5b695196e4dec.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential refrigerators, freezers, and combined equipment</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and combined appliances for domestic usage that run on electricity</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-residential-0</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/arrete_du_21_fevrier_2009_etiquetage_appareils_usage_domestique_soumis_aux_regles_efficacite_energetique_5b6950da0ecc4.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
     <t>BDS 1734:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL-032. Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to self-ballasted CFLs of rated voltage of 220V, rated working frequency of 50Hz and rated power of 3 W-60 W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated. Does not apply to CFLs with covers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB/T 17263-2013 GB 19044-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-032-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E6%99%AE%E9%80%9A%E7%85%A7%E6%98%8E%E7%94%A8%E8%87%AA%E9%95%87%E6%B5%81%E8%8D%A7%E5%85%89%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-LED products for indoor lighting: Non-directional self ballasted LED lamp</t>
   </si>
   <si>
+    <t>This policy covers LED products for indoor lighting: Non directional self ballasted LED lamp.</t>
+  </si>
+  <si>
     <t>GB/T 24908; GB/T 31112; GB/T 24824</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-non-directional-self-ballasted-led-lamp</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E5%93%81%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CFL standard</t>
   </si>
   <si>
+    <t>CFL lamps</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 10839 CNS 14567</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cfl-standard</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465131-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service, Self-Ballasted</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stablization parts are integrated.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465131-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-self</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492728.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465135-2018 Energy Conservation Certification Rules for Metal-Halide Lamps</t>
   </si>
   <si>
+    <t>Applies to metal halide lamps which are with LC peak lead type of ballasts - or ballasts and trigger units- that can be lighted and operate normally with 92-106 percent of rated voltage. Power range should be from 50W-1500W. does not apply to power coated metal halide lamp</t>
+  </si>
+  <si>
     <t>GBT 18661-2008ï¼›GB 20054-2015ï¼› GB19652-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465135-2018-energy-conservation-certification-rules-metal-halide-lamps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-30/492720.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465192-2014. CQC Mark Certification. Non-directional self-ballasted LED lamps for general lighting</t>
   </si>
   <si>
+    <t>Apply to non-directional self-ballasted LED lamps used for domestic and similar general lighting purpose, having:  a rated wattage up to 60 W;  a rated voltage of up to 250 V AC; and  lamp cap according to relevant GB standards.</t>
+  </si>
+  <si>
     <t>GB/T 24908-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465192-2014-cqc-mark-certification-non-directional-self-ballasted-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/493754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465195-2014. CQC Mark Certification - Self-ballasted Electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>Applies to fluorescent Lamps for General Lighting Service; Self-ballasted and Electrode-Less; operating under conditions of 220V and 50Hz; with a nominal power of 10W-60W</t>
+  </si>
+  <si>
     <t>GB 29142-2012 GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465195-2014-cqc-mark-certification-self-ballasted-electrodeless-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-10-17/509985.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465317-2020. Energy Conservation Certification Rules for LED Flat Panel Luminaires</t>
   </si>
   <si>
+    <t>Applies to LED Flat Panel Luminares with power supply not exceeding 250V</t>
+  </si>
+  <si>
     <t>GB 38450-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465317-2020-energy-conservation-certification-rules-led-flat-panel-luminaires</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-09/511478.shtml</t>
+  </si>
+  <si>
     <t>Decision 4889/QD-BCT LED labeling guidelines</t>
   </si>
   <si>
+    <t>This decision specifies the labeling instructions for LED lamps. Affixing the label is voluntary until December 31, 2019 and will be mandatory from January 1, 2020.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>TCVN 11843:2017, TCVN 11844:2017</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-4889qd-bct-led-labeling-guidelines</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-4889-QD-BCT-2018-cong-bo-tieu-chuan-ky-thuat-hieu-suat-va-dan-nhan-nang-luong-403823.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Directive 2010-30-EU</t>
   </si>
   <si>
+    <t>The strategy includes the mandatory phase-out of incandescent and halogen lamps by 2016, MEPS and labeling for all lighting technologies following the EU directives, large scale CFL and LED lamp distribution programmes, six million lamps in total; along with an extensive communications campaign; and the design of a lamp collection and recycling legislation and infrastructure in Tunisia. The elimination of lamps in power is less than 100,The taxation of lamps by 50 percent to make economic lamps  more competitive, The follow-up of this program for the elimination of other power. Launched program of 600 million incandescent lamps by LED lamps from 2017, as soon as the appearance of the decree ETF -Energy Transition Fund; which will subsidize this program.</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-2010-30-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32012R0874</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Draft Lighting Standards</t>
   </si>
   <si>
+    <t>Please note this is an unofficial policy title. Please see the presentation linked.
+Proposed MEPS for self-ballasted lamps is rated wattage of 60w (at 8 hr usage = 172.8 Kwh/year). The standard proposed an approved Nigerian label inscribed on each package.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Lighting, Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-lighting-standards</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/e.uyigue-nigerian_standards.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating-products</t>
   </si>
   <si>
     <t>Efficiency Policy for Deep Freezers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for deep freezers being manufactured, commercially purchased, or sold in India. It applies to deep freezers of the vapour compression type having a storage volume of up to and including 1000 litres.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IS 7872 (all amendments)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficiency-policy-deep-freezers</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Deep_Freezer_Regulations.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The applicable product shall meet the definition of compact fluorescent lamps as defined in CNS 14576.</t>
+  </si>
+  <si>
     <t>CNS 14576</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=29</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Fluorescent Lamps with Embedded Ballasts</t>
   </si>
   <si>
+    <t>The product shall meet the definition of fluorescent lamp products with embedded ballasts as defined in CNS 14125.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=17</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Light Emitting Diode Lamps</t>
   </si>
   <si>
+    <t>Products shall be non-directional self-ballasted LED lamps which conform to the specifications defined in The Inspection Requirements of Self-Ballasted LED Lamps subject to Legal Inspection issued by the Bureau of Standards Metrology and Inspection -BSMI of the Ministry of Economic Affairs Taiwan. The rated frequency shall be 60 Hz and the rated voltage shall be single-phase alternating current and in the range between 50 to 300 V. Nevertheless for LED lamps fitted with cap only B or E type lamps are included.</t>
+  </si>
+  <si>
     <t>CNS 15630</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-light-emitting-diode-lamps</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=54</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for LEDs</t>
+  </si>
+  <si>
+    <t>This program covers all LED lamp types, including dimmable LEDs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IES LM-79-08
 ,   
                     IEC 62612: 2013
 ,   
                     IEC 62722-2-1: 2014</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-leds</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/led.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Self-Ballasted LED Lamps</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for self-ballasted general service LED lamps for general lighting services that works on single phase ac supply up to and including 250V, 50Hz.</t>
+  </si>
+  <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>IS 16102 (part 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-self-ballasted-led-lamps</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/2_Amendment_IV_14a.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label - Fluorescent Lamps: NJ-10305014811</t>
   </si>
   <si>
+    <t>Any product compliant with CNS 691 and set as inspection required one by BSMI; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 691, CNS 13755</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-fluorescent-lamps-nj-10305014811</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=9%20</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Refrigerators and Freezers Version 4.0</t>
   </si>
   <si>
+    <t>Products that (1) meet the definitions of a Commercial Refrigerator, Freezer, and Refrigerator-Freezer, or Commercial Hybrid; and (2) fall under the eligible equipment class designations in Section 2.A.a-h, or a combination of equipment classes in the policy document, are eligible for ENERGY STAR certification. Examples of product types that are eligible for qualification include: reach-in, roll-in, or passthrough units; merchandisers; under-counter units; hybrid units; milk coolers; back bar coolers; bottle coolers; glass frosters; deep well units; beer-dispensing or direct draw units; and bunker freezers.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431 Subpart C, 10 CFR Part 431.64, and 10 CFR Part 431.66(d)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-refrigerators-and-freezers-version-40</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_refrigerators_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Decorative Light Strings Version 1.5</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Decorative Light String as specified below are eligible for ENERGY STAR qualification, with the exception of rope lighting (non-replaceable series and series/parallel connected lamps fully enclosed and sealed within a flexible polymeric tube or extrusion), and replacement lamps. ENERGY STAR qualified decorative light strings attached to decorative forms are also eligible for the ENERGY STAR.
+Decorative Light String: A string of lamps that operates on AC power in North America (120 V RMS AC; 60 Hz) or via a power adapter or controller that connects directly to AC power and is used for decorative, residential lighting purposes. The lamps may be replaceable or sealed into the lamp holder/wiring harness.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Decorative Light Strings, December 2011 (Annex A); CIE 084-1989; ASTM G 154 – 06; UL 588; CSA C22.2 No. 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-decorative-light-strings-version-15</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/decorative_light_strings/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Lamps (Light Bulbs) Version 2.1</t>
   </si>
   <si>
+    <t>The ENERGY STAR Lamps specification scope includes the lamp types intended to replace incandescent lamps as outlined in Table 1. The scope of this specification is limited to lamps with: Integrated ballasts and drivers intended to be connected to the electric power grid with the following ANSI standard base types: E26, E26d, E17, E11, E12, G4, G9, GU10, GU24, GU5.3, and GX5.3; and Rated nominal operating voltages of 120, 240 or 277 VAC, or 12 or 24 VAC or VDC.</t>
+  </si>
+  <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-lamps-light-bulbs-version-21</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/light_bulbs/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Luminaires Version 2.2</t>
   </si>
   <si>
+    <t>The ENERGY STAR Luminaires specification is limited to residential type lighting products; however to the extent that products that fall under the scope of this specification are sold into the commercial market; they may be included and listed appropriately for the applicable end user. Certification is limited to luminaires below a total input power of 250 watts intended to be connected directly to the electric power grid. Among the included products: inseparable SSL Luminaires; Accent Lights; Cove Mount and Under Cabinet Lights; Downlights; Outdoor Lighting; Portable Desk Task Lights; wall sconces and retrofits; ceiling mount and retrofits; etc.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-luminaires-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/light_fixtures/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Refrigerators and Freezers Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of (i) an Electric Refrigerator, Electric Refrigerator-Freezer, or Freezer, including compact and built-in products, as specified in the policy document and (ii) the definition of a consumer product as specified in 10 CFR § 430.2 are eligible for ENERGY STAR qualification. Wine refrigerators or other products that do not meet the definition of an Electric Refrigerator or Electric Refrigerator-Freezer are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix A &amp; B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-refrigerators-and-freezers-version-50</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/refrigerators/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
-    <t>Indonesia</t>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>GB 19044-2013 Limited values of energy efficiency and rating criteria of self-ballasted fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to CFLs of rated voltage of 220V; rated working frequency of 50Hz and rated power lower than 60W; and with caps of screw or bayonet type. These CFLs shall be of general service and ignition control parts and stabilization parts are integrated.</t>
+  </si>
+  <si>
     <t>GB 17263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19044-2013-limited-values-energy-efficiency-and-rating-criteria-self-ballasted</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF70D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 19415-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to single capped fluorescent lamps with pre-heating cathode and internal ignition device or external ignition device.</t>
+  </si>
+  <si>
     <t>GB/T 17262</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19415-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D803B9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20054-2015 Minimum allowable values of energy efficiency and energy efficiency grades for metal-halide lamps</t>
   </si>
   <si>
+    <t>This policy applies to transparent glass shell scandium sodium metal halide lamps single-end 50 W-1500 W; double-end 70 W-250 W; ceramic metal halide lamps 20W-400W.</t>
+  </si>
+  <si>
     <t>GB/T 2900.65; GB/T 13434; GB/T 18661; GB 19652; GB/T 24458</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20054-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F03D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29142-2012 Minimum allowable values of energy efficiency and energy efficiency grades for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>This policy applies to out-coupling and inner-coupling, single-capped, electrode-less fluorescent lamps with rated power between 30W and 400W; 220V 50Hz</t>
+  </si>
+  <si>
     <t>QB/T 2938; GB 29142</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29142-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29144-2012 Minimum allowable values of energy efficiency and the energy efficiency grades for self-ballasted electrodeless fluorescent lamps with general lighting service</t>
   </si>
   <si>
+    <t>This policy applies to fluorescent Lamps for General Lighting Service - Self-ballasted and Electrode-Less</t>
+  </si>
+  <si>
     <t>GB/T 21091; GB 21554</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29144-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-self</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E50CD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30255-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED products for indoor lighting</t>
   </si>
   <si>
+    <t>This policy applies to non-directional self-ballasted LED-lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>GB/T 24842; GB/T 24826; GB/T 24908; GB/T 29293; GB/T 29294; GB/T 29295; GB/T 29296; GB/T 31112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30255-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB70E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 31276-2014 Minimum allowable values of energy efficiency and evaluating values of energy conservation of tungsten halogen lamp</t>
   </si>
   <si>
+    <t>Applies to non-directional tungsten halogen lamp for general lighting purposes with rated voltage no larger than 24V; power range 5W-100W; with rated voltage 220V-250V; power range 15W-500W.</t>
+  </si>
+  <si>
     <t>GB/T 14094; GB 14196.2; GB 14196.3; GB/T 26178</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-31276-2014-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80887D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Household Refrigerating Appliances) Determination 2019</t>
   </si>
   <si>
+    <t>Refrigerators, freezers and refrigerator-freezers which intended for household or similar use and which: operate using the vapour compression cycle; and use mains electricity (230/240 Volts at 50 Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 4474:2018</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-household-refrigerating-appliances-determination</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2019L01066</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (LED Lamps) Determination 2025</t>
   </si>
   <si>
+    <t>This policy mandates Minimum Energy Performance Standards (MEPS) and labeling requirements for LED lamps, and sets conditions for incandescent and halogen lamp equivalence claims.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS/NZS 5341</t>
   </si>
   <si>
     <t>Department of Climate Change, Energy, the Environment and Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-led-lamps-determination-2025</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2025L00263/asmade/text</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>Greenmark N129 - LED Lamps</t>
   </si>
   <si>
+    <t>This standard is applicable to self-ballasted light-emitting diode -LED lamps; or light bulbs; which meet the definitions of CNS 15436; CNS 15630; and CNS 14115. The product shall be a non-directional LED lamp which meets the nominal frequency of 60 Hz and rated single-phase AC voltage of greater than 50 volts and less than 300 volts. Cap type LED light bulbs are limited to those with B caps and E caps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n129-led-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/129/9ba52939-5b56-4b97-aa5d-a9a7b5b52f3e.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N22 - Energy Saving Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Products shall meet the definition of CNS 14576 for compact fluorescent lamps or the definition of CNS 14125 for fluorescent lamps with embedded ballasts. Product characteristics: - The products energy efficiency shall meet the Energy Efficiency and Labeling Requirements for Compact Fluorescent Lamps or the Energy Efficiency and Labeling Requirements for Fluorescent Lamps with Embedded Ballasts of the Energy Labeling Program Bureau of Energy Ministry of Economic Affairs. - The products average Color Rendering Index -CRI; shall be equal to or greater than 80. - The products 1000-hr lumen maintenance ratio shall be greater than 90 percent. - The products content of mercury shall be below the regulatory limit.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n22-energy-saving-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/22/9e3cecb0-7cf3-4a18-9de0-1b0bfd83e70b.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N28 - Refrigerators</t>
   </si>
   <si>
+    <t>Applies to freezers and refrigerators which meet the definition of CNS 2062: This standard applies to household and similar use of refrigerators and freezers; the device in the combination of equipment in the cabinet; including compression type refrigerating machine and storage room.</t>
+  </si>
+  <si>
     <t>CNS 2062-00 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n28-refrigerators</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/28/ab231874-a045-48a6-9b62-e516e6c98127.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
   </si>
   <si>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Incandescent light bulb energy consumption efficiency standards</t>
   </si>
   <si>
+    <t>The minimum energy efficiency requirements apply to the products within the scope of CNS 298 Incandescent lamp bulbs for general lighting service; CNS 11006 Small lamp bulbs for household use and CNS 5513. Traffic signal lamps with which rated lamp wattage equal to or higher than 25W.</t>
+  </si>
+  <si>
     <t>CNS 298 CNS 11006 CNS 5513 CNS 3891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/incandescent-light-bulb-energy-consumption-efficiency-standards</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 17 of 14 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for compact fluorescent lamps with integrated ballasts.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-17-14-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-17-de-14-de-janeiro-de-2022-374166541</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 332 of 2 August 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>IEC 62552:2007 + Ed. 1.0; IEC 62552-1:2020; IEC 60335-1:2010 + A1:2013; IEC 60335-2-24:2010 + A1:2012; ABNT NBR NM 247-1:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-332-2-august-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-332-de-2-de-agosto-de-2021-336061973</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 69 of 16 February 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for integrated LED lamps.</t>
+  </si>
+  <si>
     <t>IEC-TR62380; IESNA LM-80-08; ANSI /UL 1993-1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-69-16-february-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-69-de-16-de-fevereiro-de-2022-382712930</t>
+  </si>
+  <si>
     <t>INTE E11-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the maximum limits of energy consumption of residential refrigerators and freezers operated by hermetic motor compressors. This standard applies to  refrigerators up to 1104 L and  freezers up to 850 L operated by hermetic motor compressors. This standard does not apply to refrigerator-freezers with partially automatic defrosting.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-1-2015</t>
   </si>
   <si>
+    <t>https://inteco.org/tienda/catalogo/INTEE1112015</t>
+  </si>
+  <si>
     <t>INTE E11-2 2015</t>
   </si>
   <si>
+    <t>This standard specifies the label of energy consumption and its contents of household  refrigerators and  freezers operated by hermetic motor compressor. This standard applies to refrigerators up to 1104 liters and  freezers up to 850 liters operated by hermetic motor compressors.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e11-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e11-2-2015-eficiencia-energetica-refrigeradores-electrodomesticos-y-congeladores-electrodomesticos-etiquetado-1420?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-1 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>ISO 3951-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-1-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-requisitos-1285?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E12-2 2015</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label, compact and circular fluorescent lamps -CFL. This national standard applies to compact fluorescent lamps without enclosures; with enclosures and with integrated reflectors of T5 diameter or smaller; with integrated electromagnetic or electronic ballast; with the following characteristics:  Nominal power up to 110 W inclusive; rated network voltage for compact and circular fluorescent lamps with 120 V or 240 V ballast; at a frequency of 60 Hz; edison; bayonet; G; and any other type.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e12-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e12-2-2015-eficiencia-energetica-lamparas-fluorescentes-compactas-y-circulares-lfc-etiquetado-1197?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E19-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; for high intensity discharge lamps -HID- for general lighting. This standard applies to discharge lamps in high intensity; intended for the lighting of the residential; commercial; services; industrial and public lighting sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for high intensity discharge (HID) lamps for general lighting. This standard applies to high intensity discharge lamps (HID), intended for lighting residential, commercial, services, industrial and public lighting sectors that are marketed in the national territory</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e19-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e19-2-2016-eficiencia-energetica-lamparas-de-descarga-en-alta-intensidad-hid-para-iluminacion-general-etiquetado-749?variant=5672</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 5916 Self Ballasted Lamps for General Lighting Services-performance requirements</t>
   </si>
   <si>
+    <t>Covers multi sector self ballasted lamps (60W and 100-250V)</t>
+  </si>
+  <si>
     <t>IEC 60968 and IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-5916-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>JS 2091:2013 Technical Regulation on eco-design - Requirements for non-directional household lamps</t>
   </si>
   <si>
+    <t>This policy establishes eco-design requirements for the placing on the market of non-directional household lamps, including when they are marketed for non-household use or when they are integrated into other products. It also establishes product information requirements for special purpose lamps.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20912013-technical-regulation-eco-design-requirements-non-directional-household-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5461</t>
+  </si>
+  <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2101:2013 Energy labeling for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy covers the labeling of and provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1,500 litres.</t>
+  </si>
+  <si>
     <t>JS 1749</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21012013-energy-labeling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5455</t>
+  </si>
+  <si>
     <t>JS 2102:2013 Technical Regulation on eco-design requirements for household refrigerating appliances</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21022013-technical-regulation-eco-design-requirements-household-refrigerating</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5466</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>KS 2446-1:2013 Self ballasted lamps for general lighting services Part 1: Minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy performance standards requirements and related attributes for self ballasted compact fluorescent lamps -CFLs.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS 2446-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2446-12013-self-ballasted-lamps-general-lighting-services-part-1-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/ken358_t.pdf</t>
+  </si>
+  <si>
     <t>L.I 2353 Efficiency standards and labelling-Light emitting diode and self ballasted fluorescent lamps</t>
   </si>
   <si>
+    <t>These regulations apply to enforcement of standards for minimum energy efficiency of self ballasted fluorescent lamps and LED. The regulations also include the labelling of these two products</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2353-efficiency-standards-and-labelling-light-emitting-diode-and-self-ballasted</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/Efficiency%20Standards%20LI%202353.pdf</t>
+  </si>
+  <si>
     <t>L.I 2441 Energy Commission (Energy Efficiency Standards and Labeling) (Refrigerating Appliances) Regulations,2022</t>
   </si>
   <si>
+    <t>These regulations apply to electric mains-operated refrigerating appliances with a volume of not less than ten litres and not more than one thousand five hundred litres, manufactured in the country or imported into the country for sale or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2441-energy-commission-energy-efficiency-standards-and-labeling-refrigerating</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>L.I. 1958 Energy Efficiency Standards and Labelling - Household Refrigerating Appliances</t>
   </si>
   <si>
+    <t>These Regulations apply to electric mains operated appliances manufactured in Ghana or imported for use in this country. These Regulations do not apply to the rating plate or its equivalent affixed for safety purposes to an appliance; or an appliance which is designed to use an energy source other than electricity; or an appliance manufactured in this country for export. For the purpose of this regulation; appliance means a refrigerator; a frozen food storage cabinet; a food freezer or their combination.</t>
+  </si>
+  <si>
     <t>GS IEC 62552: 2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1958-energy-efficiency-standards-and-labelling-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI1958.pdf</t>
+  </si>
+  <si>
     <t>Labeling for Domestic Lighting</t>
   </si>
   <si>
+    <t>This policy is under development and will cover labeling requirements for domestic lighting.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-domestic-lighting</t>
   </si>
   <si>
+    <t>https://energia.gob.cl/consultas-publicas/especificaciones-tecnicas-para-el-diseno-de-la-etiqueta-de-eficiencia-energetica-para-lamparas-de-uso-domestico</t>
+  </si>
+  <si>
     <t>Law 2004-72 and Decree 2004-2145; Amended by Law 2009-07</t>
   </si>
   <si>
+    <t>In the framework of the ENPI CBC programmes, including a privileged instrument of cooperation for the institutional capacity-building of ENPI countries, Tunisia decided to largely harmonize the product categories and label efficiency thresholds with those in place in the EU. Since September 2004, Tunisian law requires the display of an EU-style energy label for refrigerators, freezers, and refrigerator-freezers (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From January 2010 onwards, the lowest three energy classes (6,7 and 8) have been banned from the Tunisian market, followed in January 2011 7 with the banning of classes 5 and  January 2012 class 4 has been likewise banned from the Tunisian market.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/tunisia_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
+    <t>This policy covers cooling appliances: refrigerators and air conditioners. It requires the use of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters) on refrigerators.</t>
+  </si>
+  <si>
     <t>Air Conditioning, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/law-2004-72-and-decree-2004-2145-amended-law-2009-07</t>
+    <t>https://rise.esmap.org/data/files/library/tunisia/Energy%20Efficiency/Tunisia_Decree%20N%C2%B02004-2144%20Energy%20auditing%20-%20Fr.pdf</t>
   </si>
   <si>
     <t>Law 26,473</t>
   </si>
   <si>
+    <t>Prohibits the commercialization of incandescent lamps in the country as of 12-31-2010</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/law-26473</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3970</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for General Lighting</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-cfl</t>
   </si>
   <si>
+    <t>https://www.google.com/url?sa=t&amp;rct=j&amp;q=&amp;esrc=s&amp;source=web&amp;cd=9&amp;cad=rja&amp;uact=8&amp;ved=2ahUKEwjLu6OBoKblAhWNd98KHc52AdkQFjAIegQIBxAC&amp;url=https%3A%2F%2Fwww.eceee.org%2Flibrary%2Fconference_proceedings%2Feceee_Summer_Studies%2F2017%2F7-appliances-products-lighti</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>The standard specifies the energy performance, capacity and labelling of household refrigerators, refrigerator-freezers and freezers. The requirements in this Standard are not applicable to electrically operated refrigerators employing an absorption refrigeration system and for commercial refrigerators, refrigerators-freezers and freezers.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-refrigerators-refrigerator-freezers-and-freezers</t>
   </si>
   <si>
+    <t>https://docs.wto.org/dol2fe/Pages/FE_Search/FE_S_S009-DP.aspx?language=E&amp;HasEnglishRecord=True&amp;HasFrenchRecord=True&amp;HasSpanishRecord=False&amp;CatalogueIdList=234359,234362,227938,228303,231379,234295,234377,234291,234289,234290&amp;CurrentCatalogueIdIndex=9&amp;FullT</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
-    <t>AS/NZS 4934.1-2014</t>
-[...20 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-lighting-products</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for refrigerators, freezers and combined equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerators-freezers-and-combined-equipment</t>
   </si>
   <si>
     <t>MEPS schemes for non-directional lamps</t>
   </si>
   <si>
+    <t>This regulation is based on the European Union Commission regulation 244/2009 to phase out incandescent lamps.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-schemes-non-directional-lamps</t>
   </si>
   <si>
+    <t>http://www.seu.gov.bh/wp-content/uploads/2018/04/02_NEEAP_full-report.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Single Capped Fluorescent Lamp, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-capped fluorescent lamps intended for use in an external circuit and applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-single-capped-fluorescent-lamp-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048432</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>MME/MCT/MDIC Ordinance No. 1.007 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for incandescent lamps.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1007-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1007-2010-lampadas-incandescentes.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 1.008 of 31 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for compact fluorescent lamps (CFLs).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-1008-31-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_1008-2010-lampadas-fluorescentes-compactas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 959 of 09 December 2010</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for electromagnetic ballasts for high pressure sodium-vapor lamps and metal-halide lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-959-09-december-2010</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2010-portaria-interministerial-mme-mct-mdic-n_959-2010-reatores-lampadas-vapor-de-sodio-e-metalico.pdf</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 1 of 14 May 2018</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household refrigerators, freezers, and refrigerator-freezers. This policy has been replaced by  Ordinance No. 2 of 29 December 2022. Select 'see more' below for a link to the new policy.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-1-14-may-2018</t>
   </si>
   <si>
+    <t>http://antigo.mme.gov.br/documents/36193/72181/2018+-+Portaria+Interministerial+MME-MCTIC-MDIC+n_1-2018+-+Refrigeradores+e+Congeladores.pdf/879c8ad6-ae08-8496-553e-9388668cd571</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-015-ENER-2018</t>
   </si>
   <si>
+    <t>The Standard establishes the maximum energy consumption limits, labeling requirements, and test methods for household refrigerators, freezers, refrigerator-freezers operated by hermetic motor compressors sold in Mexico.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-015-ener-2018</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5529394&amp;fecha=28/06/2018</t>
+  </si>
+  <si>
     <t>NOM-017-ENER/SCFI-2012</t>
   </si>
   <si>
+    <t>This Official Mexican Standard applies to all self-ballasted compact fluorescent lamps without enclosure, with enclosure and reflector integrated with any type of base, in voltages from 100 V to 277 V c.a. and 50 Hz or 60 Hz, which are manufactured, imported or traded on the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-017-enerscfi-2012</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5284393&amp;fecha=09/01/2013</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the specifications and test methods for integrated LED lamps for general lighting, it is applicable to all omnidirectional and directional integrated LED lamps, which are intended for general lighting, from 100 V to 277 V ac and 50 Hz or 60 Hz frequency, which are manufactured or imported for sale within the national territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-030-ener-2016</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5469188&amp;fecha=17/01/2017</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>NTON 10 006-07 Energy efficiency. Household incandescent lamps. Specifications and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for incandescent tungsten filament lamps for domestic use and similar uses for general lighting, which have:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>CIE 84: 1989, IEC 60064: 1993, IEC 60064 Amendment 1:2000, IEC 60064 Amendment 2:2002</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-006-07-energy-efficiency-household-incandescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B541D7427B544FD8062576AF0055C74A&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 008-08 Energy efficiency. Self-ballasted compact fluorescent lamps. Requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for compact fluorescent lamps of hot cathode and integrated ballast, with socket that allows them to be placed in conventional incandescent lampholders (E-26 and E-27), at a nominal voltage between 110 V - 240 V, of alternating current and at a frequency of 60 Hz, with nominal power between 5W and 110 W. This standard does not apply to colored, anti-insect and special ultraviolet radiation lamps.</t>
+  </si>
+  <si>
     <t>IEC 60061, IEC 60969, ANSI C78.5-2003, ANSI C78.375-199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-008-08-energy-efficiency-self-ballasted-compact-fluorescent-lamps-requirements</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=57D693FA1F08E6D2062576B1006EAF30&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>NTON 10 013-08 Energy efficiency. Household refrigerators and freezers. Limits</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for household refrigerators up to 1104 L (39 feet) and household freezers up to 850 L (30 feet) operated by hermetic motor compressor.</t>
+  </si>
+  <si>
     <t>NTON 10-015-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-013-08-energy-efficiency-household-refrigerators-and-freezers-limits</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=A93D5D12CF5BBC7D06257862007642C5&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - CFLs with Integrated Ballasts</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for compact fluorescent lamps (CFLs) with integrated ballasts.</t>
+  </si>
+  <si>
     <t>CIE 84:1989, IEC 60081, IEC 60901, IEC 60969, NBR 14538, NBR 14539, NBR IEC 60061-1, NBR 14671</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-cfls-integrated-ballasts</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Lamps with Integrated Control Device</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED lamps with a control device integrated to the base.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-lamps-integrated-control-device</t>
   </si>
   <si>
     <t>Procel Seal - Refrigerators, Freezers, Refrigerator-Freezers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for refrigerators, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>ISO 7371, ISO 8187, ISO 5155, ISO 8561</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
     <t>Procel Seal - Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>NBR IEC 60662, NBR 13593, NBR 5461, NBR IEC 60061-1, ABNT NBR IEC 60238, ABNT NBR 5426</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-sodium-vapor-lamps</t>
   </si>
   <si>
     <t>Refrigerators-Freezers - Taiwan</t>
   </si>
   <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>CNS 2062-95 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/refrigerators-freezers-taiwan</t>
   </si>
   <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Resolution Ex SCIyM No. 319|99</t>
   </si>
   <si>
+    <t>The document contains Energy efficiency labelling and standards for refrigerators, freezers and their combination.</t>
+  </si>
+  <si>
     <t>IRAM 2404-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-ex-sciym-no-31999</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3464</t>
+  </si>
+  <si>
     <t>Resolution No. 10/2020 - Minimum Efficiency Standard for Interior Lighting</t>
   </si>
   <si>
+    <t>Minimum energy performance standard for general lighting.</t>
+  </si>
+  <si>
     <t>IEC 60064/2005 /  IEC 60969 (2001) /  IEC 60081 (2002) / IEC 60901 (2001) / IEC 60357:2002-11 / IEC 62612:2018-08</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-102020-minimum-efficiency-standard-interior-lighting</t>
   </si>
   <si>
+    <t>https://www.ingcer.cl/wp-content/uploads/2020/08/FIJA-EST%C3%81NDAR-M%C3%8DNIMO-DE-EFICIENCIAE.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 1334 - Minimum Efficiency Standard for Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy provides specifications for energy efficiency performance and labeling for refrigerators, freezers and refrigerators-freezers. It originally covered lighting products, which now have their own separate policy.</t>
+  </si>
+  <si>
     <t>PE Nº 5/06/2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-1334-minimum-efficiency-standard-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=254060</t>
+  </si>
+  <si>
     <t>Resolution No. 71 - Labeling for Tungsten Halogen Lamps</t>
   </si>
   <si>
+    <t>This protocol provides specifications for energy efficiency labeling for tungsten halogen lamps.</t>
+  </si>
+  <si>
     <t>IEC 60357:2002-11 / IEC 60357 Amend. 1:2006-04 / IEC 60357 Amend. 2:2008-10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-71-labeling-tungsten-halogen-lamps</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073369</t>
+  </si>
+  <si>
     <t>Resolution No.31: refrigerators, freezers, refrigerator-freezers</t>
   </si>
   <si>
+    <t>This regulation applies to domestic refrigerators, refrigerator-freezers up to 1104 dm3 (39ft3) and domestic freezers up to 850 dm3 (30ft3) operated by hermetic motor compressors. It also applies to refrigerators and freezers within the scope of the Technical Standard DGNTI-COPANIT 511:2017. Commercial vertical or horizontal freezers are excluded from this regulation.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 511:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no31-refrigerators-freezers-refrigerator-freezers</t>
   </si>
   <si>
+    <t>https://www.tuvsud.com/en-us/e-ssentials-newsletter/consumer-products-and-retail-essentials/e-ssentials-13-2019/panama-refrigerators-and-freezers-energy-efficiency-and-labelling-requirements-in-force</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Refrigerator|Freezer Products</t>
   </si>
   <si>
+    <t>The refrigerators and freezers their combinations including compression type refrigerating machine and storage room meeting the definition of refrigerator-freezers as defined in CNS 2062 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 2062-2000 CNS 9577-89</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-2</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=30</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Minimum Energy Performance Standard Energy Efficiency Indication and Inspection for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The fluorescent lamps denoted in this draft are those meeting the definition of CNS 691 Fluorescent lamps- for general lighting service;  general color rendering index Ra not larger than 95 and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-minimum-energy-performance-standard-energy-efficiency-indication</t>
   </si>
   <si>
+    <t>https://meps.energylabel.org.tw/_outweb/gen/law/upt.asp?p0=9</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009</t>
   </si>
   <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTE INEN 035|2009; RTE INEN 009|2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rte-inen-0352009-rte-inen-0092005</t>
   </si>
   <si>
     <t>RTS 97.01.01:15 Energy efficiency. Household refrigerators and freezers. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for household refrigerators, refrigerators-freezers</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97010115-energy-efficiency-household-refrigerators-and-freezers-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1395&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2892:2018 MEPS and labeling schemes for refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>SASO-IEC-60335-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28922018-meps-and-labeling-schemes-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Schedule 25 - Deep Freezers</t>
   </si>
   <si>
+    <t>This schedule specifies the safety and performance requirements for participating in the energy labelling program for deep freezers based on vapor compression working principle. It covers deep freezers of top access type, basically the chest freezers having a storage volume up to and including 1000 liters, with both hard top and glass top (sliding, hinged and curved) and their rated voltage not exceeding 250 V ac 50 Hz for single phase and 415 V ac 50 Hz for three phase ac, as specified under the scope of IS 7872 with all amendments.</t>
+  </si>
+  <si>
     <t>IS 7872 with all amendments, IS 302-2-24</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-25-deep-freezers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DFR_Label.pdf</t>
+  </si>
+  <si>
     <t>Self-Ballast Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The testing of Luminous efficiency lm per W; should be in accordance with the Self-ballast Florescent lamp test method provided in CNS 14125. Testing result of the Luminous efficiency F should not be lower than the standard value provided in above table; and has to be more than 95 percent of the labeled value.</t>
+  </si>
+  <si>
     <t>CNS 10839 CNS 3936 CNS 691 CNS 14125 US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/self-ballast-fluorescent-lamps</t>
   </si>
   <si>
     <t>Sello FIDE No. 011 - Domestic Refrigerators</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for household refrigerators, refrigerator-freezers and freezers using hermetic motor-driven compressors with rated supply voltage of 127 Volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-011-domestic-refrigerators</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/2020/08/11_Refrigeradores_Electrodomesticos_rev6.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 071 - Luminaires and Lamps With Integrated LEDs for Indoor Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures and lamps with integrated LEDs, with control device, with nominal operating voltage of 120, 127, 220, 240, 254 or 277 volts, or multi-voltage with a 10% variation, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-030-ENER-2016 / NOM-064-SCFI / NOM-058-SCFI / NMX-J-198-ANCE / NOM-003-SCFI / NMX-J-507/2-ANCE / NMX-J-019-ANCE / IES LM-79</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-071-luminaires-and-lamps-integrated-leds-indoor-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP071.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4102 - Self-Ballasted Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted compact fluorescent lamps, single, double, triple, quadruple or spiral, with or without reflector, with or without housing, with globe, bullet, pear or other shape, with an integral electronic adapter, with minimum luminous flux of 120 lumens, with minimum average life of 6000 hours, with screw base E-12, E-26, E-27 or Mogul; with nominal voltages at the ballast of 120, 127, 220 or 277 Volts, with power range from 3 Watts and an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-295/1-ANCE / NMX-J-531-ANCE / NMX-J-545-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65 / ANSI C78.5 / ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4102-self-ballasted-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4102_10.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4107 - High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high intensity discharge lamps: high pressure sodium vapor lamps and pulse start metal halides, powers from 70W to 600W, with clear finish bulb and E26, E27, E39 and E40 screws.</t>
+  </si>
+  <si>
     <t>NOM-028-ENER / NMX-J-530-ANCE / NMX-J-531-ANCE / NMX-J-559-ANCE / IES-LM-51 / IES-LM-54 / IEC 90662 / IES LM-16 / IES LM-47 / ANSI C82.5 / ANSI C78.388</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4107-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/4107%20Rev06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4112 - Public Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for street lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-001-SEDE / NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4112-public-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4112_06.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4123 - Luminaires for Industrial Use</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for high bay and low bay fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), linear fluorescent lamps T5, T5HO and T8, with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-064-SCFI / NOM-058-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / IES LM-46 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4123-luminaires-industrial-use</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4123_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4161 - Outdoor Lighting Luminaires</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoors lighting fixtures for HID lamps (high pressure sodium vapor, pulse start metal halide lamps or induction lamps), with electronic or electromagnetic ballast, with operating voltages of 120, 127, 220, 240, 254, 277, 440 or 480V with 10% variation operating at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NOM-003-SCFI / NMX-J-198-ANCE / NMX-J-507/1-ANCE / IES LM-31 / UL-1598</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4161-outdoor-lighting-luminaires</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4161_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4172</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for fixtures with induction lamps, integrated with an electronic controller with rated voltage of 120, 127, 220, 240, 254, 277, 440 o 480 Volts with +-10 percent variation, operated at 60Hz, and induction lamp rated powers of 40 - 400W.</t>
+  </si>
+  <si>
     <t>IES LM-31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4172</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>SLNS 90: 2011 Energy Efficiency Labelling – Labelling of Incandescent Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification ofincandescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-90-2011-energy-efficiency-labelling-labelling-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-90-2011/</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLNS 94: 2016 Energy Efficiency Labelling – Refrigerators</t>
   </si>
   <si>
+    <t>This national standard specifies the method of energy efficiency classification of refrigeratorsused for domestic and similar purposes, the test methods and the features of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-94-2016-energy-efficiency-labelling-refrigerators</t>
   </si>
   <si>
+    <t>https://dev.slbs.org/2018/10/15/national-54/</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-015-ENER-2012 - Domestic Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for electric household refrigerators and freezers.</t>
+  </si>
+  <si>
     <t>NOM-15-ENER-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-015-ener-2012-domestic-refrigerators-and-freezers</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5234117&amp;fecha=16/02/2012</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7828:2016 Refrigerator, refrigerator-freezer, and freezer - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for refrigerators, refrigerator-freezers, and freezers.</t>
+  </si>
+  <si>
     <t>TCVN 7829:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78282016-refrigerator-refrigerator-freezer-and-freezer-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7828-2016-tu-mat-tu-lanh-tu-dong-hieu-suat-nang-luong#van-ban-goc</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Technical Regulation RTE INEN 036: Energy Efficiency, Compact Fluorescent Lamps, Energy Performance Ranges and Labelling</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-rte-inen-036-energy-efficiency-compact-fluorescent-lamps-energy</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - LED lighting TGL-86-R1-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to LED lamps and LED luminaires for general lighting purposes.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1955
 ,   
                     TIS 2624 P2 (1) (or IEC 62722-2-1)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-led-lighting-tgl-86-r1-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-86-R1-17.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency for No. 5 Label for CFLs</t>
+  </si>
+  <si>
+    <t>This program covers compact fluorescent lamp - screw cap type (E27), internal electronic ballast with a lifetime of 6,000 hours.</t>
   </si>
   <si>
     <t>TIS 2233-2548
 ,   
                     TIS 2310-2556
 ,   
                     TIS 1955-2551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-no-5-label-cfls</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/cfl.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2334-2556 (2013) single - capped fluorescent lamps : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. 
+This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240 V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2334-2556-2013-single-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/65.PDF</t>
+  </si>
+  <si>
     <t>Trade Standards (Household Electric Refrigerating Appliances) Order 2007, under the Trade Standards Quality Control Decree 1992, no.24</t>
   </si>
   <si>
+    <t>Refrigerators, freezers, and refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity (230/240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>FS/AS/NZS 4474.1.2007, FS/AS/NZS 4474.2.2009</t>
   </si>
   <si>
     <t>Fiji Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/trade-standards-household-electric-refrigerating-appliances-order-2007-under-trade</t>
   </si>
   <si>
+    <t>http://www.energy.gov.fj/index.php/review-energy-policy/nep-review-work-plan/71-mepsl</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010 3: 2020 – Labeling – Energy Efficiency Label for Electrical Appliances Part 3: Household Refrigerating Appliances.</t>
   </si>
   <si>
+    <t>This regulation covers brand new household refrigerators, freezers and refrigerator-freezers with a capacity of less than 1,500 liters imported to or manufactured in the UAE. This regulation applies to electric mains-operated household refrigerating appliances, stand-alone or built-in configuration.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S IEC 62552:2013</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
+  </si>
+  <si>
     <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
+-Rated power between 5 W and 110 W inclusive;
+-Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
+-Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
+  </si>
+  <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
+  </si>
+  <si>
     <t>VC 8043 Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the requirements for safety; performance and quality of incandescent lamps intended for domestic and general lighting service; having: A power rating up to and including 1500 W; Rated voltage up to 250 V; Caps of any type- material- shape- and finish.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 60064
 ,   
                     SANS 60357
 ,   
                     SANS 60432</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-8043-incandescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%208043.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Vietnam Decision No. 51/2011/QD-TTg</t>
   </si>
   <si>
+    <t>Import, manufacture, and circulation of incandescent lamps with a power output higher than 60W will be banned from January 1, 2013.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vietnam-decision-no-512011qd-ttg</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Tai-nguyen-Moi-truong/Quyet-dinh-51-2011-QD-TTg-danh-muc-phuong-tien-thiet-bi-phai-dan-nhan-nang-129033.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3162,10629 +4550,12106 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N249"/>
+  <dimension ref="A1:P249"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="764.385" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1980</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1980</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" t="s">
+        <v>92</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>52</v>
+      </c>
+      <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>92</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2018</v>
+      </c>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>92</v>
+      </c>
+      <c r="H16">
+        <v>2006</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>117</v>
+      </c>
+      <c r="D17" t="s">
+        <v>77</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>92</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>134</v>
+      </c>
+      <c r="M17" t="s">
+        <v>119</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>117</v>
+      </c>
+      <c r="D18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>52</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J18" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>138</v>
+      </c>
+      <c r="M18" t="s">
+        <v>119</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F19" t="s">
+        <v>52</v>
+      </c>
+      <c r="G19" t="s">
+        <v>92</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>144</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>151</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>153</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>157</v>
+      </c>
+      <c r="C21" t="s">
+        <v>158</v>
+      </c>
+      <c r="D21" t="s">
+        <v>86</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>52</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2008</v>
+      </c>
+      <c r="I21">
+        <v>2013</v>
+      </c>
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>159</v>
+      </c>
+      <c r="M21" t="s">
+        <v>160</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>158</v>
+      </c>
+      <c r="D22" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" t="s">
+        <v>92</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>152</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>165</v>
+      </c>
+      <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>166</v>
+      </c>
+      <c r="P22" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
+        <v>170</v>
+      </c>
+      <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G23" t="s">
+        <v>92</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>171</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" t="s">
+        <v>173</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" t="s">
+        <v>178</v>
+      </c>
+      <c r="D24" t="s">
+        <v>179</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>52</v>
+      </c>
+      <c r="G24" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...75 lines deleted...]
-      <c r="H4">
+      <c r="H24">
+        <v>1998</v>
+      </c>
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...843 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>29</v>
+        <v>180</v>
       </c>
       <c r="K24" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="N24" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>182</v>
+      </c>
+      <c r="P24" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>132</v>
+        <v>184</v>
       </c>
       <c r="B25" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="C25" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="E25" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>52</v>
+      </c>
+      <c r="G25" t="s">
+        <v>92</v>
+      </c>
+      <c r="H25">
         <v>2019</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="K25" t="s">
-        <v>136</v>
+        <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="M25"/>
       <c r="N25" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>140</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>127</v>
+        <v>192</v>
       </c>
       <c r="C26" t="s">
-        <v>134</v>
+        <v>178</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>52</v>
+      </c>
+      <c r="G26" t="s">
+        <v>92</v>
+      </c>
+      <c r="H26">
         <v>2019</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K26"/>
+        <v>193</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
       <c r="L26" t="s">
-        <v>130</v>
+        <v>189</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="N26" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="B27" t="s">
-        <v>127</v>
+        <v>197</v>
       </c>
       <c r="C27" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>187</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2000</v>
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>92</v>
       </c>
       <c r="H27">
         <v>2019</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>181</v>
       </c>
       <c r="N27" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>145</v>
+        <v>200</v>
       </c>
       <c r="B28" t="s">
-        <v>146</v>
+        <v>201</v>
       </c>
       <c r="C28" t="s">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>179</v>
       </c>
       <c r="E28" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2000</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>202</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>181</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
+        <v>208</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>92</v>
+      </c>
+      <c r="H29">
         <v>2016</v>
       </c>
-      <c r="H28"/>
-      <c r="I28" t="s">
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>62</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>209</v>
+      </c>
+      <c r="M29" t="s">
+        <v>210</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>211</v>
+      </c>
+      <c r="P29" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>213</v>
+      </c>
+      <c r="B30" t="s">
+        <v>214</v>
+      </c>
+      <c r="C30" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" t="s">
+        <v>216</v>
+      </c>
+      <c r="E30" t="s">
+        <v>61</v>
+      </c>
+      <c r="F30" t="s">
         <v>43</v>
       </c>
-      <c r="J28" t="s">
-[...16 lines deleted...]
-      <c r="A29" t="s">
+      <c r="G30" t="s">
         <v>151</v>
       </c>
-      <c r="B29" t="s">
-[...40 lines deleted...]
-      <c r="C30" t="s">
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>217</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>218</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>158</v>
+      </c>
+      <c r="D31" t="s">
+        <v>86</v>
+      </c>
+      <c r="E31" t="s">
         <v>61</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30">
+      <c r="F31" t="s">
+        <v>223</v>
+      </c>
+      <c r="G31" t="s">
+        <v>92</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="H30"/>
-[...46 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>217</v>
       </c>
       <c r="K31" t="s">
-        <v>162</v>
+        <v>34</v>
       </c>
       <c r="L31" t="s">
         <v>159</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="N31" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>225</v>
+      </c>
+      <c r="P31" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="B32" t="s">
-        <v>113</v>
+        <v>228</v>
       </c>
       <c r="C32" t="s">
+        <v>158</v>
+      </c>
+      <c r="D32" t="s">
+        <v>86</v>
+      </c>
+      <c r="E32" t="s">
         <v>61</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>223</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32">
+        <v>2018</v>
+      </c>
+      <c r="J32" t="s">
+        <v>217</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>229</v>
+      </c>
+      <c r="M32" t="s">
+        <v>224</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>230</v>
+      </c>
+      <c r="P32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>232</v>
+      </c>
+      <c r="B33" t="s">
+        <v>233</v>
+      </c>
+      <c r="C33" t="s">
         <v>158</v>
       </c>
-      <c r="F32" t="s">
-[...32 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>86</v>
+      </c>
+      <c r="E33" t="s">
         <v>61</v>
       </c>
-      <c r="D33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>223</v>
+      </c>
+      <c r="G33" t="s">
+        <v>92</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I33"/>
       <c r="J33" t="s">
-        <v>29</v>
+        <v>217</v>
       </c>
       <c r="K33" t="s">
-        <v>168</v>
+        <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>159</v>
+        <v>234</v>
       </c>
       <c r="M33" t="s">
+        <v>224</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
+        <v>238</v>
+      </c>
+      <c r="C34" t="s">
+        <v>158</v>
+      </c>
+      <c r="D34" t="s">
+        <v>86</v>
+      </c>
+      <c r="E34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F34" t="s">
+        <v>223</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2003</v>
+      </c>
+      <c r="I34">
+        <v>2014</v>
+      </c>
+      <c r="J34" t="s">
+        <v>217</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>240</v>
+      </c>
+      <c r="P34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>242</v>
+      </c>
+      <c r="B35" t="s">
+        <v>243</v>
+      </c>
+      <c r="C35" t="s">
+        <v>158</v>
+      </c>
+      <c r="D35" t="s">
+        <v>86</v>
+      </c>
+      <c r="E35" t="s">
+        <v>61</v>
+      </c>
+      <c r="F35" t="s">
+        <v>223</v>
+      </c>
+      <c r="G35" t="s">
+        <v>92</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>152</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" t="s">
+        <v>224</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C36" t="s">
+        <v>249</v>
+      </c>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>223</v>
+      </c>
+      <c r="G36" t="s">
+        <v>92</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>250</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>251</v>
+      </c>
+      <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>253</v>
+      </c>
+      <c r="P36" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>255</v>
+      </c>
+      <c r="B37" t="s">
+        <v>256</v>
+      </c>
+      <c r="C37" t="s">
+        <v>249</v>
+      </c>
+      <c r="D37" t="s">
+        <v>257</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>258</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2023</v>
+      </c>
+      <c r="J37" t="s">
+        <v>259</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>260</v>
+      </c>
+      <c r="P37" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>262</v>
+      </c>
+      <c r="B38" t="s">
+        <v>263</v>
+      </c>
+      <c r="C38" t="s">
+        <v>264</v>
+      </c>
+      <c r="D38" t="s">
+        <v>265</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>92</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>259</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>266</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>267</v>
+      </c>
+      <c r="P38" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>269</v>
+      </c>
+      <c r="B39" t="s">
+        <v>270</v>
+      </c>
+      <c r="C39" t="s">
+        <v>271</v>
+      </c>
+      <c r="D39" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" t="s">
+        <v>61</v>
+      </c>
+      <c r="F39" t="s">
+        <v>223</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2014</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>62</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>272</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>273</v>
+      </c>
+      <c r="P39" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>275</v>
+      </c>
+      <c r="B40" t="s">
+        <v>276</v>
+      </c>
+      <c r="C40" t="s">
+        <v>277</v>
+      </c>
+      <c r="D40" t="s">
+        <v>86</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" t="s">
+        <v>92</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>79</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>278</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>279</v>
+      </c>
+      <c r="P40" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>281</v>
+      </c>
+      <c r="B41" t="s">
+        <v>282</v>
+      </c>
+      <c r="C41" t="s">
+        <v>283</v>
+      </c>
+      <c r="D41" t="s">
+        <v>284</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>52</v>
+      </c>
+      <c r="G41" t="s">
+        <v>92</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>285</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>286</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>287</v>
+      </c>
+      <c r="P41" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>289</v>
+      </c>
+      <c r="B42" t="s">
+        <v>290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" t="s">
+        <v>77</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>52</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1986</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>171</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>291</v>
+      </c>
+      <c r="M42" t="s">
+        <v>107</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>292</v>
+      </c>
+      <c r="P42" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>294</v>
+      </c>
+      <c r="B43" t="s">
+        <v>295</v>
+      </c>
+      <c r="C43" t="s">
+        <v>296</v>
+      </c>
+      <c r="D43" t="s">
+        <v>297</v>
+      </c>
+      <c r="E43" t="s">
+        <v>61</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>151</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>53</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>298</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>299</v>
+      </c>
+      <c r="P43" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>301</v>
+      </c>
+      <c r="B44" t="s">
+        <v>302</v>
+      </c>
+      <c r="C44" t="s">
+        <v>303</v>
+      </c>
+      <c r="D44" t="s">
+        <v>77</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>92</v>
+      </c>
+      <c r="H44">
+        <v>2017</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>93</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>304</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>305</v>
+      </c>
+      <c r="P44"/>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>306</v>
+      </c>
+      <c r="B45" t="s">
+        <v>307</v>
+      </c>
+      <c r="C45" t="s">
+        <v>308</v>
+      </c>
+      <c r="D45" t="s">
+        <v>309</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2023</v>
+      </c>
+      <c r="I45">
+        <v>2023</v>
+      </c>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>310</v>
+      </c>
+      <c r="M45" t="s">
+        <v>311</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>312</v>
+      </c>
+      <c r="P45" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>314</v>
+      </c>
+      <c r="B46" t="s">
+        <v>315</v>
+      </c>
+      <c r="C46" t="s">
+        <v>316</v>
+      </c>
+      <c r="D46" t="s">
+        <v>208</v>
+      </c>
+      <c r="E46" t="s">
+        <v>61</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>151</v>
+      </c>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>79</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>317</v>
+      </c>
+      <c r="M46" t="s">
+        <v>318</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>319</v>
+      </c>
+      <c r="P46" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>321</v>
+      </c>
+      <c r="B47" t="s">
+        <v>322</v>
+      </c>
+      <c r="C47" t="s">
+        <v>323</v>
+      </c>
+      <c r="D47" t="s">
+        <v>324</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>43</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>79</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>325</v>
+      </c>
+      <c r="M47" t="s">
+        <v>326</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>327</v>
+      </c>
+      <c r="P47" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>329</v>
+      </c>
+      <c r="B48" t="s">
+        <v>330</v>
+      </c>
+      <c r="C48" t="s">
+        <v>170</v>
+      </c>
+      <c r="D48" t="s">
+        <v>86</v>
+      </c>
+      <c r="E48" t="s">
+        <v>61</v>
+      </c>
+      <c r="F48" t="s">
+        <v>223</v>
+      </c>
+      <c r="G48" t="s">
+        <v>92</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>171</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>331</v>
+      </c>
+      <c r="M48" t="s">
+        <v>332</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>333</v>
+      </c>
+      <c r="P48" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>335</v>
+      </c>
+      <c r="B49" t="s">
+        <v>336</v>
+      </c>
+      <c r="C49" t="s">
+        <v>170</v>
+      </c>
+      <c r="D49" t="s">
+        <v>86</v>
+      </c>
+      <c r="E49" t="s">
+        <v>61</v>
+      </c>
+      <c r="F49" t="s">
+        <v>223</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2002</v>
+      </c>
+      <c r="I49">
+        <v>2009</v>
+      </c>
+      <c r="J49" t="s">
+        <v>171</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>337</v>
+      </c>
+      <c r="M49" t="s">
+        <v>332</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>338</v>
+      </c>
+      <c r="P49" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>340</v>
+      </c>
+      <c r="B50" t="s">
+        <v>341</v>
+      </c>
+      <c r="C50" t="s">
+        <v>170</v>
+      </c>
+      <c r="D50" t="s">
+        <v>86</v>
+      </c>
+      <c r="E50" t="s">
+        <v>61</v>
+      </c>
+      <c r="F50" t="s">
+        <v>223</v>
+      </c>
+      <c r="G50" t="s">
+        <v>92</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>171</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>342</v>
+      </c>
+      <c r="M50" t="s">
+        <v>173</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>343</v>
+      </c>
+      <c r="P50" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>345</v>
+      </c>
+      <c r="B51" t="s">
+        <v>346</v>
+      </c>
+      <c r="C51" t="s">
+        <v>347</v>
+      </c>
+      <c r="D51" t="s">
+        <v>348</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>52</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1994</v>
+      </c>
+      <c r="I51">
+        <v>2003</v>
+      </c>
+      <c r="J51" t="s">
+        <v>105</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>349</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>350</v>
+      </c>
+      <c r="P51" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>352</v>
+      </c>
+      <c r="B52" t="s">
+        <v>353</v>
+      </c>
+      <c r="C52" t="s">
+        <v>347</v>
+      </c>
+      <c r="D52" t="s">
+        <v>309</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>52</v>
+      </c>
+      <c r="G52" t="s">
+        <v>92</v>
+      </c>
+      <c r="H52">
+        <v>2010</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>105</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>349</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>354</v>
+      </c>
+      <c r="P52" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>355</v>
+      </c>
+      <c r="B53" t="s">
+        <v>356</v>
+      </c>
+      <c r="C53" t="s">
+        <v>347</v>
+      </c>
+      <c r="D53" t="s">
+        <v>86</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>52</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2009</v>
+      </c>
+      <c r="J53" t="s">
+        <v>105</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>357</v>
+      </c>
+      <c r="M53" t="s">
+        <v>349</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>358</v>
+      </c>
+      <c r="P53" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>359</v>
+      </c>
+      <c r="B54" t="s">
+        <v>360</v>
+      </c>
+      <c r="C54" t="s">
+        <v>361</v>
+      </c>
+      <c r="D54" t="s">
+        <v>86</v>
+      </c>
+      <c r="E54" t="s">
+        <v>61</v>
+      </c>
+      <c r="F54" t="s">
+        <v>52</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2012</v>
+      </c>
+      <c r="I54">
+        <v>2019</v>
+      </c>
+      <c r="J54" t="s">
+        <v>362</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>363</v>
+      </c>
+      <c r="M54" t="s">
+        <v>364</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>365</v>
+      </c>
+      <c r="P54" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>367</v>
+      </c>
+      <c r="B55" t="s">
+        <v>368</v>
+      </c>
+      <c r="C55" t="s">
+        <v>369</v>
+      </c>
+      <c r="D55" t="s">
+        <v>370</v>
+      </c>
+      <c r="E55" t="s">
+        <v>61</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" t="s">
+        <v>92</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>250</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>371</v>
+      </c>
+      <c r="M55" t="s">
+        <v>372</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>373</v>
+      </c>
+      <c r="P55" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>375</v>
+      </c>
+      <c r="B56" t="s">
+        <v>376</v>
+      </c>
+      <c r="C56" t="s">
+        <v>308</v>
+      </c>
+      <c r="D56" t="s">
+        <v>104</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56">
+        <v>2023</v>
+      </c>
+      <c r="J56" t="s">
+        <v>377</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>378</v>
+      </c>
+      <c r="M56" t="s">
+        <v>311</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>379</v>
+      </c>
+      <c r="P56" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>381</v>
+      </c>
+      <c r="B57" t="s">
+        <v>382</v>
+      </c>
+      <c r="C57" t="s">
+        <v>383</v>
+      </c>
+      <c r="D57" t="s">
+        <v>384</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2016</v>
+      </c>
+      <c r="I57">
+        <v>2019</v>
+      </c>
+      <c r="J57" t="s">
+        <v>79</v>
+      </c>
+      <c r="K57" t="s">
+        <v>63</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>385</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>386</v>
+      </c>
+      <c r="P57" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>388</v>
+      </c>
+      <c r="B58" t="s">
+        <v>389</v>
+      </c>
+      <c r="C58" t="s">
+        <v>170</v>
+      </c>
+      <c r="D58" t="s">
+        <v>86</v>
+      </c>
+      <c r="E58" t="s">
+        <v>61</v>
+      </c>
+      <c r="F58" t="s">
+        <v>223</v>
+      </c>
+      <c r="G58" t="s">
+        <v>92</v>
+      </c>
+      <c r="H58">
+        <v>2015</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>171</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>390</v>
+      </c>
+      <c r="M58" t="s">
+        <v>332</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>391</v>
+      </c>
+      <c r="P58" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>393</v>
+      </c>
+      <c r="B59" t="s">
+        <v>394</v>
+      </c>
+      <c r="C59" t="s">
+        <v>395</v>
+      </c>
+      <c r="D59" t="s">
+        <v>396</v>
+      </c>
+      <c r="E59" t="s">
+        <v>61</v>
+      </c>
+      <c r="F59" t="s">
+        <v>52</v>
+      </c>
+      <c r="G59" t="s">
+        <v>92</v>
+      </c>
+      <c r="H59">
+        <v>2013</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>33</v>
+      </c>
+      <c r="K59" t="s">
         <v>24</v>
       </c>
-      <c r="N33" t="s">
-[...10 lines deleted...]
-      <c r="C34" t="s">
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>397</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>398</v>
+      </c>
+      <c r="P59" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>400</v>
+      </c>
+      <c r="B60" t="s">
+        <v>401</v>
+      </c>
+      <c r="C60" t="s">
+        <v>402</v>
+      </c>
+      <c r="D60" t="s">
+        <v>77</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>43</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1986</v>
+      </c>
+      <c r="I60">
+        <v>2004</v>
+      </c>
+      <c r="J60" t="s">
+        <v>79</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>397</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>403</v>
+      </c>
+      <c r="P60" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>405</v>
+      </c>
+      <c r="B61" t="s">
+        <v>406</v>
+      </c>
+      <c r="C61" t="s">
+        <v>407</v>
+      </c>
+      <c r="D61" t="s">
+        <v>77</v>
+      </c>
+      <c r="E61" t="s">
         <v>61</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34">
+      <c r="F61" t="s">
+        <v>223</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2001</v>
+      </c>
+      <c r="I61">
+        <v>2013</v>
+      </c>
+      <c r="J61" t="s">
+        <v>217</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>408</v>
+      </c>
+      <c r="M61" t="s">
+        <v>409</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>410</v>
+      </c>
+      <c r="P61" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>412</v>
+      </c>
+      <c r="B62" t="s">
+        <v>413</v>
+      </c>
+      <c r="C62" t="s">
+        <v>407</v>
+      </c>
+      <c r="D62" t="s">
+        <v>86</v>
+      </c>
+      <c r="E62" t="s">
+        <v>61</v>
+      </c>
+      <c r="F62" t="s">
+        <v>223</v>
+      </c>
+      <c r="G62" t="s">
+        <v>92</v>
+      </c>
+      <c r="H62">
+        <v>2007</v>
+      </c>
+      <c r="I62">
+        <v>2008</v>
+      </c>
+      <c r="J62" t="s">
+        <v>217</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>414</v>
+      </c>
+      <c r="M62" t="s">
+        <v>409</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>415</v>
+      </c>
+      <c r="P62" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>417</v>
+      </c>
+      <c r="B63" t="s">
+        <v>418</v>
+      </c>
+      <c r="C63" t="s">
+        <v>407</v>
+      </c>
+      <c r="D63" t="s">
+        <v>104</v>
+      </c>
+      <c r="E63" t="s">
+        <v>61</v>
+      </c>
+      <c r="F63" t="s">
+        <v>223</v>
+      </c>
+      <c r="G63" t="s">
+        <v>92</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>217</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>419</v>
+      </c>
+      <c r="M63" t="s">
+        <v>409</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>420</v>
+      </c>
+      <c r="P63" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>422</v>
+      </c>
+      <c r="B64" t="s">
+        <v>423</v>
+      </c>
+      <c r="C64" t="s">
+        <v>407</v>
+      </c>
+      <c r="D64" t="s">
+        <v>104</v>
+      </c>
+      <c r="E64" t="s">
+        <v>61</v>
+      </c>
+      <c r="F64" t="s">
+        <v>223</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2012</v>
+      </c>
+      <c r="I64">
+        <v>2019</v>
+      </c>
+      <c r="J64" t="s">
+        <v>217</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>419</v>
+      </c>
+      <c r="M64" t="s">
+        <v>409</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>424</v>
+      </c>
+      <c r="P64" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>426</v>
+      </c>
+      <c r="B65" t="s">
+        <v>427</v>
+      </c>
+      <c r="C65" t="s">
+        <v>407</v>
+      </c>
+      <c r="D65" t="s">
+        <v>77</v>
+      </c>
+      <c r="E65" t="s">
+        <v>61</v>
+      </c>
+      <c r="F65" t="s">
+        <v>223</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2001</v>
+      </c>
+      <c r="I65">
         <v>2014</v>
       </c>
-      <c r="H34">
-[...8 lines deleted...]
-      <c r="K34" t="s">
+      <c r="J65" t="s">
+        <v>217</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>428</v>
+      </c>
+      <c r="M65" t="s">
+        <v>409</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>429</v>
+      </c>
+      <c r="P65" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>431</v>
+      </c>
+      <c r="B66" t="s">
+        <v>432</v>
+      </c>
+      <c r="C66" t="s">
+        <v>41</v>
+      </c>
+      <c r="D66" t="s">
+        <v>86</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>43</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2022</v>
+      </c>
+      <c r="I66">
+        <v>2024</v>
+      </c>
+      <c r="J66" t="s">
+        <v>433</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>434</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>435</v>
+      </c>
+      <c r="P66" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>437</v>
+      </c>
+      <c r="B67" t="s">
+        <v>302</v>
+      </c>
+      <c r="C67" t="s">
+        <v>303</v>
+      </c>
+      <c r="D67" t="s">
+        <v>187</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>92</v>
+      </c>
+      <c r="H67">
+        <v>2017</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>93</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>438</v>
+      </c>
+      <c r="M67" t="s">
+        <v>304</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>439</v>
+      </c>
+      <c r="P67"/>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>440</v>
+      </c>
+      <c r="B68" t="s">
+        <v>441</v>
+      </c>
+      <c r="C68" t="s">
+        <v>442</v>
+      </c>
+      <c r="D68" t="s">
+        <v>86</v>
+      </c>
+      <c r="E68" t="s">
+        <v>61</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>92</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
         <v>171</v>
       </c>
-      <c r="L34" t="s">
-[...1422 lines deleted...]
-      <c r="K68"/>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>443</v>
       </c>
       <c r="N68" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>444</v>
+      </c>
+      <c r="P68" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>316</v>
+        <v>446</v>
       </c>
       <c r="B69" t="s">
-        <v>113</v>
+        <v>447</v>
       </c>
       <c r="C69" t="s">
+        <v>448</v>
+      </c>
+      <c r="D69" t="s">
+        <v>86</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>92</v>
+      </c>
+      <c r="H69">
+        <v>2014</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>449</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69"/>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>450</v>
+      </c>
+      <c r="P69" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>452</v>
+      </c>
+      <c r="B70" t="s">
+        <v>453</v>
+      </c>
+      <c r="C70" t="s">
+        <v>158</v>
+      </c>
+      <c r="D70" t="s">
+        <v>86</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2003</v>
+      </c>
+      <c r="I70">
+        <v>2013</v>
+      </c>
+      <c r="J70" t="s">
+        <v>217</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>454</v>
+      </c>
+      <c r="M70" t="s">
+        <v>160</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>455</v>
+      </c>
+      <c r="P70" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>457</v>
+      </c>
+      <c r="B71" t="s">
+        <v>458</v>
+      </c>
+      <c r="C71" t="s">
+        <v>158</v>
+      </c>
+      <c r="D71" t="s">
+        <v>86</v>
+      </c>
+      <c r="E71" t="s">
         <v>61</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69">
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
         <v>2003</v>
       </c>
-      <c r="H69">
+      <c r="I71">
+        <v>2014</v>
+      </c>
+      <c r="J71" t="s">
+        <v>217</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>459</v>
+      </c>
+      <c r="M71" t="s">
+        <v>160</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>460</v>
+      </c>
+      <c r="P71" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>462</v>
+      </c>
+      <c r="B72" t="s">
+        <v>463</v>
+      </c>
+      <c r="C72" t="s">
+        <v>158</v>
+      </c>
+      <c r="D72" t="s">
+        <v>86</v>
+      </c>
+      <c r="E72" t="s">
+        <v>61</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2003</v>
+      </c>
+      <c r="I72">
+        <v>2017</v>
+      </c>
+      <c r="J72" t="s">
+        <v>217</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>464</v>
+      </c>
+      <c r="M72" t="s">
+        <v>465</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>466</v>
+      </c>
+      <c r="P72" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>468</v>
+      </c>
+      <c r="B73" t="s">
+        <v>469</v>
+      </c>
+      <c r="C73" t="s">
+        <v>158</v>
+      </c>
+      <c r="D73" t="s">
+        <v>86</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2003</v>
+      </c>
+      <c r="I73">
         <v>2013</v>
       </c>
-      <c r="I69" t="s">
-[...25 lines deleted...]
-      <c r="C70" t="s">
+      <c r="J73" t="s">
+        <v>217</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>470</v>
+      </c>
+      <c r="M73" t="s">
+        <v>160</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>471</v>
+      </c>
+      <c r="P73" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>473</v>
+      </c>
+      <c r="B74" t="s">
+        <v>474</v>
+      </c>
+      <c r="C74" t="s">
+        <v>158</v>
+      </c>
+      <c r="D74" t="s">
+        <v>104</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2003</v>
+      </c>
+      <c r="I74">
+        <v>2013</v>
+      </c>
+      <c r="J74" t="s">
+        <v>217</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>475</v>
+      </c>
+      <c r="M74" t="s">
+        <v>160</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>476</v>
+      </c>
+      <c r="P74" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>478</v>
+      </c>
+      <c r="B75" t="s">
+        <v>479</v>
+      </c>
+      <c r="C75" t="s">
+        <v>158</v>
+      </c>
+      <c r="D75" t="s">
+        <v>86</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75">
+        <v>2020</v>
+      </c>
+      <c r="J75" t="s">
+        <v>217</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>480</v>
+      </c>
+      <c r="M75" t="s">
+        <v>160</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>481</v>
+      </c>
+      <c r="P75" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>483</v>
+      </c>
+      <c r="B76" t="s">
+        <v>484</v>
+      </c>
+      <c r="C76" t="s">
+        <v>158</v>
+      </c>
+      <c r="D76" t="s">
+        <v>86</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2005</v>
+      </c>
+      <c r="I76">
+        <v>2015</v>
+      </c>
+      <c r="J76" t="s">
+        <v>217</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>485</v>
+      </c>
+      <c r="M76" t="s">
+        <v>160</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>486</v>
+      </c>
+      <c r="P76" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>488</v>
+      </c>
+      <c r="B77" t="s">
+        <v>489</v>
+      </c>
+      <c r="C77" t="s">
+        <v>490</v>
+      </c>
+      <c r="D77" t="s">
+        <v>491</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>52</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2019</v>
+      </c>
+      <c r="I77">
+        <v>2019</v>
+      </c>
+      <c r="J77" t="s">
+        <v>62</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>492</v>
+      </c>
+      <c r="M77" t="s">
+        <v>493</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>494</v>
+      </c>
+      <c r="P77" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>496</v>
+      </c>
+      <c r="B78" t="s">
+        <v>497</v>
+      </c>
+      <c r="C78" t="s">
+        <v>442</v>
+      </c>
+      <c r="D78" t="s">
+        <v>77</v>
+      </c>
+      <c r="E78" t="s">
         <v>61</v>
       </c>
-      <c r="D70" t="s">
-[...11 lines deleted...]
-      <c r="H70">
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1987</v>
+      </c>
+      <c r="I78">
+        <v>1988</v>
+      </c>
+      <c r="J78" t="s">
+        <v>171</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>443</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>498</v>
+      </c>
+      <c r="P78" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>500</v>
+      </c>
+      <c r="B79" t="s">
+        <v>501</v>
+      </c>
+      <c r="C79" t="s">
+        <v>442</v>
+      </c>
+      <c r="D79" t="s">
+        <v>86</v>
+      </c>
+      <c r="E79" t="s">
+        <v>61</v>
+      </c>
+      <c r="F79" t="s">
+        <v>52</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1999</v>
+      </c>
+      <c r="I79">
+        <v>2000</v>
+      </c>
+      <c r="J79" t="s">
+        <v>171</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>502</v>
+      </c>
+      <c r="M79" t="s">
+        <v>503</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>504</v>
+      </c>
+      <c r="P79" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>506</v>
+      </c>
+      <c r="B80" t="s">
+        <v>507</v>
+      </c>
+      <c r="C80" t="s">
+        <v>442</v>
+      </c>
+      <c r="D80" t="s">
+        <v>77</v>
+      </c>
+      <c r="E80" t="s">
+        <v>61</v>
+      </c>
+      <c r="F80" t="s">
+        <v>52</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80">
         <v>2014</v>
       </c>
-      <c r="I70" t="s">
-[...84 lines deleted...]
-      <c r="H72">
+      <c r="J80" t="s">
+        <v>171</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>508</v>
+      </c>
+      <c r="M80" t="s">
+        <v>503</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>509</v>
+      </c>
+      <c r="P80" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>511</v>
+      </c>
+      <c r="B81" t="s">
+        <v>512</v>
+      </c>
+      <c r="C81" t="s">
+        <v>513</v>
+      </c>
+      <c r="D81" t="s">
+        <v>514</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
         <v>2013</v>
       </c>
-      <c r="I72" t="s">
-[...175 lines deleted...]
-      <c r="I76" t="s">
+      <c r="I81">
+        <v>2024</v>
+      </c>
+      <c r="J81" t="s">
+        <v>515</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>516</v>
+      </c>
+      <c r="M81" t="s">
+        <v>517</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>518</v>
+      </c>
+      <c r="P81" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>520</v>
+      </c>
+      <c r="B82" t="s">
+        <v>521</v>
+      </c>
+      <c r="C82" t="s">
+        <v>513</v>
+      </c>
+      <c r="D82" t="s">
+        <v>309</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
         <v>43</v>
       </c>
-      <c r="J76" t="s">
-[...251 lines deleted...]
-        <v>2015</v>
+      <c r="G82" t="s">
+        <v>92</v>
       </c>
       <c r="H82">
         <v>2025</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>29</v>
+        <v>433</v>
       </c>
       <c r="K82" t="s">
-        <v>366</v>
+        <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>359</v>
+        <v>516</v>
       </c>
       <c r="M82" t="s">
-        <v>24</v>
+        <v>517</v>
       </c>
       <c r="N82" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>522</v>
+      </c>
+      <c r="P82" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>368</v>
+        <v>524</v>
       </c>
       <c r="B83" t="s">
-        <v>369</v>
+        <v>525</v>
       </c>
       <c r="C83" t="s">
-        <v>55</v>
+        <v>513</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>526</v>
       </c>
       <c r="E83" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G83">
+        <v>43</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2015</v>
+      </c>
+      <c r="I83">
+        <v>2025</v>
+      </c>
+      <c r="J83" t="s">
+        <v>433</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>527</v>
+      </c>
+      <c r="M83" t="s">
+        <v>517</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>528</v>
+      </c>
+      <c r="P83" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>529</v>
+      </c>
+      <c r="B84" t="s">
+        <v>530</v>
+      </c>
+      <c r="C84" t="s">
+        <v>531</v>
+      </c>
+      <c r="D84" t="s">
+        <v>77</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>43</v>
+      </c>
+      <c r="G84" t="s">
+        <v>92</v>
+      </c>
+      <c r="H84">
         <v>2019</v>
       </c>
-      <c r="H83"/>
-[...38 lines deleted...]
-      <c r="G84">
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>362</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>532</v>
+      </c>
+      <c r="M84" t="s">
+        <v>533</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>534</v>
+      </c>
+      <c r="P84" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>536</v>
+      </c>
+      <c r="B85" t="s">
+        <v>537</v>
+      </c>
+      <c r="C85" t="s">
+        <v>531</v>
+      </c>
+      <c r="D85" t="s">
+        <v>538</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>43</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2009</v>
       </c>
-      <c r="H84">
+      <c r="I85">
         <v>2016</v>
       </c>
-      <c r="I84" t="s">
-[...25 lines deleted...]
-      <c r="C85" t="s">
+      <c r="J85" t="s">
+        <v>362</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>539</v>
+      </c>
+      <c r="M85" t="s">
+        <v>533</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>540</v>
+      </c>
+      <c r="P85" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>542</v>
+      </c>
+      <c r="B86" t="s">
+        <v>543</v>
+      </c>
+      <c r="C86" t="s">
+        <v>531</v>
+      </c>
+      <c r="D86" t="s">
+        <v>86</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>544</v>
+      </c>
+      <c r="H86"/>
+      <c r="I86">
+        <v>2025</v>
+      </c>
+      <c r="J86" t="s">
+        <v>545</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>546</v>
+      </c>
+      <c r="M86" t="s">
+        <v>547</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>548</v>
+      </c>
+      <c r="P86" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>550</v>
+      </c>
+      <c r="B87" t="s">
+        <v>551</v>
+      </c>
+      <c r="C87" t="s">
+        <v>531</v>
+      </c>
+      <c r="D87" t="s">
+        <v>552</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87">
+        <v>2017</v>
+      </c>
+      <c r="J87" t="s">
+        <v>362</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>553</v>
+      </c>
+      <c r="M87" t="s">
+        <v>533</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>554</v>
+      </c>
+      <c r="P87" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>556</v>
+      </c>
+      <c r="B88" t="s">
+        <v>557</v>
+      </c>
+      <c r="C88" t="s">
+        <v>170</v>
+      </c>
+      <c r="D88" t="s">
+        <v>86</v>
+      </c>
+      <c r="E88" t="s">
         <v>61</v>
       </c>
-      <c r="D85" t="s">
-[...82 lines deleted...]
-      <c r="C87" t="s">
+      <c r="F88" t="s">
+        <v>223</v>
+      </c>
+      <c r="G88" t="s">
+        <v>92</v>
+      </c>
+      <c r="H88">
+        <v>2014</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>171</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>332</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>558</v>
+      </c>
+      <c r="P88" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>560</v>
+      </c>
+      <c r="B89" t="s">
+        <v>561</v>
+      </c>
+      <c r="C89" t="s">
+        <v>170</v>
+      </c>
+      <c r="D89" t="s">
+        <v>86</v>
+      </c>
+      <c r="E89" t="s">
         <v>61</v>
       </c>
-      <c r="D87" t="s">
-[...8 lines deleted...]
-      <c r="G87">
+      <c r="F89" t="s">
+        <v>223</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2001</v>
+      </c>
+      <c r="I89">
+        <v>2013</v>
+      </c>
+      <c r="J89" t="s">
+        <v>171</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>173</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>562</v>
+      </c>
+      <c r="P89" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>564</v>
+      </c>
+      <c r="B90" t="s">
+        <v>565</v>
+      </c>
+      <c r="C90" t="s">
+        <v>170</v>
+      </c>
+      <c r="D90" t="s">
+        <v>77</v>
+      </c>
+      <c r="E90" t="s">
+        <v>61</v>
+      </c>
+      <c r="F90" t="s">
+        <v>223</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>1998</v>
+      </c>
+      <c r="I90">
         <v>2014</v>
       </c>
-      <c r="H87"/>
-[...24 lines deleted...]
-      <c r="C88" t="s">
+      <c r="J90" t="s">
+        <v>53</v>
+      </c>
+      <c r="K90" t="s">
+        <v>34</v>
+      </c>
+      <c r="L90" t="s">
+        <v>566</v>
+      </c>
+      <c r="M90" t="s">
+        <v>173</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>567</v>
+      </c>
+      <c r="P90" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>569</v>
+      </c>
+      <c r="B91" t="s">
+        <v>570</v>
+      </c>
+      <c r="C91" t="s">
+        <v>513</v>
+      </c>
+      <c r="D91" t="s">
+        <v>348</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>92</v>
+      </c>
+      <c r="H91">
+        <v>2015</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>571</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>572</v>
+      </c>
+      <c r="M91" t="s">
+        <v>517</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>573</v>
+      </c>
+      <c r="P91" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>575</v>
+      </c>
+      <c r="B92" t="s">
+        <v>576</v>
+      </c>
+      <c r="C92" t="s">
+        <v>347</v>
+      </c>
+      <c r="D92" t="s">
+        <v>86</v>
+      </c>
+      <c r="E92" t="s">
         <v>61</v>
       </c>
-      <c r="D88" t="s">
-[...124 lines deleted...]
-      <c r="C91" t="s">
+      <c r="F92" t="s">
+        <v>223</v>
+      </c>
+      <c r="G92" t="s">
+        <v>92</v>
+      </c>
+      <c r="H92">
+        <v>2012</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>105</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>349</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>577</v>
+      </c>
+      <c r="P92" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>575</v>
+      </c>
+      <c r="B93" t="s">
+        <v>579</v>
+      </c>
+      <c r="C93" t="s">
+        <v>347</v>
+      </c>
+      <c r="D93" t="s">
+        <v>86</v>
+      </c>
+      <c r="E93" t="s">
         <v>61</v>
       </c>
-      <c r="D91" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="F93" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>223</v>
+      </c>
+      <c r="G93" t="s">
+        <v>92</v>
       </c>
       <c r="H93">
         <v>2012</v>
       </c>
-      <c r="I93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>24</v>
+        <v>349</v>
       </c>
       <c r="N93" t="s">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>580</v>
+      </c>
+      <c r="P93" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>402</v>
+        <v>575</v>
       </c>
       <c r="B94" t="s">
-        <v>185</v>
+        <v>581</v>
       </c>
       <c r="C94" t="s">
-        <v>365</v>
+        <v>347</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E94" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="F94" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G94">
+        <v>223</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2012</v>
+      </c>
+      <c r="I94">
+        <v>2012</v>
+      </c>
+      <c r="J94" t="s">
+        <v>105</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>349</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>582</v>
+      </c>
+      <c r="P94" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>583</v>
+      </c>
+      <c r="B95" t="s">
+        <v>584</v>
+      </c>
+      <c r="C95" t="s">
+        <v>264</v>
+      </c>
+      <c r="D95" t="s">
+        <v>526</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>43</v>
+      </c>
+      <c r="G95" t="s">
+        <v>92</v>
+      </c>
+      <c r="H95">
         <v>2021</v>
       </c>
-      <c r="H94">
+      <c r="I95">
         <v>2024</v>
       </c>
-      <c r="I94" t="s">
-[...25 lines deleted...]
-      <c r="C95" t="s">
+      <c r="J95" t="s">
+        <v>585</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>586</v>
+      </c>
+      <c r="M95" t="s">
+        <v>266</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>587</v>
+      </c>
+      <c r="P95" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>589</v>
+      </c>
+      <c r="B96" t="s">
+        <v>590</v>
+      </c>
+      <c r="C96" t="s">
+        <v>170</v>
+      </c>
+      <c r="D96" t="s">
+        <v>86</v>
+      </c>
+      <c r="E96" t="s">
         <v>61</v>
       </c>
-      <c r="D95" t="s">
-[...8 lines deleted...]
-      <c r="G95">
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2012</v>
       </c>
-      <c r="H95">
+      <c r="I96">
         <v>2012</v>
       </c>
-      <c r="I95" t="s">
-[...37 lines deleted...]
-      <c r="G96">
+      <c r="J96" t="s">
+        <v>171</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>591</v>
+      </c>
+      <c r="M96" t="s">
+        <v>332</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>592</v>
+      </c>
+      <c r="P96" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>593</v>
+      </c>
+      <c r="B97" t="s">
+        <v>594</v>
+      </c>
+      <c r="C97" t="s">
+        <v>595</v>
+      </c>
+      <c r="D97" t="s">
+        <v>86</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>52</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
         <v>2006</v>
       </c>
-      <c r="H96">
+      <c r="I97">
         <v>2022</v>
       </c>
-      <c r="I96" t="s">
-[...35 lines deleted...]
-      <c r="G97">
+      <c r="J97" t="s">
+        <v>596</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>597</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>598</v>
+      </c>
+      <c r="P97" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>600</v>
+      </c>
+      <c r="B98" t="s">
+        <v>601</v>
+      </c>
+      <c r="C98" t="s">
+        <v>595</v>
+      </c>
+      <c r="D98" t="s">
+        <v>77</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>52</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
         <v>2001</v>
       </c>
-      <c r="H97">
+      <c r="I98">
         <v>2021</v>
       </c>
-      <c r="I97" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J98" t="s">
-        <v>29</v>
+        <v>596</v>
       </c>
       <c r="K98" t="s">
-        <v>418</v>
+        <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>412</v>
+        <v>602</v>
       </c>
       <c r="M98" t="s">
-        <v>24</v>
+        <v>597</v>
       </c>
       <c r="N98" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>603</v>
+      </c>
+      <c r="P98" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>420</v>
+        <v>605</v>
       </c>
       <c r="B99" t="s">
-        <v>421</v>
+        <v>606</v>
       </c>
       <c r="C99" t="s">
-        <v>55</v>
+        <v>595</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E99" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2001</v>
+        <v>52</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
       </c>
       <c r="H99">
         <v>2015</v>
       </c>
-      <c r="I99" t="s">
-        <v>422</v>
+      <c r="I99">
+        <v>2022</v>
       </c>
       <c r="J99" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K99"/>
+        <v>596</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
       <c r="L99" t="s">
-        <v>423</v>
+        <v>607</v>
       </c>
       <c r="M99" t="s">
-        <v>24</v>
+        <v>597</v>
       </c>
       <c r="N99" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>608</v>
+      </c>
+      <c r="P99" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>425</v>
+        <v>610</v>
       </c>
       <c r="B100" t="s">
-        <v>421</v>
+        <v>611</v>
       </c>
       <c r="C100" t="s">
-        <v>55</v>
+        <v>612</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E100" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G100">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
         <v>2001</v>
       </c>
-      <c r="H100">
+      <c r="I100">
         <v>2015</v>
       </c>
-      <c r="I100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J100" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>613</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>24</v>
+        <v>614</v>
       </c>
       <c r="N100" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>615</v>
+      </c>
+      <c r="P100" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>427</v>
+        <v>617</v>
       </c>
       <c r="B101" t="s">
-        <v>421</v>
+        <v>618</v>
       </c>
       <c r="C101" t="s">
-        <v>61</v>
+        <v>612</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E101" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G101">
+        <v>52</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2001</v>
+      </c>
+      <c r="I101">
+        <v>2015</v>
+      </c>
+      <c r="J101" t="s">
+        <v>613</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>614</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>619</v>
+      </c>
+      <c r="P101" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>621</v>
+      </c>
+      <c r="B102" t="s">
+        <v>622</v>
+      </c>
+      <c r="C102" t="s">
+        <v>612</v>
+      </c>
+      <c r="D102" t="s">
+        <v>86</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
         <v>2000</v>
       </c>
-      <c r="H101">
+      <c r="I102">
         <v>2015</v>
       </c>
-      <c r="I101" t="s">
-[...37 lines deleted...]
-      <c r="G102">
+      <c r="J102" t="s">
+        <v>613</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>623</v>
+      </c>
+      <c r="M102" t="s">
+        <v>614</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>624</v>
+      </c>
+      <c r="P102" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>626</v>
+      </c>
+      <c r="B103" t="s">
+        <v>627</v>
+      </c>
+      <c r="C103" t="s">
+        <v>612</v>
+      </c>
+      <c r="D103" t="s">
+        <v>86</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>52</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
         <v>2000</v>
       </c>
-      <c r="H102">
+      <c r="I103">
         <v>2015</v>
       </c>
-      <c r="I102" t="s">
-[...35 lines deleted...]
-      <c r="G103">
+      <c r="J103" t="s">
+        <v>613</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>614</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>628</v>
+      </c>
+      <c r="P103" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>630</v>
+      </c>
+      <c r="B104" t="s">
+        <v>631</v>
+      </c>
+      <c r="C104" t="s">
+        <v>612</v>
+      </c>
+      <c r="D104" t="s">
+        <v>86</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>52</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
         <v>2016</v>
       </c>
-      <c r="H103">
+      <c r="I104">
         <v>2020</v>
       </c>
-      <c r="I103" t="s">
+      <c r="J104" t="s">
+        <v>62</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>614</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>632</v>
+      </c>
+      <c r="P104" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>630</v>
+      </c>
+      <c r="B105" t="s">
+        <v>634</v>
+      </c>
+      <c r="C105" t="s">
+        <v>612</v>
+      </c>
+      <c r="D105" t="s">
+        <v>86</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>52</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2016</v>
+      </c>
+      <c r="I105">
+        <v>2020</v>
+      </c>
+      <c r="J105" t="s">
+        <v>62</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>614</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>635</v>
+      </c>
+      <c r="P105" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>637</v>
+      </c>
+      <c r="B106" t="s">
+        <v>638</v>
+      </c>
+      <c r="C106" t="s">
+        <v>639</v>
+      </c>
+      <c r="D106" t="s">
+        <v>77</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>43</v>
       </c>
-      <c r="J103" t="s">
-[...38 lines deleted...]
-      <c r="I104" t="s">
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>1998</v>
+      </c>
+      <c r="I106">
+        <v>2012</v>
+      </c>
+      <c r="J106" t="s">
+        <v>449</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>640</v>
+      </c>
+      <c r="M106" t="s">
+        <v>641</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>642</v>
+      </c>
+      <c r="P106" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>644</v>
+      </c>
+      <c r="B107" t="s">
+        <v>645</v>
+      </c>
+      <c r="C107" t="s">
+        <v>639</v>
+      </c>
+      <c r="D107" t="s">
+        <v>86</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
         <v>43</v>
       </c>
-      <c r="J104" t="s">
-[...76 lines deleted...]
-      <c r="G106">
+      <c r="G107" t="s">
+        <v>92</v>
+      </c>
+      <c r="H107">
         <v>2004</v>
       </c>
-      <c r="H106"/>
-[...44 lines deleted...]
-      </c>
+      <c r="I107"/>
       <c r="J107" t="s">
-        <v>29</v>
+        <v>449</v>
       </c>
       <c r="K107" t="s">
-        <v>444</v>
+        <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>445</v>
+        <v>646</v>
       </c>
       <c r="M107" t="s">
-        <v>24</v>
+        <v>641</v>
       </c>
       <c r="N107" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>647</v>
+      </c>
+      <c r="P107" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>447</v>
+        <v>648</v>
       </c>
       <c r="B108" t="s">
+        <v>649</v>
+      </c>
+      <c r="C108" t="s">
         <v>448</v>
       </c>
-      <c r="C108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E108" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>92</v>
       </c>
       <c r="H108">
         <v>2014</v>
       </c>
-      <c r="I108" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I108"/>
       <c r="J108" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="K108" t="s">
-        <v>449</v>
+        <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>450</v>
+        <v>650</v>
       </c>
       <c r="M108" t="s">
-        <v>24</v>
+        <v>651</v>
       </c>
       <c r="N108" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>652</v>
+      </c>
+      <c r="P108" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>452</v>
+        <v>654</v>
       </c>
       <c r="B109" t="s">
-        <v>448</v>
+        <v>655</v>
       </c>
       <c r="C109" t="s">
-        <v>365</v>
+        <v>656</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E109" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G109">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
         <v>2013</v>
       </c>
-      <c r="H109">
+      <c r="I109">
         <v>2014</v>
       </c>
-      <c r="I109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>29</v>
+        <v>217</v>
       </c>
       <c r="K109" t="s">
-        <v>449</v>
+        <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>450</v>
+        <v>657</v>
       </c>
       <c r="M109" t="s">
-        <v>24</v>
+        <v>658</v>
       </c>
       <c r="N109" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>659</v>
+      </c>
+      <c r="P109" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>454</v>
+        <v>661</v>
       </c>
       <c r="B110" t="s">
-        <v>448</v>
+        <v>662</v>
       </c>
       <c r="C110" t="s">
-        <v>55</v>
+        <v>656</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>526</v>
       </c>
       <c r="E110" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G110">
+        <v>52</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
         <v>2013</v>
       </c>
-      <c r="H110">
+      <c r="I110">
         <v>2014</v>
       </c>
-      <c r="I110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>29</v>
+        <v>217</v>
       </c>
       <c r="K110" t="s">
-        <v>455</v>
+        <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>450</v>
+        <v>657</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>658</v>
       </c>
       <c r="N110" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>663</v>
+      </c>
+      <c r="P110" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>457</v>
+        <v>665</v>
       </c>
       <c r="B111" t="s">
-        <v>448</v>
+        <v>666</v>
       </c>
       <c r="C111" t="s">
-        <v>55</v>
+        <v>656</v>
       </c>
       <c r="D111" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E111" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G111">
+        <v>52</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>2013</v>
       </c>
-      <c r="H111">
+      <c r="I111">
         <v>2014</v>
       </c>
-      <c r="I111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J111" t="s">
-        <v>29</v>
+        <v>217</v>
       </c>
       <c r="K111" t="s">
-        <v>455</v>
+        <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>450</v>
+        <v>667</v>
       </c>
       <c r="M111" t="s">
-        <v>24</v>
+        <v>658</v>
       </c>
       <c r="N111" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>668</v>
+      </c>
+      <c r="P111" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>459</v>
+        <v>670</v>
       </c>
       <c r="B112" t="s">
-        <v>460</v>
+        <v>671</v>
       </c>
       <c r="C112" t="s">
-        <v>461</v>
+        <v>656</v>
       </c>
       <c r="D112" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E112" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G112">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112">
+        <v>2014</v>
+      </c>
+      <c r="J112" t="s">
+        <v>217</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>667</v>
+      </c>
+      <c r="M112" t="s">
+        <v>658</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>672</v>
+      </c>
+      <c r="P112" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>674</v>
+      </c>
+      <c r="B113" t="s">
+        <v>675</v>
+      </c>
+      <c r="C113" t="s">
+        <v>676</v>
+      </c>
+      <c r="D113" t="s">
+        <v>677</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>52</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
         <v>1996</v>
       </c>
-      <c r="H112">
+      <c r="I113">
         <v>2017</v>
       </c>
-      <c r="I112" t="s">
-[...37 lines deleted...]
-      <c r="G113">
+      <c r="J113" t="s">
+        <v>105</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113" t="s">
+        <v>678</v>
+      </c>
+      <c r="M113" t="s">
+        <v>679</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>680</v>
+      </c>
+      <c r="P113" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>682</v>
+      </c>
+      <c r="B114" t="s">
+        <v>649</v>
+      </c>
+      <c r="C114" t="s">
+        <v>676</v>
+      </c>
+      <c r="D114" t="s">
+        <v>187</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>21</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
         <v>1996</v>
       </c>
-      <c r="H113">
+      <c r="I114">
         <v>2017</v>
       </c>
-      <c r="I113" t="s">
-[...35 lines deleted...]
-      <c r="G114">
+      <c r="J114" t="s">
+        <v>105</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>679</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>683</v>
+      </c>
+      <c r="P114" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>684</v>
+      </c>
+      <c r="B115" t="s">
+        <v>685</v>
+      </c>
+      <c r="C115" t="s">
+        <v>686</v>
+      </c>
+      <c r="D115" t="s">
+        <v>86</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
         <v>2016</v>
       </c>
-      <c r="H114">
+      <c r="I115">
         <v>2018</v>
       </c>
-      <c r="I114" t="s">
-[...37 lines deleted...]
-      <c r="G115">
+      <c r="J115" t="s">
+        <v>105</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>687</v>
+      </c>
+      <c r="M115" t="s">
+        <v>688</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>689</v>
+      </c>
+      <c r="P115" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>691</v>
+      </c>
+      <c r="B116" t="s">
+        <v>692</v>
+      </c>
+      <c r="C116" t="s">
+        <v>693</v>
+      </c>
+      <c r="D116" t="s">
+        <v>86</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>92</v>
+      </c>
+      <c r="H116">
         <v>2017</v>
       </c>
-      <c r="H115"/>
-      <c r="I115" t="s">
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>62</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>694</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>695</v>
+      </c>
+      <c r="P116" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>697</v>
+      </c>
+      <c r="B117" t="s">
+        <v>698</v>
+      </c>
+      <c r="C117" t="s">
+        <v>693</v>
+      </c>
+      <c r="D117" t="s">
+        <v>77</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>92</v>
+      </c>
+      <c r="H117">
+        <v>2022</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>699</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>694</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>700</v>
+      </c>
+      <c r="P117" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>702</v>
+      </c>
+      <c r="B118" t="s">
+        <v>703</v>
+      </c>
+      <c r="C118" t="s">
+        <v>693</v>
+      </c>
+      <c r="D118" t="s">
+        <v>704</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
         <v>43</v>
       </c>
-      <c r="J115" t="s">
-[...66 lines deleted...]
-      <c r="E117" t="s">
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2005</v>
+      </c>
+      <c r="I118">
+        <v>2008</v>
+      </c>
+      <c r="J118" t="s">
+        <v>93</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>705</v>
+      </c>
+      <c r="M118" t="s">
+        <v>694</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>706</v>
+      </c>
+      <c r="P118" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>708</v>
+      </c>
+      <c r="B119" t="s">
+        <v>709</v>
+      </c>
+      <c r="C119" t="s">
+        <v>693</v>
+      </c>
+      <c r="D119" t="s">
+        <v>77</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>43</v>
+      </c>
+      <c r="G119" t="s">
+        <v>92</v>
+      </c>
+      <c r="H119">
+        <v>2009</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>93</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>710</v>
+      </c>
+      <c r="M119" t="s">
+        <v>694</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>711</v>
+      </c>
+      <c r="P119" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>713</v>
+      </c>
+      <c r="B120" t="s">
+        <v>714</v>
+      </c>
+      <c r="C120" t="s">
+        <v>715</v>
+      </c>
+      <c r="D120" t="s">
+        <v>86</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>52</v>
+      </c>
+      <c r="G120" t="s">
+        <v>151</v>
+      </c>
+      <c r="H120"/>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>596</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>716</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>717</v>
+      </c>
+      <c r="P120" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>719</v>
+      </c>
+      <c r="B121" t="s">
+        <v>720</v>
+      </c>
+      <c r="C121" t="s">
+        <v>277</v>
+      </c>
+      <c r="D121" t="s">
+        <v>77</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>2004</v>
+      </c>
+      <c r="I121">
+        <v>2010</v>
+      </c>
+      <c r="J121" t="s">
+        <v>79</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121" t="s">
+        <v>189</v>
+      </c>
+      <c r="M121" t="s">
+        <v>278</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>721</v>
+      </c>
+      <c r="P121" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>719</v>
+      </c>
+      <c r="B122" t="s">
+        <v>723</v>
+      </c>
+      <c r="C122" t="s">
+        <v>277</v>
+      </c>
+      <c r="D122" t="s">
+        <v>724</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>43</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2004</v>
+      </c>
+      <c r="I122">
+        <v>2010</v>
+      </c>
+      <c r="J122" t="s">
+        <v>596</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122" t="s">
+        <v>189</v>
+      </c>
+      <c r="M122" t="s">
+        <v>278</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>725</v>
+      </c>
+      <c r="P122" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>727</v>
+      </c>
+      <c r="B123" t="s">
+        <v>728</v>
+      </c>
+      <c r="C123" t="s">
+        <v>729</v>
+      </c>
+      <c r="D123" t="s">
+        <v>86</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>52</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2010</v>
+      </c>
+      <c r="I123">
+        <v>2010</v>
+      </c>
+      <c r="J123" t="s">
+        <v>250</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>730</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>731</v>
+      </c>
+      <c r="P123" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>733</v>
+      </c>
+      <c r="B124" t="s">
+        <v>734</v>
+      </c>
+      <c r="C124" t="s">
+        <v>735</v>
+      </c>
+      <c r="D124" t="s">
+        <v>736</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>43</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2008</v>
+      </c>
+      <c r="I124">
+        <v>2020</v>
+      </c>
+      <c r="J124" t="s">
+        <v>62</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124" t="s">
+        <v>737</v>
+      </c>
+      <c r="M124" t="s">
+        <v>738</v>
+      </c>
+      <c r="N124" t="s">
+        <v>36</v>
+      </c>
+      <c r="O124" t="s">
+        <v>739</v>
+      </c>
+      <c r="P124" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>741</v>
+      </c>
+      <c r="B125" t="s">
+        <v>742</v>
+      </c>
+      <c r="C125" t="s">
+        <v>323</v>
+      </c>
+      <c r="D125" t="s">
+        <v>743</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>52</v>
+      </c>
+      <c r="G125" t="s">
+        <v>92</v>
+      </c>
+      <c r="H125">
+        <v>2025</v>
+      </c>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>744</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>745</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>746</v>
+      </c>
+      <c r="P125" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>748</v>
+      </c>
+      <c r="B126" t="s">
+        <v>749</v>
+      </c>
+      <c r="C126" t="s">
+        <v>323</v>
+      </c>
+      <c r="D126" t="s">
+        <v>526</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>52</v>
+      </c>
+      <c r="G126" t="s">
+        <v>8</v>
+      </c>
+      <c r="H126">
+        <v>2015</v>
+      </c>
+      <c r="I126">
+        <v>2019</v>
+      </c>
+      <c r="J126" t="s">
+        <v>362</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>745</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>750</v>
+      </c>
+      <c r="P126" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>751</v>
+      </c>
+      <c r="B127" t="s">
+        <v>752</v>
+      </c>
+      <c r="C127" t="s">
+        <v>323</v>
+      </c>
+      <c r="D127" t="s">
+        <v>526</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>52</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2015</v>
+      </c>
+      <c r="I127">
+        <v>2024</v>
+      </c>
+      <c r="J127" t="s">
+        <v>744</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
+      <c r="M127" t="s">
+        <v>745</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>753</v>
+      </c>
+      <c r="P127" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>754</v>
+      </c>
+      <c r="B128" t="s">
+        <v>649</v>
+      </c>
+      <c r="C128" t="s">
+        <v>755</v>
+      </c>
+      <c r="D128" t="s">
+        <v>86</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>756</v>
+      </c>
+      <c r="G128" t="s">
+        <v>151</v>
+      </c>
+      <c r="H128"/>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>93</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>757</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>758</v>
+      </c>
+      <c r="P128" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>760</v>
+      </c>
+      <c r="B129" t="s">
+        <v>649</v>
+      </c>
+      <c r="C129" t="s">
+        <v>761</v>
+      </c>
+      <c r="D129" t="s">
+        <v>762</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>43</v>
+      </c>
+      <c r="G129" t="s">
+        <v>151</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>93</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>763</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>764</v>
+      </c>
+      <c r="P129" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>766</v>
+      </c>
+      <c r="B130" t="s">
+        <v>767</v>
+      </c>
+      <c r="C130" t="s">
+        <v>768</v>
+      </c>
+      <c r="D130" t="s">
+        <v>309</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>43</v>
+      </c>
+      <c r="G130" t="s">
+        <v>92</v>
+      </c>
+      <c r="H130">
+        <v>2016</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>93</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
+      <c r="M130" t="s">
+        <v>769</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>770</v>
+      </c>
+      <c r="P130" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>772</v>
+      </c>
+      <c r="B131" t="s">
+        <v>773</v>
+      </c>
+      <c r="C131" t="s">
+        <v>323</v>
+      </c>
+      <c r="D131" t="s">
+        <v>743</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>92</v>
+      </c>
+      <c r="H131">
+        <v>2025</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>744</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>745</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>774</v>
+      </c>
+      <c r="P131" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>776</v>
+      </c>
+      <c r="B132" t="s">
+        <v>777</v>
+      </c>
+      <c r="C132" t="s">
+        <v>778</v>
+      </c>
+      <c r="D132" t="s">
+        <v>526</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>92</v>
+      </c>
+      <c r="H132">
+        <v>2018</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>259</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>779</v>
+      </c>
+      <c r="M132" t="s">
+        <v>780</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>781</v>
+      </c>
+      <c r="P132" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>783</v>
+      </c>
+      <c r="B133" t="s">
+        <v>346</v>
+      </c>
+      <c r="C133" t="s">
+        <v>347</v>
+      </c>
+      <c r="D133" t="s">
+        <v>526</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>1994</v>
+      </c>
+      <c r="I133">
+        <v>2003</v>
+      </c>
+      <c r="J133" t="s">
+        <v>105</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>349</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>784</v>
+      </c>
+      <c r="P133" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>786</v>
+      </c>
+      <c r="B134" t="s">
+        <v>353</v>
+      </c>
+      <c r="C134" t="s">
+        <v>347</v>
+      </c>
+      <c r="D134" t="s">
+        <v>309</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2004</v>
+      </c>
+      <c r="I134">
+        <v>2010</v>
+      </c>
+      <c r="J134" t="s">
+        <v>105</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>349</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>787</v>
+      </c>
+      <c r="P134" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>788</v>
+      </c>
+      <c r="B135" t="s">
+        <v>789</v>
+      </c>
+      <c r="C135" t="s">
+        <v>323</v>
+      </c>
+      <c r="D135" t="s">
+        <v>790</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>8</v>
+      </c>
+      <c r="H135">
+        <v>2015</v>
+      </c>
+      <c r="I135">
+        <v>2019</v>
+      </c>
+      <c r="J135" t="s">
+        <v>362</v>
+      </c>
+      <c r="K135" t="s">
+        <v>34</v>
+      </c>
+      <c r="L135" t="s">
+        <v>791</v>
+      </c>
+      <c r="M135" t="s">
+        <v>745</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>792</v>
+      </c>
+      <c r="P135" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>794</v>
+      </c>
+      <c r="B136" t="s">
+        <v>795</v>
+      </c>
+      <c r="C136" t="s">
+        <v>323</v>
+      </c>
+      <c r="D136" t="s">
+        <v>526</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>8</v>
+      </c>
+      <c r="H136">
+        <v>2015</v>
+      </c>
+      <c r="I136">
+        <v>2024</v>
+      </c>
+      <c r="J136" t="s">
+        <v>744</v>
+      </c>
+      <c r="K136" t="s">
+        <v>34</v>
+      </c>
+      <c r="L136"/>
+      <c r="M136" t="s">
+        <v>745</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>796</v>
+      </c>
+      <c r="P136" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>797</v>
+      </c>
+      <c r="B137" t="s">
+        <v>798</v>
+      </c>
+      <c r="C137" t="s">
+        <v>778</v>
+      </c>
+      <c r="D137" t="s">
+        <v>86</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>92</v>
+      </c>
+      <c r="H137">
+        <v>2018</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>259</v>
+      </c>
+      <c r="K137" t="s">
+        <v>34</v>
+      </c>
+      <c r="L137" t="s">
+        <v>799</v>
+      </c>
+      <c r="M137" t="s">
+        <v>780</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>800</v>
+      </c>
+      <c r="P137" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>797</v>
+      </c>
+      <c r="B138" t="s">
+        <v>356</v>
+      </c>
+      <c r="C138" t="s">
+        <v>347</v>
+      </c>
+      <c r="D138" t="s">
+        <v>86</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2009</v>
+      </c>
+      <c r="I138">
+        <v>2014</v>
+      </c>
+      <c r="J138" t="s">
+        <v>105</v>
+      </c>
+      <c r="K138" t="s">
+        <v>34</v>
+      </c>
+      <c r="L138" t="s">
+        <v>357</v>
+      </c>
+      <c r="M138" t="s">
+        <v>349</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>801</v>
+      </c>
+      <c r="P138" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>803</v>
+      </c>
+      <c r="B139" t="s">
+        <v>804</v>
+      </c>
+      <c r="C139" t="s">
+        <v>103</v>
+      </c>
+      <c r="D139" t="s">
+        <v>104</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>151</v>
+      </c>
+      <c r="H139"/>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>105</v>
+      </c>
+      <c r="K139" t="s">
+        <v>34</v>
+      </c>
+      <c r="L139" t="s">
+        <v>805</v>
+      </c>
+      <c r="M139" t="s">
         <v>107</v>
       </c>
-      <c r="F117" t="s">
-[...938 lines deleted...]
-      </c>
       <c r="N139" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>806</v>
+      </c>
+      <c r="P139" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>557</v>
+        <v>807</v>
       </c>
       <c r="B140" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="C140" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="D140" t="s">
-        <v>17</v>
+        <v>86</v>
       </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F140" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
       </c>
       <c r="H140">
         <v>2010</v>
       </c>
-      <c r="I140" t="s">
-        <v>66</v>
+      <c r="I140">
+        <v>2010</v>
       </c>
       <c r="J140" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="K140" t="s">
+        <v>34</v>
+      </c>
+      <c r="L140"/>
       <c r="M140" t="s">
+        <v>94</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>808</v>
+      </c>
+      <c r="P140" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>810</v>
+      </c>
+      <c r="B141" t="s">
+        <v>98</v>
+      </c>
+      <c r="C141" t="s">
+        <v>91</v>
+      </c>
+      <c r="D141" t="s">
+        <v>77</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>92</v>
+      </c>
+      <c r="H141">
+        <v>2010</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>93</v>
+      </c>
+      <c r="K141" t="s">
+        <v>34</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>94</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>811</v>
+      </c>
+      <c r="P141" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>812</v>
+      </c>
+      <c r="B142" t="s">
+        <v>813</v>
+      </c>
+      <c r="C142" t="s">
+        <v>814</v>
+      </c>
+      <c r="D142" t="s">
+        <v>86</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>92</v>
+      </c>
+      <c r="H142">
+        <v>2015</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>93</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>815</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>816</v>
+      </c>
+      <c r="P142" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>818</v>
+      </c>
+      <c r="B143"/>
+      <c r="C143" t="s">
+        <v>170</v>
+      </c>
+      <c r="D143" t="s">
+        <v>86</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>92</v>
+      </c>
+      <c r="H143">
+        <v>2010</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>79</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>173</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>819</v>
+      </c>
+      <c r="P143" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>821</v>
+      </c>
+      <c r="B144"/>
+      <c r="C144" t="s">
+        <v>170</v>
+      </c>
+      <c r="D144" t="s">
+        <v>86</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>92</v>
+      </c>
+      <c r="H144">
+        <v>2012</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>79</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>173</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>822</v>
+      </c>
+      <c r="P144" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>823</v>
+      </c>
+      <c r="B145"/>
+      <c r="C145" t="s">
+        <v>170</v>
+      </c>
+      <c r="D145" t="s">
+        <v>824</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>92</v>
+      </c>
+      <c r="H145">
+        <v>2010</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>79</v>
+      </c>
+      <c r="K145" t="s">
+        <v>34</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>173</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>825</v>
+      </c>
+      <c r="P145" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>826</v>
+      </c>
+      <c r="B146" t="s">
+        <v>827</v>
+      </c>
+      <c r="C146" t="s">
+        <v>395</v>
+      </c>
+      <c r="D146" t="s">
+        <v>396</v>
+      </c>
+      <c r="E146" t="s">
+        <v>61</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>92</v>
+      </c>
+      <c r="H146">
+        <v>2013</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>33</v>
+      </c>
+      <c r="K146" t="s">
+        <v>34</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>397</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>828</v>
+      </c>
+      <c r="P146" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>829</v>
+      </c>
+      <c r="B147" t="s">
+        <v>830</v>
+      </c>
+      <c r="C147" t="s">
+        <v>41</v>
+      </c>
+      <c r="D147" t="s">
+        <v>104</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>52</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2013</v>
+      </c>
+      <c r="I147">
+        <v>2016</v>
+      </c>
+      <c r="J147" t="s">
+        <v>79</v>
+      </c>
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>831</v>
+      </c>
+      <c r="M147" t="s">
+        <v>46</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>832</v>
+      </c>
+      <c r="P147" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>834</v>
+      </c>
+      <c r="B148" t="s">
+        <v>835</v>
+      </c>
+      <c r="C148" t="s">
+        <v>361</v>
+      </c>
+      <c r="D148" t="s">
+        <v>86</v>
+      </c>
+      <c r="E148" t="s">
+        <v>61</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>92</v>
+      </c>
+      <c r="H148">
+        <v>2015</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>836</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
+      <c r="M148" t="s">
+        <v>837</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>838</v>
+      </c>
+      <c r="P148" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>840</v>
+      </c>
+      <c r="B149" t="s">
+        <v>841</v>
+      </c>
+      <c r="C149" t="s">
+        <v>442</v>
+      </c>
+      <c r="D149" t="s">
+        <v>86</v>
+      </c>
+      <c r="E149" t="s">
+        <v>61</v>
+      </c>
+      <c r="F149" t="s">
+        <v>52</v>
+      </c>
+      <c r="G149" t="s">
+        <v>92</v>
+      </c>
+      <c r="H149">
+        <v>2011</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>171</v>
+      </c>
+      <c r="K149" t="s">
+        <v>34</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>503</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>842</v>
+      </c>
+      <c r="P149" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>844</v>
+      </c>
+      <c r="B150" t="s">
+        <v>845</v>
+      </c>
+      <c r="C150" t="s">
+        <v>442</v>
+      </c>
+      <c r="D150" t="s">
+        <v>846</v>
+      </c>
+      <c r="E150" t="s">
+        <v>61</v>
+      </c>
+      <c r="F150" t="s">
+        <v>52</v>
+      </c>
+      <c r="G150" t="s">
+        <v>92</v>
+      </c>
+      <c r="H150">
+        <v>2012</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>171</v>
+      </c>
+      <c r="K150" t="s">
         <v>24</v>
       </c>
-      <c r="N140" t="s">
-[...22 lines deleted...]
-      <c r="G141">
+      <c r="L150" t="s">
+        <v>847</v>
+      </c>
+      <c r="M150" t="s">
+        <v>848</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>849</v>
+      </c>
+      <c r="P150" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>850</v>
+      </c>
+      <c r="B151" t="s">
+        <v>851</v>
+      </c>
+      <c r="C151" t="s">
+        <v>595</v>
+      </c>
+      <c r="D151" t="s">
+        <v>86</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2006</v>
+      </c>
+      <c r="I151">
         <v>2010</v>
       </c>
-      <c r="H141"/>
-[...24 lines deleted...]
-      <c r="C142" t="s">
+      <c r="J151" t="s">
+        <v>596</v>
+      </c>
+      <c r="K151" t="s">
+        <v>34</v>
+      </c>
+      <c r="L151"/>
+      <c r="M151" t="s">
+        <v>852</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>853</v>
+      </c>
+      <c r="P151" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>855</v>
+      </c>
+      <c r="B152" t="s">
+        <v>856</v>
+      </c>
+      <c r="C152" t="s">
+        <v>595</v>
+      </c>
+      <c r="D152" t="s">
+        <v>86</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2006</v>
+      </c>
+      <c r="I152">
+        <v>2010</v>
+      </c>
+      <c r="J152" t="s">
+        <v>596</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>852</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>857</v>
+      </c>
+      <c r="P152" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>859</v>
+      </c>
+      <c r="B153" t="s">
+        <v>860</v>
+      </c>
+      <c r="C153" t="s">
+        <v>595</v>
+      </c>
+      <c r="D153" t="s">
+        <v>86</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>92</v>
+      </c>
+      <c r="H153">
+        <v>2010</v>
+      </c>
+      <c r="I153"/>
+      <c r="J153" t="s">
+        <v>596</v>
+      </c>
+      <c r="K153" t="s">
+        <v>34</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>852</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>861</v>
+      </c>
+      <c r="P153" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>863</v>
+      </c>
+      <c r="B154" t="s">
+        <v>864</v>
+      </c>
+      <c r="C154" t="s">
+        <v>595</v>
+      </c>
+      <c r="D154" t="s">
+        <v>77</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2007</v>
+      </c>
+      <c r="I154">
+        <v>2018</v>
+      </c>
+      <c r="J154" t="s">
+        <v>596</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>852</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>865</v>
+      </c>
+      <c r="P154" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>867</v>
+      </c>
+      <c r="B155" t="s">
+        <v>868</v>
+      </c>
+      <c r="C155" t="s">
+        <v>490</v>
+      </c>
+      <c r="D155" t="s">
+        <v>869</v>
+      </c>
+      <c r="E155" t="s">
         <v>61</v>
       </c>
-      <c r="D142" t="s">
-[...8 lines deleted...]
-      <c r="G142">
+      <c r="F155" t="s">
+        <v>43</v>
+      </c>
+      <c r="G155" t="s">
+        <v>92</v>
+      </c>
+      <c r="H155">
+        <v>2014</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>62</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>870</v>
+      </c>
+      <c r="M155" t="s">
+        <v>493</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>871</v>
+      </c>
+      <c r="P155" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>873</v>
+      </c>
+      <c r="B156" t="s">
+        <v>874</v>
+      </c>
+      <c r="C156" t="s">
+        <v>490</v>
+      </c>
+      <c r="D156" t="s">
+        <v>187</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>92</v>
+      </c>
+      <c r="H156">
+        <v>2012</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>62</v>
+      </c>
+      <c r="K156" t="s">
+        <v>34</v>
+      </c>
+      <c r="L156" t="s">
+        <v>492</v>
+      </c>
+      <c r="M156" t="s">
+        <v>493</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>875</v>
+      </c>
+      <c r="P156" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>877</v>
+      </c>
+      <c r="B157" t="s">
+        <v>878</v>
+      </c>
+      <c r="C157" t="s">
+        <v>879</v>
+      </c>
+      <c r="D157" t="s">
+        <v>880</v>
+      </c>
+      <c r="E157" t="s">
+        <v>881</v>
+      </c>
+      <c r="F157" t="s">
+        <v>882</v>
+      </c>
+      <c r="G157" t="s">
+        <v>92</v>
+      </c>
+      <c r="H157">
+        <v>2023</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>259</v>
+      </c>
+      <c r="K157" t="s">
+        <v>883</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>884</v>
+      </c>
+      <c r="N157" t="s">
+        <v>36</v>
+      </c>
+      <c r="O157" t="s">
+        <v>885</v>
+      </c>
+      <c r="P157" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>887</v>
+      </c>
+      <c r="B158" t="s">
+        <v>888</v>
+      </c>
+      <c r="C158" t="s">
+        <v>889</v>
+      </c>
+      <c r="D158" t="s">
+        <v>77</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>21</v>
+      </c>
+      <c r="G158" t="s">
+        <v>92</v>
+      </c>
+      <c r="H158">
+        <v>2018</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>362</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>887</v>
+      </c>
+      <c r="M158" t="s">
+        <v>890</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>891</v>
+      </c>
+      <c r="P158" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>893</v>
+      </c>
+      <c r="B159" t="s">
+        <v>894</v>
+      </c>
+      <c r="C159" t="s">
+        <v>889</v>
+      </c>
+      <c r="D159" t="s">
+        <v>86</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>2012</v>
+      </c>
+      <c r="I159">
+        <v>2013</v>
+      </c>
+      <c r="J159" t="s">
+        <v>362</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159" t="s">
+        <v>893</v>
+      </c>
+      <c r="M159" t="s">
+        <v>890</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>895</v>
+      </c>
+      <c r="P159" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>897</v>
+      </c>
+      <c r="B160" t="s">
+        <v>898</v>
+      </c>
+      <c r="C160" t="s">
+        <v>889</v>
+      </c>
+      <c r="D160" t="s">
+        <v>526</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>2010</v>
+      </c>
+      <c r="I160">
+        <v>2018</v>
+      </c>
+      <c r="J160" t="s">
+        <v>362</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160" t="s">
+        <v>897</v>
+      </c>
+      <c r="M160" t="s">
+        <v>890</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>899</v>
+      </c>
+      <c r="P160" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>901</v>
+      </c>
+      <c r="B161" t="s">
+        <v>902</v>
+      </c>
+      <c r="C161" t="s">
+        <v>889</v>
+      </c>
+      <c r="D161" t="s">
+        <v>104</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2012</v>
+      </c>
+      <c r="I161">
+        <v>2017</v>
+      </c>
+      <c r="J161" t="s">
+        <v>105</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161" t="s">
+        <v>901</v>
+      </c>
+      <c r="M161" t="s">
+        <v>890</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>903</v>
+      </c>
+      <c r="P161" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>905</v>
+      </c>
+      <c r="B162" t="s">
+        <v>906</v>
+      </c>
+      <c r="C162" t="s">
+        <v>907</v>
+      </c>
+      <c r="D162" t="s">
+        <v>77</v>
+      </c>
+      <c r="E162" t="s">
+        <v>61</v>
+      </c>
+      <c r="F162" t="s">
+        <v>223</v>
+      </c>
+      <c r="G162" t="s">
+        <v>92</v>
+      </c>
+      <c r="H162">
+        <v>2014</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>908</v>
+      </c>
+      <c r="K162" t="s">
+        <v>34</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>909</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>910</v>
+      </c>
+      <c r="P162" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>912</v>
+      </c>
+      <c r="B163" t="s">
+        <v>913</v>
+      </c>
+      <c r="C163" t="s">
+        <v>914</v>
+      </c>
+      <c r="D163" t="s">
+        <v>86</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>92</v>
+      </c>
+      <c r="H163">
+        <v>2009</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>105</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163" t="s">
+        <v>915</v>
+      </c>
+      <c r="M163" t="s">
+        <v>916</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>917</v>
+      </c>
+      <c r="P163" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>919</v>
+      </c>
+      <c r="B164" t="s">
+        <v>920</v>
+      </c>
+      <c r="C164" t="s">
+        <v>914</v>
+      </c>
+      <c r="D164" t="s">
+        <v>86</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>92</v>
+      </c>
+      <c r="H164">
+        <v>2009</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>105</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>921</v>
+      </c>
+      <c r="M164" t="s">
+        <v>916</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>922</v>
+      </c>
+      <c r="P164" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>924</v>
+      </c>
+      <c r="B165" t="s">
+        <v>925</v>
+      </c>
+      <c r="C165" t="s">
+        <v>914</v>
+      </c>
+      <c r="D165" t="s">
+        <v>926</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>92</v>
+      </c>
+      <c r="H165">
+        <v>2011</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>62</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165" t="s">
+        <v>927</v>
+      </c>
+      <c r="M165" t="s">
+        <v>916</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>928</v>
+      </c>
+      <c r="P165" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>930</v>
+      </c>
+      <c r="B166" t="s">
+        <v>931</v>
+      </c>
+      <c r="C166" t="s">
+        <v>914</v>
+      </c>
+      <c r="D166" t="s">
+        <v>77</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>92</v>
+      </c>
+      <c r="H166">
+        <v>2010</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>105</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166" t="s">
+        <v>932</v>
+      </c>
+      <c r="M166" t="s">
+        <v>916</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>933</v>
+      </c>
+      <c r="P166" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>935</v>
+      </c>
+      <c r="B167" t="s">
+        <v>936</v>
+      </c>
+      <c r="C167" t="s">
+        <v>879</v>
+      </c>
+      <c r="D167" t="s">
+        <v>348</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>43</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2020</v>
+      </c>
+      <c r="I167">
+        <v>2024</v>
+      </c>
+      <c r="J167" t="s">
+        <v>585</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167" t="s">
+        <v>937</v>
+      </c>
+      <c r="M167" t="s">
+        <v>884</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>938</v>
+      </c>
+      <c r="P167" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>940</v>
+      </c>
+      <c r="B168" t="s">
+        <v>941</v>
+      </c>
+      <c r="C168" t="s">
+        <v>879</v>
+      </c>
+      <c r="D168" t="s">
+        <v>104</v>
+      </c>
+      <c r="E168" t="s">
+        <v>61</v>
+      </c>
+      <c r="F168" t="s">
+        <v>882</v>
+      </c>
+      <c r="G168" t="s">
+        <v>942</v>
+      </c>
+      <c r="H168">
+        <v>2014</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>259</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>943</v>
+      </c>
+      <c r="M168" t="s">
+        <v>884</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>944</v>
+      </c>
+      <c r="P168" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>946</v>
+      </c>
+      <c r="B169" t="s">
+        <v>947</v>
+      </c>
+      <c r="C169" t="s">
+        <v>264</v>
+      </c>
+      <c r="D169" t="s">
+        <v>104</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>52</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2007</v>
+      </c>
+      <c r="I169">
         <v>2015</v>
       </c>
-      <c r="H142"/>
-[...24 lines deleted...]
-      <c r="C143" t="s">
+      <c r="J169" t="s">
+        <v>250</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>948</v>
+      </c>
+      <c r="M169" t="s">
+        <v>266</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>949</v>
+      </c>
+      <c r="P169" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>951</v>
+      </c>
+      <c r="B170" t="s">
+        <v>952</v>
+      </c>
+      <c r="C170" t="s">
+        <v>264</v>
+      </c>
+      <c r="D170" t="s">
+        <v>77</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>52</v>
+      </c>
+      <c r="G170" t="s">
+        <v>92</v>
+      </c>
+      <c r="H170">
+        <v>2013</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>250</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170" t="s">
+        <v>953</v>
+      </c>
+      <c r="M170" t="s">
+        <v>266</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>954</v>
+      </c>
+      <c r="P170" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>956</v>
+      </c>
+      <c r="B171" t="s">
+        <v>957</v>
+      </c>
+      <c r="C171" t="s">
+        <v>595</v>
+      </c>
+      <c r="D171" t="s">
+        <v>86</v>
+      </c>
+      <c r="E171" t="s">
         <v>61</v>
       </c>
-      <c r="D143" t="s">
-[...8 lines deleted...]
-      <c r="G143">
+      <c r="F171" t="s">
+        <v>223</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>1993</v>
+      </c>
+      <c r="I171">
+        <v>2012</v>
+      </c>
+      <c r="J171" t="s">
+        <v>596</v>
+      </c>
+      <c r="K171" t="s">
+        <v>34</v>
+      </c>
+      <c r="L171" t="s">
+        <v>958</v>
+      </c>
+      <c r="M171" t="s">
+        <v>959</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>960</v>
+      </c>
+      <c r="P171" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>962</v>
+      </c>
+      <c r="B172" t="s">
+        <v>963</v>
+      </c>
+      <c r="C172" t="s">
+        <v>595</v>
+      </c>
+      <c r="D172" t="s">
+        <v>86</v>
+      </c>
+      <c r="E172" t="s">
+        <v>61</v>
+      </c>
+      <c r="F172" t="s">
+        <v>223</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>1993</v>
+      </c>
+      <c r="I172">
+        <v>2016</v>
+      </c>
+      <c r="J172" t="s">
+        <v>596</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>959</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>964</v>
+      </c>
+      <c r="P172" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>965</v>
+      </c>
+      <c r="B173" t="s">
+        <v>966</v>
+      </c>
+      <c r="C173" t="s">
+        <v>595</v>
+      </c>
+      <c r="D173" t="s">
+        <v>77</v>
+      </c>
+      <c r="E173" t="s">
+        <v>61</v>
+      </c>
+      <c r="F173" t="s">
+        <v>223</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>1993</v>
+      </c>
+      <c r="I173">
+        <v>2016</v>
+      </c>
+      <c r="J173" t="s">
+        <v>596</v>
+      </c>
+      <c r="K173" t="s">
+        <v>34</v>
+      </c>
+      <c r="L173" t="s">
+        <v>967</v>
+      </c>
+      <c r="M173" t="s">
+        <v>959</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>968</v>
+      </c>
+      <c r="P173" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>969</v>
+      </c>
+      <c r="B174" t="s">
+        <v>970</v>
+      </c>
+      <c r="C174" t="s">
+        <v>595</v>
+      </c>
+      <c r="D174" t="s">
+        <v>86</v>
+      </c>
+      <c r="E174" t="s">
+        <v>61</v>
+      </c>
+      <c r="F174" t="s">
+        <v>223</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>1993</v>
+      </c>
+      <c r="I174">
         <v>2010</v>
       </c>
-      <c r="H143"/>
-[...24 lines deleted...]
-      <c r="C144" t="s">
+      <c r="J174" t="s">
+        <v>596</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174" t="s">
+        <v>971</v>
+      </c>
+      <c r="M174" t="s">
+        <v>959</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>972</v>
+      </c>
+      <c r="P174" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>973</v>
+      </c>
+      <c r="B175" t="s">
+        <v>974</v>
+      </c>
+      <c r="C175" t="s">
+        <v>170</v>
+      </c>
+      <c r="D175" t="s">
+        <v>309</v>
+      </c>
+      <c r="E175" t="s">
         <v>61</v>
       </c>
-      <c r="D144" t="s">
-[...259 lines deleted...]
-      <c r="J150" t="s">
+      <c r="F175" t="s">
         <v>21</v>
       </c>
-      <c r="K150" t="s">
-[...1050 lines deleted...]
-        <v>2011</v>
+      <c r="G175" t="s">
+        <v>22</v>
       </c>
       <c r="H175">
         <v>2011</v>
       </c>
-      <c r="I175" t="s">
-        <v>122</v>
+      <c r="I175">
+        <v>2011</v>
       </c>
       <c r="J175" t="s">
-        <v>29</v>
+        <v>171</v>
       </c>
       <c r="K175" t="s">
-        <v>666</v>
+        <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>124</v>
+        <v>975</v>
       </c>
       <c r="M175" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N175" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>976</v>
+      </c>
+      <c r="P175" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>668</v>
+        <v>977</v>
       </c>
       <c r="B176" t="s">
-        <v>669</v>
+        <v>978</v>
       </c>
       <c r="C176" t="s">
-        <v>244</v>
+        <v>979</v>
       </c>
       <c r="D176" t="s">
-        <v>17</v>
+        <v>348</v>
       </c>
       <c r="E176" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F176" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G176">
+        <v>43</v>
+      </c>
+      <c r="G176" t="s">
+        <v>22</v>
+      </c>
+      <c r="H176">
         <v>2018</v>
       </c>
-      <c r="H176">
+      <c r="I176">
         <v>2019</v>
       </c>
-      <c r="I176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J176" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176"/>
       <c r="M176" t="s">
-        <v>24</v>
+        <v>980</v>
       </c>
       <c r="N176" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>981</v>
+      </c>
+      <c r="P176" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>672</v>
+        <v>983</v>
       </c>
       <c r="B177" t="s">
-        <v>313</v>
+        <v>984</v>
       </c>
       <c r="C177" t="s">
-        <v>55</v>
+        <v>448</v>
       </c>
       <c r="D177" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E177" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="F177" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G177">
+        <v>52</v>
+      </c>
+      <c r="G177" t="s">
+        <v>22</v>
+      </c>
+      <c r="H177">
         <v>2005</v>
       </c>
-      <c r="H177">
+      <c r="I177">
         <v>2013</v>
       </c>
-      <c r="I177" t="s">
+      <c r="J177" t="s">
+        <v>62</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177" t="s">
+        <v>985</v>
+      </c>
+      <c r="M177" t="s">
+        <v>651</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>986</v>
+      </c>
+      <c r="P177" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>988</v>
+      </c>
+      <c r="B178" t="s">
+        <v>989</v>
+      </c>
+      <c r="C178" t="s">
+        <v>448</v>
+      </c>
+      <c r="D178" t="s">
+        <v>526</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
         <v>43</v>
       </c>
-      <c r="J177" t="s">
-[...34 lines deleted...]
-      <c r="G178">
+      <c r="G178" t="s">
+        <v>92</v>
+      </c>
+      <c r="H178">
         <v>2015</v>
       </c>
-      <c r="H178"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I178"/>
       <c r="J178" t="s">
-        <v>29</v>
+        <v>105</v>
       </c>
       <c r="K178" t="s">
-        <v>676</v>
+        <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>445</v>
+        <v>990</v>
       </c>
       <c r="M178" t="s">
-        <v>24</v>
+        <v>651</v>
       </c>
       <c r="N178" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>991</v>
+      </c>
+      <c r="P178" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>678</v>
+        <v>993</v>
       </c>
       <c r="B179" t="s">
-        <v>679</v>
+        <v>994</v>
       </c>
       <c r="C179" t="s">
-        <v>680</v>
+        <v>995</v>
       </c>
       <c r="D179" t="s">
-        <v>17</v>
+        <v>996</v>
       </c>
       <c r="E179" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F179" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G179">
+        <v>43</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
         <v>2017</v>
       </c>
-      <c r="H179">
+      <c r="I179">
         <v>2021</v>
       </c>
-      <c r="I179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J179" t="s">
-        <v>681</v>
+        <v>571</v>
       </c>
       <c r="K179" t="s">
-        <v>682</v>
+        <v>997</v>
       </c>
       <c r="L179" t="s">
-        <v>683</v>
+        <v>998</v>
       </c>
       <c r="M179" t="s">
-        <v>31</v>
+        <v>999</v>
       </c>
       <c r="N179" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1000</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>685</v>
+        <v>1002</v>
       </c>
       <c r="B180" t="s">
-        <v>686</v>
+        <v>1003</v>
       </c>
       <c r="C180" t="s">
-        <v>147</v>
+        <v>1004</v>
       </c>
       <c r="D180" t="s">
-        <v>42</v>
+        <v>208</v>
       </c>
       <c r="E180" t="s">
-        <v>107</v>
+        <v>61</v>
       </c>
       <c r="F180" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="G180"/>
+        <v>43</v>
+      </c>
+      <c r="G180" t="s">
+        <v>151</v>
+      </c>
       <c r="H180"/>
-      <c r="I180" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I180"/>
       <c r="J180" t="s">
-        <v>29</v>
+        <v>449</v>
       </c>
       <c r="K180" t="s">
-        <v>148</v>
+        <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>687</v>
+        <v>209</v>
       </c>
       <c r="M180" t="s">
-        <v>24</v>
+        <v>1005</v>
       </c>
       <c r="N180" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1006</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>689</v>
+        <v>1008</v>
       </c>
       <c r="B181" t="s">
-        <v>690</v>
+        <v>1009</v>
       </c>
       <c r="C181" t="s">
-        <v>691</v>
+        <v>1010</v>
       </c>
       <c r="D181" t="s">
-        <v>17</v>
+        <v>1011</v>
       </c>
       <c r="E181" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F181" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G181">
+        <v>21</v>
+      </c>
+      <c r="G181" t="s">
+        <v>22</v>
+      </c>
+      <c r="H181">
         <v>2009</v>
       </c>
-      <c r="H181">
+      <c r="I181">
         <v>2016</v>
       </c>
-      <c r="I181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J181" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181"/>
       <c r="M181" t="s">
-        <v>24</v>
+        <v>1012</v>
       </c>
       <c r="N181" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>694</v>
+        <v>1015</v>
       </c>
       <c r="B182" t="s">
-        <v>495</v>
+        <v>1016</v>
       </c>
       <c r="C182" t="s">
-        <v>55</v>
+        <v>729</v>
       </c>
       <c r="D182" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E182" t="s">
-        <v>107</v>
+        <v>20</v>
       </c>
       <c r="F182" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G182">
+        <v>43</v>
+      </c>
+      <c r="G182" t="s">
+        <v>22</v>
+      </c>
+      <c r="H182">
         <v>2013</v>
       </c>
-      <c r="H182">
+      <c r="I182">
         <v>2015</v>
       </c>
-      <c r="I182" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J182" t="s">
-        <v>29</v>
+        <v>250</v>
       </c>
       <c r="K182" t="s">
-        <v>695</v>
+        <v>34</v>
       </c>
       <c r="L182" t="s">
-        <v>496</v>
+        <v>1017</v>
       </c>
       <c r="M182" t="s">
-        <v>24</v>
+        <v>730</v>
       </c>
       <c r="N182" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>697</v>
+        <v>1020</v>
       </c>
       <c r="B183" t="s">
-        <v>487</v>
+        <v>1021</v>
       </c>
       <c r="C183" t="s">
+        <v>715</v>
+      </c>
+      <c r="D183" t="s">
+        <v>86</v>
+      </c>
+      <c r="E183" t="s">
+        <v>20</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+      <c r="G183" t="s">
+        <v>22</v>
+      </c>
+      <c r="H183">
+        <v>2013</v>
+      </c>
+      <c r="I183">
+        <v>2020</v>
+      </c>
+      <c r="J183" t="s">
+        <v>596</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M183" t="s">
+        <v>716</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1023</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C184" t="s">
+        <v>715</v>
+      </c>
+      <c r="D184" t="s">
+        <v>77</v>
+      </c>
+      <c r="E184" t="s">
+        <v>20</v>
+      </c>
+      <c r="F184" t="s">
+        <v>52</v>
+      </c>
+      <c r="G184" t="s">
+        <v>92</v>
+      </c>
+      <c r="H184">
+        <v>2007</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>596</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184" t="s">
+        <v>1027</v>
+      </c>
+      <c r="M184" t="s">
+        <v>716</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1028</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C185" t="s">
+        <v>715</v>
+      </c>
+      <c r="D185" t="s">
+        <v>86</v>
+      </c>
+      <c r="E185" t="s">
+        <v>20</v>
+      </c>
+      <c r="F185" t="s">
+        <v>52</v>
+      </c>
+      <c r="G185" t="s">
+        <v>92</v>
+      </c>
+      <c r="H185">
+        <v>2011</v>
+      </c>
+      <c r="I185">
+        <v>2015</v>
+      </c>
+      <c r="J185" t="s">
+        <v>596</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M185" t="s">
+        <v>716</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C186" t="s">
+        <v>755</v>
+      </c>
+      <c r="D186" t="s">
+        <v>77</v>
+      </c>
+      <c r="E186" t="s">
+        <v>20</v>
+      </c>
+      <c r="F186" t="s">
+        <v>43</v>
+      </c>
+      <c r="G186" t="s">
+        <v>92</v>
+      </c>
+      <c r="H186">
+        <v>2019</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>93</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186" t="s">
+        <v>1037</v>
+      </c>
+      <c r="M186" t="s">
+        <v>757</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D187" t="s">
+        <v>86</v>
+      </c>
+      <c r="E187" t="s">
         <v>61</v>
       </c>
-      <c r="D183" t="s">
-[...8 lines deleted...]
-      <c r="G183">
+      <c r="F187" t="s">
+        <v>52</v>
+      </c>
+      <c r="G187" t="s">
+        <v>151</v>
+      </c>
+      <c r="H187"/>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>908</v>
+      </c>
+      <c r="K187" t="s">
+        <v>34</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E188" t="s">
+        <v>61</v>
+      </c>
+      <c r="F188" t="s">
+        <v>52</v>
+      </c>
+      <c r="G188" t="s">
+        <v>92</v>
+      </c>
+      <c r="H188">
+        <v>2014</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>908</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1049</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E189" t="s">
+        <v>20</v>
+      </c>
+      <c r="F189" t="s">
+        <v>52</v>
+      </c>
+      <c r="G189" t="s">
+        <v>22</v>
+      </c>
+      <c r="H189">
+        <v>2008</v>
+      </c>
+      <c r="I189">
         <v>2013</v>
       </c>
-      <c r="H183">
-[...70 lines deleted...]
-      <c r="C185" t="s">
+      <c r="J189" t="s">
+        <v>105</v>
+      </c>
+      <c r="K189" t="s">
+        <v>34</v>
+      </c>
+      <c r="L189" t="s">
+        <v>25</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C190" t="s">
+        <v>170</v>
+      </c>
+      <c r="D190" t="s">
+        <v>77</v>
+      </c>
+      <c r="E190" t="s">
         <v>61</v>
       </c>
-      <c r="D185" t="s">
-[...184 lines deleted...]
-      <c r="K189" t="s">
+      <c r="F190" t="s">
+        <v>52</v>
+      </c>
+      <c r="G190" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H190">
         <v>2010</v>
       </c>
-      <c r="I190" t="s">
-        <v>122</v>
+      <c r="I190">
+        <v>2010</v>
       </c>
       <c r="J190" t="s">
-        <v>29</v>
+        <v>171</v>
       </c>
       <c r="K190" t="s">
-        <v>720</v>
+        <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>124</v>
+        <v>1058</v>
       </c>
       <c r="M190" t="s">
+        <v>173</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1059</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C191" t="s">
+        <v>170</v>
+      </c>
+      <c r="D191" t="s">
+        <v>86</v>
+      </c>
+      <c r="E191" t="s">
+        <v>61</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2010</v>
+      </c>
+      <c r="I191">
+        <v>2017</v>
+      </c>
+      <c r="J191" t="s">
+        <v>171</v>
+      </c>
+      <c r="K191" t="s">
+        <v>34</v>
+      </c>
+      <c r="L191" t="s">
+        <v>1063</v>
+      </c>
+      <c r="M191" t="s">
+        <v>173</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B192" t="s">
+        <v>649</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D192" t="s">
+        <v>77</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>52</v>
+      </c>
+      <c r="G192" t="s">
+        <v>22</v>
+      </c>
+      <c r="H192">
+        <v>2015</v>
+      </c>
+      <c r="I192">
+        <v>2019</v>
+      </c>
+      <c r="J192" t="s">
+        <v>93</v>
+      </c>
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192"/>
+      <c r="M192" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B193" t="s">
+        <v>649</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D193" t="s">
+        <v>77</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>92</v>
+      </c>
+      <c r="H193">
+        <v>2015</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
+        <v>93</v>
+      </c>
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193"/>
+      <c r="M193" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N193" t="s">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
+      <c r="A194" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D194" t="s">
+        <v>77</v>
+      </c>
+      <c r="E194" t="s">
+        <v>20</v>
+      </c>
+      <c r="F194" t="s">
+        <v>43</v>
+      </c>
+      <c r="G194" t="s">
+        <v>92</v>
+      </c>
+      <c r="H194">
+        <v>2019</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s">
+        <v>93</v>
+      </c>
+      <c r="K194" t="s">
+        <v>34</v>
+      </c>
+      <c r="L194"/>
+      <c r="M194" t="s">
+        <v>1076</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1077</v>
+      </c>
+      <c r="P194" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>43</v>
+      </c>
+      <c r="G195" t="s">
+        <v>92</v>
+      </c>
+      <c r="H195">
+        <v>2019</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>93</v>
+      </c>
+      <c r="K195" t="s">
+        <v>34</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1076</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1082</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C196" t="s">
+        <v>778</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>52</v>
+      </c>
+      <c r="G196" t="s">
+        <v>92</v>
+      </c>
+      <c r="H196">
+        <v>2018</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>62</v>
+      </c>
+      <c r="K196" t="s">
+        <v>34</v>
+      </c>
+      <c r="L196"/>
+      <c r="M196" t="s">
+        <v>780</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D197" t="s">
+        <v>348</v>
+      </c>
+      <c r="E197" t="s">
+        <v>20</v>
+      </c>
+      <c r="F197" t="s">
+        <v>43</v>
+      </c>
+      <c r="G197" t="s">
+        <v>22</v>
+      </c>
+      <c r="H197">
+        <v>2016</v>
+      </c>
+      <c r="I197">
+        <v>2019</v>
+      </c>
+      <c r="J197" t="s">
+        <v>105</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D198" t="s">
+        <v>77</v>
+      </c>
+      <c r="E198" t="s">
+        <v>20</v>
+      </c>
+      <c r="F198" t="s">
+        <v>43</v>
+      </c>
+      <c r="G198" t="s">
+        <v>22</v>
+      </c>
+      <c r="H198">
+        <v>2007</v>
+      </c>
+      <c r="I198">
+        <v>2018</v>
+      </c>
+      <c r="J198" t="s">
+        <v>105</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1097</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1098</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D199" t="s">
+        <v>348</v>
+      </c>
+      <c r="E199" t="s">
+        <v>20</v>
+      </c>
+      <c r="F199" t="s">
+        <v>43</v>
+      </c>
+      <c r="G199" t="s">
+        <v>22</v>
+      </c>
+      <c r="H199">
+        <v>2016</v>
+      </c>
+      <c r="I199">
+        <v>2019</v>
+      </c>
+      <c r="J199" t="s">
+        <v>105</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199" t="s">
+        <v>1092</v>
+      </c>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C200" t="s">
+        <v>308</v>
+      </c>
+      <c r="D200" t="s">
+        <v>309</v>
+      </c>
+      <c r="E200" t="s">
+        <v>61</v>
+      </c>
+      <c r="F200" t="s">
+        <v>43</v>
+      </c>
+      <c r="G200" t="s">
+        <v>92</v>
+      </c>
+      <c r="H200">
+        <v>2020</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>79</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1105</v>
+      </c>
+      <c r="M200" t="s">
+        <v>311</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C201" t="s">
+        <v>170</v>
+      </c>
+      <c r="D201" t="s">
+        <v>86</v>
+      </c>
+      <c r="E201" t="s">
+        <v>61</v>
+      </c>
+      <c r="F201" t="s">
+        <v>21</v>
+      </c>
+      <c r="G201" t="s">
+        <v>92</v>
+      </c>
+      <c r="H201">
+        <v>2010</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s">
+        <v>171</v>
+      </c>
+      <c r="K201" t="s">
+        <v>34</v>
+      </c>
+      <c r="L201" t="s">
+        <v>1110</v>
+      </c>
+      <c r="M201" t="s">
+        <v>173</v>
+      </c>
+      <c r="N201" t="s">
+        <v>27</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1111</v>
+      </c>
+      <c r="P201" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C202" t="s">
+        <v>889</v>
+      </c>
+      <c r="D202" t="s">
+        <v>77</v>
+      </c>
+      <c r="E202" t="s">
+        <v>61</v>
+      </c>
+      <c r="F202" t="s">
+        <v>223</v>
+      </c>
+      <c r="G202" t="s">
+        <v>22</v>
+      </c>
+      <c r="H202">
+        <v>2000</v>
+      </c>
+      <c r="I202">
+        <v>2020</v>
+      </c>
+      <c r="J202" t="s">
+        <v>596</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>887</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C203" t="s">
+        <v>889</v>
+      </c>
+      <c r="D203" t="s">
+        <v>86</v>
+      </c>
+      <c r="E203" t="s">
+        <v>61</v>
+      </c>
+      <c r="F203" t="s">
+        <v>223</v>
+      </c>
+      <c r="G203" t="s">
+        <v>22</v>
+      </c>
+      <c r="H203">
+        <v>2010</v>
+      </c>
+      <c r="I203">
+        <v>2022</v>
+      </c>
+      <c r="J203" t="s">
+        <v>596</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1119</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1120</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C204" t="s">
+        <v>889</v>
+      </c>
+      <c r="D204" t="s">
+        <v>86</v>
+      </c>
+      <c r="E204" t="s">
+        <v>61</v>
+      </c>
+      <c r="F204" t="s">
+        <v>223</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>1995</v>
+      </c>
+      <c r="I204">
+        <v>2013</v>
+      </c>
+      <c r="J204" t="s">
+        <v>596</v>
+      </c>
+      <c r="K204" t="s">
+        <v>34</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N204" t="s">
+        <v>27</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1125</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C205" t="s">
+        <v>889</v>
+      </c>
+      <c r="D205" t="s">
+        <v>86</v>
+      </c>
+      <c r="E205" t="s">
+        <v>61</v>
+      </c>
+      <c r="F205" t="s">
+        <v>223</v>
+      </c>
+      <c r="G205" t="s">
+        <v>22</v>
+      </c>
+      <c r="H205">
+        <v>1996</v>
+      </c>
+      <c r="I205">
+        <v>2015</v>
+      </c>
+      <c r="J205" t="s">
+        <v>596</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1130</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C206" t="s">
+        <v>889</v>
+      </c>
+      <c r="D206" t="s">
+        <v>86</v>
+      </c>
+      <c r="E206" t="s">
+        <v>61</v>
+      </c>
+      <c r="F206" t="s">
+        <v>223</v>
+      </c>
+      <c r="G206" t="s">
+        <v>22</v>
+      </c>
+      <c r="H206">
+        <v>1998</v>
+      </c>
+      <c r="I206">
+        <v>2012</v>
+      </c>
+      <c r="J206" t="s">
+        <v>596</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1134</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1135</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C207" t="s">
+        <v>889</v>
+      </c>
+      <c r="D207" t="s">
+        <v>926</v>
+      </c>
+      <c r="E207" t="s">
+        <v>61</v>
+      </c>
+      <c r="F207" t="s">
+        <v>223</v>
+      </c>
+      <c r="G207" t="s">
+        <v>22</v>
+      </c>
+      <c r="H207">
+        <v>2001</v>
+      </c>
+      <c r="I207">
+        <v>2015</v>
+      </c>
+      <c r="J207" t="s">
+        <v>596</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1139</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1140</v>
+      </c>
+      <c r="P207" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C208" t="s">
+        <v>889</v>
+      </c>
+      <c r="D208" t="s">
+        <v>86</v>
+      </c>
+      <c r="E208" t="s">
+        <v>61</v>
+      </c>
+      <c r="F208" t="s">
+        <v>223</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>2004</v>
+      </c>
+      <c r="I208">
+        <v>2012</v>
+      </c>
+      <c r="J208" t="s">
+        <v>596</v>
+      </c>
+      <c r="K208" t="s">
+        <v>34</v>
+      </c>
+      <c r="L208" t="s">
+        <v>1144</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N208" t="s">
+        <v>36</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C209" t="s">
+        <v>889</v>
+      </c>
+      <c r="D209" t="s">
+        <v>86</v>
+      </c>
+      <c r="E209" t="s">
+        <v>61</v>
+      </c>
+      <c r="F209" t="s">
+        <v>223</v>
+      </c>
+      <c r="G209" t="s">
+        <v>22</v>
+      </c>
+      <c r="H209">
+        <v>2009</v>
+      </c>
+      <c r="I209">
+        <v>2012</v>
+      </c>
+      <c r="J209" t="s">
+        <v>596</v>
+      </c>
+      <c r="K209" t="s">
+        <v>34</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1149</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1114</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C210" t="s">
+        <v>889</v>
+      </c>
+      <c r="D210" t="s">
+        <v>86</v>
+      </c>
+      <c r="E210" t="s">
+        <v>61</v>
+      </c>
+      <c r="F210" t="s">
+        <v>223</v>
+      </c>
+      <c r="G210" t="s">
+        <v>92</v>
+      </c>
+      <c r="H210">
+        <v>2015</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>449</v>
+      </c>
+      <c r="K210" t="s">
+        <v>34</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1155</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P210"/>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C211" t="s">
+        <v>402</v>
+      </c>
+      <c r="D211" t="s">
+        <v>104</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>43</v>
+      </c>
+      <c r="G211" t="s">
+        <v>22</v>
+      </c>
+      <c r="H211">
+        <v>2006</v>
+      </c>
+      <c r="I211">
+        <v>2015</v>
+      </c>
+      <c r="J211" t="s">
+        <v>79</v>
+      </c>
+      <c r="K211" t="s">
+        <v>34</v>
+      </c>
+      <c r="L211"/>
+      <c r="M211" t="s">
+        <v>397</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C212" t="s">
+        <v>323</v>
+      </c>
+      <c r="D212" t="s">
+        <v>104</v>
+      </c>
+      <c r="E212" t="s">
+        <v>61</v>
+      </c>
+      <c r="F212" t="s">
+        <v>223</v>
+      </c>
+      <c r="G212" t="s">
+        <v>92</v>
+      </c>
+      <c r="H212">
+        <v>2012</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>449</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212"/>
+      <c r="M212" t="s">
+        <v>1163</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C213" t="s">
+        <v>323</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E213" t="s">
+        <v>61</v>
+      </c>
+      <c r="F213" t="s">
+        <v>223</v>
+      </c>
+      <c r="G213" t="s">
+        <v>22</v>
+      </c>
+      <c r="H213">
+        <v>2012</v>
+      </c>
+      <c r="I213">
+        <v>2017</v>
+      </c>
+      <c r="J213" t="s">
+        <v>62</v>
+      </c>
+      <c r="K213" t="s">
+        <v>34</v>
+      </c>
+      <c r="L213"/>
+      <c r="M213" t="s">
+        <v>1163</v>
+      </c>
+      <c r="N213" t="s">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1169</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
+      <c r="A214" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B214" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D214" t="s">
+        <v>86</v>
+      </c>
+      <c r="E214" t="s">
+        <v>20</v>
+      </c>
+      <c r="F214" t="s">
+        <v>43</v>
+      </c>
+      <c r="G214" t="s">
+        <v>92</v>
+      </c>
+      <c r="H214">
+        <v>2011</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s">
+        <v>105</v>
+      </c>
+      <c r="K214" t="s">
+        <v>34</v>
+      </c>
+      <c r="L214"/>
+      <c r="M214" t="s">
+        <v>1174</v>
+      </c>
+      <c r="N214" t="s">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1175</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
+      <c r="A215" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B215" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D215" t="s">
+        <v>526</v>
+      </c>
+      <c r="E215" t="s">
+        <v>20</v>
+      </c>
+      <c r="F215" t="s">
+        <v>21</v>
+      </c>
+      <c r="G215" t="s">
+        <v>92</v>
+      </c>
+      <c r="H215">
+        <v>2011</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s">
+        <v>62</v>
+      </c>
+      <c r="K215" t="s">
+        <v>34</v>
+      </c>
+      <c r="L215"/>
+      <c r="M215" t="s">
+        <v>1174</v>
+      </c>
+      <c r="N215" t="s">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
+      <c r="A216" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B216" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D216" t="s">
+        <v>77</v>
+      </c>
+      <c r="E216" t="s">
+        <v>20</v>
+      </c>
+      <c r="F216" t="s">
+        <v>21</v>
+      </c>
+      <c r="G216" t="s">
+        <v>92</v>
+      </c>
+      <c r="H216">
+        <v>2016</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s">
+        <v>105</v>
+      </c>
+      <c r="K216" t="s">
+        <v>34</v>
+      </c>
+      <c r="L216"/>
+      <c r="M216" t="s">
+        <v>1174</v>
+      </c>
+      <c r="N216" t="s">
+        <v>27</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1183</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
+      <c r="A217" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B217" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D217" t="s">
+        <v>104</v>
+      </c>
+      <c r="E217" t="s">
+        <v>20</v>
+      </c>
+      <c r="F217" t="s">
+        <v>43</v>
+      </c>
+      <c r="G217" t="s">
+        <v>22</v>
+      </c>
+      <c r="H217">
+        <v>2002</v>
+      </c>
+      <c r="I217">
+        <v>2016</v>
+      </c>
+      <c r="J217" t="s">
+        <v>571</v>
+      </c>
+      <c r="K217" t="s">
+        <v>34</v>
+      </c>
+      <c r="L217" t="s">
+        <v>1188</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1189</v>
+      </c>
+      <c r="N217" t="s">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
+      <c r="A218" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B218" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D218" t="s">
+        <v>104</v>
+      </c>
+      <c r="E218" t="s">
+        <v>61</v>
+      </c>
+      <c r="F218" t="s">
+        <v>43</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
+        <v>2016</v>
+      </c>
+      <c r="I218">
+        <v>2019</v>
+      </c>
+      <c r="J218" t="s">
+        <v>571</v>
+      </c>
+      <c r="K218" t="s">
+        <v>34</v>
+      </c>
+      <c r="L218" t="s">
+        <v>1194</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1189</v>
+      </c>
+      <c r="N218" t="s">
+        <v>27</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
+      <c r="A219" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B219" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C219" t="s">
+        <v>889</v>
+      </c>
+      <c r="D219" t="s">
+        <v>77</v>
+      </c>
+      <c r="E219" t="s">
+        <v>20</v>
+      </c>
+      <c r="F219" t="s">
+        <v>43</v>
+      </c>
+      <c r="G219" t="s">
+        <v>92</v>
+      </c>
+      <c r="H219">
+        <v>2012</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s">
+        <v>596</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219" t="s">
+        <v>1199</v>
+      </c>
+      <c r="M219" t="s">
+        <v>890</v>
+      </c>
+      <c r="N219" t="s">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1200</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
+      <c r="A220" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B220" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C220" t="s">
+        <v>889</v>
+      </c>
+      <c r="D220" t="s">
+        <v>926</v>
+      </c>
+      <c r="E220" t="s">
+        <v>20</v>
+      </c>
+      <c r="F220" t="s">
+        <v>43</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
+      </c>
+      <c r="H220">
+        <v>2008</v>
+      </c>
+      <c r="I220">
+        <v>2014</v>
+      </c>
+      <c r="J220" t="s">
+        <v>362</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220" t="s">
+        <v>1204</v>
+      </c>
+      <c r="M220" t="s">
+        <v>890</v>
+      </c>
+      <c r="N220" t="s">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
+      <c r="A221" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B221" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E221" t="s">
+        <v>20</v>
+      </c>
+      <c r="F221" t="s">
+        <v>52</v>
+      </c>
+      <c r="G221" t="s">
+        <v>92</v>
+      </c>
+      <c r="H221">
+        <v>2017</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s">
+        <v>79</v>
+      </c>
+      <c r="K221" t="s">
         <v>24</v>
       </c>
-      <c r="N190" t="s">
-[...10 lines deleted...]
-      <c r="C191" t="s">
+      <c r="L221"/>
+      <c r="M221" t="s">
+        <v>1211</v>
+      </c>
+      <c r="N221" t="s">
+        <v>36</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1212</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
+      <c r="A222" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B222" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C222" t="s">
+        <v>249</v>
+      </c>
+      <c r="D222" t="s">
+        <v>77</v>
+      </c>
+      <c r="E222" t="s">
+        <v>20</v>
+      </c>
+      <c r="F222" t="s">
+        <v>21</v>
+      </c>
+      <c r="G222" t="s">
+        <v>22</v>
+      </c>
+      <c r="H222">
+        <v>2007</v>
+      </c>
+      <c r="I222">
+        <v>2015</v>
+      </c>
+      <c r="J222" t="s">
+        <v>259</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222" t="s">
+        <v>1216</v>
+      </c>
+      <c r="M222" t="s">
+        <v>252</v>
+      </c>
+      <c r="N222" t="s">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
+      <c r="A223" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B223" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E223" t="s">
+        <v>20</v>
+      </c>
+      <c r="F223" t="s">
+        <v>52</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
+      </c>
+      <c r="H223">
+        <v>2009</v>
+      </c>
+      <c r="I223">
+        <v>2016</v>
+      </c>
+      <c r="J223" t="s">
+        <v>33</v>
+      </c>
+      <c r="K223" t="s">
+        <v>24</v>
+      </c>
+      <c r="L223"/>
+      <c r="M223" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B224" t="s">
+        <v>649</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D224" t="s">
+        <v>86</v>
+      </c>
+      <c r="E224" t="s">
+        <v>20</v>
+      </c>
+      <c r="F224" t="s">
+        <v>43</v>
+      </c>
+      <c r="G224" t="s">
+        <v>92</v>
+      </c>
+      <c r="H224">
+        <v>2010</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s">
+        <v>93</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C225" t="s">
+        <v>361</v>
+      </c>
+      <c r="D225" t="s">
+        <v>86</v>
+      </c>
+      <c r="E225" t="s">
         <v>61</v>
       </c>
-      <c r="D191" t="s">
-[...8 lines deleted...]
-      <c r="G191">
+      <c r="F225" t="s">
+        <v>223</v>
+      </c>
+      <c r="G225" t="s">
+        <v>22</v>
+      </c>
+      <c r="H225">
+        <v>2013</v>
+      </c>
+      <c r="I225">
+        <v>2017</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1228</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1230</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C226" t="s">
+        <v>186</v>
+      </c>
+      <c r="D226" t="s">
+        <v>179</v>
+      </c>
+      <c r="E226" t="s">
+        <v>20</v>
+      </c>
+      <c r="F226" t="s">
+        <v>52</v>
+      </c>
+      <c r="G226" t="s">
+        <v>92</v>
+      </c>
+      <c r="H226">
+        <v>2021</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>188</v>
+      </c>
+      <c r="K226" t="s">
+        <v>34</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226"/>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1235</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C227" t="s">
+        <v>186</v>
+      </c>
+      <c r="D227" t="s">
+        <v>179</v>
+      </c>
+      <c r="E227" t="s">
+        <v>20</v>
+      </c>
+      <c r="F227" t="s">
+        <v>21</v>
+      </c>
+      <c r="G227" t="s">
+        <v>92</v>
+      </c>
+      <c r="H227">
+        <v>2021</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>188</v>
+      </c>
+      <c r="K227" t="s">
+        <v>34</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227"/>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C228" t="s">
+        <v>186</v>
+      </c>
+      <c r="D228" t="s">
+        <v>187</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>92</v>
+      </c>
+      <c r="H228">
+        <v>2021</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>188</v>
+      </c>
+      <c r="K228" t="s">
+        <v>34</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228"/>
+      <c r="N228" t="s">
+        <v>27</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C229" t="s">
+        <v>686</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>43</v>
+      </c>
+      <c r="G229" t="s">
+        <v>92</v>
+      </c>
+      <c r="H229">
+        <v>2016</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>1247</v>
+      </c>
+      <c r="K229" t="s">
+        <v>34</v>
+      </c>
+      <c r="L229"/>
+      <c r="M229" t="s">
+        <v>1248</v>
+      </c>
+      <c r="N229" t="s">
+        <v>36</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C230" t="s">
+        <v>361</v>
+      </c>
+      <c r="D230" t="s">
+        <v>86</v>
+      </c>
+      <c r="E230" t="s">
+        <v>61</v>
+      </c>
+      <c r="F230" t="s">
+        <v>52</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2001</v>
+      </c>
+      <c r="I230">
+        <v>2019</v>
+      </c>
+      <c r="J230" t="s">
+        <v>1228</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M230" t="s">
+        <v>364</v>
+      </c>
+      <c r="N230" t="s">
+        <v>27</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C231" t="s">
+        <v>735</v>
+      </c>
+      <c r="D231" t="s">
+        <v>104</v>
+      </c>
+      <c r="E231" t="s">
+        <v>61</v>
+      </c>
+      <c r="F231" t="s">
+        <v>223</v>
+      </c>
+      <c r="G231" t="s">
+        <v>22</v>
+      </c>
+      <c r="H231">
+        <v>2011</v>
+      </c>
+      <c r="I231">
+        <v>2020</v>
+      </c>
+      <c r="J231" t="s">
+        <v>62</v>
+      </c>
+      <c r="K231" t="s">
+        <v>34</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1258</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1259</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1260</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C232" t="s">
+        <v>735</v>
+      </c>
+      <c r="D232" t="s">
+        <v>104</v>
+      </c>
+      <c r="E232" t="s">
+        <v>61</v>
+      </c>
+      <c r="F232" t="s">
+        <v>223</v>
+      </c>
+      <c r="G232" t="s">
+        <v>22</v>
+      </c>
+      <c r="H232">
+        <v>1998</v>
+      </c>
+      <c r="I232">
+        <v>2020</v>
+      </c>
+      <c r="J232" t="s">
+        <v>62</v>
+      </c>
+      <c r="K232" t="s">
+        <v>34</v>
+      </c>
+      <c r="L232" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M232" t="s">
+        <v>1259</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C233" t="s">
+        <v>361</v>
+      </c>
+      <c r="D233" t="s">
+        <v>297</v>
+      </c>
+      <c r="E233" t="s">
+        <v>61</v>
+      </c>
+      <c r="F233" t="s">
+        <v>21</v>
+      </c>
+      <c r="G233" t="s">
+        <v>22</v>
+      </c>
+      <c r="H233">
+        <v>2007</v>
+      </c>
+      <c r="I233">
+        <v>2014</v>
+      </c>
+      <c r="J233" t="s">
+        <v>836</v>
+      </c>
+      <c r="K233" t="s">
+        <v>34</v>
+      </c>
+      <c r="L233"/>
+      <c r="M233" t="s">
+        <v>1269</v>
+      </c>
+      <c r="N233" t="s">
+        <v>27</v>
+      </c>
+      <c r="O233" t="s">
+        <v>1270</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D234" t="s">
+        <v>77</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
+        <v>43</v>
+      </c>
+      <c r="G234" t="s">
+        <v>22</v>
+      </c>
+      <c r="H234">
+        <v>2007</v>
+      </c>
+      <c r="I234">
+        <v>2012</v>
+      </c>
+      <c r="J234" t="s">
+        <v>105</v>
+      </c>
+      <c r="K234" t="s">
+        <v>34</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1275</v>
+      </c>
+      <c r="M234" t="s">
+        <v>1276</v>
+      </c>
+      <c r="N234" t="s">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1277</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
+      <c r="A235" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B235" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D235" t="s">
+        <v>77</v>
+      </c>
+      <c r="E235" t="s">
+        <v>61</v>
+      </c>
+      <c r="F235" t="s">
+        <v>52</v>
+      </c>
+      <c r="G235" t="s">
+        <v>22</v>
+      </c>
+      <c r="H235">
+        <v>2002</v>
+      </c>
+      <c r="I235">
+        <v>2021</v>
+      </c>
+      <c r="J235" t="s">
+        <v>362</v>
+      </c>
+      <c r="K235" t="s">
+        <v>34</v>
+      </c>
+      <c r="L235" t="s">
+        <v>1282</v>
+      </c>
+      <c r="M235" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N235" t="s">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1284</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
+      <c r="A236" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B236" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D236" t="s">
+        <v>77</v>
+      </c>
+      <c r="E236" t="s">
+        <v>61</v>
+      </c>
+      <c r="F236" t="s">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
+        <v>2011</v>
+      </c>
+      <c r="I236">
+        <v>2021</v>
+      </c>
+      <c r="J236" t="s">
+        <v>362</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236" t="s">
+        <v>1288</v>
+      </c>
+      <c r="M236" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N236" t="s">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1289</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
+      <c r="A237" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B237" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D237" t="s">
+        <v>86</v>
+      </c>
+      <c r="E237" t="s">
+        <v>61</v>
+      </c>
+      <c r="F237" t="s">
+        <v>52</v>
+      </c>
+      <c r="G237" t="s">
+        <v>22</v>
+      </c>
+      <c r="H237">
+        <v>2002</v>
+      </c>
+      <c r="I237">
+        <v>2021</v>
+      </c>
+      <c r="J237" t="s">
+        <v>362</v>
+      </c>
+      <c r="K237" t="s">
+        <v>34</v>
+      </c>
+      <c r="L237" t="s">
+        <v>1293</v>
+      </c>
+      <c r="M237" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N237" t="s">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1294</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
+      <c r="A238" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B238" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E238" t="s">
+        <v>61</v>
+      </c>
+      <c r="F238" t="s">
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>92</v>
+      </c>
+      <c r="H238">
+        <v>2021</v>
+      </c>
+      <c r="I238"/>
+      <c r="J238" t="s">
+        <v>362</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M238" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P238"/>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E239" t="s">
+        <v>61</v>
+      </c>
+      <c r="F239" t="s">
+        <v>21</v>
+      </c>
+      <c r="G239" t="s">
+        <v>92</v>
+      </c>
+      <c r="H239">
+        <v>2021</v>
+      </c>
+      <c r="I239"/>
+      <c r="J239" t="s">
+        <v>362</v>
+      </c>
+      <c r="K239" t="s">
+        <v>34</v>
+      </c>
+      <c r="L239" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M239" t="s">
+        <v>1283</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P239"/>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1303</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D240" t="s">
+        <v>208</v>
+      </c>
+      <c r="E240" t="s">
+        <v>61</v>
+      </c>
+      <c r="F240" t="s">
+        <v>43</v>
+      </c>
+      <c r="G240" t="s">
+        <v>92</v>
+      </c>
+      <c r="H240">
+        <v>2016</v>
+      </c>
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>250</v>
+      </c>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" t="s">
+        <v>209</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1306</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1308</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D241" t="s">
+        <v>77</v>
+      </c>
+      <c r="E241" t="s">
+        <v>20</v>
+      </c>
+      <c r="F241" t="s">
+        <v>43</v>
+      </c>
+      <c r="G241" t="s">
+        <v>22</v>
+      </c>
+      <c r="H241">
+        <v>2013</v>
+      </c>
+      <c r="I241">
+        <v>2020</v>
+      </c>
+      <c r="J241" t="s">
+        <v>217</v>
+      </c>
+      <c r="K241" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1311</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1312</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1313</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D242" t="s">
+        <v>77</v>
+      </c>
+      <c r="E242" t="s">
+        <v>20</v>
+      </c>
+      <c r="F242" t="s">
+        <v>21</v>
+      </c>
+      <c r="G242" t="s">
+        <v>92</v>
+      </c>
+      <c r="H242">
+        <v>2011</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>93</v>
+      </c>
+      <c r="K242" t="s">
+        <v>34</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1318</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1319</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1320</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D243" t="s">
+        <v>77</v>
+      </c>
+      <c r="E243" t="s">
+        <v>61</v>
+      </c>
+      <c r="F243" t="s">
+        <v>52</v>
+      </c>
+      <c r="G243" t="s">
+        <v>22</v>
+      </c>
+      <c r="H243">
+        <v>2008</v>
+      </c>
+      <c r="I243">
+        <v>2011</v>
+      </c>
+      <c r="J243" t="s">
+        <v>79</v>
+      </c>
+      <c r="K243" t="s">
+        <v>34</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1324</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1319</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1325</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D244" t="s">
+        <v>86</v>
+      </c>
+      <c r="E244" t="s">
+        <v>61</v>
+      </c>
+      <c r="F244" t="s">
+        <v>52</v>
+      </c>
+      <c r="G244" t="s">
+        <v>92</v>
+      </c>
+      <c r="H244">
+        <v>2007</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>79</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1328</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1319</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1329</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D245" t="s">
+        <v>526</v>
+      </c>
+      <c r="E245" t="s">
+        <v>20</v>
+      </c>
+      <c r="F245" t="s">
+        <v>21</v>
+      </c>
+      <c r="G245" t="s">
+        <v>92</v>
+      </c>
+      <c r="H245">
+        <v>2007</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>93</v>
+      </c>
+      <c r="K245" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1328</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1319</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1333</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D246" t="s">
+        <v>77</v>
+      </c>
+      <c r="E246" t="s">
+        <v>20</v>
+      </c>
+      <c r="F246" t="s">
+        <v>43</v>
+      </c>
+      <c r="G246" t="s">
+        <v>92</v>
+      </c>
+      <c r="H246">
+        <v>2011</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>62</v>
+      </c>
+      <c r="K246" t="s">
+        <v>34</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1337</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1338</v>
+      </c>
+      <c r="N246" t="s">
+        <v>36</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D247" t="s">
+        <v>86</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>22</v>
+      </c>
+      <c r="H247">
         <v>2010</v>
       </c>
-      <c r="H191">
-[...206 lines deleted...]
-      <c r="I196" t="s">
+      <c r="I247">
+        <v>2014</v>
+      </c>
+      <c r="J247" t="s">
+        <v>596</v>
+      </c>
+      <c r="K247" t="s">
+        <v>34</v>
+      </c>
+      <c r="L247" t="s">
+        <v>1344</v>
+      </c>
+      <c r="M247" t="s">
+        <v>1345</v>
+      </c>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1346</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E248" t="s">
+        <v>20</v>
+      </c>
+      <c r="F248" t="s">
         <v>43</v>
       </c>
-      <c r="J196" t="s">
-[...335 lines deleted...]
-      <c r="H204">
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2012</v>
+      </c>
+      <c r="I248">
+        <v>2014</v>
+      </c>
+      <c r="J248" t="s">
+        <v>596</v>
+      </c>
+      <c r="K248" t="s">
+        <v>34</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M248" t="s">
+        <v>1345</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1352</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C249" t="s">
+        <v>249</v>
+      </c>
+      <c r="D249" t="s">
+        <v>86</v>
+      </c>
+      <c r="E249" t="s">
+        <v>20</v>
+      </c>
+      <c r="F249" t="s">
+        <v>21</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2011</v>
+      </c>
+      <c r="I249">
         <v>2013</v>
       </c>
-      <c r="I204" t="s">
-[...1911 lines deleted...]
-      </c>
       <c r="J249" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="K249" t="s">
+        <v>34</v>
+      </c>
+      <c r="L249"/>
       <c r="M249" t="s">
-        <v>24</v>
+        <v>252</v>
       </c>
       <c r="N249" t="s">
-        <v>911</v>
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1356</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1357</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>