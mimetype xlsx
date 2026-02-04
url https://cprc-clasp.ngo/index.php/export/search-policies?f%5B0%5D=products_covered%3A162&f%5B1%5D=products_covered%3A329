--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1360">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -279,50 +279,53 @@
     <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>NT 81.70 NT 81.71</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/37942018-energy-efficiency-household-and-similar-electrical-appliances-measurement-and</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4358</t>
   </si>
   <si>
     <t>7823/2020 Energy efficiency requirements for electrical lamps and luminaires</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and labeling requirements for filament lamps; fluorescent lamps; compact fluorescent lamps; high-intensity discharge lamps; LED lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78232020-energy-efficiency-requirements-electrical-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/14011</t>
   </si>
   <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of residential lamps</t>
   </si>
   <si>
     <t>Incandescent lamps and integrated ballast fluorescent lamps intended to be directly powered by the mains electrical grid.</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
@@ -2308,78 +2311,78 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>MELS for General Lighting (2019)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
     <t>This policy set energy label scheme for all regulated lamps:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for CFL</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-cfl</t>
   </si>
@@ -4087,63 +4090,66 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Compact, circular and tubular fluorescent lamps - Specifications and labeling</t>
   </si>
   <si>
     <t>This standard establishes the methodology for the classification of compact, circular and tubular fluorescent lamps according to their energy efficiency, the test method and the characteristics of the energy efficiency label. This standard applies to circular and tubular compact fluorescent lamps, integrated or not, with electromagnetic or electronic ballast, which have:
 -Rated power between 5 W and 110 W inclusive;
 -Nominal mains voltage for compact fluorescent lamps with ballast between 100 V and 250 V;
 -Sockets for compact lamps with integrated ballast E26, E27 and E40.</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-compact-circular-and-tubular-fluorescent-lamps-specifications-and-labeling</t>
   </si>
   <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
   </si>
   <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
   </si>
@@ -4994,11626 +5000,11626 @@
       </c>
       <c r="P8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>84</v>
       </c>
       <c r="B9" t="s">
         <v>85</v>
       </c>
       <c r="C9" t="s">
         <v>68</v>
       </c>
       <c r="D9" t="s">
         <v>86</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2020</v>
       </c>
       <c r="J9" t="s">
         <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
         <v>77</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>52</v>
       </c>
       <c r="G11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H11">
         <v>2010</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D13" t="s">
         <v>77</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>1997</v>
       </c>
       <c r="I13">
         <v>2018</v>
       </c>
       <c r="J13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D14" t="s">
         <v>86</v>
       </c>
       <c r="E14" t="s">
         <v>61</v>
       </c>
       <c r="F14" t="s">
         <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H14">
         <v>2008</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>33</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D15" t="s">
         <v>86</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H15">
         <v>2013</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>33</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D16" t="s">
         <v>86</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H16">
         <v>2006</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
         <v>33</v>
       </c>
       <c r="K16" t="s">
         <v>34</v>
       </c>
       <c r="L16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="M16" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D17" t="s">
         <v>77</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="M17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P17" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D18" t="s">
         <v>77</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>52</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2016</v>
       </c>
       <c r="J18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P18" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>52</v>
       </c>
       <c r="G19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H19">
         <v>2013</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>62</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="P19" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E20" t="s">
         <v>61</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P20" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B21" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D21" t="s">
         <v>86</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2008</v>
       </c>
       <c r="I21">
         <v>2013</v>
       </c>
       <c r="J21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B22" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D22" t="s">
         <v>86</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H22">
         <v>2020</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B23" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C23" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D23" t="s">
         <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>61</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H23">
         <v>2010</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="M23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C24" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D24" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1998</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P24" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B25" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>52</v>
       </c>
       <c r="G25" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P25" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B26" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H26">
         <v>2019</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P26" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H27">
         <v>2019</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P27" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C28" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D28" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2000</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="P28" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H29">
         <v>2016</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>62</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P29" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E30" t="s">
         <v>61</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C31" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D31" t="s">
         <v>86</v>
       </c>
       <c r="E31" t="s">
         <v>61</v>
       </c>
       <c r="F31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G31" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D32" t="s">
         <v>86</v>
       </c>
       <c r="E32" t="s">
         <v>61</v>
       </c>
       <c r="F32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2009</v>
       </c>
       <c r="I32">
         <v>2018</v>
       </c>
       <c r="J32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D33" t="s">
         <v>86</v>
       </c>
       <c r="E33" t="s">
         <v>61</v>
       </c>
       <c r="F33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G33" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D34" t="s">
         <v>86</v>
       </c>
       <c r="E34" t="s">
         <v>61</v>
       </c>
       <c r="F34" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2003</v>
       </c>
       <c r="I34">
         <v>2014</v>
       </c>
       <c r="J34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35" t="s">
         <v>61</v>
       </c>
       <c r="F35" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G35" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H35">
         <v>2014</v>
       </c>
       <c r="I35">
         <v>2020</v>
       </c>
       <c r="J35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M35" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B36" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H36">
         <v>2017</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2023</v>
       </c>
       <c r="J37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="P37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H38">
         <v>2020</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="P38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D39" t="s">
         <v>86</v>
       </c>
       <c r="E39" t="s">
         <v>61</v>
       </c>
       <c r="F39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2014</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
         <v>62</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D40" t="s">
         <v>86</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H40">
         <v>2013</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>79</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="P40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>52</v>
       </c>
       <c r="G41" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H41">
         <v>2020</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C42" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D42" t="s">
         <v>77</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>52</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>1986</v>
       </c>
       <c r="I42">
         <v>2018</v>
       </c>
       <c r="J42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M42" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="P42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E43" t="s">
         <v>61</v>
       </c>
       <c r="F43" t="s">
         <v>43</v>
       </c>
       <c r="G43" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H43"/>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>53</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="P43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C44" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D44" t="s">
         <v>77</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P44"/>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D45" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>43</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2023</v>
       </c>
       <c r="I45">
         <v>2023</v>
       </c>
       <c r="J45" t="s">
         <v>23</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M45" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P45" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B46" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C46" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D46" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E46" t="s">
         <v>61</v>
       </c>
       <c r="F46" t="s">
         <v>43</v>
       </c>
       <c r="G46" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H46"/>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>79</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M46" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="P46" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B47" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C47" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D47" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>43</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47"/>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>79</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M47" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="P47" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B48" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C48" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D48" t="s">
         <v>86</v>
       </c>
       <c r="E48" t="s">
         <v>61</v>
       </c>
       <c r="F48" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G48" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H48">
         <v>2010</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M48" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P48" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B49" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C49" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D49" t="s">
         <v>86</v>
       </c>
       <c r="E49" t="s">
         <v>61</v>
       </c>
       <c r="F49" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2002</v>
       </c>
       <c r="I49">
         <v>2009</v>
       </c>
       <c r="J49" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M49" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P49" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C50" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D50" t="s">
         <v>86</v>
       </c>
       <c r="E50" t="s">
         <v>61</v>
       </c>
       <c r="F50" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G50" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M50" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P50" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B51" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C51" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D51" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>52</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>1994</v>
       </c>
       <c r="I51">
         <v>2003</v>
       </c>
       <c r="J51" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="P51" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B52" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C52" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D52" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>52</v>
       </c>
       <c r="G52" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H52">
         <v>2010</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="P52" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B53" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D53" t="s">
         <v>86</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>52</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1996</v>
       </c>
       <c r="I53">
         <v>2009</v>
       </c>
       <c r="J53" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="P53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B54" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C54" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D54" t="s">
         <v>86</v>
       </c>
       <c r="E54" t="s">
         <v>61</v>
       </c>
       <c r="F54" t="s">
         <v>52</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
       <c r="I54">
         <v>2019</v>
       </c>
       <c r="J54" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="P54" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B55" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C55" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D55" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E55" t="s">
         <v>61</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H55">
         <v>2017</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="M55" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="P55" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B56" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C56" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D56" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2015</v>
       </c>
       <c r="I56">
         <v>2023</v>
       </c>
       <c r="J56" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="M56" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="P56" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C57" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D57" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>43</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2016</v>
       </c>
       <c r="I57">
         <v>2019</v>
       </c>
       <c r="J57" t="s">
         <v>79</v>
       </c>
       <c r="K57" t="s">
         <v>63</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="P57" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B58" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C58" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D58" t="s">
         <v>86</v>
       </c>
       <c r="E58" t="s">
         <v>61</v>
       </c>
       <c r="F58" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G58" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M58" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="P58" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B59" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C59" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D59" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E59" t="s">
         <v>61</v>
       </c>
       <c r="F59" t="s">
         <v>52</v>
       </c>
       <c r="G59" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>33</v>
       </c>
       <c r="K59" t="s">
         <v>24</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P59" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B60" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C60" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D60" t="s">
         <v>77</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>1986</v>
       </c>
       <c r="I60">
         <v>2004</v>
       </c>
       <c r="J60" t="s">
         <v>79</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P60" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B61" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C61" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D61" t="s">
         <v>77</v>
       </c>
       <c r="E61" t="s">
         <v>61</v>
       </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>2001</v>
       </c>
       <c r="I61">
         <v>2013</v>
       </c>
       <c r="J61" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M61" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="P61" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B62" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C62" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D62" t="s">
         <v>86</v>
       </c>
       <c r="E62" t="s">
         <v>61</v>
       </c>
       <c r="F62" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G62" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H62">
         <v>2007</v>
       </c>
       <c r="I62">
         <v>2008</v>
       </c>
       <c r="J62" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M62" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="P62" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B63" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C63" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D63" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E63" t="s">
         <v>61</v>
       </c>
       <c r="F63" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G63" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M63" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P63" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B64" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C64" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D64" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E64" t="s">
         <v>61</v>
       </c>
       <c r="F64" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
       <c r="I64">
         <v>2019</v>
       </c>
       <c r="J64" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="M64" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P64" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B65" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C65" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D65" t="s">
         <v>77</v>
       </c>
       <c r="E65" t="s">
         <v>61</v>
       </c>
       <c r="F65" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2001</v>
       </c>
       <c r="I65">
         <v>2014</v>
       </c>
       <c r="J65" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="P65" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B66" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C66" t="s">
         <v>41</v>
       </c>
       <c r="D66" t="s">
         <v>86</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>43</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2022</v>
       </c>
       <c r="I66">
         <v>2024</v>
       </c>
       <c r="J66" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B67" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C67" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>43</v>
       </c>
       <c r="G67" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H67">
         <v>2017</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="M67" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P67"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B68" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C68" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D68" t="s">
         <v>86</v>
       </c>
       <c r="E68" t="s">
         <v>61</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H68">
         <v>2011</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="P68" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B69" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C69" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D69" t="s">
         <v>86</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H69">
         <v>2014</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69"/>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P69" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B70" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C70" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D70" t="s">
         <v>86</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
         <v>2003</v>
       </c>
       <c r="I70">
         <v>2013</v>
       </c>
       <c r="J70" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="M70" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P70" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B71" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C71" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D71" t="s">
         <v>86</v>
       </c>
       <c r="E71" t="s">
         <v>61</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2003</v>
       </c>
       <c r="I71">
         <v>2014</v>
       </c>
       <c r="J71" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M71" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B72" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C72" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D72" t="s">
         <v>86</v>
       </c>
       <c r="E72" t="s">
         <v>61</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2003</v>
       </c>
       <c r="I72">
         <v>2017</v>
       </c>
       <c r="J72" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="M72" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="P72" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B73" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C73" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D73" t="s">
         <v>86</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2003</v>
       </c>
       <c r="I73">
         <v>2013</v>
       </c>
       <c r="J73" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="M73" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P73" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B74" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C74" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D74" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2003</v>
       </c>
       <c r="I74">
         <v>2013</v>
       </c>
       <c r="J74" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="P74" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B75" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C75" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D75" t="s">
         <v>86</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2013</v>
       </c>
       <c r="I75">
         <v>2020</v>
       </c>
       <c r="J75" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="M75" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="P75" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B76" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C76" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D76" t="s">
         <v>86</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2005</v>
       </c>
       <c r="I76">
         <v>2015</v>
       </c>
       <c r="J76" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="M76" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="P76" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B77" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C77" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D77" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>52</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2019</v>
       </c>
       <c r="I77">
         <v>2019</v>
       </c>
       <c r="J77" t="s">
         <v>62</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M77" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="P77" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B78" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C78" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D78" t="s">
         <v>77</v>
       </c>
       <c r="E78" t="s">
         <v>61</v>
       </c>
       <c r="F78" t="s">
         <v>21</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>1987</v>
       </c>
       <c r="I78">
         <v>1988</v>
       </c>
       <c r="J78" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P78" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B79" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C79" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D79" t="s">
         <v>86</v>
       </c>
       <c r="E79" t="s">
         <v>61</v>
       </c>
       <c r="F79" t="s">
         <v>52</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1999</v>
       </c>
       <c r="I79">
         <v>2000</v>
       </c>
       <c r="J79" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M79" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P79" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B80" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C80" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D80" t="s">
         <v>77</v>
       </c>
       <c r="E80" t="s">
         <v>61</v>
       </c>
       <c r="F80" t="s">
         <v>52</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2011</v>
       </c>
       <c r="I80">
         <v>2014</v>
       </c>
       <c r="J80" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M80" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P80" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B81" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C81" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D81" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>43</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2013</v>
       </c>
       <c r="I81">
         <v>2024</v>
       </c>
       <c r="J81" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M81" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="P81" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B82" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C82" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D82" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>43</v>
       </c>
       <c r="G82" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H82">
         <v>2025</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M82" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="P82" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B83" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C83" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D83" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>43</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2015</v>
       </c>
       <c r="I83">
         <v>2025</v>
       </c>
       <c r="J83" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M83" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="P83" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B84" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C84" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D84" t="s">
         <v>77</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>43</v>
       </c>
       <c r="G84" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H84">
         <v>2019</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="M84" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P84" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B85" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C85" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D85" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>43</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2009</v>
       </c>
       <c r="I85">
         <v>2016</v>
       </c>
       <c r="J85" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M85" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P85" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B86" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C86" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D86" t="s">
         <v>86</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>2025</v>
       </c>
       <c r="J86" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="M86" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P86" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B87" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C87" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D87" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2009</v>
       </c>
       <c r="I87">
         <v>2017</v>
       </c>
       <c r="J87" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M87" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P87" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B88" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C88" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D88" t="s">
         <v>86</v>
       </c>
       <c r="E88" t="s">
         <v>61</v>
       </c>
       <c r="F88" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G88" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H88">
         <v>2014</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="P88" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B89" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C89" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D89" t="s">
         <v>86</v>
       </c>
       <c r="E89" t="s">
         <v>61</v>
       </c>
       <c r="F89" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2001</v>
       </c>
       <c r="I89">
         <v>2013</v>
       </c>
       <c r="J89" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P89" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B90" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C90" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D90" t="s">
         <v>77</v>
       </c>
       <c r="E90" t="s">
         <v>61</v>
       </c>
       <c r="F90" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>1998</v>
       </c>
       <c r="I90">
         <v>2014</v>
       </c>
       <c r="J90" t="s">
         <v>53</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="M90" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="P90" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B91" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C91" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D91" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H91">
         <v>2015</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="M91" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P91" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B92" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C92" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D92" t="s">
         <v>86</v>
       </c>
       <c r="E92" t="s">
         <v>61</v>
       </c>
       <c r="F92" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G92" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H92">
         <v>2012</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P92" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B93" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C93" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D93" t="s">
         <v>86</v>
       </c>
       <c r="E93" t="s">
         <v>61</v>
       </c>
       <c r="F93" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G93" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H93">
         <v>2012</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K93" t="s">
         <v>34</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="P93" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B94" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C94" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D94" t="s">
         <v>86</v>
       </c>
       <c r="E94" t="s">
         <v>61</v>
       </c>
       <c r="F94" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2012</v>
       </c>
       <c r="I94">
         <v>2012</v>
       </c>
       <c r="J94" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="P94" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B95" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C95" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D95" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>43</v>
       </c>
       <c r="G95" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H95">
         <v>2021</v>
       </c>
       <c r="I95">
         <v>2024</v>
       </c>
       <c r="J95" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="M95" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="P95" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B96" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C96" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D96" t="s">
         <v>86</v>
       </c>
       <c r="E96" t="s">
         <v>61</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2012</v>
       </c>
       <c r="I96">
         <v>2012</v>
       </c>
       <c r="J96" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="M96" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="P96" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B97" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C97" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D97" t="s">
         <v>86</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>52</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2006</v>
       </c>
       <c r="I97">
         <v>2022</v>
       </c>
       <c r="J97" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="P97" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B98" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C98" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D98" t="s">
         <v>77</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>52</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
         <v>2001</v>
       </c>
       <c r="I98">
         <v>2021</v>
       </c>
       <c r="J98" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="M98" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="P98" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C99" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D99" t="s">
         <v>86</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>52</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2015</v>
       </c>
       <c r="I99">
         <v>2022</v>
       </c>
       <c r="J99" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="M99" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P99" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B100" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C100" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D100" t="s">
         <v>77</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2001</v>
       </c>
       <c r="I100">
         <v>2015</v>
       </c>
       <c r="J100" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P100" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B101" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C101" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D101" t="s">
         <v>77</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>52</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2001</v>
       </c>
       <c r="I101">
         <v>2015</v>
       </c>
       <c r="J101" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="P101" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B102" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C102" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D102" t="s">
         <v>86</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2000</v>
       </c>
       <c r="I102">
         <v>2015</v>
       </c>
       <c r="J102" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="M102" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P102" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B103" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C103" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D103" t="s">
         <v>86</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>52</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>2000</v>
       </c>
       <c r="I103">
         <v>2015</v>
       </c>
       <c r="J103" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="P103" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B104" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C104" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D104" t="s">
         <v>86</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>52</v>
       </c>
       <c r="G104" t="s">
         <v>22</v>
       </c>
       <c r="H104">
         <v>2016</v>
       </c>
       <c r="I104">
         <v>2020</v>
       </c>
       <c r="J104" t="s">
         <v>62</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="P104" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B105" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C105" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D105" t="s">
         <v>86</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>52</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2016</v>
       </c>
       <c r="I105">
         <v>2020</v>
       </c>
       <c r="J105" t="s">
         <v>62</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="P105" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B106" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C106" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D106" t="s">
         <v>77</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>43</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
         <v>1998</v>
       </c>
       <c r="I106">
         <v>2012</v>
       </c>
       <c r="J106" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="M106" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P106" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B107" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C107" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D107" t="s">
         <v>86</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>43</v>
       </c>
       <c r="G107" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H107">
         <v>2004</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="M107" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="P107" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B108" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C108" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D108" t="s">
         <v>77</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H108">
         <v>2014</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M108" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P108" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B109" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C109" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D109" t="s">
         <v>86</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2013</v>
       </c>
       <c r="I109">
         <v>2014</v>
       </c>
       <c r="J109" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M109" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="P109" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B110" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C110" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D110" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>52</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2013</v>
       </c>
       <c r="I110">
         <v>2014</v>
       </c>
       <c r="J110" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M110" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="P110" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B111" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C111" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D111" t="s">
         <v>77</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
         <v>52</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2013</v>
       </c>
       <c r="I111">
         <v>2014</v>
       </c>
       <c r="J111" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="M111" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="P111" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B112" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C112" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D112" t="s">
         <v>77</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2013</v>
       </c>
       <c r="I112">
         <v>2014</v>
       </c>
       <c r="J112" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="M112" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="P112" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B113" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="C113" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D113" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>52</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>1996</v>
       </c>
       <c r="I113">
         <v>2017</v>
       </c>
       <c r="J113" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="M113" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="P113" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B114" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C114" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D114" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>21</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>1996</v>
       </c>
       <c r="I114">
         <v>2017</v>
       </c>
       <c r="J114" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="P114" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B115" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C115" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D115" t="s">
         <v>86</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2016</v>
       </c>
       <c r="I115">
         <v>2018</v>
       </c>
       <c r="J115" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="M115" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="P115" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B116" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C116" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D116" t="s">
         <v>86</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H116">
         <v>2017</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>62</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116"/>
       <c r="M116" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="P116" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B117" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C117" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D117" t="s">
         <v>77</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>21</v>
       </c>
       <c r="G117" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H117">
         <v>2022</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="P117" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B118" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C118" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D118" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>43</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2005</v>
       </c>
       <c r="I118">
         <v>2008</v>
       </c>
       <c r="J118" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="M118" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="P118" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B119" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C119" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D119" t="s">
         <v>77</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>43</v>
       </c>
       <c r="G119" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H119">
         <v>2009</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="M119" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="P119" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="B120" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C120" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D120" t="s">
         <v>86</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>52</v>
       </c>
       <c r="G120" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="P120" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B121" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C121" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D121" t="s">
         <v>77</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2004</v>
       </c>
       <c r="I121">
         <v>2010</v>
       </c>
       <c r="J121" t="s">
         <v>79</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M121" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="P121" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="B122" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C122" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D122" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>43</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2004</v>
       </c>
       <c r="I122">
         <v>2010</v>
       </c>
       <c r="J122" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M122" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="P122" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B123" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C123" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D123" t="s">
         <v>86</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>52</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2010</v>
       </c>
       <c r="I123">
         <v>2010</v>
       </c>
       <c r="J123" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P123" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B124" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C124" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D124" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>43</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2008</v>
       </c>
       <c r="I124">
         <v>2020</v>
       </c>
       <c r="J124" t="s">
         <v>62</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="M124" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="N124" t="s">
         <v>36</v>
       </c>
       <c r="O124" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="P124" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B125" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C125" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D125" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
         <v>52</v>
       </c>
       <c r="G125" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H125">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P125" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B126" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C126" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D126" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>52</v>
       </c>
       <c r="G126" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="H126">
         <v>2015</v>
       </c>
       <c r="I126">
         <v>2019</v>
       </c>
       <c r="J126" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P126" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B127" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C127" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D127" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>52</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2015</v>
       </c>
       <c r="I127">
         <v>2024</v>
       </c>
       <c r="J127" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="P127" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B128" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C128" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D128" t="s">
         <v>86</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="G128" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="P128" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B129" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C129" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D129" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
         <v>43</v>
       </c>
       <c r="G129" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
       <c r="J129" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="P129" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B130" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C130" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D130" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E130" t="s">
         <v>20</v>
       </c>
       <c r="F130" t="s">
         <v>43</v>
       </c>
       <c r="G130" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H130">
         <v>2016</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="P130" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B131" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C131" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D131" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E131" t="s">
         <v>20</v>
       </c>
       <c r="F131" t="s">
         <v>21</v>
       </c>
       <c r="G131" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H131">
         <v>2025</v>
       </c>
       <c r="I131"/>
       <c r="J131" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="P131" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B132" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C132" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D132" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
         <v>21</v>
       </c>
       <c r="G132" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H132">
         <v>2018</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="M132" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="P132" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B133" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C133" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D133" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>1994</v>
       </c>
       <c r="I133">
         <v>2003</v>
       </c>
       <c r="J133" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="P133" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B134" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C134" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D134" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E134" t="s">
         <v>20</v>
       </c>
       <c r="F134" t="s">
         <v>21</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2004</v>
       </c>
       <c r="I134">
         <v>2010</v>
       </c>
       <c r="J134" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="P134" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B135" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="C135" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D135" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
         <v>21</v>
       </c>
       <c r="G135" t="s">
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="H135">
         <v>2015</v>
       </c>
       <c r="I135">
         <v>2019</v>
       </c>
       <c r="J135" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="M135" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="P135" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B136" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C136" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D136" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>8</v>
       </c>
       <c r="H136">
         <v>2015</v>
       </c>
       <c r="I136">
         <v>2024</v>
       </c>
       <c r="J136" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="P136" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B137" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C137" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D137" t="s">
         <v>86</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
         <v>21</v>
       </c>
       <c r="G137" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H137">
         <v>2018</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="M137" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="P137" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B138" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C138" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D138" t="s">
         <v>86</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
         <v>21</v>
       </c>
       <c r="G138" t="s">
         <v>22</v>
       </c>
       <c r="H138">
         <v>2009</v>
       </c>
       <c r="I138">
         <v>2014</v>
       </c>
       <c r="J138" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M138" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="P138" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B139" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C139" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D139" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E139" t="s">
         <v>20</v>
       </c>
       <c r="F139" t="s">
         <v>21</v>
       </c>
       <c r="G139" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H139"/>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K139" t="s">
         <v>34</v>
       </c>
       <c r="L139" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="M139" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N139" t="s">
         <v>27</v>
       </c>
       <c r="O139" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="P139" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B140" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C140" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D140" t="s">
         <v>86</v>
       </c>
       <c r="E140" t="s">
         <v>20</v>
       </c>
       <c r="F140" t="s">
         <v>21</v>
       </c>
       <c r="G140" t="s">
         <v>22</v>
       </c>
       <c r="H140">
         <v>2010</v>
       </c>
       <c r="I140">
         <v>2010</v>
       </c>
       <c r="J140" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K140" t="s">
         <v>34</v>
       </c>
       <c r="L140"/>
       <c r="M140" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N140" t="s">
         <v>27</v>
       </c>
       <c r="O140" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="P140" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B141" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C141" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D141" t="s">
         <v>77</v>
       </c>
       <c r="E141" t="s">
         <v>20</v>
       </c>
       <c r="F141" t="s">
         <v>21</v>
       </c>
       <c r="G141" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H141">
         <v>2010</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141"/>
       <c r="M141" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="P141" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B142" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C142" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D142" t="s">
         <v>86</v>
       </c>
       <c r="E142" t="s">
         <v>20</v>
       </c>
       <c r="F142" t="s">
         <v>21</v>
       </c>
       <c r="G142" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H142">
         <v>2015</v>
       </c>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142"/>
       <c r="M142" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="P142" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B143"/>
       <c r="C143" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D143" t="s">
         <v>86</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>21</v>
       </c>
       <c r="G143" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H143">
         <v>2010</v>
       </c>
       <c r="I143"/>
       <c r="J143" t="s">
         <v>79</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143"/>
       <c r="M143" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="P143" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B144"/>
       <c r="C144" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D144" t="s">
         <v>86</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>21</v>
       </c>
       <c r="G144" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H144">
         <v>2012</v>
       </c>
       <c r="I144"/>
       <c r="J144" t="s">
         <v>79</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144"/>
       <c r="M144" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="P144" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B145"/>
       <c r="C145" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D145" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>21</v>
       </c>
       <c r="G145" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H145">
         <v>2010</v>
       </c>
       <c r="I145"/>
       <c r="J145" t="s">
         <v>79</v>
       </c>
       <c r="K145" t="s">
         <v>34</v>
       </c>
       <c r="L145"/>
       <c r="M145" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N145" t="s">
         <v>27</v>
       </c>
       <c r="O145" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="P145" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B146" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C146" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D146" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E146" t="s">
         <v>61</v>
       </c>
       <c r="F146" t="s">
         <v>21</v>
       </c>
       <c r="G146" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H146">
         <v>2013</v>
       </c>
       <c r="I146"/>
       <c r="J146" t="s">
         <v>33</v>
       </c>
       <c r="K146" t="s">
         <v>34</v>
       </c>
       <c r="L146"/>
       <c r="M146" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="P146" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B147" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C147" t="s">
         <v>41</v>
       </c>
       <c r="D147" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>52</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>2013</v>
       </c>
       <c r="I147">
         <v>2016</v>
       </c>
       <c r="J147" t="s">
         <v>79</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="M147" t="s">
         <v>46</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="P147" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B148" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C148" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D148" t="s">
         <v>86</v>
       </c>
       <c r="E148" t="s">
         <v>61</v>
       </c>
       <c r="F148" t="s">
         <v>21</v>
       </c>
       <c r="G148" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H148">
         <v>2015</v>
       </c>
       <c r="I148"/>
       <c r="J148" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="P148" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B149" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="C149" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D149" t="s">
         <v>86</v>
       </c>
       <c r="E149" t="s">
         <v>61</v>
       </c>
       <c r="F149" t="s">
         <v>52</v>
       </c>
       <c r="G149" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H149">
         <v>2011</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K149" t="s">
         <v>34</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="P149" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="B150" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C150" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D150" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="E150" t="s">
         <v>61</v>
       </c>
       <c r="F150" t="s">
         <v>52</v>
       </c>
       <c r="G150" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H150">
         <v>2012</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K150" t="s">
         <v>24</v>
       </c>
       <c r="L150" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="M150" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="P150" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B151" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C151" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D151" t="s">
         <v>86</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
         <v>21</v>
       </c>
       <c r="G151" t="s">
         <v>22</v>
       </c>
       <c r="H151">
         <v>2006</v>
       </c>
       <c r="I151">
         <v>2010</v>
       </c>
       <c r="J151" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151"/>
       <c r="M151" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="P151" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B152" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C152" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D152" t="s">
         <v>86</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
         <v>22</v>
       </c>
       <c r="H152">
         <v>2006</v>
       </c>
       <c r="I152">
         <v>2010</v>
       </c>
       <c r="J152" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="P152" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="B153" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C153" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D153" t="s">
         <v>86</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
         <v>21</v>
       </c>
       <c r="G153" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H153">
         <v>2010</v>
       </c>
       <c r="I153"/>
       <c r="J153" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K153" t="s">
         <v>34</v>
       </c>
       <c r="L153"/>
       <c r="M153" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="P153" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B154" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C154" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D154" t="s">
         <v>77</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
         <v>21</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2007</v>
       </c>
       <c r="I154">
         <v>2018</v>
       </c>
       <c r="J154" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="P154" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B155" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C155" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D155" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="E155" t="s">
         <v>61</v>
       </c>
       <c r="F155" t="s">
         <v>43</v>
       </c>
       <c r="G155" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H155">
         <v>2014</v>
       </c>
       <c r="I155"/>
       <c r="J155" t="s">
         <v>62</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="M155" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="N155" t="s">
         <v>27</v>
       </c>
       <c r="O155" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="P155" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B156" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C156" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D156" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H156">
         <v>2012</v>
       </c>
       <c r="I156"/>
       <c r="J156" t="s">
         <v>62</v>
       </c>
       <c r="K156" t="s">
         <v>34</v>
       </c>
       <c r="L156" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="M156" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="P156" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="B157" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C157" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D157" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E157" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="F157" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="G157" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H157">
         <v>2023</v>
       </c>
       <c r="I157"/>
       <c r="J157" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K157" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="L157"/>
       <c r="M157" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="N157" t="s">
         <v>36</v>
       </c>
       <c r="O157" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="P157" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B158" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C158" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D158" t="s">
         <v>77</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>21</v>
       </c>
       <c r="G158" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H158">
         <v>2018</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="M158" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="P158" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B159" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C159" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D159" t="s">
         <v>86</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
         <v>22</v>
       </c>
       <c r="H159">
         <v>2012</v>
       </c>
       <c r="I159">
         <v>2013</v>
       </c>
       <c r="J159" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="M159" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="P159" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B160" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C160" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D160" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
         <v>22</v>
       </c>
       <c r="H160">
         <v>2010</v>
       </c>
       <c r="I160">
         <v>2018</v>
       </c>
       <c r="J160" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="M160" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="P160" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B161" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C161" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D161" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
         <v>22</v>
       </c>
       <c r="H161">
         <v>2012</v>
       </c>
       <c r="I161">
         <v>2017</v>
       </c>
       <c r="J161" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="M161" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="P161" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="B162" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C162" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D162" t="s">
         <v>77</v>
       </c>
       <c r="E162" t="s">
         <v>61</v>
       </c>
       <c r="F162" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G162" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H162">
         <v>2014</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="K162" t="s">
         <v>34</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="N162" t="s">
         <v>27</v>
       </c>
       <c r="O162" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="P162" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B163" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C163" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D163" t="s">
         <v>86</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H163">
         <v>2009</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="M163" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="P163" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B164" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C164" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D164" t="s">
         <v>86</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
         <v>21</v>
       </c>
       <c r="G164" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H164">
         <v>2009</v>
       </c>
       <c r="I164"/>
       <c r="J164" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="M164" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="N164" t="s">
         <v>27</v>
       </c>
       <c r="O164" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="P164" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B165" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C165" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D165" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>21</v>
       </c>
       <c r="G165" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H165">
         <v>2011</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
         <v>62</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="M165" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="P165" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B166" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C166" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D166" t="s">
         <v>77</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
         <v>21</v>
       </c>
       <c r="G166" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H166">
         <v>2010</v>
       </c>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="M166" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="P166" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B167" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C167" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D167" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>43</v>
       </c>
       <c r="G167" t="s">
         <v>22</v>
       </c>
       <c r="H167">
         <v>2020</v>
       </c>
       <c r="I167">
         <v>2024</v>
       </c>
       <c r="J167" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="M167" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="P167" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="B168" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C168" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D168" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E168" t="s">
         <v>61</v>
       </c>
       <c r="F168" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="G168" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="H168">
         <v>2014</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="M168" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="P168" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="B169" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C169" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D169" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>52</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2007</v>
       </c>
       <c r="I169">
         <v>2015</v>
       </c>
       <c r="J169" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="M169" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="P169" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B170" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C170" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D170" t="s">
         <v>77</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>52</v>
       </c>
       <c r="G170" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H170">
         <v>2013</v>
       </c>
       <c r="I170"/>
       <c r="J170" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="M170" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="P170" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="B171" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C171" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D171" t="s">
         <v>86</v>
       </c>
       <c r="E171" t="s">
         <v>61</v>
       </c>
       <c r="F171" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>1993</v>
       </c>
       <c r="I171">
         <v>2012</v>
       </c>
       <c r="J171" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K171" t="s">
         <v>34</v>
       </c>
       <c r="L171" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="M171" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="P171" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B172" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C172" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D172" t="s">
         <v>86</v>
       </c>
       <c r="E172" t="s">
         <v>61</v>
       </c>
       <c r="F172" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>1993</v>
       </c>
       <c r="I172">
         <v>2016</v>
       </c>
       <c r="J172" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172"/>
       <c r="M172" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="P172" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B173" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C173" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D173" t="s">
         <v>77</v>
       </c>
       <c r="E173" t="s">
         <v>61</v>
       </c>
       <c r="F173" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>1993</v>
       </c>
       <c r="I173">
         <v>2016</v>
       </c>
       <c r="J173" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K173" t="s">
         <v>34</v>
       </c>
       <c r="L173" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="M173" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="N173" t="s">
         <v>27</v>
       </c>
       <c r="O173" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="P173" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B174" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C174" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D174" t="s">
         <v>86</v>
       </c>
       <c r="E174" t="s">
         <v>61</v>
       </c>
       <c r="F174" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G174" t="s">
         <v>22</v>
       </c>
       <c r="H174">
         <v>1993</v>
       </c>
       <c r="I174">
         <v>2010</v>
       </c>
       <c r="J174" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="M174" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="P174" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B175" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C175" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D175" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E175" t="s">
         <v>61</v>
       </c>
       <c r="F175" t="s">
         <v>21</v>
       </c>
       <c r="G175" t="s">
         <v>22</v>
       </c>
       <c r="H175">
         <v>2011</v>
       </c>
       <c r="I175">
         <v>2011</v>
       </c>
       <c r="J175" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="M175" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="P175" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B176" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C176" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D176" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>43</v>
       </c>
       <c r="G176" t="s">
         <v>22</v>
       </c>
       <c r="H176">
         <v>2018</v>
       </c>
       <c r="I176">
         <v>2019</v>
       </c>
       <c r="J176" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="P176" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="B177" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="C177" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D177" t="s">
         <v>77</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>52</v>
       </c>
       <c r="G177" t="s">
         <v>22</v>
       </c>
       <c r="H177">
         <v>2005</v>
       </c>
       <c r="I177">
         <v>2013</v>
       </c>
       <c r="J177" t="s">
         <v>62</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="M177" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="P177" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B178" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C178" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D178" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>43</v>
       </c>
       <c r="G178" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H178">
         <v>2015</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="M178" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="P178" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B179" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C179" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D179" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>43</v>
       </c>
       <c r="G179" t="s">
         <v>22</v>
       </c>
       <c r="H179">
         <v>2017</v>
       </c>
       <c r="I179">
         <v>2021</v>
       </c>
       <c r="J179" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K179" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="L179" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="M179" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="N179" t="s">
         <v>36</v>
       </c>
       <c r="O179" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="P179" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B180" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C180" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D180" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E180" t="s">
         <v>61</v>
       </c>
       <c r="F180" t="s">
         <v>43</v>
       </c>
       <c r="G180" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H180"/>
       <c r="I180"/>
       <c r="J180" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M180" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="P180" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B181" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C181" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D181" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="E181" t="s">
         <v>20</v>
       </c>
       <c r="F181" t="s">
         <v>21</v>
       </c>
       <c r="G181" t="s">
         <v>22</v>
       </c>
       <c r="H181">
         <v>2009</v>
       </c>
       <c r="I181">
         <v>2016</v>
       </c>
       <c r="J181" t="s">
         <v>33</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="P181" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="B182" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C182" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D182" t="s">
         <v>77</v>
       </c>
       <c r="E182" t="s">
         <v>20</v>
       </c>
       <c r="F182" t="s">
         <v>43</v>
       </c>
       <c r="G182" t="s">
         <v>22</v>
       </c>
       <c r="H182">
         <v>2013</v>
       </c>
       <c r="I182">
         <v>2015</v>
       </c>
       <c r="J182" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="M182" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="P182" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B183" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C183" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D183" t="s">
         <v>86</v>
       </c>
       <c r="E183" t="s">
         <v>20</v>
       </c>
       <c r="F183" t="s">
         <v>21</v>
       </c>
       <c r="G183" t="s">
         <v>22</v>
       </c>
       <c r="H183">
         <v>2013</v>
       </c>
       <c r="I183">
         <v>2020</v>
       </c>
       <c r="J183" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="M183" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="P183" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="B184" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C184" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D184" t="s">
         <v>77</v>
       </c>
       <c r="E184" t="s">
         <v>20</v>
       </c>
       <c r="F184" t="s">
         <v>52</v>
       </c>
       <c r="G184" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H184">
         <v>2007</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="M184" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="P184" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B185" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C185" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D185" t="s">
         <v>86</v>
       </c>
       <c r="E185" t="s">
         <v>20</v>
       </c>
       <c r="F185" t="s">
         <v>52</v>
       </c>
       <c r="G185" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H185">
         <v>2011</v>
       </c>
       <c r="I185">
         <v>2015</v>
       </c>
       <c r="J185" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="M185" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="P185" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="B186" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C186" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D186" t="s">
         <v>77</v>
       </c>
       <c r="E186" t="s">
         <v>20</v>
       </c>
       <c r="F186" t="s">
         <v>43</v>
       </c>
       <c r="G186" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H186">
         <v>2019</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="M186" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="P186" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B187" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C187" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D187" t="s">
         <v>86</v>
       </c>
       <c r="E187" t="s">
         <v>61</v>
       </c>
       <c r="F187" t="s">
         <v>52</v>
       </c>
       <c r="G187" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H187"/>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="K187" t="s">
         <v>34</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="P187" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B188" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C188" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D188" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E188" t="s">
         <v>61</v>
       </c>
       <c r="F188" t="s">
         <v>52</v>
       </c>
       <c r="G188" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H188">
         <v>2014</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="P188" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B189" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C189" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D189" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="E189" t="s">
         <v>20</v>
       </c>
       <c r="F189" t="s">
         <v>52</v>
       </c>
       <c r="G189" t="s">
         <v>22</v>
       </c>
       <c r="H189">
         <v>2008</v>
       </c>
       <c r="I189">
         <v>2013</v>
       </c>
       <c r="J189" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K189" t="s">
         <v>34</v>
       </c>
       <c r="L189" t="s">
         <v>25</v>
       </c>
       <c r="M189" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="P189" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="B190" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C190" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D190" t="s">
         <v>77</v>
       </c>
       <c r="E190" t="s">
         <v>61</v>
       </c>
       <c r="F190" t="s">
         <v>52</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2010</v>
       </c>
       <c r="I190">
         <v>2010</v>
       </c>
       <c r="J190" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K190" t="s">
         <v>34</v>
       </c>
       <c r="L190" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="M190" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="P190" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="B191" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C191" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D191" t="s">
         <v>86</v>
       </c>
       <c r="E191" t="s">
         <v>61</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>2010</v>
       </c>
       <c r="I191">
         <v>2017</v>
       </c>
       <c r="J191" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K191" t="s">
         <v>34</v>
       </c>
       <c r="L191" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="M191" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="P191" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B192" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C192" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D192" t="s">
         <v>77</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>52</v>
       </c>
       <c r="G192" t="s">
         <v>22</v>
       </c>
       <c r="H192">
         <v>2015</v>
       </c>
       <c r="I192">
         <v>2019</v>
       </c>
       <c r="J192" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192"/>
       <c r="M192" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="P192" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B193" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C193" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D193" t="s">
         <v>77</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H193">
         <v>2015</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193"/>
       <c r="M193" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="P193" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B194" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C194" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D194" t="s">
         <v>77</v>
       </c>
       <c r="E194" t="s">
         <v>20</v>
       </c>
       <c r="F194" t="s">
         <v>43</v>
       </c>
       <c r="G194" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H194">
         <v>2019</v>
       </c>
       <c r="I194"/>
       <c r="J194" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194"/>
       <c r="M194" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="P194" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="B195" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="C195" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D195" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
         <v>43</v>
       </c>
       <c r="G195" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H195">
         <v>2019</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K195" t="s">
         <v>34</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="P195" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B196" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C196" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D196" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>52</v>
       </c>
       <c r="G196" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H196">
         <v>2018</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
         <v>62</v>
       </c>
       <c r="K196" t="s">
         <v>34</v>
       </c>
       <c r="L196"/>
       <c r="M196" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="P196" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B197" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C197" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D197" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E197" t="s">
         <v>20</v>
       </c>
       <c r="F197" t="s">
         <v>43</v>
       </c>
       <c r="G197" t="s">
         <v>22</v>
       </c>
       <c r="H197">
         <v>2016</v>
       </c>
       <c r="I197">
         <v>2019</v>
       </c>
       <c r="J197" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="P197" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="B198" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="C198" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D198" t="s">
         <v>77</v>
       </c>
       <c r="E198" t="s">
         <v>20</v>
       </c>
       <c r="F198" t="s">
         <v>43</v>
       </c>
       <c r="G198" t="s">
         <v>22</v>
       </c>
       <c r="H198">
         <v>2007</v>
       </c>
       <c r="I198">
         <v>2018</v>
       </c>
       <c r="J198" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="M198" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="P198" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B199" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C199" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D199" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E199" t="s">
         <v>20</v>
       </c>
       <c r="F199" t="s">
         <v>43</v>
       </c>
       <c r="G199" t="s">
         <v>22</v>
       </c>
       <c r="H199">
         <v>2016</v>
       </c>
       <c r="I199">
         <v>2019</v>
       </c>
       <c r="J199" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199"/>
       <c r="M199" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="P199" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B200" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C200" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D200" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E200" t="s">
         <v>61</v>
       </c>
       <c r="F200" t="s">
         <v>43</v>
       </c>
       <c r="G200" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H200">
         <v>2020</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
         <v>79</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="M200" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="P200" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="B201" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="C201" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D201" t="s">
         <v>86</v>
       </c>
       <c r="E201" t="s">
         <v>61</v>
       </c>
       <c r="F201" t="s">
         <v>21</v>
       </c>
       <c r="G201" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H201">
         <v>2010</v>
       </c>
       <c r="I201"/>
       <c r="J201" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="K201" t="s">
         <v>34</v>
       </c>
       <c r="L201" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="M201" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="N201" t="s">
         <v>27</v>
       </c>
       <c r="O201" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="P201" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B202" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C202" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D202" t="s">
         <v>77</v>
       </c>
       <c r="E202" t="s">
         <v>61</v>
       </c>
       <c r="F202" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G202" t="s">
         <v>22</v>
       </c>
       <c r="H202">
         <v>2000</v>
       </c>
       <c r="I202">
         <v>2020</v>
       </c>
       <c r="J202" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="M202" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="P202" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="B203" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C203" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D203" t="s">
         <v>86</v>
       </c>
       <c r="E203" t="s">
         <v>61</v>
       </c>
       <c r="F203" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G203" t="s">
         <v>22</v>
       </c>
       <c r="H203">
         <v>2010</v>
       </c>
       <c r="I203">
         <v>2022</v>
       </c>
       <c r="J203" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="M203" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="P203" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="B204" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C204" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D204" t="s">
         <v>86</v>
       </c>
       <c r="E204" t="s">
         <v>61</v>
       </c>
       <c r="F204" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>1995</v>
       </c>
       <c r="I204">
         <v>2013</v>
       </c>
       <c r="J204" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K204" t="s">
         <v>34</v>
       </c>
       <c r="L204" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="M204" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N204" t="s">
         <v>27</v>
       </c>
       <c r="O204" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="P204" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B205" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C205" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D205" t="s">
         <v>86</v>
       </c>
       <c r="E205" t="s">
         <v>61</v>
       </c>
       <c r="F205" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G205" t="s">
         <v>22</v>
       </c>
       <c r="H205">
         <v>1996</v>
       </c>
       <c r="I205">
         <v>2015</v>
       </c>
       <c r="J205" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
       <c r="L205" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="M205" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="P205" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="B206" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="C206" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D206" t="s">
         <v>86</v>
       </c>
       <c r="E206" t="s">
         <v>61</v>
       </c>
       <c r="F206" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G206" t="s">
         <v>22</v>
       </c>
       <c r="H206">
         <v>1998</v>
       </c>
       <c r="I206">
         <v>2012</v>
       </c>
       <c r="J206" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="M206" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="P206" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="B207" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="C207" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D207" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="E207" t="s">
         <v>61</v>
       </c>
       <c r="F207" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G207" t="s">
         <v>22</v>
       </c>
       <c r="H207">
         <v>2001</v>
       </c>
       <c r="I207">
         <v>2015</v>
       </c>
       <c r="J207" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="M207" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="P207" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B208" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C208" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D208" t="s">
         <v>86</v>
       </c>
       <c r="E208" t="s">
         <v>61</v>
       </c>
       <c r="F208" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>2004</v>
       </c>
       <c r="I208">
         <v>2012</v>
       </c>
       <c r="J208" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K208" t="s">
         <v>34</v>
       </c>
       <c r="L208" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="M208" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N208" t="s">
         <v>36</v>
       </c>
       <c r="O208" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="P208" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B209" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C209" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D209" t="s">
         <v>86</v>
       </c>
       <c r="E209" t="s">
         <v>61</v>
       </c>
       <c r="F209" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G209" t="s">
         <v>22</v>
       </c>
       <c r="H209">
         <v>2009</v>
       </c>
       <c r="I209">
         <v>2012</v>
       </c>
       <c r="J209" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K209" t="s">
         <v>34</v>
       </c>
       <c r="L209" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="M209" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="P209" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="B210" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="C210" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D210" t="s">
         <v>86</v>
       </c>
       <c r="E210" t="s">
         <v>61</v>
       </c>
       <c r="F210" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G210" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H210">
         <v>2015</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K210" t="s">
         <v>34</v>
       </c>
       <c r="L210" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="M210" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="P210"/>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B211" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C211" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D211" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>43</v>
       </c>
       <c r="G211" t="s">
         <v>22</v>
       </c>
       <c r="H211">
         <v>2006</v>
       </c>
       <c r="I211">
         <v>2015</v>
       </c>
       <c r="J211" t="s">
         <v>79</v>
       </c>
       <c r="K211" t="s">
         <v>34</v>
       </c>
       <c r="L211"/>
       <c r="M211" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="P211" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B212" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C212" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D212" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E212" t="s">
         <v>61</v>
       </c>
       <c r="F212" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G212" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H212">
         <v>2012</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212"/>
       <c r="M212" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="P212" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B213" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C213" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D213" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="E213" t="s">
         <v>61</v>
       </c>
       <c r="F213" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G213" t="s">
         <v>22</v>
       </c>
       <c r="H213">
         <v>2012</v>
       </c>
       <c r="I213">
         <v>2017</v>
       </c>
       <c r="J213" t="s">
         <v>62</v>
       </c>
       <c r="K213" t="s">
         <v>34</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="P213" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="B214" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="C214" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D214" t="s">
         <v>86</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
         <v>43</v>
       </c>
       <c r="G214" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H214">
         <v>2011</v>
       </c>
       <c r="I214"/>
       <c r="J214" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K214" t="s">
         <v>34</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="P214" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B215" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C215" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D215" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E215" t="s">
         <v>20</v>
       </c>
       <c r="F215" t="s">
         <v>21</v>
       </c>
       <c r="G215" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H215">
         <v>2011</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>62</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215"/>
       <c r="M215" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="P215" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B216" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C216" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D216" t="s">
         <v>77</v>
       </c>
       <c r="E216" t="s">
         <v>20</v>
       </c>
       <c r="F216" t="s">
         <v>21</v>
       </c>
       <c r="G216" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H216">
         <v>2016</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K216" t="s">
         <v>34</v>
       </c>
       <c r="L216"/>
       <c r="M216" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="N216" t="s">
         <v>27</v>
       </c>
       <c r="O216" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="P216" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B217" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C217" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D217" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E217" t="s">
         <v>20</v>
       </c>
       <c r="F217" t="s">
         <v>43</v>
       </c>
       <c r="G217" t="s">
         <v>22</v>
       </c>
       <c r="H217">
         <v>2002</v>
       </c>
       <c r="I217">
         <v>2016</v>
       </c>
       <c r="J217" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K217" t="s">
         <v>34</v>
       </c>
       <c r="L217" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="M217" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="P217" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B218" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C218" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D218" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E218" t="s">
         <v>61</v>
       </c>
       <c r="F218" t="s">
         <v>43</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>2016</v>
       </c>
       <c r="I218">
         <v>2019</v>
       </c>
       <c r="J218" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="M218" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="N218" t="s">
         <v>27</v>
       </c>
       <c r="O218" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="P218" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="B219" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C219" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D219" t="s">
         <v>77</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>43</v>
       </c>
       <c r="G219" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H219">
         <v>2012</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K219" t="s">
         <v>34</v>
       </c>
       <c r="L219" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="M219" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="P219" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B220" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="C220" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D220" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>43</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>2008</v>
       </c>
       <c r="I220">
         <v>2014</v>
       </c>
       <c r="J220" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K220" t="s">
         <v>34</v>
       </c>
       <c r="L220" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="M220" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="P220" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="B221" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C221" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D221" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
         <v>52</v>
       </c>
       <c r="G221" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H221">
         <v>2017</v>
       </c>
       <c r="I221"/>
       <c r="J221" t="s">
         <v>79</v>
       </c>
       <c r="K221" t="s">
         <v>24</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="N221" t="s">
         <v>36</v>
       </c>
       <c r="O221" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="P221" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B222" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C222" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D222" t="s">
         <v>77</v>
       </c>
       <c r="E222" t="s">
         <v>20</v>
       </c>
       <c r="F222" t="s">
         <v>21</v>
       </c>
       <c r="G222" t="s">
         <v>22</v>
       </c>
       <c r="H222">
         <v>2007</v>
       </c>
       <c r="I222">
         <v>2015</v>
       </c>
       <c r="J222" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K222" t="s">
         <v>34</v>
       </c>
       <c r="L222" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="M222" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="P222" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B223" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C223" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D223" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="E223" t="s">
         <v>20</v>
       </c>
       <c r="F223" t="s">
         <v>52</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>2009</v>
       </c>
       <c r="I223">
         <v>2016</v>
       </c>
       <c r="J223" t="s">
         <v>33</v>
       </c>
       <c r="K223" t="s">
         <v>24</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="P223" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B224" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C224" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D224" t="s">
         <v>86</v>
       </c>
       <c r="E224" t="s">
         <v>20</v>
       </c>
       <c r="F224" t="s">
         <v>43</v>
       </c>
       <c r="G224" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H224">
         <v>2010</v>
       </c>
       <c r="I224"/>
       <c r="J224" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="P224" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B225" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C225" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D225" t="s">
         <v>86</v>
       </c>
       <c r="E225" t="s">
         <v>61</v>
       </c>
       <c r="F225" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G225" t="s">
         <v>22</v>
       </c>
       <c r="H225">
         <v>2013</v>
       </c>
       <c r="I225">
         <v>2017</v>
       </c>
       <c r="J225" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="K225" t="s">
         <v>34</v>
       </c>
       <c r="L225" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="M225" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="P225" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B226" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C226" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D226" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>52</v>
       </c>
       <c r="G226" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H226">
         <v>2021</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K226" t="s">
         <v>34</v>
       </c>
       <c r="L226"/>
       <c r="M226"/>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="P226" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="B227" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C227" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D227" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>21</v>
       </c>
       <c r="G227" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H227">
         <v>2021</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K227" t="s">
         <v>34</v>
       </c>
       <c r="L227"/>
       <c r="M227"/>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="P227" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B228" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C228" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D228" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>21</v>
       </c>
       <c r="G228" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H228">
         <v>2021</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="K228" t="s">
         <v>34</v>
       </c>
       <c r="L228"/>
       <c r="M228"/>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="P228" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B229" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C229" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D229" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
         <v>43</v>
       </c>
       <c r="G229" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H229">
         <v>2016</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="K229" t="s">
         <v>34</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="N229" t="s">
         <v>36</v>
       </c>
       <c r="O229" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="P229" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B230" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="C230" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D230" t="s">
         <v>86</v>
       </c>
       <c r="E230" t="s">
         <v>61</v>
       </c>
       <c r="F230" t="s">
         <v>52</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>2001</v>
       </c>
       <c r="I230">
         <v>2019</v>
       </c>
       <c r="J230" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="M230" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="P230" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="B231" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="C231" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D231" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E231" t="s">
         <v>61</v>
       </c>
       <c r="F231" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2011</v>
       </c>
       <c r="I231">
         <v>2020</v>
       </c>
       <c r="J231" t="s">
         <v>62</v>
       </c>
       <c r="K231" t="s">
         <v>34</v>
       </c>
       <c r="L231" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="M231" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="P231" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="B232" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="C232" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D232" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E232" t="s">
         <v>61</v>
       </c>
       <c r="F232" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>1998</v>
       </c>
       <c r="I232">
         <v>2020</v>
       </c>
       <c r="J232" t="s">
         <v>62</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="M232" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="P232" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B233" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C233" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D233" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E233" t="s">
         <v>61</v>
       </c>
       <c r="F233" t="s">
         <v>21</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2007</v>
       </c>
       <c r="I233">
         <v>2014</v>
       </c>
       <c r="J233" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="K233" t="s">
         <v>34</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="P233" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B234" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C234" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D234" t="s">
         <v>77</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>43</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2007</v>
       </c>
       <c r="I234">
         <v>2012</v>
       </c>
       <c r="J234" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
       <c r="L234" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="M234" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="P234" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="B235" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C235" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D235" t="s">
         <v>77</v>
       </c>
       <c r="E235" t="s">
         <v>61</v>
       </c>
       <c r="F235" t="s">
         <v>52</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2002</v>
       </c>
       <c r="I235">
         <v>2021</v>
       </c>
       <c r="J235" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K235" t="s">
         <v>34</v>
       </c>
       <c r="L235" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="M235" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="P235" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="B236" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C236" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D236" t="s">
         <v>77</v>
       </c>
       <c r="E236" t="s">
         <v>61</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2011</v>
       </c>
       <c r="I236">
         <v>2021</v>
       </c>
       <c r="J236" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K236" t="s">
         <v>34</v>
       </c>
       <c r="L236" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="M236" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="P236" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="B237" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C237" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D237" t="s">
         <v>86</v>
       </c>
       <c r="E237" t="s">
         <v>61</v>
       </c>
       <c r="F237" t="s">
         <v>52</v>
       </c>
       <c r="G237" t="s">
         <v>22</v>
       </c>
       <c r="H237">
         <v>2002</v>
       </c>
       <c r="I237">
         <v>2021</v>
       </c>
       <c r="J237" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K237" t="s">
         <v>34</v>
       </c>
       <c r="L237" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="M237" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="P237" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B238" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C238" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D238" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="E238" t="s">
         <v>61</v>
       </c>
       <c r="F238" t="s">
         <v>21</v>
       </c>
       <c r="G238" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H238">
         <v>2021</v>
       </c>
       <c r="I238"/>
       <c r="J238" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K238" t="s">
         <v>34</v>
       </c>
       <c r="L238" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="M238" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="P238"/>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B239" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C239" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D239" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="E239" t="s">
         <v>61</v>
       </c>
       <c r="F239" t="s">
         <v>21</v>
       </c>
       <c r="G239" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H239">
         <v>2021</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="K239" t="s">
         <v>34</v>
       </c>
       <c r="L239" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="M239" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="P239"/>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B240" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C240" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D240" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E240" t="s">
         <v>61</v>
       </c>
       <c r="F240" t="s">
         <v>43</v>
       </c>
       <c r="G240" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H240">
         <v>2016</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K240" t="s">
         <v>34</v>
       </c>
       <c r="L240" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M240" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="P240" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="B241" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C241" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D241" t="s">
         <v>77</v>
       </c>
       <c r="E241" t="s">
         <v>20</v>
       </c>
       <c r="F241" t="s">
         <v>43</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2013</v>
       </c>
       <c r="I241">
         <v>2020</v>
       </c>
       <c r="J241" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K241" t="s">
         <v>34</v>
       </c>
       <c r="L241" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="M241" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="P241" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="B242" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C242" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D242" t="s">
         <v>77</v>
       </c>
       <c r="E242" t="s">
         <v>20</v>
       </c>
       <c r="F242" t="s">
         <v>21</v>
       </c>
       <c r="G242" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H242">
         <v>2011</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K242" t="s">
         <v>34</v>
       </c>
       <c r="L242" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="M242" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="P242" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="B243" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C243" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D243" t="s">
         <v>77</v>
       </c>
       <c r="E243" t="s">
         <v>61</v>
       </c>
       <c r="F243" t="s">
         <v>52</v>
       </c>
       <c r="G243" t="s">
         <v>22</v>
       </c>
       <c r="H243">
         <v>2008</v>
       </c>
       <c r="I243">
         <v>2011</v>
       </c>
       <c r="J243" t="s">
         <v>79</v>
       </c>
       <c r="K243" t="s">
         <v>34</v>
       </c>
       <c r="L243" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="M243" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="P243" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="B244" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C244" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D244" t="s">
         <v>86</v>
       </c>
       <c r="E244" t="s">
         <v>61</v>
       </c>
       <c r="F244" t="s">
         <v>52</v>
       </c>
       <c r="G244" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H244">
         <v>2007</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
         <v>79</v>
       </c>
       <c r="K244" t="s">
         <v>34</v>
       </c>
       <c r="L244" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="M244" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="P244" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="B245" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C245" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D245" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E245" t="s">
         <v>20</v>
       </c>
       <c r="F245" t="s">
         <v>21</v>
       </c>
       <c r="G245" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H245">
         <v>2007</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K245" t="s">
         <v>34</v>
       </c>
       <c r="L245" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="M245" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="P245" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="B246" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="C246" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="D246" t="s">
         <v>77</v>
       </c>
       <c r="E246" t="s">
         <v>20</v>
       </c>
       <c r="F246" t="s">
         <v>43</v>
       </c>
       <c r="G246" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H246">
         <v>2011</v>
       </c>
       <c r="I246"/>
       <c r="J246" t="s">
         <v>62</v>
       </c>
       <c r="K246" t="s">
         <v>34</v>
       </c>
       <c r="L246" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="M246" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="N246" t="s">
         <v>36</v>
       </c>
       <c r="O246" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="P246" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B247" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C247" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="D247" t="s">
         <v>86</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
         <v>22</v>
       </c>
       <c r="H247">
         <v>2010</v>
       </c>
       <c r="I247">
         <v>2014</v>
       </c>
       <c r="J247" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K247" t="s">
         <v>34</v>
       </c>
       <c r="L247" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="M247" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="P247" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="B248" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="C248" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="D248" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="E248" t="s">
         <v>20</v>
       </c>
       <c r="F248" t="s">
         <v>43</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2012</v>
       </c>
       <c r="I248">
         <v>2014</v>
       </c>
       <c r="J248" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="K248" t="s">
         <v>34</v>
       </c>
       <c r="L248" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="M248" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="P248" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="B249" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="C249" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D249" t="s">
         <v>86</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>21</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2011</v>
       </c>
       <c r="I249">
         <v>2013</v>
       </c>
       <c r="J249" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K249" t="s">
         <v>34</v>
       </c>
       <c r="L249"/>
       <c r="M249" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="P249" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">