--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,245 +12,276 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -514,325 +545,358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2015</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...29 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...78 lines deleted...]
-      </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="N5" t="s">
-        <v>47</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>