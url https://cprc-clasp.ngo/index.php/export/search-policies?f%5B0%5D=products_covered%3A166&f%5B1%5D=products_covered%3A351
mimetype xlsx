--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,308 +12,369 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -577,527 +638,590 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>78</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...30 lines deleted...]
-      <c r="M4" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>83</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>40</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...6 lines deleted...]
-      <c r="C5" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
+        <v>2011</v>
+      </c>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...234 lines deleted...]
-        <v>72</v>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>