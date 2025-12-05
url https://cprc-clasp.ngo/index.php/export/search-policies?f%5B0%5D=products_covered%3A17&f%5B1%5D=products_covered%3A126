--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,3152 +12,4742 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="992">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1506">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-012. Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
     <t>GB/T 20289-2006 GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-012-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-026. Domestic solar water heating system</t>
   </si>
   <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>GB 26969-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-026-domestic-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448120-2020. Energy and Water Conservation  Certification Rules for Dishwashers</t>
   </si>
   <si>
+    <t>Apply to dishwashers</t>
+  </si>
+  <si>
     <t>GB 38383-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448120-2020-energy-and-water-conservation-certification-rules-dishwashers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-22/556507.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft rice cooker policy</t>
   </si>
   <si>
+    <t>Rice cookers. No information available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-rice-cooker-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Ovens; No. En-Tech 10205010121</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency endorsement labeling criteria for electric ovens. It applies to products of single-phase AC power supply with voltage below 300 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-ovens-no-en-tech-10205010121</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=51</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Cookers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8516.60.20.00-4 under the electric cookers category including both the direct-heat and indirect heat types; or recognized by the Bureau of Energy of MOEA as electric cookers; and shall also meet the requirements of CNS 2518.</t>
+  </si>
+  <si>
     <t>CNS 2518</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-cookers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=21</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Microwave Oven; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Household and combination microwave ovens which meet the requirements of CNS 3765-25 - Safety of household and similar electrical appliances - Part 2: Particular requirements for microwave ovens and obtain the Certificate for Registration of Product Certification or the Type Approval Certificate from the Bureau of Standards Metrology and Inspection; of the Ministry of Economic Affairs</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0 and IEC 62301:2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-microwave-oven-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=48</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Microwaves</t>
   </si>
   <si>
+    <t>This program covers microwave oven types: single and multi-functions</t>
+  </si>
+  <si>
     <t>IEC 60705</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-microwaves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/microwave.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Coffee Brewer Version 1.1</t>
   </si>
   <si>
+    <t>Products, that meet the definitions of Type II* Commercial Coffee Brewers as specified in the policy document, including Satellite Coffee Brewers without a heated docking station, are eligible for ENERGY STAR certification.
+Type II: A batch commercial coffee brewer designed to use loose, ground coffee and a re-usable or single-use coffee filter, and has a standard brew volume of &gt;24 to 384 fluid ounces per brew event. Type II brewers shall not use disposable packages of pre-ground coffee.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>ASTM F-2990-12</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-coffee-brewer-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/sites/default/files/Commercial%20Coffee%20Brewers%20Version%201.1%20Specification_2.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Dishwashers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Dishwasher as specified in the policy document are eligible for ENERGY STAR qualification, including: under counter; single tank, door type; single tank conveyor; multiple tank conveyor and flight type machines. Glasswashing machines; pot, pan, and utensil machines; and dual sanitizing machines are also eligible. Only those under counter machines designed for wash cycles of 10 minutes or less are eligible for ENERGY STAR. Version 2.0 specification only covers electric models.
+Dishwashers intended for use in residential or laboratory applications are not eligible for ENERGY STAR under this product specification. Steam, gas, and other non-electric models cannot qualify for ENERGY STAR under this Version 2.0.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Commercial Dishwashers Rev. May-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-dishwashers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Fryers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Open Deep-Fat Fryer that are countertop; floor type; or drop-in designe are eligible for ENERGY STAR certification under this specification; with the exception of Fryers with vats measuring less than 12 inches wide or greater tan 24 inches wide.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Fryers</t>
   </si>
   <si>
     <t>ASTM Standard F1361-07 (2013); ASTM Standard F2144-09</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-fryers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_fryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Griddles Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Single-Sided and Double-Sided Commercial Griddle are eligible for ENERGY STAR qualification; with the exception of Griddles with manual controls and fry-top ranges.</t>
+  </si>
+  <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>ASTM F1275-14; ASTM F1605-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-griddles-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_griddles/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Hot Food Holding Cabinets Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Hot Food Holding Cabinet as specified in the policy document are eligible for ENERGY STAR qualification under this specification. Dual function equipment (e.g., cook-and-hold and proofing units), heated transparent merchandising cabinets, and drawer warmers are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>Hot Food Holding Cabinets</t>
   </si>
   <si>
     <t>ASTM Standard F2140-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-hot-food-holding-cabinets-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_hot_food_holding_cabinets/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Ovens Version 2.2</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Commercial Oven and Convection Oven, Combination Oven, or Rack Oven as specified in the specification document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. The following sub-types are eligible:
+a. Full-size gas and half- and full-size electric convection ovens,
+b. Half- and full-size gas combination ovens with a pan capacity ≥ 6,
+c. Half- and full-size electric combination ovens with a pan capacity ≥ 5 and ≤ 20, and
+d. Single and double gas rack ovens</t>
+  </si>
+  <si>
     <t>ASTM F1496-13; ASTM F2861-14; ASTM F2093-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-ovens-version-22</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_ovens/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Steam Cookers Version 1.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Commercial Steam Cooker are eligible for ENERGY STAR. Also referred to as a “compartment steamer,” a device with one or more food steaming compartments in which the energy in the steam is transferred to the food by direct contact. May include countertop models, wall-mounted models and floor-models mounted on a stand, pedestal or cabinet-style base.</t>
+  </si>
+  <si>
     <t>Steam Cookers</t>
   </si>
   <si>
     <t>ASTM Standard F1484-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-steam-cookers-version-12</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/commercial_food_service_equipment/commercial_steam_cookers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Dishwashers Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a dishwasher and are a consumer product as specified in the policy document are eligible for ENERGY STAR certification, with the exception of commercial dishwashers.</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B Appendix C11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-dishwashers-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/dishwashers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
+    <t>It covers grills or ovens</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
+    <t>Electric rice cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
   </si>
   <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
   </si>
   <si>
     <t>GB/T 18708
 ,   
                     GB/T 19741</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
+  </si>
+  <si>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>MEPS for electric pressure cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
-[...1 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
   </si>
   <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N102 - Electric Cookers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric cookers which meet the definition of CNS 2518.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n102-electric-cookers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/102/20181362-65c6-4169-ac8e-83a9e68578d5.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N126 - Electric Kettles</t>
   </si>
   <si>
+    <t>This standard is applicable to electric kettles which meet the definition of CNS 15548.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n126-electric-kettles</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/126/7ab784a7-239c-4e83-86c5-ca7331a47b72.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N145 - Electric Ovens</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric ovens which meet the definition of CNS 3693.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n145-electric-ovens</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/145/9257cb4f-a32b-44b8-b546-a9ba04596840.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N147 - Electric Coffeemakers</t>
   </si>
   <si>
+    <t>This standard applies to electric coffeemakers, which can be automatic coffeemakers, espresso machines, drip brewers, or single-serve/capsule coffeemakers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n147-electric-coffeemakers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/150/6399582e-f7bd-4133-a927-0a94536a96a9.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N52 - Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens for household use</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n52-microwave-ovens</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/52/8328d357-ae60-4932-89c2-e28dd5cc58ed.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N7 - Thermal insulation materials for building</t>
   </si>
   <si>
+    <t>This standard is applicable to thermal insulation materials  used in the buildings wall; roof; floor and ceiling applications.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n7-thermal-insulation-materials-building</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Electric Deep Fryer</t>
   </si>
   <si>
+    <t>This scheme covers electric deep fryers (electric and liquefied petroleum gas fryers type), with the characteristics of working in batches and the maximum mass of oil used for frying is not more than 27 kg or 30 liters.</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 2717-2559</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-electric-deep-fryer</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/19_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>Household microwave ovens</t>
   </si>
   <si>
+    <t>Draft labels for microwave ovens. No information available</t>
+  </si>
+  <si>
     <t>BDS IEC 60705:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/household-microwave-ovens</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
   </si>
   <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
   </si>
   <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
     <t>IEC 379: 1987</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for storage water heaters</t>
   </si>
   <si>
     <t>Oman</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Rice Cookers, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric rice cookers that automatically convert electricity into heat for cooking rice and maintaining a certain warming temperature range. It covers electric rice cookers with a wattage range from 400 to 800 watts.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-rice-cookers-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/47.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Kettles, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric kettles that automatically convert electrical energy into heat for use in boiling water (one-phase alternating current with a rated voltage that does not exceed 250 volts and an electric frequency is 50 hertz).</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-kettles-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048431</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Oven, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric ovens for heating food, beverages, and baking with a rated voltage not exceeding 250 volts and an electric frequency of 50 hertz. The volume of the electric oven must have a capacity of 12 liters or more.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-oven-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17162824</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Microwave Oven, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers domestic microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages. The voltage is not more than 250 volts and the electric frequency is 50 hertz.</t>
+  </si>
+  <si>
     <t>Kitchen, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-microwave-oven-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048430</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Microwave Ovens</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM IEC 60335-2-25; IEC 60705; IEC 62301; ABNT NBR 5891</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-microwave-ovens</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Provision 172/2016</t>
   </si>
   <si>
+    <t>Energy labelling for electric storage water heaters.</t>
+  </si>
+  <si>
     <t>IRAM 62410</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1722016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267379/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 22 - Microwave Ovens</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for microwave ovens (including combination microwave ovens) meant for household or similar use, with or without grill or convection functions, being manufactured, imported or sold in India. This schedule applies to all types of counter-top microwave oven (covered under the scope of IS 302-2-25, and IEC 60705). The label is expected to be voluntary until the end of 2020, and become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60705: Amendment 1, 2010 and Amendment 2, 2018, IEC 62301, IS 302-2-25</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-22-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule22-MWO.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4145 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors.</t>
+  </si>
+  <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER / ASTM E 1086 / ASTM E 353 / UNE-EN 10020 / NSF/ANSI Standard 51 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4145-tortilla-making-machines</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4145_03.pdf</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 7898:2018 Storage water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for storage water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78982018-storage-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-7898-2018-Binh-dun-nuoc-nong-co-du-tru-dung-cho-muc-dich-gia-dung-918007.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8251:2009 Solar water heaters - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the minimum thermal absorber efficiency and test methods for solar water heaters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82512009-solar-water-heaters-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8251-2009-thiet-bi-dun-nuoc-nong-bang-nang-luong-mat-troi</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Dishwashers TGL-83-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dishwashers used in housing.</t>
   </si>
   <si>
     <t>TIS 1838 (or IEC 60335-2-5, EN 60335-2-5), Household dishwashers
 ,   
                     TIS 1839 (or IEC 60335-2-5, EN 60335-2-5), Commercial dishwashers
 ,   
                     IEC 62321
 ,   
                     IEC 60436
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-dishwashers-tgl-83-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-83-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fryers TGL-82-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to an electric pan that uses electricity to heat.</t>
   </si>
   <si>
     <t>TIS 1509
 ,   
                     CISPR 14-1
 ,   
                     CISPR 14-2 (or EN 55014-1)
 ,   
                     EN 55014-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fryers-tgl-82-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-82-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric rice-cookers TGL-73-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric rice cookers with a rated voltage not exceeding 250 V and with a capacity not exceeding 10 liters for residential use or similar purposes.</t>
+  </si>
+  <si>
     <t>TIS 1039</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-rice-cookers-tgl-73-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-73-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Microwave oven TGL-38-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to microwave ovens that use electromagnetic energy in one or more ISM (industrial sciences medicine) frequency bands between 300 MHz and 30 GHz for heating food and beverages.</t>
   </si>
   <si>
     <t>TIS 1773
 ,   
                     TIS 2238 (or IEC 62301)
 ,   
                     IEC 60705
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-microwave-oven-tgl-38-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-38-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Toaster TGL-92-14</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to automatic pop-up toasters.</t>
   </si>
   <si>
     <t>Kitchen, Toasters</t>
   </si>
   <si>
     <t>TIS 1641
 ,   
                     IEC 60335-2-9
 ,   
                     TIS 2238</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-toaster-tgl-92-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-92-14.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Electric Kettle</t>
   </si>
   <si>
+    <t>This program covers electric kettles with internal or external heating types, single-phase alternating current</t>
+  </si>
+  <si>
     <t>TIS 2588-2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-kettle</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ele_kettle.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for Rice Cookers</t>
   </si>
   <si>
+    <t>This program covers electric thermos pot types (classified by the operation of work) - normal type and auto warm.</t>
+  </si>
+  <si>
     <t>JIS C 9213-1988</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cookers</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/rc.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2545-2555 (2012) Electric rice-cookers : energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies heat efficiency requirements for household electric rice cookers. Covers only single-phase electric rice cookers with a rated frequency of 50 Hz, a rated voltage not exceeding 250 volts, a rated power supply not exceeding 2 kW, and a rated capacity not exceeding 5 Litres. This policy prescribes the general requirements, mark, sampling, and criteria for conformity and testing.</t>
+  </si>
+  <si>
     <t>Kitchen, Rice Cookers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2545-2555-2012-electric-rice-cookers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/006/16.PDF</t>
+  </si>
+  <si>
     <t>TIS 2578-2555 (2012) Microwave ovens: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies the size, general requirement, mark and labeling, sampling, and criteria for conformity and testing for microwaves for household use and similar purposes (single-phase, with a frequency of 50 Hz, a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2578-2555-2012-microwave-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/050/2.PDF</t>
+  </si>
+  <si>
     <t>TIS 2588-2556 (2013) Electric kettles: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric kettles used for single-phase AC power, frequency 50 Hz, rated voltage not more than 250 V and rated capacity not more than 2.5 liters, for boiling water for residential and general use with similar purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://law.industry.go.th/laws/file/61091</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>TIS 2673-2559 (2016) Electric fryers: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric fryers intended for household and similar purposes use for alternating current single phase with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>Kitchen, Fryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2673-2559-2016-electric-fryers-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_370.PDF</t>
+  </si>
+  <si>
     <t>TIS 2674-2559 (2016) Electric ovens: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric ovens intended for household and similar purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2674-2559-2016-electric-ovens-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://siamvip.com/managefiles/fileUploads/cnkconsultant/imgUploads/indu_371.PDF</t>
+  </si>
+  <si>
     <t>TIS 3623-2566 Air-to-water heat pump water heaters: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This draft policy determines the size, required characteristics, marks and labels, sampling, judging criteria, and testing requirements of air-to-water heat pump water heaters. This policy covers water heaters and air-to-water heat pump systems with a net hot water heating capacity of no more than 36 kW. Note: This industrial product standard only includes water heaters and excludes circulation systems and hot water storage tanks.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-3623-2566-air-water-heat-pump-water-heaters-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7490</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>UAE.S 5010-4: 2014 – Labeling – Energy Efficiency Label for Electrical Appliances Part 4: Storage Water Heaters.</t>
   </si>
   <si>
+    <t>This regulation establishes requirements for electrical safety and energy efficiency labeling of electric water heater types listed in Annex A. This regulation does not apply to instantaneous water heaters and water heaters that use gas, solid or liquid fuels, solar water heaters and water heaters designed for making hot drinks only.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-4-2014-labeling-energy-efficiency-label-electrical-appliances-part-4-storage</t>
   </si>
   <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Eficiencia energética – Calentadores de agua eléctricos de acumulación de uso doméstico- Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for household electric water heater storage.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 60379: 1987 1ª Revisión, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21: 2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-eficiencia-energetica-calentadores-de-agua-electricos-de-acumulacion-de-uso</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT_1157_2011-_Eficiencia_Energetica._Calentadores_de_agua_electricos_de_acumulacion._Especificaciones_y_etiquetado.pdf/cb524e6d-4a9e-410b-958f-1e603cdf0cfa</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>VC 9006 Hot Water Storage Tanks for Domestic Use</t>
   </si>
   <si>
+    <t>This specification covers the requirements for hot water storage tanks for domestic use. It includes fixed electrical storage water heaters; stand-alone water heaters and water containers with or without heat exchangers or heating jackets intended for use in solar heating and heat pump applications; and tanks used for storage of hot water only.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>SANS 151</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9006-hot-water-storage-tanks-domestic-use</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209006%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -3421,11777 +5011,13430 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N277"/>
+  <dimension ref="A1:P277"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>1991</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>76</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>1990</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...101 lines deleted...]
-      <c r="B5" t="s">
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>93</v>
+      </c>
+      <c r="K12" t="s">
+        <v>100</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...72 lines deleted...]
-      <c r="N6" t="s">
+      <c r="G13" t="s">
         <v>54</v>
       </c>
-    </row>
-[...265 lines deleted...]
-      <c r="G13">
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H13"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="K13" t="s">
-        <v>83</v>
+        <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="N13" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="B14" t="s">
-        <v>72</v>
+        <v>110</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
-      <c r="I14" t="s">
-        <v>86</v>
+      <c r="I14">
+        <v>2010</v>
       </c>
       <c r="J14" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
       <c r="K14" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>76</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="N14" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>113</v>
+      </c>
+      <c r="P14" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>89</v>
+        <v>115</v>
       </c>
       <c r="B15" t="s">
-        <v>72</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2011</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2017</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>118</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>119</v>
+      </c>
+      <c r="M15" t="s">
+        <v>95</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
         <v>91</v>
       </c>
-      <c r="J15" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
-      <c r="I16" t="s">
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>124</v>
+      </c>
+      <c r="K16" t="s">
+        <v>125</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
         <v>95</v>
       </c>
-      <c r="J16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N16" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>72</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>57</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>93</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>95</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>91</v>
+      </c>
+      <c r="D18" t="s">
+        <v>136</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2008</v>
+      </c>
+      <c r="I18">
+        <v>2015</v>
+      </c>
+      <c r="J18" t="s">
+        <v>93</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>95</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>91</v>
+      </c>
+      <c r="D19" t="s">
+        <v>70</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>93</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>95</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>91</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>93</v>
+      </c>
+      <c r="K20" t="s">
+        <v>100</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>95</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>93</v>
+      </c>
+      <c r="K21" t="s">
+        <v>100</v>
+      </c>
+      <c r="L21" t="s">
+        <v>153</v>
+      </c>
+      <c r="M21" t="s">
+        <v>95</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22">
+        <v>2015</v>
+      </c>
+      <c r="J22" t="s">
+        <v>93</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>95</v>
+      </c>
+      <c r="N22" t="s">
         <v>36</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17">
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
         <v>2015</v>
       </c>
-      <c r="H17"/>
-[...264 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K23" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N23" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>125</v>
+        <v>169</v>
       </c>
       <c r="B24" t="s">
-        <v>126</v>
+        <v>170</v>
       </c>
       <c r="C24" t="s">
-        <v>127</v>
+        <v>171</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E24" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>43</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
         <v>1997</v>
       </c>
-      <c r="H24">
+      <c r="I24">
         <v>2019</v>
       </c>
-      <c r="I24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K24"/>
+        <v>173</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>129</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>175</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
+        <v>169</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>172</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>43</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1997</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>175</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>183</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>171</v>
+      </c>
+      <c r="D26" t="s">
+        <v>158</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>43</v>
+      </c>
+      <c r="G26" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>173</v>
+      </c>
+      <c r="K26" t="s">
+        <v>185</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>174</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>183</v>
+      </c>
+      <c r="B27" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
+        <v>158</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>54</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>185</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>190</v>
+      </c>
+      <c r="B28" t="s">
+        <v>191</v>
+      </c>
+      <c r="C28" t="s">
+        <v>192</v>
+      </c>
+      <c r="D28" t="s">
+        <v>147</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>43</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1979</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>173</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>174</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>196</v>
+      </c>
+      <c r="D29" t="s">
+        <v>147</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>43</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1979</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>180</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>197</v>
+      </c>
+      <c r="P29" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>199</v>
+      </c>
+      <c r="B30" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" t="s">
+        <v>171</v>
+      </c>
+      <c r="D30" t="s">
+        <v>172</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>173</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>201</v>
+      </c>
+      <c r="M30" t="s">
+        <v>174</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>202</v>
+      </c>
+      <c r="P30" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>204</v>
+      </c>
+      <c r="B31" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" t="s">
+        <v>179</v>
+      </c>
+      <c r="D31" t="s">
+        <v>206</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>180</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>204</v>
+      </c>
+      <c r="B32" t="s">
+        <v>209</v>
+      </c>
+      <c r="C32" t="s">
+        <v>171</v>
+      </c>
+      <c r="D32" t="s">
+        <v>206</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2013</v>
+      </c>
+      <c r="I32">
+        <v>2023</v>
+      </c>
+      <c r="J32" t="s">
+        <v>173</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>174</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>210</v>
+      </c>
+      <c r="P32" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>212</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>171</v>
+      </c>
+      <c r="D33" t="s">
+        <v>214</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>54</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>173</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>174</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>212</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>179</v>
+      </c>
+      <c r="D34" t="s">
+        <v>214</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34">
+        <v>2012</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>180</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>218</v>
+      </c>
+      <c r="P34" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>220</v>
+      </c>
+      <c r="B35" t="s">
+        <v>16</v>
+      </c>
+      <c r="C35" t="s">
+        <v>179</v>
+      </c>
+      <c r="D35" t="s">
+        <v>158</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>54</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>180</v>
+      </c>
+      <c r="K35" t="s">
+        <v>185</v>
+      </c>
+      <c r="L35" t="s">
+        <v>25</v>
+      </c>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>221</v>
+      </c>
+      <c r="P35" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" t="s">
+        <v>223</v>
+      </c>
+      <c r="C36" t="s">
+        <v>171</v>
+      </c>
+      <c r="D36" t="s">
+        <v>158</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>224</v>
+      </c>
+      <c r="K36" t="s">
+        <v>185</v>
+      </c>
+      <c r="L36" t="s">
+        <v>25</v>
+      </c>
+      <c r="M36" t="s">
+        <v>174</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>225</v>
+      </c>
+      <c r="P36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>227</v>
+      </c>
+      <c r="B37" t="s">
+        <v>228</v>
+      </c>
+      <c r="C37" t="s">
+        <v>229</v>
+      </c>
+      <c r="D37" t="s">
+        <v>70</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>230</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2011</v>
+      </c>
+      <c r="J37" t="s">
+        <v>93</v>
+      </c>
+      <c r="K37" t="s">
+        <v>100</v>
+      </c>
+      <c r="L37" t="s">
+        <v>231</v>
+      </c>
+      <c r="M37" t="s">
+        <v>232</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>233</v>
+      </c>
+      <c r="P37" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>235</v>
+      </c>
+      <c r="B38" t="s">
+        <v>236</v>
+      </c>
+      <c r="C38" t="s">
+        <v>91</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>230</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2002</v>
+      </c>
+      <c r="I38">
+        <v>2014</v>
+      </c>
+      <c r="J38" t="s">
+        <v>111</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>137</v>
+      </c>
+      <c r="M38" t="s">
+        <v>237</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>240</v>
+      </c>
+      <c r="B39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C39" t="s">
+        <v>91</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>230</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2002</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>93</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>242</v>
+      </c>
+      <c r="M39" t="s">
+        <v>237</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>243</v>
+      </c>
+      <c r="P39" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>245</v>
+      </c>
+      <c r="B40" t="s">
+        <v>246</v>
+      </c>
+      <c r="C40" t="s">
+        <v>91</v>
+      </c>
+      <c r="D40" t="s">
+        <v>70</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>230</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>111</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>247</v>
+      </c>
+      <c r="M40" t="s">
+        <v>237</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>248</v>
+      </c>
+      <c r="P40" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>250</v>
+      </c>
+      <c r="B41" t="s">
+        <v>251</v>
+      </c>
+      <c r="C41" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" t="s">
+        <v>70</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>230</v>
+      </c>
+      <c r="G41" t="s">
+        <v>54</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>111</v>
+      </c>
+      <c r="K41" t="s">
+        <v>100</v>
+      </c>
+      <c r="L41" t="s">
+        <v>252</v>
+      </c>
+      <c r="M41" t="s">
+        <v>237</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>253</v>
+      </c>
+      <c r="P41" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>255</v>
+      </c>
+      <c r="B42" t="s">
+        <v>256</v>
+      </c>
+      <c r="C42" t="s">
+        <v>91</v>
+      </c>
+      <c r="D42" t="s">
+        <v>70</v>
+      </c>
+      <c r="E42" t="s">
+        <v>42</v>
+      </c>
+      <c r="F42" t="s">
+        <v>230</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>111</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>257</v>
+      </c>
+      <c r="M42" t="s">
+        <v>237</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>258</v>
+      </c>
+      <c r="P42" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>260</v>
+      </c>
+      <c r="B43" t="s">
+        <v>261</v>
+      </c>
+      <c r="C43" t="s">
+        <v>91</v>
+      </c>
+      <c r="D43" t="s">
+        <v>70</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>230</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2003</v>
+      </c>
+      <c r="I43">
+        <v>2015</v>
+      </c>
+      <c r="J43" t="s">
+        <v>111</v>
+      </c>
+      <c r="K43" t="s">
+        <v>100</v>
+      </c>
+      <c r="L43" t="s">
+        <v>262</v>
+      </c>
+      <c r="M43" t="s">
+        <v>237</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>263</v>
+      </c>
+      <c r="P43" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>265</v>
+      </c>
+      <c r="B44" t="s">
+        <v>266</v>
+      </c>
+      <c r="C44" t="s">
+        <v>91</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
+        <v>230</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2002</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
+        <v>111</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>267</v>
+      </c>
+      <c r="M44" t="s">
+        <v>237</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>268</v>
+      </c>
+      <c r="P44" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>270</v>
+      </c>
+      <c r="B45" t="s">
+        <v>271</v>
+      </c>
+      <c r="C45" t="s">
+        <v>91</v>
+      </c>
+      <c r="D45" t="s">
+        <v>172</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>230</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2020</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>93</v>
+      </c>
+      <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>272</v>
+      </c>
+      <c r="M45" t="s">
+        <v>237</v>
+      </c>
+      <c r="N45" t="s">
+        <v>175</v>
+      </c>
+      <c r="O45" t="s">
+        <v>273</v>
+      </c>
+      <c r="P45" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>275</v>
+      </c>
+      <c r="B46" t="s">
+        <v>276</v>
+      </c>
+      <c r="C46" t="s">
+        <v>277</v>
+      </c>
+      <c r="D46" t="s">
+        <v>278</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>279</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46">
+        <v>2023</v>
+      </c>
+      <c r="J46" t="s">
+        <v>280</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>281</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>282</v>
+      </c>
+      <c r="P46" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>284</v>
+      </c>
+      <c r="B47" t="s">
+        <v>285</v>
+      </c>
+      <c r="C47" t="s">
+        <v>286</v>
+      </c>
+      <c r="D47" t="s">
+        <v>80</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>230</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>44</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47" t="s">
+        <v>287</v>
+      </c>
+      <c r="M47" t="s">
+        <v>288</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>289</v>
+      </c>
+      <c r="P47" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>291</v>
+      </c>
+      <c r="B48" t="s">
+        <v>292</v>
+      </c>
+      <c r="C48" t="s">
+        <v>286</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>230</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48">
+        <v>2018</v>
+      </c>
+      <c r="J48" t="s">
+        <v>293</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>294</v>
+      </c>
+      <c r="M48" t="s">
+        <v>288</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>295</v>
+      </c>
+      <c r="P48" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>297</v>
+      </c>
+      <c r="B49" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" t="s">
+        <v>286</v>
+      </c>
+      <c r="D49" t="s">
+        <v>53</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>230</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>44</v>
+      </c>
+      <c r="K49" t="s">
         <v>125</v>
       </c>
-      <c r="B25" t="s">
-[...44 lines deleted...]
-      <c r="C26" t="s">
+      <c r="L49" t="s">
+        <v>299</v>
+      </c>
+      <c r="M49" t="s">
+        <v>288</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>300</v>
+      </c>
+      <c r="P49" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>302</v>
+      </c>
+      <c r="B50" t="s">
+        <v>303</v>
+      </c>
+      <c r="C50" t="s">
+        <v>304</v>
+      </c>
+      <c r="D50" t="s">
+        <v>172</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>43</v>
+      </c>
+      <c r="G50" t="s">
+        <v>305</v>
+      </c>
+      <c r="H50"/>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>306</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>307</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>308</v>
+      </c>
+      <c r="P50" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>310</v>
+      </c>
+      <c r="B51" t="s">
+        <v>311</v>
+      </c>
+      <c r="C51" t="s">
+        <v>69</v>
+      </c>
+      <c r="D51" t="s">
+        <v>92</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>43</v>
+      </c>
+      <c r="G51" t="s">
+        <v>305</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>293</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>71</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>316</v>
+      </c>
+      <c r="D52" t="s">
         <v>117</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26">
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>230</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
+        <v>2009</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>317</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>318</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>319</v>
+      </c>
+      <c r="P52" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>321</v>
+      </c>
+      <c r="B53" t="s">
+        <v>322</v>
+      </c>
+      <c r="C53" t="s">
+        <v>323</v>
+      </c>
+      <c r="D53" t="s">
+        <v>324</v>
+      </c>
+      <c r="E53" t="s">
+        <v>325</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
+        <v>2018</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>326</v>
+      </c>
+      <c r="K53" t="s">
+        <v>327</v>
+      </c>
+      <c r="L53" t="s">
+        <v>328</v>
+      </c>
+      <c r="M53" t="s">
+        <v>329</v>
+      </c>
+      <c r="N53" t="s">
+        <v>330</v>
+      </c>
+      <c r="O53" t="s">
+        <v>331</v>
+      </c>
+      <c r="P53" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>333</v>
+      </c>
+      <c r="B54" t="s">
+        <v>334</v>
+      </c>
+      <c r="C54" t="s">
+        <v>164</v>
+      </c>
+      <c r="D54" t="s">
+        <v>147</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>230</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2006</v>
+      </c>
+      <c r="I54">
         <v>2013</v>
       </c>
-      <c r="H26"/>
-[...36 lines deleted...]
-      <c r="G27">
+      <c r="J54" t="s">
+        <v>55</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>166</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>335</v>
+      </c>
+      <c r="P54" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>337</v>
+      </c>
+      <c r="B55" t="s">
+        <v>338</v>
+      </c>
+      <c r="C55" t="s">
+        <v>164</v>
+      </c>
+      <c r="D55" t="s">
+        <v>53</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>230</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2008</v>
+      </c>
+      <c r="I55">
         <v>2013</v>
       </c>
-      <c r="H27"/>
-[...37 lines deleted...]
-      <c r="H28">
+      <c r="J55" t="s">
+        <v>55</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>339</v>
+      </c>
+      <c r="M55" t="s">
+        <v>166</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>340</v>
+      </c>
+      <c r="P55" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>342</v>
+      </c>
+      <c r="B56" t="s">
+        <v>343</v>
+      </c>
+      <c r="C56" t="s">
+        <v>164</v>
+      </c>
+      <c r="D56" t="s">
+        <v>53</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>230</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2008</v>
+      </c>
+      <c r="I56">
         <v>2013</v>
       </c>
-      <c r="I28" t="s">
-[...287 lines deleted...]
-      <c r="K35" t="s">
+      <c r="J56" t="s">
+        <v>124</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>344</v>
+      </c>
+      <c r="M56" t="s">
+        <v>345</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>346</v>
+      </c>
+      <c r="P56" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>348</v>
+      </c>
+      <c r="B57" t="s">
+        <v>349</v>
+      </c>
+      <c r="C57" t="s">
+        <v>164</v>
+      </c>
+      <c r="D57" t="s">
+        <v>92</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>230</v>
+      </c>
+      <c r="G57" t="s">
         <v>22</v>
-      </c>
-[...924 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H57">
         <v>2010</v>
       </c>
-      <c r="I57" t="s">
-        <v>95</v>
+      <c r="I57">
+        <v>2010</v>
       </c>
       <c r="J57" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K57" t="s">
-        <v>241</v>
+        <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N57" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>351</v>
+      </c>
+      <c r="P57" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>243</v>
+        <v>353</v>
       </c>
       <c r="B58" t="s">
-        <v>121</v>
+        <v>354</v>
       </c>
       <c r="C58" t="s">
-        <v>61</v>
+        <v>164</v>
       </c>
       <c r="D58" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="E58" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F58" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>230</v>
+      </c>
+      <c r="G58" t="s">
+        <v>54</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H58"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I58"/>
       <c r="J58" t="s">
-        <v>79</v>
+        <v>124</v>
       </c>
       <c r="K58" t="s">
-        <v>244</v>
+        <v>100</v>
       </c>
       <c r="L58" t="s">
-        <v>123</v>
+        <v>355</v>
       </c>
       <c r="M58" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N58" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>356</v>
+      </c>
+      <c r="P58" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>246</v>
+        <v>358</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>359</v>
       </c>
       <c r="C59" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
       <c r="D59" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E59" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>230</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
       </c>
       <c r="H59">
         <v>2012</v>
       </c>
-      <c r="I59" t="s">
-        <v>95</v>
+      <c r="I59">
+        <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K59" t="s">
-        <v>247</v>
+        <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>238</v>
+        <v>360</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N59" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>361</v>
+      </c>
+      <c r="P59" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>249</v>
+        <v>363</v>
       </c>
       <c r="B60" t="s">
-        <v>121</v>
+        <v>364</v>
       </c>
       <c r="C60" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="D60" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E60" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>230</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
       </c>
       <c r="H60">
         <v>2011</v>
       </c>
-      <c r="I60" t="s">
-        <v>95</v>
+      <c r="I60">
+        <v>2011</v>
       </c>
       <c r="J60" t="s">
-        <v>79</v>
+        <v>124</v>
       </c>
       <c r="K60" t="s">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="L60" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N60" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>366</v>
+      </c>
+      <c r="P60" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>368</v>
       </c>
       <c r="B61" t="s">
-        <v>121</v>
+        <v>369</v>
       </c>
       <c r="C61" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="D61" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="E61" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F61" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G61">
+        <v>230</v>
+      </c>
+      <c r="G61" t="s">
+        <v>54</v>
+      </c>
+      <c r="H61">
         <v>2013</v>
       </c>
-      <c r="H61"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I61"/>
       <c r="J61" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K61" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>123</v>
+        <v>370</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N61" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>371</v>
+      </c>
+      <c r="P61" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>373</v>
       </c>
       <c r="B62" t="s">
-        <v>121</v>
+        <v>374</v>
       </c>
       <c r="C62" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="D62" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E62" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G62">
+        <v>230</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
         <v>2013</v>
       </c>
-      <c r="H62"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K62" t="s">
-        <v>256</v>
+        <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>123</v>
+        <v>375</v>
       </c>
       <c r="M62" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N62" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>376</v>
+      </c>
+      <c r="P62" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>258</v>
+        <v>378</v>
       </c>
       <c r="B63" t="s">
-        <v>217</v>
+        <v>379</v>
       </c>
       <c r="C63" t="s">
-        <v>259</v>
+        <v>316</v>
       </c>
       <c r="D63" t="s">
-        <v>17</v>
+        <v>380</v>
       </c>
       <c r="E63" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G63">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63">
         <v>2009</v>
       </c>
-      <c r="H63"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I63"/>
       <c r="J63" t="s">
-        <v>29</v>
+        <v>381</v>
       </c>
       <c r="K63" t="s">
-        <v>261</v>
+        <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>219</v>
+        <v>382</v>
       </c>
       <c r="M63" t="s">
-        <v>24</v>
+        <v>318</v>
       </c>
       <c r="N63" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>383</v>
+      </c>
+      <c r="P63" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>263</v>
+        <v>385</v>
       </c>
       <c r="B64" t="s">
-        <v>217</v>
+        <v>386</v>
       </c>
       <c r="C64" t="s">
-        <v>61</v>
+        <v>316</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E64" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G64">
+        <v>43</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
         <v>2010</v>
       </c>
-      <c r="H64">
+      <c r="I64">
         <v>2015</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J64" t="s">
-        <v>79</v>
+        <v>317</v>
       </c>
       <c r="K64" t="s">
-        <v>264</v>
+        <v>100</v>
       </c>
       <c r="L64" t="s">
-        <v>219</v>
+        <v>387</v>
       </c>
       <c r="M64" t="s">
-        <v>24</v>
+        <v>318</v>
       </c>
       <c r="N64" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>388</v>
+      </c>
+      <c r="P64" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>266</v>
+        <v>390</v>
       </c>
       <c r="B65" t="s">
-        <v>217</v>
+        <v>391</v>
       </c>
       <c r="C65" t="s">
-        <v>127</v>
+        <v>316</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E65" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G65">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
         <v>2002</v>
       </c>
-      <c r="H65">
+      <c r="I65">
         <v>2010</v>
       </c>
-      <c r="I65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J65" t="s">
-        <v>29</v>
+        <v>317</v>
       </c>
       <c r="K65" t="s">
-        <v>267</v>
+        <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>219</v>
+        <v>392</v>
       </c>
       <c r="M65" t="s">
-        <v>24</v>
+        <v>318</v>
       </c>
       <c r="N65" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>393</v>
+      </c>
+      <c r="P65" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>269</v>
+        <v>394</v>
       </c>
       <c r="B66" t="s">
-        <v>217</v>
+        <v>395</v>
       </c>
       <c r="C66" t="s">
-        <v>73</v>
+        <v>316</v>
       </c>
       <c r="D66" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E66" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>43</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
-      <c r="I66" t="s">
-        <v>218</v>
+      <c r="I66">
+        <v>2010</v>
       </c>
       <c r="J66" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
-        <v>24</v>
+        <v>318</v>
       </c>
       <c r="N66" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>396</v>
+      </c>
+      <c r="P66" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>271</v>
+        <v>397</v>
       </c>
       <c r="B67" t="s">
-        <v>272</v>
+        <v>398</v>
       </c>
       <c r="C67" t="s">
-        <v>57</v>
+        <v>399</v>
       </c>
       <c r="D67" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E67" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F67" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G67">
+        <v>43</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
         <v>2014</v>
       </c>
-      <c r="H67">
+      <c r="I67">
         <v>2019</v>
       </c>
-      <c r="I67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" t="s">
-        <v>29</v>
+        <v>400</v>
       </c>
       <c r="K67" t="s">
-        <v>274</v>
+        <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>275</v>
+        <v>401</v>
       </c>
       <c r="M67" t="s">
-        <v>24</v>
+        <v>402</v>
       </c>
       <c r="N67" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>403</v>
+      </c>
+      <c r="P67" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>277</v>
+        <v>405</v>
       </c>
       <c r="B68" t="s">
-        <v>272</v>
+        <v>406</v>
       </c>
       <c r="C68" t="s">
-        <v>57</v>
+        <v>399</v>
       </c>
       <c r="D68" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E68" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F68" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G68">
+        <v>43</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2015</v>
       </c>
-      <c r="H68">
+      <c r="I68">
         <v>2019</v>
       </c>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J68" t="s">
-        <v>29</v>
+        <v>326</v>
       </c>
       <c r="K68" t="s">
-        <v>278</v>
+        <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>275</v>
+        <v>407</v>
       </c>
       <c r="M68" t="s">
-        <v>24</v>
+        <v>402</v>
       </c>
       <c r="N68" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>408</v>
+      </c>
+      <c r="P68" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>280</v>
+        <v>410</v>
       </c>
       <c r="B69" t="s">
-        <v>272</v>
+        <v>411</v>
       </c>
       <c r="C69" t="s">
-        <v>90</v>
+        <v>399</v>
       </c>
       <c r="D69" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="E69" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G69">
+        <v>43</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
         <v>2014</v>
       </c>
-      <c r="H69">
+      <c r="I69">
         <v>2019</v>
       </c>
-      <c r="I69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>29</v>
+        <v>400</v>
       </c>
       <c r="K69" t="s">
-        <v>281</v>
+        <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>275</v>
+        <v>412</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>402</v>
       </c>
       <c r="N69" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>413</v>
+      </c>
+      <c r="P69" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>283</v>
+        <v>415</v>
       </c>
       <c r="B70" t="s">
-        <v>272</v>
+        <v>416</v>
       </c>
       <c r="C70" t="s">
-        <v>284</v>
+        <v>399</v>
       </c>
       <c r="D70" t="s">
-        <v>35</v>
+        <v>417</v>
       </c>
       <c r="E70" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F70" t="s">
+        <v>43</v>
+      </c>
+      <c r="G70" t="s">
+        <v>54</v>
+      </c>
+      <c r="H70">
+        <v>2015</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>400</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>418</v>
+      </c>
+      <c r="M70" t="s">
+        <v>419</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>420</v>
+      </c>
+      <c r="P70" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>422</v>
+      </c>
+      <c r="B71" t="s">
+        <v>423</v>
+      </c>
+      <c r="C71" t="s">
+        <v>424</v>
+      </c>
+      <c r="D71" t="s">
+        <v>425</v>
+      </c>
+      <c r="E71" t="s">
+        <v>42</v>
+      </c>
+      <c r="F71" t="s">
+        <v>230</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>2000</v>
+      </c>
+      <c r="I71">
+        <v>2021</v>
+      </c>
+      <c r="J71" t="s">
+        <v>55</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>426</v>
+      </c>
+      <c r="M71" t="s">
+        <v>427</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>428</v>
+      </c>
+      <c r="P71" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>430</v>
+      </c>
+      <c r="B72" t="s">
+        <v>431</v>
+      </c>
+      <c r="C72" t="s">
+        <v>52</v>
+      </c>
+      <c r="D72" t="s">
+        <v>432</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>54</v>
+      </c>
+      <c r="H72">
+        <v>2014</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>55</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72" t="s">
+        <v>433</v>
+      </c>
+      <c r="M72" t="s">
+        <v>434</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>435</v>
+      </c>
+      <c r="P72" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>437</v>
+      </c>
+      <c r="B73" t="s">
+        <v>438</v>
+      </c>
+      <c r="C73" t="s">
+        <v>52</v>
+      </c>
+      <c r="D73" t="s">
+        <v>439</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>54</v>
+      </c>
+      <c r="H73">
+        <v>2017</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>55</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73" t="s">
+        <v>440</v>
+      </c>
+      <c r="M73" t="s">
+        <v>441</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>442</v>
+      </c>
+      <c r="P73" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>444</v>
+      </c>
+      <c r="B74" t="s">
+        <v>445</v>
+      </c>
+      <c r="C74" t="s">
+        <v>446</v>
+      </c>
+      <c r="D74" t="s">
+        <v>447</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>448</v>
+      </c>
+      <c r="H74">
+        <v>2025</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>449</v>
+      </c>
+      <c r="K74" t="s">
+        <v>450</v>
+      </c>
+      <c r="L74" t="s">
+        <v>451</v>
+      </c>
+      <c r="M74" t="s">
+        <v>452</v>
+      </c>
+      <c r="N74" t="s">
+        <v>453</v>
+      </c>
+      <c r="O74" t="s">
+        <v>454</v>
+      </c>
+      <c r="P74" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>456</v>
+      </c>
+      <c r="B75" t="s">
+        <v>457</v>
+      </c>
+      <c r="C75" t="s">
+        <v>446</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>458</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2009</v>
+      </c>
+      <c r="I75">
+        <v>2022</v>
+      </c>
+      <c r="J75" t="s">
+        <v>23</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>459</v>
+      </c>
+      <c r="M75" t="s">
+        <v>452</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>460</v>
+      </c>
+      <c r="P75" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>462</v>
+      </c>
+      <c r="B76" t="s">
+        <v>463</v>
+      </c>
+      <c r="C76" t="s">
+        <v>464</v>
+      </c>
+      <c r="D76" t="s">
+        <v>465</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>458</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2016</v>
+      </c>
+      <c r="I76">
+        <v>2019</v>
+      </c>
+      <c r="J76" t="s">
+        <v>55</v>
+      </c>
+      <c r="K76" t="s">
         <v>45</v>
       </c>
-      <c r="G70">
-[...70 lines deleted...]
-      <c r="B72" t="s">
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>466</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>467</v>
+      </c>
+      <c r="P76" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>469</v>
+      </c>
+      <c r="B77" t="s">
+        <v>470</v>
+      </c>
+      <c r="C77" t="s">
+        <v>471</v>
+      </c>
+      <c r="D77" t="s">
+        <v>472</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
         <v>43</v>
       </c>
-      <c r="C72" t="s">
-[...223 lines deleted...]
-      <c r="G77">
+      <c r="G77" t="s">
+        <v>473</v>
+      </c>
+      <c r="H77">
         <v>2010</v>
       </c>
-      <c r="H77">
+      <c r="I77">
         <v>2011</v>
       </c>
-      <c r="I77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J77" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>474</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>24</v>
+        <v>475</v>
       </c>
       <c r="N77" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>476</v>
+      </c>
+      <c r="P77" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>329</v>
+        <v>478</v>
       </c>
       <c r="B78" t="s">
-        <v>126</v>
+        <v>479</v>
       </c>
       <c r="C78" t="s">
-        <v>44</v>
+        <v>179</v>
       </c>
       <c r="D78" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E78" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>230</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
-      <c r="I78" t="s">
-        <v>330</v>
+      <c r="I78">
+        <v>2015</v>
       </c>
       <c r="J78" t="s">
-        <v>29</v>
+        <v>480</v>
       </c>
       <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>25</v>
+      </c>
+      <c r="M78" t="s">
+        <v>481</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>482</v>
+      </c>
+      <c r="P78" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>484</v>
+      </c>
+      <c r="B79" t="s">
+        <v>485</v>
+      </c>
+      <c r="C79" t="s">
+        <v>486</v>
+      </c>
+      <c r="D79" t="s">
+        <v>487</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>230</v>
+      </c>
+      <c r="G79" t="s">
         <v>22</v>
       </c>
-      <c r="L78" t="s">
-[...2 lines deleted...]
-      <c r="M78" t="s">
+      <c r="H79">
+        <v>2016</v>
+      </c>
+      <c r="I79">
+        <v>2018</v>
+      </c>
+      <c r="J79" t="s">
+        <v>55</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>488</v>
+      </c>
+      <c r="M79" t="s">
+        <v>489</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>490</v>
+      </c>
+      <c r="P79" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>492</v>
+      </c>
+      <c r="B80" t="s">
+        <v>493</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>172</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>230</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2007</v>
+      </c>
+      <c r="I80">
+        <v>2012</v>
+      </c>
+      <c r="J80" t="s">
+        <v>111</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80" t="s">
+        <v>494</v>
+      </c>
+      <c r="M80" t="s">
+        <v>489</v>
+      </c>
+      <c r="N80" t="s">
+        <v>175</v>
+      </c>
+      <c r="O80" t="s">
+        <v>495</v>
+      </c>
+      <c r="P80" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>497</v>
+      </c>
+      <c r="B81" t="s">
+        <v>498</v>
+      </c>
+      <c r="C81" t="s">
+        <v>499</v>
+      </c>
+      <c r="D81" t="s">
+        <v>500</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>230</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2011</v>
+      </c>
+      <c r="I81">
+        <v>2016</v>
+      </c>
+      <c r="J81" t="s">
+        <v>111</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>501</v>
+      </c>
+      <c r="M81" t="s">
+        <v>489</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>502</v>
+      </c>
+      <c r="P81" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>504</v>
+      </c>
+      <c r="B82" t="s">
+        <v>505</v>
+      </c>
+      <c r="C82" t="s">
+        <v>499</v>
+      </c>
+      <c r="D82" t="s">
+        <v>506</v>
+      </c>
+      <c r="E82" t="s">
+        <v>42</v>
+      </c>
+      <c r="F82" t="s">
+        <v>230</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82">
+        <v>2020</v>
+      </c>
+      <c r="J82" t="s">
+        <v>111</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>507</v>
+      </c>
+      <c r="M82" t="s">
+        <v>489</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>508</v>
+      </c>
+      <c r="P82" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>510</v>
+      </c>
+      <c r="B83" t="s">
+        <v>511</v>
+      </c>
+      <c r="C83" t="s">
+        <v>499</v>
+      </c>
+      <c r="D83" t="s">
+        <v>512</v>
+      </c>
+      <c r="E83" t="s">
+        <v>42</v>
+      </c>
+      <c r="F83" t="s">
+        <v>230</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2003</v>
+      </c>
+      <c r="I83">
+        <v>2011</v>
+      </c>
+      <c r="J83" t="s">
+        <v>111</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>513</v>
+      </c>
+      <c r="M83" t="s">
+        <v>489</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>514</v>
+      </c>
+      <c r="P83" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>516</v>
+      </c>
+      <c r="B84" t="s">
+        <v>517</v>
+      </c>
+      <c r="C84" t="s">
+        <v>499</v>
+      </c>
+      <c r="D84" t="s">
+        <v>147</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>230</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2009</v>
+      </c>
+      <c r="I84">
+        <v>2015</v>
+      </c>
+      <c r="J84" t="s">
+        <v>111</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>518</v>
+      </c>
+      <c r="M84" t="s">
+        <v>489</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>519</v>
+      </c>
+      <c r="P84" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>521</v>
+      </c>
+      <c r="B85" t="s">
+        <v>522</v>
+      </c>
+      <c r="C85" t="s">
+        <v>499</v>
+      </c>
+      <c r="D85" t="s">
+        <v>523</v>
+      </c>
+      <c r="E85" t="s">
+        <v>42</v>
+      </c>
+      <c r="F85" t="s">
+        <v>230</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2003</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>111</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85" t="s">
+        <v>524</v>
+      </c>
+      <c r="M85" t="s">
+        <v>489</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>525</v>
+      </c>
+      <c r="P85" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>527</v>
+      </c>
+      <c r="B86" t="s">
+        <v>528</v>
+      </c>
+      <c r="C86" t="s">
+        <v>499</v>
+      </c>
+      <c r="D86" t="s">
+        <v>158</v>
+      </c>
+      <c r="E86" t="s">
+        <v>42</v>
+      </c>
+      <c r="F86" t="s">
+        <v>230</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2013</v>
+      </c>
+      <c r="I86">
+        <v>2018</v>
+      </c>
+      <c r="J86" t="s">
+        <v>111</v>
+      </c>
+      <c r="K86" t="s">
         <v>24</v>
       </c>
-      <c r="N78" t="s">
-[...22 lines deleted...]
-      <c r="G79">
+      <c r="L86" t="s">
+        <v>529</v>
+      </c>
+      <c r="M86" t="s">
+        <v>489</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>530</v>
+      </c>
+      <c r="P86" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>532</v>
+      </c>
+      <c r="B87" t="s">
+        <v>533</v>
+      </c>
+      <c r="C87" t="s">
+        <v>499</v>
+      </c>
+      <c r="D87" t="s">
+        <v>172</v>
+      </c>
+      <c r="E87" t="s">
+        <v>42</v>
+      </c>
+      <c r="F87" t="s">
+        <v>230</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>1996</v>
+      </c>
+      <c r="I87">
         <v>2016</v>
       </c>
-      <c r="H79">
-[...128 lines deleted...]
-      <c r="G82">
+      <c r="J87" t="s">
+        <v>111</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>534</v>
+      </c>
+      <c r="M87" t="s">
+        <v>489</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>535</v>
+      </c>
+      <c r="P87" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>537</v>
+      </c>
+      <c r="B88" t="s">
+        <v>538</v>
+      </c>
+      <c r="C88" t="s">
+        <v>499</v>
+      </c>
+      <c r="D88" t="s">
+        <v>158</v>
+      </c>
+      <c r="E88" t="s">
+        <v>42</v>
+      </c>
+      <c r="F88" t="s">
+        <v>230</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2009</v>
       </c>
-      <c r="H82">
-[...87 lines deleted...]
-      <c r="H84">
+      <c r="I88">
         <v>2015</v>
       </c>
-      <c r="I84" t="s">
-[...175 lines deleted...]
-      </c>
       <c r="J88" t="s">
-        <v>369</v>
+        <v>111</v>
       </c>
       <c r="K88" t="s">
-        <v>370</v>
+        <v>539</v>
       </c>
       <c r="L88" t="s">
-        <v>337</v>
+        <v>540</v>
       </c>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>489</v>
       </c>
       <c r="N88" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>541</v>
+      </c>
+      <c r="P88" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>372</v>
+        <v>543</v>
       </c>
       <c r="B89" t="s">
-        <v>50</v>
+        <v>544</v>
       </c>
       <c r="C89" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D89" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E89" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>43</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
       </c>
       <c r="H89">
         <v>2006</v>
       </c>
-      <c r="I89" t="s">
-        <v>373</v>
+      <c r="I89">
+        <v>2006</v>
       </c>
       <c r="J89" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="K89" t="s">
+        <v>100</v>
+      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>546</v>
       </c>
       <c r="N89" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>547</v>
+      </c>
+      <c r="P89" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>372</v>
+        <v>543</v>
       </c>
       <c r="B90" t="s">
-        <v>50</v>
+        <v>549</v>
       </c>
       <c r="C90" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="D90" t="s">
-        <v>35</v>
+        <v>147</v>
       </c>
       <c r="E90" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F90" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G90">
+        <v>43</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
         <v>2006</v>
       </c>
-      <c r="H90">
+      <c r="I90">
         <v>2008</v>
       </c>
-      <c r="I90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J90" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="K90" t="s">
+        <v>100</v>
+      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>546</v>
       </c>
       <c r="N90" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>550</v>
+      </c>
+      <c r="P90" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>377</v>
+        <v>551</v>
       </c>
       <c r="B91" t="s">
-        <v>50</v>
+        <v>552</v>
       </c>
       <c r="C91" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="D91" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="E91" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F91" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G91">
+        <v>43</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
         <v>2006</v>
       </c>
-      <c r="H91">
+      <c r="I91">
         <v>2008</v>
       </c>
-      <c r="I91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J91" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>546</v>
       </c>
       <c r="N91" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>553</v>
+      </c>
+      <c r="P91" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>379</v>
+        <v>554</v>
       </c>
       <c r="B92" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="C92" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G92">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>555</v>
+      </c>
+      <c r="H92">
+        <v>1989</v>
+      </c>
+      <c r="I92">
+        <v>2017</v>
+      </c>
+      <c r="J92" t="s">
+        <v>556</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>94</v>
+      </c>
+      <c r="M92" t="s">
+        <v>557</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>558</v>
+      </c>
+      <c r="P92" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>560</v>
+      </c>
+      <c r="B93" t="s">
+        <v>561</v>
+      </c>
+      <c r="C93" t="s">
+        <v>91</v>
+      </c>
+      <c r="D93" t="s">
+        <v>76</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2006</v>
+      </c>
+      <c r="I93">
+        <v>2016</v>
+      </c>
+      <c r="J93" t="s">
+        <v>111</v>
+      </c>
+      <c r="K93" t="s">
+        <v>100</v>
+      </c>
+      <c r="L93" t="s">
+        <v>562</v>
+      </c>
+      <c r="M93" t="s">
+        <v>95</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>563</v>
+      </c>
+      <c r="P93" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>565</v>
+      </c>
+      <c r="B94" t="s">
+        <v>566</v>
+      </c>
+      <c r="C94" t="s">
+        <v>91</v>
+      </c>
+      <c r="D94" t="s">
+        <v>567</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>555</v>
+      </c>
+      <c r="H94">
+        <v>2008</v>
+      </c>
+      <c r="I94">
+        <v>2014</v>
+      </c>
+      <c r="J94" t="s">
+        <v>556</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>568</v>
+      </c>
+      <c r="M94" t="s">
+        <v>95</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>569</v>
+      </c>
+      <c r="P94" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>571</v>
+      </c>
+      <c r="B95" t="s">
+        <v>572</v>
+      </c>
+      <c r="C95" t="s">
+        <v>573</v>
+      </c>
+      <c r="D95" t="s">
+        <v>574</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2008</v>
+      </c>
+      <c r="I95">
+        <v>2024</v>
+      </c>
+      <c r="J95" t="s">
+        <v>556</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>575</v>
+      </c>
+      <c r="M95" t="s">
+        <v>576</v>
+      </c>
+      <c r="N95" t="s">
+        <v>453</v>
+      </c>
+      <c r="O95" t="s">
+        <v>577</v>
+      </c>
+      <c r="P95" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>579</v>
+      </c>
+      <c r="B96" t="s">
+        <v>580</v>
+      </c>
+      <c r="C96" t="s">
+        <v>91</v>
+      </c>
+      <c r="D96" t="s">
+        <v>53</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2008</v>
+      </c>
+      <c r="I96">
+        <v>2011</v>
+      </c>
+      <c r="J96" t="s">
+        <v>111</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>106</v>
+      </c>
+      <c r="M96" t="s">
+        <v>95</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>581</v>
+      </c>
+      <c r="P96" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>583</v>
+      </c>
+      <c r="B97" t="s">
+        <v>584</v>
+      </c>
+      <c r="C97" t="s">
+        <v>91</v>
+      </c>
+      <c r="D97" t="s">
+        <v>117</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>555</v>
+      </c>
+      <c r="H97">
+        <v>2010</v>
+      </c>
+      <c r="I97">
+        <v>2017</v>
+      </c>
+      <c r="J97" t="s">
+        <v>556</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>585</v>
+      </c>
+      <c r="M97" t="s">
+        <v>95</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>586</v>
+      </c>
+      <c r="P97" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>588</v>
+      </c>
+      <c r="B98" t="s">
+        <v>123</v>
+      </c>
+      <c r="C98" t="s">
+        <v>91</v>
+      </c>
+      <c r="D98" t="s">
+        <v>53</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>589</v>
+      </c>
+      <c r="H98">
+        <v>2011</v>
+      </c>
+      <c r="I98">
+        <v>2012</v>
+      </c>
+      <c r="J98" t="s">
+        <v>556</v>
+      </c>
+      <c r="K98" t="s">
+        <v>125</v>
+      </c>
+      <c r="L98" t="s">
+        <v>590</v>
+      </c>
+      <c r="M98" t="s">
+        <v>95</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>591</v>
+      </c>
+      <c r="P98" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>593</v>
+      </c>
+      <c r="B99" t="s">
+        <v>594</v>
+      </c>
+      <c r="C99" t="s">
+        <v>91</v>
+      </c>
+      <c r="D99" t="s">
+        <v>53</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>8</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99">
+        <v>2025</v>
+      </c>
+      <c r="J99" t="s">
+        <v>556</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99" t="s">
+        <v>595</v>
+      </c>
+      <c r="M99" t="s">
+        <v>576</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>596</v>
+      </c>
+      <c r="P99" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>598</v>
+      </c>
+      <c r="B100" t="s">
+        <v>599</v>
+      </c>
+      <c r="C100" t="s">
+        <v>91</v>
+      </c>
+      <c r="D100" t="s">
+        <v>70</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>54</v>
+      </c>
+      <c r="H100">
+        <v>2013</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>111</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>600</v>
+      </c>
+      <c r="M100" t="s">
+        <v>95</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>601</v>
+      </c>
+      <c r="P100" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>603</v>
+      </c>
+      <c r="B101" t="s">
+        <v>604</v>
+      </c>
+      <c r="C101" t="s">
+        <v>91</v>
+      </c>
+      <c r="D101" t="s">
+        <v>53</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2008</v>
+      </c>
+      <c r="I101">
+        <v>2013</v>
+      </c>
+      <c r="J101" t="s">
+        <v>111</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>605</v>
+      </c>
+      <c r="M101" t="s">
+        <v>95</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>606</v>
+      </c>
+      <c r="P101" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>608</v>
+      </c>
+      <c r="B102" t="s">
+        <v>609</v>
+      </c>
+      <c r="C102" t="s">
+        <v>91</v>
+      </c>
+      <c r="D102" t="s">
+        <v>147</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>54</v>
+      </c>
+      <c r="H102">
+        <v>2015</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>111</v>
+      </c>
+      <c r="K102" t="s">
+        <v>100</v>
+      </c>
+      <c r="L102" t="s">
+        <v>610</v>
+      </c>
+      <c r="M102" t="s">
+        <v>95</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>611</v>
+      </c>
+      <c r="P102" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>613</v>
+      </c>
+      <c r="B103" t="s">
+        <v>614</v>
+      </c>
+      <c r="C103" t="s">
+        <v>91</v>
+      </c>
+      <c r="D103" t="s">
+        <v>615</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2008</v>
+      </c>
+      <c r="I103">
+        <v>2015</v>
+      </c>
+      <c r="J103" t="s">
+        <v>111</v>
+      </c>
+      <c r="K103" t="s">
+        <v>100</v>
+      </c>
+      <c r="L103" t="s">
+        <v>616</v>
+      </c>
+      <c r="M103" t="s">
+        <v>95</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>617</v>
+      </c>
+      <c r="P103" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>619</v>
+      </c>
+      <c r="B104" t="s">
+        <v>620</v>
+      </c>
+      <c r="C104" t="s">
+        <v>91</v>
+      </c>
+      <c r="D104" t="s">
+        <v>172</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>54</v>
+      </c>
+      <c r="H104">
+        <v>2021</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>93</v>
+      </c>
+      <c r="K104" t="s">
+        <v>621</v>
+      </c>
+      <c r="L104" t="s">
+        <v>622</v>
+      </c>
+      <c r="M104" t="s">
+        <v>623</v>
+      </c>
+      <c r="N104" t="s">
+        <v>175</v>
+      </c>
+      <c r="O104" t="s">
+        <v>624</v>
+      </c>
+      <c r="P104" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>626</v>
+      </c>
+      <c r="B105" t="s">
+        <v>627</v>
+      </c>
+      <c r="C105" t="s">
+        <v>91</v>
+      </c>
+      <c r="D105" t="s">
+        <v>172</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>8</v>
+      </c>
+      <c r="H105">
+        <v>2019</v>
+      </c>
+      <c r="I105">
+        <v>2025</v>
+      </c>
+      <c r="J105" t="s">
+        <v>628</v>
+      </c>
+      <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>629</v>
+      </c>
+      <c r="M105" t="s">
+        <v>576</v>
+      </c>
+      <c r="N105" t="s">
+        <v>175</v>
+      </c>
+      <c r="O105" t="s">
+        <v>630</v>
+      </c>
+      <c r="P105" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>632</v>
+      </c>
+      <c r="B106" t="s">
+        <v>633</v>
+      </c>
+      <c r="C106" t="s">
+        <v>91</v>
+      </c>
+      <c r="D106" t="s">
+        <v>634</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>54</v>
+      </c>
+      <c r="H106">
+        <v>2021</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>55</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106" t="s">
+        <v>635</v>
+      </c>
+      <c r="M106" t="s">
+        <v>557</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>636</v>
+      </c>
+      <c r="P106" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>632</v>
+      </c>
+      <c r="B107" t="s">
+        <v>638</v>
+      </c>
+      <c r="C107" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" t="s">
+        <v>634</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>555</v>
+      </c>
+      <c r="H107">
+        <v>2020</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>556</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107" t="s">
+        <v>635</v>
+      </c>
+      <c r="M107" t="s">
+        <v>557</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>639</v>
+      </c>
+      <c r="P107" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>640</v>
+      </c>
+      <c r="B108" t="s">
+        <v>641</v>
+      </c>
+      <c r="C108" t="s">
+        <v>91</v>
+      </c>
+      <c r="D108" t="s">
+        <v>642</v>
+      </c>
+      <c r="E108" t="s">
+        <v>42</v>
+      </c>
+      <c r="F108" t="s">
+        <v>230</v>
+      </c>
+      <c r="G108" t="s">
+        <v>54</v>
+      </c>
+      <c r="H108">
         <v>2018</v>
       </c>
-      <c r="H92"/>
-[...305 lines deleted...]
-      <c r="H99">
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>55</v>
+      </c>
+      <c r="K108" t="s">
+        <v>125</v>
+      </c>
+      <c r="L108" t="s">
+        <v>643</v>
+      </c>
+      <c r="M108" t="s">
+        <v>644</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>645</v>
+      </c>
+      <c r="P108" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>647</v>
+      </c>
+      <c r="B109" t="s">
+        <v>648</v>
+      </c>
+      <c r="C109" t="s">
+        <v>91</v>
+      </c>
+      <c r="D109" t="s">
+        <v>649</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>8</v>
+      </c>
+      <c r="H109">
+        <v>2014</v>
+      </c>
+      <c r="I109">
         <v>2025</v>
       </c>
-      <c r="I99" t="s">
-[...429 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>556</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109"/>
       <c r="M109" t="s">
-        <v>311</v>
+        <v>576</v>
       </c>
       <c r="N109" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:14">
+        <v>453</v>
+      </c>
+      <c r="O109" t="s">
+        <v>650</v>
+      </c>
+      <c r="P109" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>443</v>
+        <v>652</v>
       </c>
       <c r="B110" t="s">
-        <v>444</v>
+        <v>653</v>
       </c>
       <c r="C110" t="s">
-        <v>445</v>
+        <v>654</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>655</v>
       </c>
       <c r="E110" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
       </c>
       <c r="H110">
         <v>2019</v>
       </c>
-      <c r="I110" t="s">
-        <v>37</v>
+      <c r="I110">
+        <v>2019</v>
       </c>
       <c r="J110" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K110" t="s">
-        <v>446</v>
+        <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>447</v>
+        <v>656</v>
       </c>
       <c r="M110" t="s">
-        <v>24</v>
+        <v>657</v>
       </c>
       <c r="N110" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>658</v>
+      </c>
+      <c r="P110" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
       <c r="A111" t="s">
+        <v>660</v>
+      </c>
+      <c r="B111" t="s">
+        <v>661</v>
+      </c>
+      <c r="C111" t="s">
+        <v>662</v>
+      </c>
+      <c r="D111" t="s">
+        <v>70</v>
+      </c>
+      <c r="E111" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>54</v>
+      </c>
+      <c r="H111">
+        <v>1984</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>124</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>663</v>
+      </c>
+      <c r="M111" t="s">
+        <v>664</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>665</v>
+      </c>
+      <c r="P111" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>667</v>
+      </c>
+      <c r="B112" t="s">
+        <v>668</v>
+      </c>
+      <c r="C112" t="s">
+        <v>662</v>
+      </c>
+      <c r="D112" t="s">
+        <v>53</v>
+      </c>
+      <c r="E112" t="s">
+        <v>42</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>54</v>
+      </c>
+      <c r="H112">
+        <v>1984</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>124</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>669</v>
+      </c>
+      <c r="M112" t="s">
+        <v>664</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>670</v>
+      </c>
+      <c r="P112" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>672</v>
+      </c>
+      <c r="B113" t="s">
+        <v>673</v>
+      </c>
+      <c r="C113" t="s">
+        <v>662</v>
+      </c>
+      <c r="D113" t="s">
+        <v>172</v>
+      </c>
+      <c r="E113" t="s">
+        <v>42</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>54</v>
+      </c>
+      <c r="H113">
+        <v>1987</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>124</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>664</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>674</v>
+      </c>
+      <c r="P113" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>676</v>
+      </c>
+      <c r="B114" t="s">
+        <v>677</v>
+      </c>
+      <c r="C114" t="s">
+        <v>678</v>
+      </c>
+      <c r="D114" t="s">
+        <v>147</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>458</v>
+      </c>
+      <c r="G114" t="s">
+        <v>8</v>
+      </c>
+      <c r="H114">
+        <v>2013</v>
+      </c>
+      <c r="I114">
+        <v>2024</v>
+      </c>
+      <c r="J114" t="s">
+        <v>679</v>
+      </c>
+      <c r="K114" t="s">
+        <v>34</v>
+      </c>
+      <c r="L114" t="s">
+        <v>680</v>
+      </c>
+      <c r="M114" t="s">
+        <v>681</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>682</v>
+      </c>
+      <c r="P114" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>676</v>
+      </c>
+      <c r="B115" t="s">
+        <v>684</v>
+      </c>
+      <c r="C115" t="s">
+        <v>685</v>
+      </c>
+      <c r="D115" t="s">
+        <v>147</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>458</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2025</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
         <v>449</v>
       </c>
-      <c r="B111" t="s">
-[...115 lines deleted...]
-      <c r="N113" t="s">
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>681</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>686</v>
+      </c>
+      <c r="P115" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>688</v>
+      </c>
+      <c r="B116" t="s">
+        <v>689</v>
+      </c>
+      <c r="C116" t="s">
+        <v>678</v>
+      </c>
+      <c r="D116" t="s">
+        <v>690</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
         <v>458</v>
       </c>
-    </row>
-[...59 lines deleted...]
-      <c r="G115">
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
         <v>2013</v>
       </c>
-      <c r="H115">
+      <c r="I116">
         <v>2024</v>
       </c>
-      <c r="I115" t="s">
-[...37 lines deleted...]
-      <c r="G116">
+      <c r="J116" t="s">
+        <v>679</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>691</v>
+      </c>
+      <c r="M116" t="s">
+        <v>681</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>692</v>
+      </c>
+      <c r="P116" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>694</v>
+      </c>
+      <c r="B117" t="s">
+        <v>695</v>
+      </c>
+      <c r="C117" t="s">
+        <v>696</v>
+      </c>
+      <c r="D117" t="s">
+        <v>697</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>698</v>
+      </c>
+      <c r="G117" t="s">
+        <v>54</v>
+      </c>
+      <c r="H117">
+        <v>2022</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>699</v>
+      </c>
+      <c r="K117" t="s">
+        <v>34</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>700</v>
+      </c>
+      <c r="N117" t="s">
+        <v>701</v>
+      </c>
+      <c r="O117" t="s">
+        <v>702</v>
+      </c>
+      <c r="P117" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>704</v>
+      </c>
+      <c r="B118" t="s">
+        <v>705</v>
+      </c>
+      <c r="C118" t="s">
+        <v>706</v>
+      </c>
+      <c r="D118" t="s">
+        <v>172</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>43</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2005</v>
+      </c>
+      <c r="I118">
+        <v>2015</v>
+      </c>
+      <c r="J118" t="s">
+        <v>400</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>707</v>
+      </c>
+      <c r="M118" t="s">
+        <v>708</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>709</v>
+      </c>
+      <c r="P118" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>711</v>
+      </c>
+      <c r="B119" t="s">
+        <v>712</v>
+      </c>
+      <c r="C119" t="s">
+        <v>706</v>
+      </c>
+      <c r="D119" t="s">
+        <v>53</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>1989</v>
+      </c>
+      <c r="I119">
+        <v>2012</v>
+      </c>
+      <c r="J119" t="s">
+        <v>400</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>713</v>
+      </c>
+      <c r="M119" t="s">
+        <v>708</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>714</v>
+      </c>
+      <c r="P119" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>716</v>
+      </c>
+      <c r="B120" t="s">
+        <v>717</v>
+      </c>
+      <c r="C120" t="s">
+        <v>706</v>
+      </c>
+      <c r="D120" t="s">
+        <v>76</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>21</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>1989</v>
+      </c>
+      <c r="I120">
+        <v>2017</v>
+      </c>
+      <c r="J120" t="s">
+        <v>400</v>
+      </c>
+      <c r="K120" t="s">
+        <v>718</v>
+      </c>
+      <c r="L120" t="s">
+        <v>719</v>
+      </c>
+      <c r="M120" t="s">
+        <v>708</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>720</v>
+      </c>
+      <c r="P120" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>716</v>
+      </c>
+      <c r="B121" t="s">
+        <v>722</v>
+      </c>
+      <c r="C121" t="s">
+        <v>706</v>
+      </c>
+      <c r="D121" t="s">
+        <v>53</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>1989</v>
+      </c>
+      <c r="I121">
+        <v>2017</v>
+      </c>
+      <c r="J121" t="s">
+        <v>400</v>
+      </c>
+      <c r="K121" t="s">
+        <v>718</v>
+      </c>
+      <c r="L121" t="s">
+        <v>719</v>
+      </c>
+      <c r="M121" t="s">
+        <v>708</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>723</v>
+      </c>
+      <c r="P121" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>725</v>
+      </c>
+      <c r="B122" t="s">
+        <v>726</v>
+      </c>
+      <c r="C122" t="s">
+        <v>164</v>
+      </c>
+      <c r="D122" t="s">
+        <v>53</v>
+      </c>
+      <c r="E122" t="s">
+        <v>42</v>
+      </c>
+      <c r="F122" t="s">
+        <v>230</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2008</v>
+      </c>
+      <c r="I122">
         <v>2013</v>
       </c>
-      <c r="H116">
-[...264 lines deleted...]
-      </c>
       <c r="J122" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K122" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>238</v>
+        <v>165</v>
       </c>
       <c r="M122" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N122" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>727</v>
+      </c>
+      <c r="P122" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>494</v>
+        <v>729</v>
       </c>
       <c r="B123" t="s">
-        <v>121</v>
+        <v>730</v>
       </c>
       <c r="C123" t="s">
-        <v>73</v>
+        <v>164</v>
       </c>
       <c r="D123" t="s">
-        <v>35</v>
+        <v>92</v>
       </c>
       <c r="E123" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F123" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G123">
+        <v>230</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
         <v>2010</v>
       </c>
-      <c r="H123">
+      <c r="I123">
         <v>2014</v>
       </c>
-      <c r="I123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J123" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
       <c r="M123" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N123" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>731</v>
+      </c>
+      <c r="P123" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>496</v>
+        <v>733</v>
       </c>
       <c r="B124" t="s">
-        <v>121</v>
+        <v>734</v>
       </c>
       <c r="C124" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="D124" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E124" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F124" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>230</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
       </c>
       <c r="H124">
         <v>2011</v>
       </c>
-      <c r="I124" t="s">
-        <v>95</v>
+      <c r="I124">
+        <v>2011</v>
       </c>
       <c r="J124" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K124" t="s">
+        <v>100</v>
+      </c>
+      <c r="L124"/>
       <c r="M124" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N124" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>735</v>
+      </c>
+      <c r="P124"/>
+    </row>
+    <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>498</v>
+        <v>736</v>
       </c>
       <c r="B125" t="s">
-        <v>121</v>
+        <v>737</v>
       </c>
       <c r="C125" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
       <c r="D125" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E125" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F125" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G125">
+        <v>230</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
         <v>2008</v>
       </c>
-      <c r="H125">
+      <c r="I125">
         <v>2014</v>
       </c>
-      <c r="I125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J125" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
       <c r="M125" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N125" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>738</v>
+      </c>
+      <c r="P125" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>500</v>
+        <v>740</v>
       </c>
       <c r="B126" t="s">
-        <v>121</v>
+        <v>741</v>
       </c>
       <c r="C126" t="s">
-        <v>64</v>
+        <v>164</v>
       </c>
       <c r="D126" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="E126" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F126" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G126">
+        <v>230</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
         <v>2011</v>
       </c>
-      <c r="H126">
+      <c r="I126">
         <v>2013</v>
       </c>
-      <c r="I126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J126" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K126" t="s">
+        <v>34</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N126" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>742</v>
+      </c>
+      <c r="P126" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>502</v>
+        <v>744</v>
       </c>
       <c r="B127" t="s">
-        <v>121</v>
+        <v>745</v>
       </c>
       <c r="C127" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="D127" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E127" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F127" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>230</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
         <v>2013</v>
       </c>
-      <c r="H127">
+      <c r="I127">
         <v>2014</v>
       </c>
-      <c r="I127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J127" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K127" t="s">
+        <v>34</v>
+      </c>
+      <c r="L127"/>
       <c r="M127" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N127" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>746</v>
+      </c>
+      <c r="P127" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>504</v>
+        <v>748</v>
       </c>
       <c r="B128" t="s">
-        <v>121</v>
+        <v>749</v>
       </c>
       <c r="C128" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
       <c r="D128" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E128" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F128" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>230</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
         <v>2012</v>
       </c>
-      <c r="H128">
+      <c r="I128">
         <v>2014</v>
       </c>
-      <c r="I128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J128" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128"/>
       <c r="M128" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N128" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>750</v>
+      </c>
+      <c r="P128" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>506</v>
+        <v>752</v>
       </c>
       <c r="B129" t="s">
-        <v>121</v>
+        <v>753</v>
       </c>
       <c r="C129" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="D129" t="s">
-        <v>35</v>
+        <v>147</v>
       </c>
       <c r="E129" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F129" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G129">
+        <v>230</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
         <v>2006</v>
       </c>
-      <c r="H129">
+      <c r="I129">
         <v>2016</v>
       </c>
-      <c r="I129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J129" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129"/>
       <c r="M129" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N129" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>754</v>
+      </c>
+      <c r="P129" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>508</v>
+        <v>756</v>
       </c>
       <c r="B130" t="s">
-        <v>121</v>
+        <v>757</v>
       </c>
       <c r="C130" t="s">
-        <v>335</v>
+        <v>164</v>
       </c>
       <c r="D130" t="s">
-        <v>35</v>
+        <v>487</v>
       </c>
       <c r="E130" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F130" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G130">
+        <v>230</v>
+      </c>
+      <c r="G130" t="s">
+        <v>54</v>
+      </c>
+      <c r="H130">
         <v>2016</v>
       </c>
-      <c r="H130"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130"/>
       <c r="M130" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N130" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>758</v>
+      </c>
+      <c r="P130" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>510</v>
+        <v>760</v>
       </c>
       <c r="B131" t="s">
-        <v>121</v>
+        <v>761</v>
       </c>
       <c r="C131" t="s">
-        <v>61</v>
+        <v>164</v>
       </c>
       <c r="D131" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="E131" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G131">
+        <v>230</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
         <v>2006</v>
       </c>
-      <c r="H131">
+      <c r="I131">
         <v>2015</v>
       </c>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J131" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K131" t="s">
+        <v>100</v>
+      </c>
+      <c r="L131"/>
       <c r="M131" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N131" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>762</v>
+      </c>
+      <c r="P131" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>512</v>
+        <v>764</v>
       </c>
       <c r="B132" t="s">
-        <v>121</v>
+        <v>765</v>
       </c>
       <c r="C132" t="s">
-        <v>90</v>
+        <v>164</v>
       </c>
       <c r="D132" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="E132" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G132">
+        <v>230</v>
+      </c>
+      <c r="G132" t="s">
+        <v>54</v>
+      </c>
+      <c r="H132">
         <v>2013</v>
       </c>
-      <c r="H132"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I132"/>
       <c r="J132" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132"/>
       <c r="M132" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N132" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>766</v>
+      </c>
+      <c r="P132" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>514</v>
+        <v>768</v>
       </c>
       <c r="B133" t="s">
-        <v>121</v>
+        <v>769</v>
       </c>
       <c r="C133" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
       <c r="D133" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E133" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>230</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
-      <c r="I133" t="s">
-        <v>95</v>
+      <c r="I133">
+        <v>2012</v>
       </c>
       <c r="J133" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="K133" t="s">
-        <v>515</v>
+        <v>125</v>
       </c>
       <c r="L133" t="s">
-        <v>238</v>
+        <v>770</v>
       </c>
       <c r="M133" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N133" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>771</v>
+      </c>
+      <c r="P133" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>517</v>
+        <v>773</v>
       </c>
       <c r="B134" t="s">
-        <v>121</v>
+        <v>774</v>
       </c>
       <c r="C134" t="s">
-        <v>110</v>
+        <v>164</v>
       </c>
       <c r="D134" t="s">
-        <v>35</v>
+        <v>147</v>
       </c>
       <c r="E134" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F134" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G134">
+        <v>230</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
         <v>2006</v>
       </c>
-      <c r="H134">
+      <c r="I134">
         <v>2013</v>
       </c>
-      <c r="I134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
       <c r="M134" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N134" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>775</v>
+      </c>
+      <c r="P134" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>519</v>
+        <v>777</v>
       </c>
       <c r="B135" t="s">
-        <v>121</v>
+        <v>778</v>
       </c>
       <c r="C135" t="s">
-        <v>57</v>
+        <v>164</v>
       </c>
       <c r="D135" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E135" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F135" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>230</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
       </c>
       <c r="H135">
         <v>2011</v>
       </c>
-      <c r="I135" t="s">
-        <v>95</v>
+      <c r="I135">
+        <v>2011</v>
       </c>
       <c r="J135" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="K135" t="s">
-        <v>520</v>
+        <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>238</v>
+        <v>779</v>
       </c>
       <c r="M135" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N135" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>780</v>
+      </c>
+      <c r="P135" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>522</v>
+        <v>782</v>
       </c>
       <c r="B136" t="s">
-        <v>460</v>
+        <v>783</v>
       </c>
       <c r="C136" t="s">
-        <v>90</v>
+        <v>685</v>
       </c>
       <c r="D136" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="E136" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G136">
+        <v>458</v>
+      </c>
+      <c r="G136" t="s">
+        <v>54</v>
+      </c>
+      <c r="H136">
         <v>2020</v>
       </c>
-      <c r="H136"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I136"/>
       <c r="J136" t="s">
-        <v>29</v>
+        <v>784</v>
       </c>
       <c r="K136" t="s">
-        <v>524</v>
+        <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>461</v>
+        <v>785</v>
       </c>
       <c r="M136" t="s">
-        <v>24</v>
+        <v>681</v>
       </c>
       <c r="N136" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>786</v>
+      </c>
+      <c r="P136" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>526</v>
+        <v>788</v>
       </c>
       <c r="B137" t="s">
-        <v>460</v>
+        <v>789</v>
       </c>
       <c r="C137" t="s">
-        <v>73</v>
+        <v>685</v>
       </c>
       <c r="D137" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E137" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G137">
+        <v>458</v>
+      </c>
+      <c r="G137" t="s">
+        <v>54</v>
+      </c>
+      <c r="H137">
         <v>2020</v>
       </c>
-      <c r="H137"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I137"/>
       <c r="J137" t="s">
-        <v>29</v>
+        <v>784</v>
       </c>
       <c r="K137" t="s">
-        <v>527</v>
+        <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>461</v>
+        <v>790</v>
       </c>
       <c r="M137" t="s">
-        <v>24</v>
+        <v>681</v>
       </c>
       <c r="N137" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>791</v>
+      </c>
+      <c r="P137" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>529</v>
+        <v>793</v>
       </c>
       <c r="B138" t="s">
-        <v>272</v>
+        <v>794</v>
       </c>
       <c r="C138" t="s">
-        <v>344</v>
+        <v>399</v>
       </c>
       <c r="D138" t="s">
-        <v>35</v>
+        <v>500</v>
       </c>
       <c r="E138" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F138" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G138">
+        <v>43</v>
+      </c>
+      <c r="G138" t="s">
+        <v>54</v>
+      </c>
+      <c r="H138">
         <v>2022</v>
       </c>
-      <c r="H138"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I138"/>
       <c r="J138" t="s">
-        <v>29</v>
+        <v>795</v>
       </c>
       <c r="K138" t="s">
-        <v>531</v>
+        <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>532</v>
+        <v>796</v>
       </c>
       <c r="M138" t="s">
-        <v>24</v>
+        <v>797</v>
       </c>
       <c r="N138" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>798</v>
+      </c>
+      <c r="P138" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>534</v>
+        <v>800</v>
       </c>
       <c r="B139" t="s">
-        <v>272</v>
+        <v>801</v>
       </c>
       <c r="C139" t="s">
-        <v>306</v>
+        <v>399</v>
       </c>
       <c r="D139" t="s">
-        <v>35</v>
+        <v>447</v>
       </c>
       <c r="E139" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F139" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G139">
+        <v>43</v>
+      </c>
+      <c r="G139" t="s">
+        <v>54</v>
+      </c>
+      <c r="H139">
         <v>2022</v>
       </c>
-      <c r="H139"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I139"/>
       <c r="J139" t="s">
-        <v>308</v>
+        <v>795</v>
       </c>
       <c r="K139" t="s">
-        <v>535</v>
+        <v>450</v>
       </c>
       <c r="L139" t="s">
-        <v>532</v>
+        <v>802</v>
       </c>
       <c r="M139" t="s">
-        <v>536</v>
+        <v>797</v>
       </c>
       <c r="N139" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:14">
+        <v>803</v>
+      </c>
+      <c r="O139" t="s">
+        <v>804</v>
+      </c>
+      <c r="P139" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>538</v>
+        <v>806</v>
       </c>
       <c r="B140" t="s">
-        <v>272</v>
+        <v>807</v>
       </c>
       <c r="C140" t="s">
-        <v>539</v>
+        <v>399</v>
       </c>
       <c r="D140" t="s">
-        <v>35</v>
+        <v>808</v>
       </c>
       <c r="E140" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F140" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G140">
+        <v>43</v>
+      </c>
+      <c r="G140" t="s">
+        <v>54</v>
+      </c>
+      <c r="H140">
         <v>2022</v>
       </c>
-      <c r="H140"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I140"/>
       <c r="J140" t="s">
-        <v>308</v>
+        <v>795</v>
       </c>
       <c r="K140" t="s">
-        <v>540</v>
+        <v>450</v>
       </c>
       <c r="L140" t="s">
-        <v>532</v>
+        <v>809</v>
       </c>
       <c r="M140" t="s">
-        <v>536</v>
+        <v>797</v>
       </c>
       <c r="N140" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:14">
+        <v>803</v>
+      </c>
+      <c r="O140" t="s">
+        <v>810</v>
+      </c>
+      <c r="P140" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>542</v>
+        <v>812</v>
       </c>
       <c r="B141" t="s">
-        <v>272</v>
+        <v>813</v>
       </c>
       <c r="C141" t="s">
-        <v>57</v>
+        <v>399</v>
       </c>
       <c r="D141" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E141" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F141" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G141">
+        <v>43</v>
+      </c>
+      <c r="G141" t="s">
+        <v>54</v>
+      </c>
+      <c r="H141">
         <v>2022</v>
       </c>
-      <c r="H141"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I141"/>
       <c r="J141" t="s">
-        <v>29</v>
+        <v>795</v>
       </c>
       <c r="K141" t="s">
-        <v>543</v>
+        <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>532</v>
+        <v>814</v>
       </c>
       <c r="M141" t="s">
-        <v>24</v>
+        <v>797</v>
       </c>
       <c r="N141" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>815</v>
+      </c>
+      <c r="P141" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
       <c r="A142" t="s">
+        <v>817</v>
+      </c>
+      <c r="B142" t="s">
+        <v>818</v>
+      </c>
+      <c r="C142" t="s">
+        <v>69</v>
+      </c>
+      <c r="D142" t="s">
+        <v>117</v>
+      </c>
+      <c r="E142" t="s">
+        <v>42</v>
+      </c>
+      <c r="F142" t="s">
+        <v>43</v>
+      </c>
+      <c r="G142" t="s">
+        <v>305</v>
+      </c>
+      <c r="H142"/>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>293</v>
+      </c>
+      <c r="K142" t="s">
+        <v>34</v>
+      </c>
+      <c r="L142" t="s">
+        <v>819</v>
+      </c>
+      <c r="M142" t="s">
+        <v>71</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>820</v>
+      </c>
+      <c r="P142" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>821</v>
+      </c>
+      <c r="B143" t="s">
+        <v>822</v>
+      </c>
+      <c r="C143" t="s">
+        <v>229</v>
+      </c>
+      <c r="D143" t="s">
+        <v>147</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>43</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2008</v>
+      </c>
+      <c r="I143">
+        <v>2021</v>
+      </c>
+      <c r="J143" t="s">
+        <v>474</v>
+      </c>
+      <c r="K143" t="s">
+        <v>34</v>
+      </c>
+      <c r="L143" t="s">
+        <v>823</v>
+      </c>
+      <c r="M143" t="s">
+        <v>824</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>825</v>
+      </c>
+      <c r="P143" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>827</v>
+      </c>
+      <c r="B144" t="s">
+        <v>828</v>
+      </c>
+      <c r="C144" t="s">
+        <v>229</v>
+      </c>
+      <c r="D144" t="s">
+        <v>117</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>43</v>
+      </c>
+      <c r="G144" t="s">
+        <v>22</v>
+      </c>
+      <c r="H144">
+        <v>2011</v>
+      </c>
+      <c r="I144">
+        <v>2021</v>
+      </c>
+      <c r="J144" t="s">
+        <v>474</v>
+      </c>
+      <c r="K144" t="s">
+        <v>34</v>
+      </c>
+      <c r="L144" t="s">
+        <v>829</v>
+      </c>
+      <c r="M144" t="s">
+        <v>824</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>830</v>
+      </c>
+      <c r="P144" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>832</v>
+      </c>
+      <c r="B145" t="s">
+        <v>833</v>
+      </c>
+      <c r="C145" t="s">
+        <v>229</v>
+      </c>
+      <c r="D145" t="s">
+        <v>53</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>43</v>
+      </c>
+      <c r="G145" t="s">
+        <v>22</v>
+      </c>
+      <c r="H145">
+        <v>2012</v>
+      </c>
+      <c r="I145">
+        <v>2021</v>
+      </c>
+      <c r="J145" t="s">
+        <v>474</v>
+      </c>
+      <c r="K145" t="s">
+        <v>125</v>
+      </c>
+      <c r="L145" t="s">
+        <v>834</v>
+      </c>
+      <c r="M145" t="s">
+        <v>824</v>
+      </c>
+      <c r="N145" t="s">
+        <v>835</v>
+      </c>
+      <c r="O145" t="s">
+        <v>836</v>
+      </c>
+      <c r="P145" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>838</v>
+      </c>
+      <c r="B146" t="s">
+        <v>839</v>
+      </c>
+      <c r="C146" t="s">
+        <v>229</v>
+      </c>
+      <c r="D146" t="s">
+        <v>147</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>43</v>
+      </c>
+      <c r="G146" t="s">
+        <v>22</v>
+      </c>
+      <c r="H146">
+        <v>2008</v>
+      </c>
+      <c r="I146">
+        <v>2022</v>
+      </c>
+      <c r="J146" t="s">
+        <v>474</v>
+      </c>
+      <c r="K146" t="s">
+        <v>100</v>
+      </c>
+      <c r="L146" t="s">
+        <v>840</v>
+      </c>
+      <c r="M146" t="s">
+        <v>824</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>841</v>
+      </c>
+      <c r="P146" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>843</v>
+      </c>
+      <c r="B147" t="s">
+        <v>844</v>
+      </c>
+      <c r="C147" t="s">
+        <v>845</v>
+      </c>
+      <c r="D147" t="s">
+        <v>214</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>1996</v>
+      </c>
+      <c r="I147">
+        <v>2017</v>
+      </c>
+      <c r="J147" t="s">
         <v>545</v>
       </c>
-      <c r="B142" t="s">
-[...230 lines deleted...]
-      <c r="G147">
+      <c r="K147" t="s">
+        <v>34</v>
+      </c>
+      <c r="L147" t="s">
+        <v>846</v>
+      </c>
+      <c r="M147" t="s">
+        <v>847</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>848</v>
+      </c>
+      <c r="P147" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>850</v>
+      </c>
+      <c r="B148" t="s">
+        <v>851</v>
+      </c>
+      <c r="C148" t="s">
+        <v>845</v>
+      </c>
+      <c r="D148" t="s">
+        <v>214</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>43</v>
+      </c>
+      <c r="G148" t="s">
+        <v>22</v>
+      </c>
+      <c r="H148">
         <v>1996</v>
       </c>
-      <c r="H147">
+      <c r="I148">
         <v>2017</v>
       </c>
-      <c r="I147" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J148" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>545</v>
+      </c>
+      <c r="K148" t="s">
+        <v>34</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>847</v>
       </c>
       <c r="N148" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>852</v>
+      </c>
+      <c r="P148" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>569</v>
+        <v>854</v>
       </c>
       <c r="B149" t="s">
-        <v>570</v>
+        <v>855</v>
       </c>
       <c r="C149" t="s">
-        <v>44</v>
+        <v>856</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E149" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G149">
+        <v>458</v>
+      </c>
+      <c r="G149" t="s">
+        <v>54</v>
+      </c>
+      <c r="H149">
         <v>2013</v>
       </c>
-      <c r="H149"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I149"/>
       <c r="J149" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="K149" t="s">
+        <v>100</v>
+      </c>
+      <c r="L149"/>
       <c r="M149" t="s">
-        <v>24</v>
+        <v>857</v>
       </c>
       <c r="N149" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>858</v>
+      </c>
+      <c r="P149" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>573</v>
+        <v>860</v>
       </c>
       <c r="B150" t="s">
-        <v>570</v>
+        <v>861</v>
       </c>
       <c r="C150" t="s">
-        <v>57</v>
+        <v>856</v>
       </c>
       <c r="D150" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E150" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F150" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G150">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>54</v>
+      </c>
+      <c r="H150">
         <v>2013</v>
       </c>
-      <c r="H150"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I150"/>
       <c r="J150" t="s">
-        <v>79</v>
+        <v>317</v>
       </c>
       <c r="K150" t="s">
-        <v>574</v>
+        <v>100</v>
       </c>
       <c r="L150" t="s">
-        <v>571</v>
+        <v>862</v>
       </c>
       <c r="M150" t="s">
-        <v>24</v>
+        <v>857</v>
       </c>
       <c r="N150" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>863</v>
+      </c>
+      <c r="P150" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>576</v>
+        <v>864</v>
       </c>
       <c r="B151" t="s">
-        <v>570</v>
+        <v>865</v>
       </c>
       <c r="C151" t="s">
-        <v>44</v>
+        <v>856</v>
       </c>
       <c r="D151" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E151" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G151">
+        <v>458</v>
+      </c>
+      <c r="G151" t="s">
+        <v>54</v>
+      </c>
+      <c r="H151">
         <v>2009</v>
       </c>
-      <c r="H151"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I151"/>
       <c r="J151" t="s">
-        <v>29</v>
+        <v>317</v>
       </c>
       <c r="K151" t="s">
-        <v>577</v>
+        <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>571</v>
+        <v>866</v>
       </c>
       <c r="M151" t="s">
-        <v>24</v>
+        <v>857</v>
       </c>
       <c r="N151" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>867</v>
+      </c>
+      <c r="P151" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>579</v>
+        <v>868</v>
       </c>
       <c r="B152" t="s">
-        <v>570</v>
+        <v>869</v>
       </c>
       <c r="C152" t="s">
-        <v>127</v>
+        <v>856</v>
       </c>
       <c r="D152" t="s">
-        <v>17</v>
+        <v>172</v>
       </c>
       <c r="E152" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F152" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G152">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>54</v>
+      </c>
+      <c r="H152">
         <v>2013</v>
       </c>
-      <c r="H152"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I152"/>
       <c r="J152" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="K152" t="s">
+        <v>34</v>
+      </c>
+      <c r="L152"/>
       <c r="M152" t="s">
-        <v>24</v>
+        <v>857</v>
       </c>
       <c r="N152" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>870</v>
+      </c>
+      <c r="P152" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>581</v>
+        <v>871</v>
       </c>
       <c r="B153" t="s">
-        <v>570</v>
+        <v>872</v>
       </c>
       <c r="C153" t="s">
-        <v>61</v>
+        <v>856</v>
       </c>
       <c r="D153" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="E153" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G153">
+        <v>458</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
         <v>2003</v>
       </c>
-      <c r="H153">
+      <c r="I153">
         <v>2010</v>
       </c>
-      <c r="I153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J153" t="s">
-        <v>79</v>
+        <v>317</v>
       </c>
       <c r="K153" t="s">
-        <v>582</v>
+        <v>100</v>
       </c>
       <c r="L153" t="s">
-        <v>571</v>
+        <v>873</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>857</v>
       </c>
       <c r="N153" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>874</v>
+      </c>
+      <c r="P153" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>584</v>
+        <v>875</v>
       </c>
       <c r="B154" t="s">
-        <v>570</v>
+        <v>876</v>
       </c>
       <c r="C154" t="s">
-        <v>64</v>
+        <v>856</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="E154" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>458</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
       </c>
       <c r="H154">
         <v>2012</v>
       </c>
-      <c r="I154" t="s">
-        <v>218</v>
+      <c r="I154">
+        <v>2012</v>
       </c>
       <c r="J154" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="K154" t="s">
+        <v>34</v>
+      </c>
+      <c r="L154"/>
       <c r="M154" t="s">
+        <v>857</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>877</v>
+      </c>
+      <c r="P154" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>878</v>
+      </c>
+      <c r="B155" t="s">
+        <v>879</v>
+      </c>
+      <c r="C155" t="s">
+        <v>880</v>
+      </c>
+      <c r="D155" t="s">
+        <v>147</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>43</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2013</v>
+      </c>
+      <c r="I155">
+        <v>2014</v>
+      </c>
+      <c r="J155" t="s">
+        <v>111</v>
+      </c>
+      <c r="K155" t="s">
+        <v>34</v>
+      </c>
+      <c r="L155" t="s">
+        <v>881</v>
+      </c>
+      <c r="M155" t="s">
+        <v>882</v>
+      </c>
+      <c r="N155" t="s">
+        <v>453</v>
+      </c>
+      <c r="O155" t="s">
+        <v>883</v>
+      </c>
+      <c r="P155" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>885</v>
+      </c>
+      <c r="B156" t="s">
+        <v>886</v>
+      </c>
+      <c r="C156" t="s">
+        <v>880</v>
+      </c>
+      <c r="D156" t="s">
+        <v>172</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>2013</v>
+      </c>
+      <c r="I156">
+        <v>2014</v>
+      </c>
+      <c r="J156" t="s">
+        <v>111</v>
+      </c>
+      <c r="K156" t="s">
+        <v>621</v>
+      </c>
+      <c r="L156" t="s">
+        <v>887</v>
+      </c>
+      <c r="M156" t="s">
+        <v>882</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>888</v>
+      </c>
+      <c r="P156" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>890</v>
+      </c>
+      <c r="B157" t="s">
+        <v>891</v>
+      </c>
+      <c r="C157" t="s">
+        <v>880</v>
+      </c>
+      <c r="D157" t="s">
+        <v>172</v>
+      </c>
+      <c r="E157" t="s">
+        <v>20</v>
+      </c>
+      <c r="F157" t="s">
+        <v>43</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2013</v>
+      </c>
+      <c r="I157">
+        <v>2014</v>
+      </c>
+      <c r="J157" t="s">
+        <v>111</v>
+      </c>
+      <c r="K157" t="s">
+        <v>621</v>
+      </c>
+      <c r="L157" t="s">
+        <v>892</v>
+      </c>
+      <c r="M157" t="s">
+        <v>882</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>893</v>
+      </c>
+      <c r="P157" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>895</v>
+      </c>
+      <c r="B158" t="s">
+        <v>896</v>
+      </c>
+      <c r="C158" t="s">
+        <v>897</v>
+      </c>
+      <c r="D158" t="s">
+        <v>172</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>43</v>
+      </c>
+      <c r="G158" t="s">
+        <v>54</v>
+      </c>
+      <c r="H158">
+        <v>1987</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>124</v>
+      </c>
+      <c r="K158" t="s">
+        <v>34</v>
+      </c>
+      <c r="L158" t="s">
+        <v>898</v>
+      </c>
+      <c r="M158" t="s">
+        <v>899</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>900</v>
+      </c>
+      <c r="P158" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>902</v>
+      </c>
+      <c r="B159" t="s">
+        <v>903</v>
+      </c>
+      <c r="C159" t="s">
+        <v>904</v>
+      </c>
+      <c r="D159" t="s">
+        <v>92</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>21</v>
+      </c>
+      <c r="G159" t="s">
+        <v>54</v>
+      </c>
+      <c r="H159">
+        <v>2022</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>905</v>
+      </c>
+      <c r="K159" t="s">
+        <v>34</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159" t="s">
+        <v>906</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>907</v>
+      </c>
+      <c r="P159" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>909</v>
+      </c>
+      <c r="B160" t="s">
+        <v>910</v>
+      </c>
+      <c r="C160" t="s">
+        <v>904</v>
+      </c>
+      <c r="D160" t="s">
+        <v>117</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>21</v>
+      </c>
+      <c r="G160" t="s">
+        <v>54</v>
+      </c>
+      <c r="H160">
+        <v>2022</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>911</v>
+      </c>
+      <c r="K160" t="s">
+        <v>34</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160" t="s">
+        <v>906</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>912</v>
+      </c>
+      <c r="P160" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>913</v>
+      </c>
+      <c r="B161" t="s">
+        <v>914</v>
+      </c>
+      <c r="C161" t="s">
+        <v>904</v>
+      </c>
+      <c r="D161" t="s">
+        <v>158</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>21</v>
+      </c>
+      <c r="G161" t="s">
+        <v>54</v>
+      </c>
+      <c r="H161">
+        <v>2022</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>905</v>
+      </c>
+      <c r="K161" t="s">
+        <v>34</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>906</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>915</v>
+      </c>
+      <c r="P161" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>916</v>
+      </c>
+      <c r="B162" t="s">
+        <v>917</v>
+      </c>
+      <c r="C162" t="s">
+        <v>904</v>
+      </c>
+      <c r="D162" t="s">
+        <v>324</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>21</v>
+      </c>
+      <c r="G162" t="s">
+        <v>54</v>
+      </c>
+      <c r="H162">
+        <v>2022</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>905</v>
+      </c>
+      <c r="K162" t="s">
+        <v>327</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>906</v>
+      </c>
+      <c r="N162" t="s">
+        <v>803</v>
+      </c>
+      <c r="O162" t="s">
+        <v>918</v>
+      </c>
+      <c r="P162" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>919</v>
+      </c>
+      <c r="B163" t="s">
+        <v>920</v>
+      </c>
+      <c r="C163" t="s">
+        <v>904</v>
+      </c>
+      <c r="D163" t="s">
+        <v>80</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>21</v>
+      </c>
+      <c r="G163" t="s">
+        <v>54</v>
+      </c>
+      <c r="H163">
+        <v>2022</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>905</v>
+      </c>
+      <c r="K163" t="s">
+        <v>34</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163" t="s">
+        <v>906</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>921</v>
+      </c>
+      <c r="P163" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>922</v>
+      </c>
+      <c r="B164" t="s">
+        <v>923</v>
+      </c>
+      <c r="C164" t="s">
+        <v>424</v>
+      </c>
+      <c r="D164" t="s">
+        <v>924</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>458</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2008</v>
+      </c>
+      <c r="I164">
+        <v>2020</v>
+      </c>
+      <c r="J164" t="s">
+        <v>44</v>
+      </c>
+      <c r="K164" t="s">
+        <v>34</v>
+      </c>
+      <c r="L164" t="s">
+        <v>925</v>
+      </c>
+      <c r="M164" t="s">
+        <v>926</v>
+      </c>
+      <c r="N164" t="s">
+        <v>36</v>
+      </c>
+      <c r="O164" t="s">
+        <v>927</v>
+      </c>
+      <c r="P164" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>929</v>
+      </c>
+      <c r="B165" t="s">
+        <v>930</v>
+      </c>
+      <c r="C165" t="s">
+        <v>931</v>
+      </c>
+      <c r="D165" t="s">
+        <v>158</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>43</v>
+      </c>
+      <c r="G165" t="s">
+        <v>54</v>
+      </c>
+      <c r="H165">
+        <v>2025</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>628</v>
+      </c>
+      <c r="K165" t="s">
+        <v>34</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>932</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>933</v>
+      </c>
+      <c r="P165" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>935</v>
+      </c>
+      <c r="B166" t="s">
+        <v>936</v>
+      </c>
+      <c r="C166" t="s">
+        <v>937</v>
+      </c>
+      <c r="D166" t="s">
+        <v>53</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>458</v>
+      </c>
+      <c r="G166" t="s">
+        <v>305</v>
+      </c>
+      <c r="H166"/>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>938</v>
+      </c>
+      <c r="K166" t="s">
+        <v>34</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>939</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>940</v>
+      </c>
+      <c r="P166" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>942</v>
+      </c>
+      <c r="B167" t="s">
+        <v>936</v>
+      </c>
+      <c r="C167" t="s">
+        <v>943</v>
+      </c>
+      <c r="D167" t="s">
+        <v>53</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>305</v>
+      </c>
+      <c r="H167"/>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>944</v>
+      </c>
+      <c r="K167" t="s">
+        <v>34</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" t="s">
+        <v>945</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>946</v>
+      </c>
+      <c r="P167" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>948</v>
+      </c>
+      <c r="B168" t="s">
+        <v>379</v>
+      </c>
+      <c r="C168" t="s">
+        <v>316</v>
+      </c>
+      <c r="D168" t="s">
+        <v>380</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>54</v>
+      </c>
+      <c r="H168">
+        <v>2009</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>317</v>
+      </c>
+      <c r="K168" t="s">
+        <v>34</v>
+      </c>
+      <c r="L168" t="s">
+        <v>382</v>
+      </c>
+      <c r="M168" t="s">
+        <v>318</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>949</v>
+      </c>
+      <c r="P168" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>950</v>
+      </c>
+      <c r="B169" t="s">
+        <v>951</v>
+      </c>
+      <c r="C169" t="s">
+        <v>316</v>
+      </c>
+      <c r="D169" t="s">
+        <v>172</v>
+      </c>
+      <c r="E169" t="s">
+        <v>20</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
+        <v>2002</v>
+      </c>
+      <c r="I169">
+        <v>2007</v>
+      </c>
+      <c r="J169" t="s">
+        <v>317</v>
+      </c>
+      <c r="K169" t="s">
+        <v>34</v>
+      </c>
+      <c r="L169" t="s">
+        <v>392</v>
+      </c>
+      <c r="M169" t="s">
+        <v>318</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>952</v>
+      </c>
+      <c r="P169" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>953</v>
+      </c>
+      <c r="B170" t="s">
+        <v>954</v>
+      </c>
+      <c r="C170" t="s">
+        <v>316</v>
+      </c>
+      <c r="D170" t="s">
+        <v>70</v>
+      </c>
+      <c r="E170" t="s">
+        <v>20</v>
+      </c>
+      <c r="F170" t="s">
+        <v>21</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2011</v>
+      </c>
+      <c r="I170">
+        <v>2015</v>
+      </c>
+      <c r="J170" t="s">
+        <v>317</v>
+      </c>
+      <c r="K170" t="s">
+        <v>34</v>
+      </c>
+      <c r="L170"/>
+      <c r="M170" t="s">
+        <v>318</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>955</v>
+      </c>
+      <c r="P170" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>956</v>
+      </c>
+      <c r="B171" t="s">
+        <v>386</v>
+      </c>
+      <c r="C171" t="s">
+        <v>316</v>
+      </c>
+      <c r="D171" t="s">
+        <v>76</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2010</v>
+      </c>
+      <c r="I171">
+        <v>2015</v>
+      </c>
+      <c r="J171" t="s">
+        <v>317</v>
+      </c>
+      <c r="K171" t="s">
+        <v>100</v>
+      </c>
+      <c r="L171" t="s">
+        <v>387</v>
+      </c>
+      <c r="M171" t="s">
+        <v>318</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>957</v>
+      </c>
+      <c r="P171" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>958</v>
+      </c>
+      <c r="B172" t="s">
+        <v>959</v>
+      </c>
+      <c r="C172" t="s">
+        <v>897</v>
+      </c>
+      <c r="D172" t="s">
+        <v>53</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>22</v>
+      </c>
+      <c r="H172">
+        <v>2003</v>
+      </c>
+      <c r="I172">
+        <v>2018</v>
+      </c>
+      <c r="J172" t="s">
+        <v>124</v>
+      </c>
+      <c r="K172" t="s">
+        <v>34</v>
+      </c>
+      <c r="L172" t="s">
+        <v>960</v>
+      </c>
+      <c r="M172" t="s">
+        <v>899</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>961</v>
+      </c>
+      <c r="P172" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>958</v>
+      </c>
+      <c r="B173" t="s">
+        <v>963</v>
+      </c>
+      <c r="C173" t="s">
+        <v>897</v>
+      </c>
+      <c r="D173" t="s">
+        <v>158</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>22</v>
+      </c>
+      <c r="H173">
+        <v>2005</v>
+      </c>
+      <c r="I173">
+        <v>2018</v>
+      </c>
+      <c r="J173" t="s">
+        <v>124</v>
+      </c>
+      <c r="K173" t="s">
+        <v>100</v>
+      </c>
+      <c r="L173" t="s">
+        <v>964</v>
+      </c>
+      <c r="M173" t="s">
+        <v>899</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>965</v>
+      </c>
+      <c r="P173" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>966</v>
+      </c>
+      <c r="B174" t="s">
+        <v>967</v>
+      </c>
+      <c r="C174" t="s">
+        <v>931</v>
+      </c>
+      <c r="D174" t="s">
+        <v>158</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>54</v>
+      </c>
+      <c r="H174">
+        <v>2025</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>628</v>
+      </c>
+      <c r="K174" t="s">
+        <v>34</v>
+      </c>
+      <c r="L174"/>
+      <c r="M174" t="s">
+        <v>932</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>968</v>
+      </c>
+      <c r="P174" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>970</v>
+      </c>
+      <c r="B175" t="s">
+        <v>971</v>
+      </c>
+      <c r="C175" t="s">
+        <v>972</v>
+      </c>
+      <c r="D175" t="s">
+        <v>92</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>458</v>
+      </c>
+      <c r="G175" t="s">
+        <v>54</v>
+      </c>
+      <c r="H175">
+        <v>2021</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
+        <v>55</v>
+      </c>
+      <c r="K175" t="s">
+        <v>34</v>
+      </c>
+      <c r="L175" t="s">
+        <v>973</v>
+      </c>
+      <c r="M175" t="s">
+        <v>974</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>975</v>
+      </c>
+      <c r="P175" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>977</v>
+      </c>
+      <c r="B176" t="s">
+        <v>978</v>
+      </c>
+      <c r="C176" t="s">
+        <v>979</v>
+      </c>
+      <c r="D176" t="s">
+        <v>506</v>
+      </c>
+      <c r="E176" t="s">
+        <v>20</v>
+      </c>
+      <c r="F176" t="s">
+        <v>21</v>
+      </c>
+      <c r="G176" t="s">
+        <v>54</v>
+      </c>
+      <c r="H176">
+        <v>2017</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>44</v>
+      </c>
+      <c r="K176" t="s">
+        <v>34</v>
+      </c>
+      <c r="L176"/>
+      <c r="M176" t="s">
+        <v>980</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>981</v>
+      </c>
+      <c r="P176" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>983</v>
+      </c>
+      <c r="B177"/>
+      <c r="C177" t="s">
+        <v>164</v>
+      </c>
+      <c r="D177" t="s">
+        <v>80</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>54</v>
+      </c>
+      <c r="H177">
+        <v>2015</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>55</v>
+      </c>
+      <c r="K177" t="s">
+        <v>34</v>
+      </c>
+      <c r="L177"/>
+      <c r="M177" t="s">
+        <v>166</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>984</v>
+      </c>
+      <c r="P177" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>986</v>
+      </c>
+      <c r="B178"/>
+      <c r="C178" t="s">
+        <v>164</v>
+      </c>
+      <c r="D178" t="s">
+        <v>53</v>
+      </c>
+      <c r="E178" t="s">
+        <v>20</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>54</v>
+      </c>
+      <c r="H178">
+        <v>2015</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>55</v>
+      </c>
+      <c r="K178" t="s">
+        <v>34</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>166</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>987</v>
+      </c>
+      <c r="P178" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>988</v>
+      </c>
+      <c r="B179"/>
+      <c r="C179" t="s">
+        <v>164</v>
+      </c>
+      <c r="D179" t="s">
+        <v>92</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>21</v>
+      </c>
+      <c r="G179" t="s">
+        <v>54</v>
+      </c>
+      <c r="H179">
+        <v>2020</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s">
+        <v>55</v>
+      </c>
+      <c r="K179" t="s">
+        <v>34</v>
+      </c>
+      <c r="L179"/>
+      <c r="M179" t="s">
+        <v>166</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>989</v>
+      </c>
+      <c r="P179" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>990</v>
+      </c>
+      <c r="B180" t="s">
+        <v>991</v>
+      </c>
+      <c r="C180" t="s">
+        <v>972</v>
+      </c>
+      <c r="D180" t="s">
+        <v>992</v>
+      </c>
+      <c r="E180" t="s">
+        <v>20</v>
+      </c>
+      <c r="F180" t="s">
+        <v>458</v>
+      </c>
+      <c r="G180" t="s">
+        <v>54</v>
+      </c>
+      <c r="H180">
+        <v>2021</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s">
+        <v>55</v>
+      </c>
+      <c r="K180" t="s">
+        <v>34</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
+        <v>993</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>994</v>
+      </c>
+      <c r="P180" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="181" spans="1:16">
+      <c r="A181" t="s">
+        <v>996</v>
+      </c>
+      <c r="B181" t="s">
+        <v>997</v>
+      </c>
+      <c r="C181" t="s">
+        <v>399</v>
+      </c>
+      <c r="D181" t="s">
+        <v>92</v>
+      </c>
+      <c r="E181" t="s">
+        <v>42</v>
+      </c>
+      <c r="F181" t="s">
+        <v>998</v>
+      </c>
+      <c r="G181" t="s">
+        <v>54</v>
+      </c>
+      <c r="H181">
+        <v>2009</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s">
+        <v>326</v>
+      </c>
+      <c r="K181" t="s">
+        <v>34</v>
+      </c>
+      <c r="L181"/>
+      <c r="M181" t="s">
+        <v>797</v>
+      </c>
+      <c r="N181" t="s">
+        <v>27</v>
+      </c>
+      <c r="O181" t="s">
+        <v>999</v>
+      </c>
+      <c r="P181" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="182" spans="1:16">
+      <c r="A182" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C182" t="s">
+        <v>399</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E182" t="s">
+        <v>42</v>
+      </c>
+      <c r="F182" t="s">
+        <v>998</v>
+      </c>
+      <c r="G182" t="s">
+        <v>54</v>
+      </c>
+      <c r="H182">
+        <v>2015</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s">
+        <v>795</v>
+      </c>
+      <c r="K182" t="s">
+        <v>34</v>
+      </c>
+      <c r="L182"/>
+      <c r="M182" t="s">
+        <v>797</v>
+      </c>
+      <c r="N182" t="s">
+        <v>27</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="183" spans="1:16">
+      <c r="A183" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C183" t="s">
+        <v>399</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E183" t="s">
+        <v>42</v>
+      </c>
+      <c r="F183" t="s">
+        <v>998</v>
+      </c>
+      <c r="G183" t="s">
+        <v>54</v>
+      </c>
+      <c r="H183">
+        <v>2009</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s">
+        <v>795</v>
+      </c>
+      <c r="K183" t="s">
+        <v>34</v>
+      </c>
+      <c r="L183"/>
+      <c r="M183" t="s">
+        <v>797</v>
+      </c>
+      <c r="N183" t="s">
+        <v>27</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1009</v>
+      </c>
+      <c r="P183" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="184" spans="1:16">
+      <c r="A184" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C184" t="s">
+        <v>399</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E184" t="s">
+        <v>42</v>
+      </c>
+      <c r="F184" t="s">
+        <v>998</v>
+      </c>
+      <c r="G184" t="s">
+        <v>54</v>
+      </c>
+      <c r="H184">
+        <v>2015</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s">
+        <v>795</v>
+      </c>
+      <c r="K184" t="s">
+        <v>34</v>
+      </c>
+      <c r="L184"/>
+      <c r="M184" t="s">
+        <v>797</v>
+      </c>
+      <c r="N184" t="s">
+        <v>27</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P184" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="185" spans="1:16">
+      <c r="A185" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C185" t="s">
+        <v>399</v>
+      </c>
+      <c r="D185" t="s">
+        <v>439</v>
+      </c>
+      <c r="E185" t="s">
+        <v>42</v>
+      </c>
+      <c r="F185" t="s">
+        <v>998</v>
+      </c>
+      <c r="G185" t="s">
+        <v>54</v>
+      </c>
+      <c r="H185">
+        <v>2021</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s">
+        <v>795</v>
+      </c>
+      <c r="K185" t="s">
+        <v>34</v>
+      </c>
+      <c r="L185"/>
+      <c r="M185" t="s">
+        <v>797</v>
+      </c>
+      <c r="N185" t="s">
+        <v>27</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1018</v>
+      </c>
+      <c r="P185" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="186" spans="1:16">
+      <c r="A186" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C186" t="s">
+        <v>399</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E186" t="s">
+        <v>42</v>
+      </c>
+      <c r="F186" t="s">
+        <v>998</v>
+      </c>
+      <c r="G186" t="s">
+        <v>54</v>
+      </c>
+      <c r="H186">
+        <v>2015</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s">
+        <v>795</v>
+      </c>
+      <c r="K186" t="s">
+        <v>34</v>
+      </c>
+      <c r="L186"/>
+      <c r="M186" t="s">
+        <v>797</v>
+      </c>
+      <c r="N186" t="s">
+        <v>27</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="187" spans="1:16">
+      <c r="A187" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C187" t="s">
+        <v>399</v>
+      </c>
+      <c r="D187" t="s">
+        <v>70</v>
+      </c>
+      <c r="E187" t="s">
+        <v>42</v>
+      </c>
+      <c r="F187" t="s">
+        <v>998</v>
+      </c>
+      <c r="G187" t="s">
+        <v>54</v>
+      </c>
+      <c r="H187">
+        <v>2015</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s">
+        <v>326</v>
+      </c>
+      <c r="K187" t="s">
+        <v>450</v>
+      </c>
+      <c r="L187"/>
+      <c r="M187" t="s">
+        <v>797</v>
+      </c>
+      <c r="N187" t="s">
+        <v>27</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1026</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="188" spans="1:16">
+      <c r="A188" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C188" t="s">
+        <v>399</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E188" t="s">
+        <v>42</v>
+      </c>
+      <c r="F188" t="s">
+        <v>998</v>
+      </c>
+      <c r="G188" t="s">
+        <v>54</v>
+      </c>
+      <c r="H188">
+        <v>2015</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s">
+        <v>795</v>
+      </c>
+      <c r="K188" t="s">
+        <v>34</v>
+      </c>
+      <c r="L188"/>
+      <c r="M188" t="s">
+        <v>797</v>
+      </c>
+      <c r="N188" t="s">
+        <v>27</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1031</v>
+      </c>
+      <c r="P188" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="189" spans="1:16">
+      <c r="A189" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C189" t="s">
+        <v>662</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E189" t="s">
+        <v>42</v>
+      </c>
+      <c r="F189" t="s">
+        <v>43</v>
+      </c>
+      <c r="G189" t="s">
+        <v>54</v>
+      </c>
+      <c r="H189">
+        <v>2012</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s">
+        <v>124</v>
+      </c>
+      <c r="K189" t="s">
         <v>24</v>
       </c>
-      <c r="N154" t="s">
-[...396 lines deleted...]
-      <c r="G164">
+      <c r="L189" t="s">
+        <v>1036</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N189" t="s">
+        <v>27</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P189" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="190" spans="1:16">
+      <c r="A190" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C190" t="s">
+        <v>229</v>
+      </c>
+      <c r="D190" t="s">
+        <v>158</v>
+      </c>
+      <c r="E190" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" t="s">
+        <v>21</v>
+      </c>
+      <c r="G190" t="s">
+        <v>22</v>
+      </c>
+      <c r="H190">
         <v>2008</v>
       </c>
-      <c r="H164">
-[...68 lines deleted...]
-      <c r="C166" t="s">
+      <c r="I190">
+        <v>2011</v>
+      </c>
+      <c r="J190" t="s">
+        <v>474</v>
+      </c>
+      <c r="K190" t="s">
+        <v>100</v>
+      </c>
+      <c r="L190"/>
+      <c r="M190" t="s">
+        <v>1042</v>
+      </c>
+      <c r="N190" t="s">
+        <v>27</v>
+      </c>
+      <c r="O190" t="s">
+        <v>1043</v>
+      </c>
+      <c r="P190" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="191" spans="1:16">
+      <c r="A191" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C191" t="s">
+        <v>229</v>
+      </c>
+      <c r="D191" t="s">
+        <v>147</v>
+      </c>
+      <c r="E191" t="s">
+        <v>20</v>
+      </c>
+      <c r="F191" t="s">
+        <v>21</v>
+      </c>
+      <c r="G191" t="s">
+        <v>22</v>
+      </c>
+      <c r="H191">
+        <v>2007</v>
+      </c>
+      <c r="I191">
+        <v>2011</v>
+      </c>
+      <c r="J191" t="s">
+        <v>474</v>
+      </c>
+      <c r="K191" t="s">
+        <v>100</v>
+      </c>
+      <c r="L191"/>
+      <c r="M191" t="s">
+        <v>1042</v>
+      </c>
+      <c r="N191" t="s">
+        <v>27</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P191" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="192" spans="1:16">
+      <c r="A192" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C192" t="s">
+        <v>654</v>
+      </c>
+      <c r="D192" t="s">
+        <v>147</v>
+      </c>
+      <c r="E192" t="s">
+        <v>20</v>
+      </c>
+      <c r="F192" t="s">
+        <v>21</v>
+      </c>
+      <c r="G192" t="s">
+        <v>54</v>
+      </c>
+      <c r="H192">
+        <v>2015</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s">
         <v>44</v>
       </c>
-      <c r="D166" t="s">
-[...34 lines deleted...]
-      <c r="C167" t="s">
+      <c r="K192" t="s">
+        <v>34</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M192" t="s">
+        <v>657</v>
+      </c>
+      <c r="N192" t="s">
+        <v>27</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="193" spans="1:16">
+      <c r="A193" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C193" t="s">
+        <v>654</v>
+      </c>
+      <c r="D193" t="s">
+        <v>172</v>
+      </c>
+      <c r="E193" t="s">
+        <v>20</v>
+      </c>
+      <c r="F193" t="s">
+        <v>21</v>
+      </c>
+      <c r="G193" t="s">
+        <v>54</v>
+      </c>
+      <c r="H193">
+        <v>2011</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s">
         <v>44</v>
       </c>
-      <c r="D167" t="s">
-[...399 lines deleted...]
-      <c r="L176" t="s">
+      <c r="K193" t="s">
+        <v>34</v>
+      </c>
+      <c r="L193" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M193" t="s">
         <v>657</v>
       </c>
-      <c r="M176" t="s">
-[...691 lines deleted...]
-      </c>
       <c r="N193" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1057</v>
+      </c>
+      <c r="P193" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>706</v>
+        <v>1059</v>
       </c>
       <c r="B194" t="s">
-        <v>707</v>
+        <v>1060</v>
       </c>
       <c r="C194" t="s">
-        <v>335</v>
+        <v>1061</v>
       </c>
       <c r="D194" t="s">
-        <v>35</v>
+        <v>487</v>
       </c>
       <c r="E194" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F194" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>230</v>
+      </c>
+      <c r="G194" t="s">
+        <v>22</v>
       </c>
       <c r="H194">
         <v>2006</v>
       </c>
-      <c r="I194" t="s">
-        <v>218</v>
+      <c r="I194">
+        <v>2006</v>
       </c>
       <c r="J194" t="s">
-        <v>29</v>
+        <v>317</v>
       </c>
       <c r="K194" t="s">
-        <v>708</v>
+        <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>709</v>
+        <v>1062</v>
       </c>
       <c r="M194" t="s">
+        <v>1063</v>
+      </c>
+      <c r="N194" t="s">
+        <v>27</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1064</v>
+      </c>
+      <c r="P194"/>
+    </row>
+    <row r="195" spans="1:16">
+      <c r="A195" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D195" t="s">
+        <v>158</v>
+      </c>
+      <c r="E195" t="s">
+        <v>20</v>
+      </c>
+      <c r="F195" t="s">
+        <v>458</v>
+      </c>
+      <c r="G195" t="s">
+        <v>54</v>
+      </c>
+      <c r="H195">
+        <v>2021</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s">
+        <v>628</v>
+      </c>
+      <c r="K195" t="s">
+        <v>718</v>
+      </c>
+      <c r="L195"/>
+      <c r="M195" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N195" t="s">
+        <v>27</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P195" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="196" spans="1:16">
+      <c r="A196" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B196"/>
+      <c r="C196" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D196" t="s">
+        <v>158</v>
+      </c>
+      <c r="E196" t="s">
+        <v>20</v>
+      </c>
+      <c r="F196" t="s">
+        <v>21</v>
+      </c>
+      <c r="G196" t="s">
+        <v>54</v>
+      </c>
+      <c r="H196">
+        <v>2018</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s">
+        <v>400</v>
+      </c>
+      <c r="K196" t="s">
+        <v>1072</v>
+      </c>
+      <c r="L196" t="s">
+        <v>1073</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N196" t="s">
+        <v>27</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1074</v>
+      </c>
+      <c r="P196" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="197" spans="1:16">
+      <c r="A197" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D197" t="s">
+        <v>172</v>
+      </c>
+      <c r="E197" t="s">
+        <v>42</v>
+      </c>
+      <c r="F197" t="s">
+        <v>230</v>
+      </c>
+      <c r="G197" t="s">
+        <v>54</v>
+      </c>
+      <c r="H197">
+        <v>2014</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s">
+        <v>306</v>
+      </c>
+      <c r="K197" t="s">
+        <v>34</v>
+      </c>
+      <c r="L197"/>
+      <c r="M197" t="s">
+        <v>1079</v>
+      </c>
+      <c r="N197" t="s">
+        <v>27</v>
+      </c>
+      <c r="O197" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P197" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="198" spans="1:16">
+      <c r="A198" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D198" t="s">
+        <v>117</v>
+      </c>
+      <c r="E198" t="s">
+        <v>42</v>
+      </c>
+      <c r="F198" t="s">
+        <v>1085</v>
+      </c>
+      <c r="G198" t="s">
+        <v>54</v>
+      </c>
+      <c r="H198"/>
+      <c r="I198"/>
+      <c r="J198" t="s">
+        <v>280</v>
+      </c>
+      <c r="K198" t="s">
+        <v>34</v>
+      </c>
+      <c r="L198" t="s">
+        <v>1086</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1087</v>
+      </c>
+      <c r="N198" t="s">
+        <v>27</v>
+      </c>
+      <c r="O198" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P198" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="199" spans="1:16">
+      <c r="A199" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E199" t="s">
+        <v>325</v>
+      </c>
+      <c r="F199" t="s">
+        <v>458</v>
+      </c>
+      <c r="G199" t="s">
+        <v>305</v>
+      </c>
+      <c r="H199"/>
+      <c r="I199"/>
+      <c r="J199" t="s">
+        <v>628</v>
+      </c>
+      <c r="K199" t="s">
+        <v>34</v>
+      </c>
+      <c r="L199"/>
+      <c r="M199"/>
+      <c r="N199" t="s">
+        <v>27</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1094</v>
+      </c>
+      <c r="P199" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="200" spans="1:16">
+      <c r="A200" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C200" t="s">
+        <v>229</v>
+      </c>
+      <c r="D200" t="s">
+        <v>117</v>
+      </c>
+      <c r="E200" t="s">
+        <v>42</v>
+      </c>
+      <c r="F200" t="s">
+        <v>230</v>
+      </c>
+      <c r="G200" t="s">
+        <v>54</v>
+      </c>
+      <c r="H200">
+        <v>2013</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s">
+        <v>474</v>
+      </c>
+      <c r="K200" t="s">
+        <v>34</v>
+      </c>
+      <c r="L200" t="s">
+        <v>1098</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1099</v>
+      </c>
+      <c r="N200" t="s">
+        <v>27</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="201" spans="1:16">
+      <c r="A201" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C201" t="s">
+        <v>229</v>
+      </c>
+      <c r="D201" t="s">
+        <v>53</v>
+      </c>
+      <c r="E201" t="s">
+        <v>42</v>
+      </c>
+      <c r="F201" t="s">
+        <v>230</v>
+      </c>
+      <c r="G201" t="s">
+        <v>22</v>
+      </c>
+      <c r="H201"/>
+      <c r="I201">
+        <v>2010</v>
+      </c>
+      <c r="J201" t="s">
+        <v>474</v>
+      </c>
+      <c r="K201" t="s">
+        <v>125</v>
+      </c>
+      <c r="L201"/>
+      <c r="M201" t="s">
+        <v>1099</v>
+      </c>
+      <c r="N201" t="s">
+        <v>835</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1104</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="202" spans="1:16">
+      <c r="A202" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B202" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D202" t="s">
+        <v>117</v>
+      </c>
+      <c r="E202" t="s">
+        <v>20</v>
+      </c>
+      <c r="F202" t="s">
+        <v>43</v>
+      </c>
+      <c r="G202" t="s">
+        <v>54</v>
+      </c>
+      <c r="H202">
+        <v>2016</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s">
+        <v>474</v>
+      </c>
+      <c r="K202" t="s">
+        <v>34</v>
+      </c>
+      <c r="L202" t="s">
+        <v>1108</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1109</v>
+      </c>
+      <c r="N202" t="s">
+        <v>27</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1110</v>
+      </c>
+      <c r="P202" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="203" spans="1:16">
+      <c r="A203" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D203" t="s">
+        <v>53</v>
+      </c>
+      <c r="E203" t="s">
+        <v>20</v>
+      </c>
+      <c r="F203" t="s">
+        <v>43</v>
+      </c>
+      <c r="G203" t="s">
+        <v>54</v>
+      </c>
+      <c r="H203">
+        <v>2016</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s">
+        <v>474</v>
+      </c>
+      <c r="K203" t="s">
+        <v>34</v>
+      </c>
+      <c r="L203" t="s">
+        <v>1114</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1109</v>
+      </c>
+      <c r="N203" t="s">
+        <v>27</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1115</v>
+      </c>
+      <c r="P203" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="204" spans="1:16">
+      <c r="A204" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B204" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E204" t="s">
+        <v>20</v>
+      </c>
+      <c r="F204" t="s">
+        <v>458</v>
+      </c>
+      <c r="G204" t="s">
+        <v>22</v>
+      </c>
+      <c r="H204">
+        <v>2017</v>
+      </c>
+      <c r="I204">
+        <v>2021</v>
+      </c>
+      <c r="J204" t="s">
+        <v>784</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L204" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1123</v>
+      </c>
+      <c r="N204" t="s">
+        <v>36</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1124</v>
+      </c>
+      <c r="P204" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="205" spans="1:16">
+      <c r="A205" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B205" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D205" t="s">
+        <v>634</v>
+      </c>
+      <c r="E205" t="s">
+        <v>20</v>
+      </c>
+      <c r="F205" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G205" t="s">
+        <v>8</v>
+      </c>
+      <c r="H205">
+        <v>2015</v>
+      </c>
+      <c r="I205">
+        <v>2024</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1130</v>
+      </c>
+      <c r="K205" t="s">
+        <v>34</v>
+      </c>
+      <c r="L205" t="s">
+        <v>1131</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1132</v>
+      </c>
+      <c r="N205" t="s">
+        <v>27</v>
+      </c>
+      <c r="O205" t="s">
+        <v>1133</v>
+      </c>
+      <c r="P205" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="206" spans="1:16">
+      <c r="A206" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B206" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C206" t="s">
+        <v>316</v>
+      </c>
+      <c r="D206" t="s">
+        <v>92</v>
+      </c>
+      <c r="E206" t="s">
+        <v>20</v>
+      </c>
+      <c r="F206" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G206" t="s">
+        <v>8</v>
+      </c>
+      <c r="H206">
+        <v>2004</v>
+      </c>
+      <c r="I206">
+        <v>2024</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1130</v>
+      </c>
+      <c r="K206" t="s">
+        <v>34</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1132</v>
+      </c>
+      <c r="N206" t="s">
+        <v>27</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P206" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="207" spans="1:16">
+      <c r="A207" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B207" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C207" t="s">
+        <v>164</v>
+      </c>
+      <c r="D207" t="s">
+        <v>53</v>
+      </c>
+      <c r="E207" t="s">
+        <v>20</v>
+      </c>
+      <c r="F207" t="s">
+        <v>458</v>
+      </c>
+      <c r="G207" t="s">
+        <v>54</v>
+      </c>
+      <c r="H207">
+        <v>2015</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s">
+        <v>124</v>
+      </c>
+      <c r="K207" t="s">
+        <v>34</v>
+      </c>
+      <c r="L207"/>
+      <c r="M207" t="s">
+        <v>166</v>
+      </c>
+      <c r="N207" t="s">
+        <v>27</v>
+      </c>
+      <c r="O207" t="s">
+        <v>1141</v>
+      </c>
+      <c r="P207" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="208" spans="1:16">
+      <c r="A208" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B208" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E208" t="s">
+        <v>42</v>
+      </c>
+      <c r="F208" t="s">
+        <v>43</v>
+      </c>
+      <c r="G208" t="s">
+        <v>22</v>
+      </c>
+      <c r="H208">
+        <v>2015</v>
+      </c>
+      <c r="I208">
+        <v>2018</v>
+      </c>
+      <c r="J208" t="s">
+        <v>545</v>
+      </c>
+      <c r="K208" t="s">
         <v>24</v>
       </c>
-      <c r="N194" t="s">
-[...104 lines deleted...]
-      <c r="G197">
+      <c r="L208"/>
+      <c r="M208" t="s">
+        <v>1146</v>
+      </c>
+      <c r="N208" t="s">
+        <v>27</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1147</v>
+      </c>
+      <c r="P208" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="209" spans="1:16">
+      <c r="A209" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B209" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D209" t="s">
+        <v>172</v>
+      </c>
+      <c r="E209" t="s">
+        <v>20</v>
+      </c>
+      <c r="F209" t="s">
+        <v>43</v>
+      </c>
+      <c r="G209" t="s">
+        <v>54</v>
+      </c>
+      <c r="H209">
+        <v>2019</v>
+      </c>
+      <c r="I209">
+        <v>2020</v>
+      </c>
+      <c r="J209" t="s">
+        <v>474</v>
+      </c>
+      <c r="K209" t="s">
+        <v>34</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1109</v>
+      </c>
+      <c r="N209" t="s">
+        <v>27</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1152</v>
+      </c>
+      <c r="P209" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="210" spans="1:16">
+      <c r="A210" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B210" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D210" t="s">
+        <v>76</v>
+      </c>
+      <c r="E210" t="s">
+        <v>20</v>
+      </c>
+      <c r="F210" t="s">
+        <v>43</v>
+      </c>
+      <c r="G210" t="s">
+        <v>54</v>
+      </c>
+      <c r="H210">
+        <v>2017</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s">
+        <v>474</v>
+      </c>
+      <c r="K210" t="s">
+        <v>100</v>
+      </c>
+      <c r="L210" t="s">
+        <v>1157</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N210" t="s">
+        <v>27</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1159</v>
+      </c>
+      <c r="P210" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="211" spans="1:16">
+      <c r="A211" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B211" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D211" t="s">
+        <v>70</v>
+      </c>
+      <c r="E211" t="s">
+        <v>20</v>
+      </c>
+      <c r="F211" t="s">
+        <v>43</v>
+      </c>
+      <c r="G211" t="s">
+        <v>54</v>
+      </c>
+      <c r="H211">
         <v>2014</v>
       </c>
-      <c r="H197"/>
-[...112 lines deleted...]
-      <c r="G200">
+      <c r="I211"/>
+      <c r="J211" t="s">
+        <v>474</v>
+      </c>
+      <c r="K211" t="s">
+        <v>100</v>
+      </c>
+      <c r="L211" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N211" t="s">
+        <v>27</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P211" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="212" spans="1:16">
+      <c r="A212" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B212" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D212" t="s">
+        <v>172</v>
+      </c>
+      <c r="E212" t="s">
+        <v>20</v>
+      </c>
+      <c r="F212" t="s">
+        <v>43</v>
+      </c>
+      <c r="G212" t="s">
+        <v>54</v>
+      </c>
+      <c r="H212">
+        <v>2017</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s">
+        <v>474</v>
+      </c>
+      <c r="K212" t="s">
+        <v>34</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1168</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1158</v>
+      </c>
+      <c r="N212" t="s">
+        <v>27</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1169</v>
+      </c>
+      <c r="P212" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="213" spans="1:16">
+      <c r="A213" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B213" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C213" t="s">
+        <v>164</v>
+      </c>
+      <c r="D213" t="s">
+        <v>76</v>
+      </c>
+      <c r="E213" t="s">
+        <v>42</v>
+      </c>
+      <c r="F213" t="s">
+        <v>43</v>
+      </c>
+      <c r="G213" t="s">
+        <v>54</v>
+      </c>
+      <c r="H213">
         <v>2013</v>
       </c>
-      <c r="H200"/>
-[...552 lines deleted...]
-      </c>
+      <c r="I213"/>
       <c r="J213" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="K213" t="s">
+        <v>100</v>
+      </c>
+      <c r="L213"/>
       <c r="M213" t="s">
-        <v>24</v>
+        <v>166</v>
       </c>
       <c r="N213" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P213" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>787</v>
+        <v>1175</v>
       </c>
       <c r="B214" t="s">
-        <v>788</v>
+        <v>1176</v>
       </c>
       <c r="C214" t="s">
-        <v>117</v>
+        <v>1177</v>
       </c>
       <c r="D214" t="s">
-        <v>17</v>
+        <v>158</v>
       </c>
       <c r="E214" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F214" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>458</v>
+      </c>
+      <c r="G214" t="s">
+        <v>22</v>
       </c>
       <c r="H214">
         <v>2018</v>
       </c>
-      <c r="I214" t="s">
-        <v>632</v>
+      <c r="I214">
+        <v>2018</v>
       </c>
       <c r="J214" t="s">
-        <v>369</v>
-[...4 lines deleted...]
-      </c>
+        <v>944</v>
+      </c>
+      <c r="K214" t="s">
+        <v>539</v>
+      </c>
+      <c r="L214"/>
       <c r="M214" t="s">
-        <v>24</v>
+        <v>1178</v>
       </c>
       <c r="N214" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1179</v>
+      </c>
+      <c r="P214" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>791</v>
+        <v>1181</v>
       </c>
       <c r="B215" t="s">
-        <v>305</v>
+        <v>1182</v>
       </c>
       <c r="C215" t="s">
-        <v>90</v>
+        <v>446</v>
       </c>
       <c r="D215" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="E215" t="s">
-        <v>314</v>
+        <v>42</v>
       </c>
       <c r="F215" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G215">
+        <v>458</v>
+      </c>
+      <c r="G215" t="s">
+        <v>54</v>
+      </c>
+      <c r="H215">
         <v>2019</v>
       </c>
-      <c r="H215"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I215"/>
       <c r="J215" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
       <c r="K215" t="s">
-        <v>792</v>
+        <v>34</v>
       </c>
       <c r="L215" t="s">
-        <v>310</v>
+        <v>1183</v>
       </c>
       <c r="M215" t="s">
-        <v>24</v>
+        <v>452</v>
       </c>
       <c r="N215" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1184</v>
+      </c>
+      <c r="P215" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>794</v>
+        <v>1186</v>
       </c>
       <c r="B216" t="s">
-        <v>305</v>
+        <v>1187</v>
       </c>
       <c r="C216" t="s">
-        <v>44</v>
+        <v>446</v>
       </c>
       <c r="D216" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E216" t="s">
-        <v>314</v>
+        <v>42</v>
       </c>
       <c r="F216" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G216">
+        <v>458</v>
+      </c>
+      <c r="G216" t="s">
+        <v>54</v>
+      </c>
+      <c r="H216">
         <v>2019</v>
       </c>
-      <c r="H216"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I216"/>
       <c r="J216" t="s">
-        <v>96</v>
+        <v>55</v>
       </c>
       <c r="K216" t="s">
-        <v>795</v>
+        <v>125</v>
       </c>
       <c r="L216" t="s">
-        <v>310</v>
+        <v>1188</v>
       </c>
       <c r="M216" t="s">
-        <v>796</v>
+        <v>452</v>
       </c>
       <c r="N216" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:14">
+        <v>1189</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P216" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>798</v>
+        <v>1192</v>
       </c>
       <c r="B217" t="s">
-        <v>305</v>
+        <v>1193</v>
       </c>
       <c r="C217" t="s">
-        <v>57</v>
+        <v>446</v>
       </c>
       <c r="D217" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="E217" t="s">
-        <v>314</v>
+        <v>42</v>
       </c>
       <c r="F217" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G217">
+        <v>458</v>
+      </c>
+      <c r="G217" t="s">
+        <v>54</v>
+      </c>
+      <c r="H217">
         <v>2014</v>
       </c>
-      <c r="H217"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I217"/>
       <c r="J217" t="s">
-        <v>308</v>
+        <v>55</v>
       </c>
       <c r="K217" t="s">
-        <v>799</v>
+        <v>450</v>
       </c>
       <c r="L217" t="s">
-        <v>310</v>
+        <v>1194</v>
       </c>
       <c r="M217" t="s">
-        <v>24</v>
+        <v>452</v>
       </c>
       <c r="N217" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1195</v>
+      </c>
+      <c r="P217" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>801</v>
+        <v>1197</v>
       </c>
       <c r="B218" t="s">
-        <v>712</v>
+        <v>1198</v>
       </c>
       <c r="C218" t="s">
-        <v>802</v>
+        <v>1067</v>
       </c>
       <c r="D218" t="s">
-        <v>35</v>
+        <v>1199</v>
       </c>
       <c r="E218" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F218" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G218">
+        <v>230</v>
+      </c>
+      <c r="G218" t="s">
+        <v>22</v>
+      </c>
+      <c r="H218">
         <v>2008</v>
       </c>
-      <c r="H218">
+      <c r="I218">
         <v>2012</v>
       </c>
-      <c r="I218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J218" t="s">
-        <v>29</v>
+        <v>474</v>
       </c>
       <c r="K218" t="s">
-        <v>803</v>
+        <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>804</v>
+        <v>1200</v>
       </c>
       <c r="M218" t="s">
-        <v>31</v>
+        <v>1201</v>
       </c>
       <c r="N218" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O218" t="s">
+        <v>1202</v>
+      </c>
+      <c r="P218" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>806</v>
+        <v>1204</v>
       </c>
       <c r="B219" t="s">
-        <v>807</v>
+        <v>1205</v>
       </c>
       <c r="C219" t="s">
-        <v>468</v>
+        <v>1206</v>
       </c>
       <c r="D219" t="s">
-        <v>17</v>
+        <v>690</v>
       </c>
       <c r="E219" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F219" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G219">
+        <v>21</v>
+      </c>
+      <c r="G219" t="s">
+        <v>54</v>
+      </c>
+      <c r="H219">
         <v>2016</v>
       </c>
-      <c r="H219"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I219"/>
       <c r="J219" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K219" t="s">
+        <v>34</v>
+      </c>
+      <c r="L219"/>
       <c r="M219" t="s">
-        <v>24</v>
+        <v>1207</v>
       </c>
       <c r="N219" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1208</v>
+      </c>
+      <c r="P219" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>810</v>
+        <v>1210</v>
       </c>
       <c r="B220" t="s">
-        <v>807</v>
+        <v>1211</v>
       </c>
       <c r="C220" t="s">
-        <v>57</v>
+        <v>1206</v>
       </c>
       <c r="D220" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E220" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F220" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>21</v>
+      </c>
+      <c r="G220" t="s">
+        <v>22</v>
       </c>
       <c r="H220">
         <v>2016</v>
       </c>
-      <c r="I220" t="s">
-        <v>46</v>
+      <c r="I220">
+        <v>2016</v>
       </c>
       <c r="J220" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K220" t="s">
+        <v>34</v>
+      </c>
+      <c r="L220"/>
       <c r="M220" t="s">
-        <v>24</v>
+        <v>1207</v>
       </c>
       <c r="N220" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1212</v>
+      </c>
+      <c r="P220" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>812</v>
+        <v>1213</v>
       </c>
       <c r="B221" t="s">
-        <v>807</v>
+        <v>1214</v>
       </c>
       <c r="C221" t="s">
-        <v>44</v>
+        <v>1206</v>
       </c>
       <c r="D221" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E221" t="s">
-        <v>314</v>
+        <v>20</v>
       </c>
       <c r="F221" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G221">
+        <v>458</v>
+      </c>
+      <c r="G221" t="s">
+        <v>22</v>
+      </c>
+      <c r="H221">
         <v>1986</v>
       </c>
-      <c r="H221">
+      <c r="I221">
         <v>2012</v>
       </c>
-      <c r="I221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J221" t="s">
-        <v>813</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K221" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L221"/>
       <c r="M221" t="s">
-        <v>24</v>
+        <v>1216</v>
       </c>
       <c r="N221" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1217</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>816</v>
+        <v>1219</v>
       </c>
       <c r="B222" t="s">
-        <v>622</v>
+        <v>1220</v>
       </c>
       <c r="C222" t="s">
-        <v>90</v>
+        <v>931</v>
       </c>
       <c r="D222" t="s">
-        <v>35</v>
+        <v>117</v>
       </c>
       <c r="E222" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F222" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="G222"/>
+        <v>230</v>
+      </c>
+      <c r="G222" t="s">
+        <v>473</v>
+      </c>
       <c r="H222"/>
-      <c r="I222" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I222"/>
       <c r="J222" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="K222" t="s">
+        <v>34</v>
+      </c>
+      <c r="L222"/>
       <c r="M222" t="s">
-        <v>24</v>
+        <v>1221</v>
       </c>
       <c r="N222" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1222</v>
+      </c>
+      <c r="P222" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>819</v>
+        <v>1224</v>
       </c>
       <c r="B223" t="s">
-        <v>622</v>
+        <v>1225</v>
       </c>
       <c r="C223" t="s">
-        <v>335</v>
+        <v>931</v>
       </c>
       <c r="D223" t="s">
-        <v>35</v>
+        <v>487</v>
       </c>
       <c r="E223" t="s">
-        <v>161</v>
+        <v>42</v>
       </c>
       <c r="F223" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>230</v>
+      </c>
+      <c r="G223" t="s">
+        <v>22</v>
       </c>
       <c r="H223">
         <v>2012</v>
       </c>
-      <c r="I223" t="s">
-        <v>218</v>
+      <c r="I223">
+        <v>2012</v>
       </c>
       <c r="J223" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="K223" t="s">
+        <v>34</v>
+      </c>
+      <c r="L223"/>
       <c r="M223" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N223" t="s">
+        <v>27</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1226</v>
+      </c>
+      <c r="P223" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="224" spans="1:16">
+      <c r="A224" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B224" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C224" t="s">
+        <v>931</v>
+      </c>
+      <c r="D224" t="s">
+        <v>172</v>
+      </c>
+      <c r="E224" t="s">
+        <v>42</v>
+      </c>
+      <c r="F224" t="s">
+        <v>230</v>
+      </c>
+      <c r="G224" t="s">
+        <v>54</v>
+      </c>
+      <c r="H224">
+        <v>2013</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s">
+        <v>317</v>
+      </c>
+      <c r="K224" t="s">
+        <v>34</v>
+      </c>
+      <c r="L224"/>
+      <c r="M224" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N224" t="s">
+        <v>27</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1230</v>
+      </c>
+      <c r="P224" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="225" spans="1:16">
+      <c r="A225" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B225" t="s">
+        <v>1233</v>
+      </c>
+      <c r="C225" t="s">
+        <v>931</v>
+      </c>
+      <c r="D225" t="s">
+        <v>80</v>
+      </c>
+      <c r="E225" t="s">
+        <v>42</v>
+      </c>
+      <c r="F225" t="s">
+        <v>230</v>
+      </c>
+      <c r="G225" t="s">
+        <v>54</v>
+      </c>
+      <c r="H225">
+        <v>2017</v>
+      </c>
+      <c r="I225"/>
+      <c r="J225" t="s">
+        <v>44</v>
+      </c>
+      <c r="K225" t="s">
+        <v>34</v>
+      </c>
+      <c r="L225"/>
+      <c r="M225" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N225" t="s">
+        <v>27</v>
+      </c>
+      <c r="O225" t="s">
+        <v>1234</v>
+      </c>
+      <c r="P225" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="226" spans="1:16">
+      <c r="A226" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B226" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C226" t="s">
+        <v>931</v>
+      </c>
+      <c r="D226" t="s">
+        <v>70</v>
+      </c>
+      <c r="E226" t="s">
+        <v>42</v>
+      </c>
+      <c r="F226" t="s">
+        <v>230</v>
+      </c>
+      <c r="G226" t="s">
+        <v>54</v>
+      </c>
+      <c r="H226">
+        <v>2017</v>
+      </c>
+      <c r="I226"/>
+      <c r="J226" t="s">
+        <v>44</v>
+      </c>
+      <c r="K226" t="s">
+        <v>100</v>
+      </c>
+      <c r="L226"/>
+      <c r="M226" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N226" t="s">
+        <v>27</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P226" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="227" spans="1:16">
+      <c r="A227" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B227" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C227" t="s">
+        <v>931</v>
+      </c>
+      <c r="D227" t="s">
+        <v>53</v>
+      </c>
+      <c r="E227" t="s">
+        <v>42</v>
+      </c>
+      <c r="F227" t="s">
+        <v>230</v>
+      </c>
+      <c r="G227" t="s">
+        <v>54</v>
+      </c>
+      <c r="H227">
+        <v>2017</v>
+      </c>
+      <c r="I227"/>
+      <c r="J227" t="s">
+        <v>44</v>
+      </c>
+      <c r="K227" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L227"/>
+      <c r="M227" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N227" t="s">
+        <v>27</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P227" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="228" spans="1:16">
+      <c r="A228" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B228" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E228" t="s">
+        <v>20</v>
+      </c>
+      <c r="F228" t="s">
+        <v>21</v>
+      </c>
+      <c r="G228" t="s">
+        <v>54</v>
+      </c>
+      <c r="H228">
+        <v>2019</v>
+      </c>
+      <c r="I228"/>
+      <c r="J228" t="s">
+        <v>938</v>
+      </c>
+      <c r="K228" t="s">
+        <v>125</v>
+      </c>
+      <c r="L228"/>
+      <c r="M228" t="s">
+        <v>1087</v>
+      </c>
+      <c r="N228" t="s">
+        <v>330</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1247</v>
+      </c>
+      <c r="P228" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="229" spans="1:16">
+      <c r="A229" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B229" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D229" t="s">
+        <v>158</v>
+      </c>
+      <c r="E229" t="s">
+        <v>20</v>
+      </c>
+      <c r="F229" t="s">
+        <v>458</v>
+      </c>
+      <c r="G229" t="s">
+        <v>54</v>
+      </c>
+      <c r="H229">
+        <v>2011</v>
+      </c>
+      <c r="I229"/>
+      <c r="J229" t="s">
+        <v>474</v>
+      </c>
+      <c r="K229" t="s">
+        <v>100</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1251</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N229" t="s">
+        <v>27</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="230" spans="1:16">
+      <c r="A230" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B230" t="s">
+        <v>1255</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E230" t="s">
+        <v>20</v>
+      </c>
+      <c r="F230" t="s">
+        <v>21</v>
+      </c>
+      <c r="G230" t="s">
+        <v>22</v>
+      </c>
+      <c r="H230">
+        <v>2008</v>
+      </c>
+      <c r="I230"/>
+      <c r="J230" t="s">
+        <v>400</v>
+      </c>
+      <c r="K230" t="s">
+        <v>34</v>
+      </c>
+      <c r="L230" t="s">
+        <v>1256</v>
+      </c>
+      <c r="M230" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N230" t="s">
+        <v>36</v>
+      </c>
+      <c r="O230" t="s">
+        <v>1257</v>
+      </c>
+      <c r="P230" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="231" spans="1:16">
+      <c r="A231" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B231" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D231" t="s">
+        <v>214</v>
+      </c>
+      <c r="E231" t="s">
+        <v>20</v>
+      </c>
+      <c r="F231" t="s">
+        <v>458</v>
+      </c>
+      <c r="G231" t="s">
+        <v>54</v>
+      </c>
+      <c r="H231">
+        <v>2013</v>
+      </c>
+      <c r="I231"/>
+      <c r="J231" t="s">
+        <v>400</v>
+      </c>
+      <c r="K231" t="s">
+        <v>100</v>
+      </c>
+      <c r="L231" t="s">
+        <v>1261</v>
+      </c>
+      <c r="M231" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N231" t="s">
+        <v>27</v>
+      </c>
+      <c r="O231" t="s">
+        <v>1262</v>
+      </c>
+      <c r="P231" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="232" spans="1:16">
+      <c r="A232" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B232" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E232" t="s">
+        <v>20</v>
+      </c>
+      <c r="F232" t="s">
+        <v>21</v>
+      </c>
+      <c r="G232" t="s">
+        <v>54</v>
+      </c>
+      <c r="H232">
+        <v>2016</v>
+      </c>
+      <c r="I232"/>
+      <c r="J232" t="s">
+        <v>55</v>
+      </c>
+      <c r="K232" t="s">
+        <v>34</v>
+      </c>
+      <c r="L232"/>
+      <c r="M232" t="s">
+        <v>1268</v>
+      </c>
+      <c r="N232" t="s">
+        <v>27</v>
+      </c>
+      <c r="O232" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P232" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="233" spans="1:16">
+      <c r="A233" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B233" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E233" t="s">
+        <v>20</v>
+      </c>
+      <c r="F233" t="s">
+        <v>43</v>
+      </c>
+      <c r="G233" t="s">
+        <v>54</v>
+      </c>
+      <c r="H233">
+        <v>2017</v>
+      </c>
+      <c r="I233"/>
+      <c r="J233" t="s">
+        <v>55</v>
+      </c>
+      <c r="K233" t="s">
         <v>24</v>
       </c>
-      <c r="N223" t="s">
-[...382 lines deleted...]
-      <c r="E233" t="s">
+      <c r="L233"/>
+      <c r="M233" t="s">
+        <v>1268</v>
+      </c>
+      <c r="N233" t="s">
         <v>36</v>
       </c>
-      <c r="F233" t="s">
-[...9 lines deleted...]
-      <c r="J233" t="s">
+      <c r="O233" t="s">
+        <v>1274</v>
+      </c>
+      <c r="P233" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="234" spans="1:16">
+      <c r="A234" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B234" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C234" t="s">
+        <v>277</v>
+      </c>
+      <c r="D234" t="s">
+        <v>567</v>
+      </c>
+      <c r="E234" t="s">
+        <v>20</v>
+      </c>
+      <c r="F234" t="s">
         <v>21</v>
       </c>
-      <c r="K233"/>
-[...29 lines deleted...]
-      <c r="G234">
+      <c r="G234" t="s">
+        <v>448</v>
+      </c>
+      <c r="H234">
         <v>2021</v>
       </c>
-      <c r="H234"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I234"/>
       <c r="J234" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="K234" t="s">
+        <v>34</v>
+      </c>
+      <c r="L234"/>
       <c r="M234" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N234" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O234" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P234" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>851</v>
+        <v>1280</v>
       </c>
       <c r="B235" t="s">
-        <v>190</v>
+        <v>1281</v>
       </c>
       <c r="C235" t="s">
-        <v>852</v>
+        <v>277</v>
       </c>
       <c r="D235" t="s">
-        <v>17</v>
+        <v>1282</v>
       </c>
       <c r="E235" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F235" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G235">
+        <v>21</v>
+      </c>
+      <c r="G235" t="s">
+        <v>448</v>
+      </c>
+      <c r="H235">
         <v>2021</v>
       </c>
-      <c r="H235"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I235"/>
       <c r="J235" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="K235" t="s">
+        <v>34</v>
+      </c>
+      <c r="L235"/>
       <c r="M235" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N235" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O235" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P235" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>854</v>
+        <v>1285</v>
       </c>
       <c r="B236" t="s">
-        <v>190</v>
+        <v>1286</v>
       </c>
       <c r="C236" t="s">
-        <v>44</v>
+        <v>277</v>
       </c>
       <c r="D236" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E236" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F236" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G236">
+        <v>21</v>
+      </c>
+      <c r="G236" t="s">
+        <v>22</v>
+      </c>
+      <c r="H236">
         <v>2009</v>
       </c>
-      <c r="H236">
+      <c r="I236">
         <v>2018</v>
       </c>
-      <c r="I236" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J236" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="K236" t="s">
+        <v>34</v>
+      </c>
+      <c r="L236"/>
       <c r="M236" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N236" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O236" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P236" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>856</v>
+        <v>1289</v>
       </c>
       <c r="B237" t="s">
-        <v>190</v>
+        <v>1290</v>
       </c>
       <c r="C237" t="s">
-        <v>44</v>
+        <v>277</v>
       </c>
       <c r="D237" t="s">
-        <v>17</v>
+        <v>53</v>
       </c>
       <c r="E237" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F237" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G237">
+        <v>21</v>
+      </c>
+      <c r="G237" t="s">
+        <v>54</v>
+      </c>
+      <c r="H237">
         <v>2009</v>
       </c>
-      <c r="H237"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I237"/>
       <c r="J237" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="K237" t="s">
+        <v>125</v>
+      </c>
+      <c r="L237"/>
       <c r="M237" t="s">
-        <v>24</v>
+        <v>281</v>
       </c>
       <c r="N237" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O237" t="s">
+        <v>1291</v>
+      </c>
+      <c r="P237" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>858</v>
+        <v>1293</v>
       </c>
       <c r="B238" t="s">
-        <v>190</v>
+        <v>1294</v>
       </c>
       <c r="C238" t="s">
-        <v>73</v>
+        <v>277</v>
       </c>
       <c r="D238" t="s">
-        <v>17</v>
+        <v>92</v>
       </c>
       <c r="E238" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F238" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G238" t="s">
+        <v>22</v>
       </c>
       <c r="H238">
         <v>2015</v>
       </c>
-      <c r="I238" t="s">
-        <v>193</v>
+      <c r="I238">
+        <v>2015</v>
       </c>
       <c r="J238" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="K238" t="s">
+        <v>34</v>
+      </c>
+      <c r="L238"/>
       <c r="M238" t="s">
+        <v>281</v>
+      </c>
+      <c r="N238" t="s">
+        <v>27</v>
+      </c>
+      <c r="O238" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P238" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="239" spans="1:16">
+      <c r="A239" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B239" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E239" t="s">
+        <v>20</v>
+      </c>
+      <c r="F239" t="s">
+        <v>43</v>
+      </c>
+      <c r="G239" t="s">
+        <v>22</v>
+      </c>
+      <c r="H239">
+        <v>2009</v>
+      </c>
+      <c r="I239">
+        <v>2016</v>
+      </c>
+      <c r="J239" t="s">
+        <v>33</v>
+      </c>
+      <c r="K239" t="s">
         <v>24</v>
       </c>
-      <c r="N238" t="s">
-[...16 lines deleted...]
-      <c r="E239" t="s">
+      <c r="L239"/>
+      <c r="M239" t="s">
+        <v>1301</v>
+      </c>
+      <c r="N239" t="s">
+        <v>27</v>
+      </c>
+      <c r="O239" t="s">
+        <v>1302</v>
+      </c>
+      <c r="P239" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="240" spans="1:16">
+      <c r="A240" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B240" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C240" t="s">
+        <v>399</v>
+      </c>
+      <c r="D240" t="s">
+        <v>172</v>
+      </c>
+      <c r="E240" t="s">
+        <v>42</v>
+      </c>
+      <c r="F240" t="s">
+        <v>230</v>
+      </c>
+      <c r="G240" t="s">
+        <v>54</v>
+      </c>
+      <c r="H240">
+        <v>2013</v>
+      </c>
+      <c r="I240"/>
+      <c r="J240" t="s">
+        <v>33</v>
+      </c>
+      <c r="K240" t="s">
+        <v>34</v>
+      </c>
+      <c r="L240" t="s">
+        <v>1306</v>
+      </c>
+      <c r="M240" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N240" t="s">
+        <v>27</v>
+      </c>
+      <c r="O240" t="s">
+        <v>1308</v>
+      </c>
+      <c r="P240" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="241" spans="1:16">
+      <c r="A241" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B241" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C241" t="s">
+        <v>399</v>
+      </c>
+      <c r="D241" t="s">
+        <v>500</v>
+      </c>
+      <c r="E241" t="s">
+        <v>42</v>
+      </c>
+      <c r="F241" t="s">
+        <v>230</v>
+      </c>
+      <c r="G241" t="s">
+        <v>54</v>
+      </c>
+      <c r="H241">
+        <v>2013</v>
+      </c>
+      <c r="I241"/>
+      <c r="J241" t="s">
+        <v>33</v>
+      </c>
+      <c r="K241" t="s">
+        <v>34</v>
+      </c>
+      <c r="L241" t="s">
+        <v>1312</v>
+      </c>
+      <c r="M241" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N241" t="s">
+        <v>27</v>
+      </c>
+      <c r="O241" t="s">
+        <v>1313</v>
+      </c>
+      <c r="P241" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="242" spans="1:16">
+      <c r="A242" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B242" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C242" t="s">
+        <v>399</v>
+      </c>
+      <c r="D242" t="s">
+        <v>92</v>
+      </c>
+      <c r="E242" t="s">
+        <v>42</v>
+      </c>
+      <c r="F242" t="s">
+        <v>230</v>
+      </c>
+      <c r="G242" t="s">
+        <v>54</v>
+      </c>
+      <c r="H242">
+        <v>2012</v>
+      </c>
+      <c r="I242"/>
+      <c r="J242" t="s">
+        <v>326</v>
+      </c>
+      <c r="K242" t="s">
+        <v>34</v>
+      </c>
+      <c r="L242" t="s">
+        <v>1317</v>
+      </c>
+      <c r="M242" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N242" t="s">
+        <v>27</v>
+      </c>
+      <c r="O242" t="s">
+        <v>1318</v>
+      </c>
+      <c r="P242" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="243" spans="1:16">
+      <c r="A243" t="s">
+        <v>1320</v>
+      </c>
+      <c r="B243" t="s">
+        <v>1321</v>
+      </c>
+      <c r="C243" t="s">
+        <v>399</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E243" t="s">
+        <v>42</v>
+      </c>
+      <c r="F243" t="s">
+        <v>230</v>
+      </c>
+      <c r="G243" t="s">
+        <v>54</v>
+      </c>
+      <c r="H243">
+        <v>2012</v>
+      </c>
+      <c r="I243"/>
+      <c r="J243" t="s">
+        <v>795</v>
+      </c>
+      <c r="K243" t="s">
+        <v>34</v>
+      </c>
+      <c r="L243" t="s">
+        <v>1322</v>
+      </c>
+      <c r="M243" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N243" t="s">
+        <v>27</v>
+      </c>
+      <c r="O243" t="s">
+        <v>1323</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="244" spans="1:16">
+      <c r="A244" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B244" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C244" t="s">
+        <v>399</v>
+      </c>
+      <c r="D244" t="s">
+        <v>76</v>
+      </c>
+      <c r="E244" t="s">
+        <v>42</v>
+      </c>
+      <c r="F244" t="s">
+        <v>230</v>
+      </c>
+      <c r="G244" t="s">
+        <v>54</v>
+      </c>
+      <c r="H244">
+        <v>2014</v>
+      </c>
+      <c r="I244"/>
+      <c r="J244" t="s">
+        <v>326</v>
+      </c>
+      <c r="K244" t="s">
+        <v>34</v>
+      </c>
+      <c r="L244" t="s">
+        <v>1327</v>
+      </c>
+      <c r="M244" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N244" t="s">
+        <v>27</v>
+      </c>
+      <c r="O244" t="s">
+        <v>1328</v>
+      </c>
+      <c r="P244" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="245" spans="1:16">
+      <c r="A245" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B245" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C245" t="s">
+        <v>399</v>
+      </c>
+      <c r="D245" t="s">
+        <v>117</v>
+      </c>
+      <c r="E245" t="s">
+        <v>42</v>
+      </c>
+      <c r="F245" t="s">
+        <v>230</v>
+      </c>
+      <c r="G245" t="s">
+        <v>22</v>
+      </c>
+      <c r="H245">
+        <v>2011</v>
+      </c>
+      <c r="I245"/>
+      <c r="J245" t="s">
+        <v>326</v>
+      </c>
+      <c r="K245" t="s">
+        <v>34</v>
+      </c>
+      <c r="L245" t="s">
+        <v>1332</v>
+      </c>
+      <c r="M245" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N245" t="s">
+        <v>27</v>
+      </c>
+      <c r="O245" t="s">
+        <v>1333</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="246" spans="1:16">
+      <c r="A246" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B246" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C246" t="s">
+        <v>399</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E246" t="s">
+        <v>42</v>
+      </c>
+      <c r="F246" t="s">
+        <v>230</v>
+      </c>
+      <c r="G246" t="s">
+        <v>54</v>
+      </c>
+      <c r="H246">
+        <v>2014</v>
+      </c>
+      <c r="I246"/>
+      <c r="J246" t="s">
+        <v>795</v>
+      </c>
+      <c r="K246" t="s">
+        <v>34</v>
+      </c>
+      <c r="L246" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M246" t="s">
+        <v>1307</v>
+      </c>
+      <c r="N246" t="s">
+        <v>27</v>
+      </c>
+      <c r="O246" t="s">
+        <v>1339</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="247" spans="1:16">
+      <c r="A247" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B247" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C247" t="s">
+        <v>179</v>
+      </c>
+      <c r="D247" t="s">
+        <v>172</v>
+      </c>
+      <c r="E247" t="s">
+        <v>20</v>
+      </c>
+      <c r="F247" t="s">
+        <v>21</v>
+      </c>
+      <c r="G247" t="s">
+        <v>54</v>
+      </c>
+      <c r="H247">
+        <v>2021</v>
+      </c>
+      <c r="I247"/>
+      <c r="J247" t="s">
+        <v>180</v>
+      </c>
+      <c r="K247" t="s">
+        <v>34</v>
+      </c>
+      <c r="L247"/>
+      <c r="M247"/>
+      <c r="N247" t="s">
+        <v>27</v>
+      </c>
+      <c r="O247" t="s">
+        <v>1343</v>
+      </c>
+      <c r="P247" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="248" spans="1:16">
+      <c r="A248" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B248" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C248" t="s">
+        <v>399</v>
+      </c>
+      <c r="D248" t="s">
+        <v>80</v>
+      </c>
+      <c r="E248" t="s">
+        <v>42</v>
+      </c>
+      <c r="F248" t="s">
+        <v>43</v>
+      </c>
+      <c r="G248" t="s">
+        <v>22</v>
+      </c>
+      <c r="H248">
+        <v>2014</v>
+      </c>
+      <c r="I248">
+        <v>2019</v>
+      </c>
+      <c r="J248" t="s">
+        <v>400</v>
+      </c>
+      <c r="K248" t="s">
+        <v>34</v>
+      </c>
+      <c r="L248" t="s">
+        <v>1347</v>
+      </c>
+      <c r="M248" t="s">
+        <v>402</v>
+      </c>
+      <c r="N248" t="s">
+        <v>27</v>
+      </c>
+      <c r="O248" t="s">
+        <v>1348</v>
+      </c>
+      <c r="P248" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="249" spans="1:16">
+      <c r="A249" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B249" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C249" t="s">
+        <v>399</v>
+      </c>
+      <c r="D249" t="s">
+        <v>76</v>
+      </c>
+      <c r="E249" t="s">
+        <v>42</v>
+      </c>
+      <c r="F249" t="s">
+        <v>43</v>
+      </c>
+      <c r="G249" t="s">
+        <v>22</v>
+      </c>
+      <c r="H249">
+        <v>2012</v>
+      </c>
+      <c r="I249">
+        <v>2019</v>
+      </c>
+      <c r="J249" t="s">
+        <v>44</v>
+      </c>
+      <c r="K249" t="s">
+        <v>34</v>
+      </c>
+      <c r="L249" t="s">
+        <v>1352</v>
+      </c>
+      <c r="M249" t="s">
+        <v>402</v>
+      </c>
+      <c r="N249" t="s">
+        <v>27</v>
+      </c>
+      <c r="O249" t="s">
+        <v>1353</v>
+      </c>
+      <c r="P249" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="250" spans="1:16">
+      <c r="A250" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B250" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C250" t="s">
+        <v>399</v>
+      </c>
+      <c r="D250" t="s">
+        <v>417</v>
+      </c>
+      <c r="E250" t="s">
+        <v>42</v>
+      </c>
+      <c r="F250" t="s">
+        <v>43</v>
+      </c>
+      <c r="G250" t="s">
+        <v>22</v>
+      </c>
+      <c r="H250">
+        <v>2004</v>
+      </c>
+      <c r="I250">
+        <v>2019</v>
+      </c>
+      <c r="J250" t="s">
+        <v>400</v>
+      </c>
+      <c r="K250" t="s">
+        <v>34</v>
+      </c>
+      <c r="L250" t="s">
+        <v>1357</v>
+      </c>
+      <c r="M250" t="s">
+        <v>402</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1358</v>
+      </c>
+      <c r="P250" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="251" spans="1:16">
+      <c r="A251" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B251" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C251" t="s">
+        <v>399</v>
+      </c>
+      <c r="D251" t="s">
+        <v>92</v>
+      </c>
+      <c r="E251" t="s">
+        <v>42</v>
+      </c>
+      <c r="F251" t="s">
+        <v>43</v>
+      </c>
+      <c r="G251" t="s">
+        <v>22</v>
+      </c>
+      <c r="H251">
+        <v>2011</v>
+      </c>
+      <c r="I251">
+        <v>2019</v>
+      </c>
+      <c r="J251" t="s">
+        <v>400</v>
+      </c>
+      <c r="K251" t="s">
+        <v>34</v>
+      </c>
+      <c r="L251" t="s">
+        <v>1362</v>
+      </c>
+      <c r="M251" t="s">
+        <v>402</v>
+      </c>
+      <c r="N251" t="s">
+        <v>27</v>
+      </c>
+      <c r="O251" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P251" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="252" spans="1:16">
+      <c r="A252" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B252" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C252" t="s">
+        <v>424</v>
+      </c>
+      <c r="D252" t="s">
+        <v>76</v>
+      </c>
+      <c r="E252" t="s">
+        <v>42</v>
+      </c>
+      <c r="F252" t="s">
+        <v>230</v>
+      </c>
+      <c r="G252" t="s">
+        <v>22</v>
+      </c>
+      <c r="H252">
+        <v>2013</v>
+      </c>
+      <c r="I252">
+        <v>2020</v>
+      </c>
+      <c r="J252" t="s">
+        <v>33</v>
+      </c>
+      <c r="K252" t="s">
+        <v>100</v>
+      </c>
+      <c r="L252" t="s">
+        <v>1367</v>
+      </c>
+      <c r="M252" t="s">
+        <v>1368</v>
+      </c>
+      <c r="N252" t="s">
+        <v>27</v>
+      </c>
+      <c r="O252" t="s">
+        <v>1369</v>
+      </c>
+      <c r="P252" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="253" spans="1:16">
+      <c r="A253" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B253" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C253" t="s">
+        <v>424</v>
+      </c>
+      <c r="D253" t="s">
+        <v>92</v>
+      </c>
+      <c r="E253" t="s">
+        <v>42</v>
+      </c>
+      <c r="F253" t="s">
+        <v>230</v>
+      </c>
+      <c r="G253" t="s">
+        <v>22</v>
+      </c>
+      <c r="H253">
+        <v>2001</v>
+      </c>
+      <c r="I253">
+        <v>2020</v>
+      </c>
+      <c r="J253" t="s">
+        <v>44</v>
+      </c>
+      <c r="K253" t="s">
+        <v>34</v>
+      </c>
+      <c r="L253" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M253" t="s">
+        <v>1368</v>
+      </c>
+      <c r="N253" t="s">
+        <v>27</v>
+      </c>
+      <c r="O253" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P253" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="254" spans="1:16">
+      <c r="A254" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B254" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C254" t="s">
+        <v>424</v>
+      </c>
+      <c r="D254" t="s">
+        <v>70</v>
+      </c>
+      <c r="E254" t="s">
+        <v>42</v>
+      </c>
+      <c r="F254" t="s">
+        <v>230</v>
+      </c>
+      <c r="G254" t="s">
+        <v>22</v>
+      </c>
+      <c r="H254">
+        <v>2012</v>
+      </c>
+      <c r="I254">
+        <v>2020</v>
+      </c>
+      <c r="J254" t="s">
+        <v>55</v>
+      </c>
+      <c r="K254" t="s">
+        <v>100</v>
+      </c>
+      <c r="L254" t="s">
+        <v>1378</v>
+      </c>
+      <c r="M254" t="s">
+        <v>427</v>
+      </c>
+      <c r="N254" t="s">
+        <v>27</v>
+      </c>
+      <c r="O254" t="s">
+        <v>1379</v>
+      </c>
+      <c r="P254" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="255" spans="1:16">
+      <c r="A255" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B255" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C255" t="s">
+        <v>424</v>
+      </c>
+      <c r="D255" t="s">
+        <v>567</v>
+      </c>
+      <c r="E255" t="s">
+        <v>42</v>
+      </c>
+      <c r="F255" t="s">
+        <v>230</v>
+      </c>
+      <c r="G255" t="s">
+        <v>22</v>
+      </c>
+      <c r="H255">
+        <v>2012</v>
+      </c>
+      <c r="I255">
+        <v>2020</v>
+      </c>
+      <c r="J255" t="s">
+        <v>55</v>
+      </c>
+      <c r="K255" t="s">
+        <v>34</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M255" t="s">
+        <v>427</v>
+      </c>
+      <c r="N255" t="s">
         <v>36</v>
       </c>
-      <c r="F239" t="s">
-[...2 lines deleted...]
-      <c r="G239">
+      <c r="O255" t="s">
+        <v>1384</v>
+      </c>
+      <c r="P255" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="256" spans="1:16">
+      <c r="A256" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B256" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C256" t="s">
+        <v>424</v>
+      </c>
+      <c r="D256" t="s">
+        <v>117</v>
+      </c>
+      <c r="E256" t="s">
+        <v>42</v>
+      </c>
+      <c r="F256" t="s">
+        <v>230</v>
+      </c>
+      <c r="G256" t="s">
+        <v>22</v>
+      </c>
+      <c r="H256">
+        <v>2014</v>
+      </c>
+      <c r="I256">
+        <v>2020</v>
+      </c>
+      <c r="J256" t="s">
+        <v>44</v>
+      </c>
+      <c r="K256" t="s">
+        <v>34</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1388</v>
+      </c>
+      <c r="M256" t="s">
+        <v>1368</v>
+      </c>
+      <c r="N256" t="s">
+        <v>27</v>
+      </c>
+      <c r="O256" t="s">
+        <v>1389</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="257" spans="1:16">
+      <c r="A257" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B257" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C257" t="s">
+        <v>399</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1393</v>
+      </c>
+      <c r="E257" t="s">
+        <v>42</v>
+      </c>
+      <c r="F257" t="s">
+        <v>21</v>
+      </c>
+      <c r="G257" t="s">
+        <v>54</v>
+      </c>
+      <c r="H257">
+        <v>2013</v>
+      </c>
+      <c r="I257"/>
+      <c r="J257" t="s">
+        <v>400</v>
+      </c>
+      <c r="K257" t="s">
+        <v>34</v>
+      </c>
+      <c r="L257"/>
+      <c r="M257" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N257" t="s">
+        <v>27</v>
+      </c>
+      <c r="O257" t="s">
+        <v>1395</v>
+      </c>
+      <c r="P257" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="258" spans="1:16">
+      <c r="A258" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B258" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C258" t="s">
+        <v>399</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E258" t="s">
+        <v>42</v>
+      </c>
+      <c r="F258" t="s">
+        <v>21</v>
+      </c>
+      <c r="G258" t="s">
+        <v>54</v>
+      </c>
+      <c r="H258">
+        <v>2013</v>
+      </c>
+      <c r="I258"/>
+      <c r="J258" t="s">
+        <v>795</v>
+      </c>
+      <c r="K258" t="s">
+        <v>34</v>
+      </c>
+      <c r="L258"/>
+      <c r="M258" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N258" t="s">
+        <v>27</v>
+      </c>
+      <c r="O258" t="s">
+        <v>1399</v>
+      </c>
+      <c r="P258" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="259" spans="1:16">
+      <c r="A259" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B259" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C259" t="s">
+        <v>399</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E259" t="s">
+        <v>42</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+      <c r="G259" t="s">
+        <v>54</v>
+      </c>
+      <c r="H259">
+        <v>2013</v>
+      </c>
+      <c r="I259"/>
+      <c r="J259" t="s">
+        <v>795</v>
+      </c>
+      <c r="K259" t="s">
+        <v>34</v>
+      </c>
+      <c r="L259"/>
+      <c r="M259" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N259" t="s">
+        <v>27</v>
+      </c>
+      <c r="O259" t="s">
+        <v>1403</v>
+      </c>
+      <c r="P259" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="260" spans="1:16">
+      <c r="A260" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B260" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C260" t="s">
+        <v>399</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E260" t="s">
+        <v>42</v>
+      </c>
+      <c r="F260" t="s">
+        <v>21</v>
+      </c>
+      <c r="G260" t="s">
+        <v>54</v>
+      </c>
+      <c r="H260">
+        <v>2013</v>
+      </c>
+      <c r="I260"/>
+      <c r="J260" t="s">
+        <v>795</v>
+      </c>
+      <c r="K260" t="s">
+        <v>34</v>
+      </c>
+      <c r="L260"/>
+      <c r="M260" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N260" t="s">
+        <v>27</v>
+      </c>
+      <c r="O260" t="s">
+        <v>1407</v>
+      </c>
+      <c r="P260" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="261" spans="1:16">
+      <c r="A261" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B261" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C261" t="s">
+        <v>399</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1411</v>
+      </c>
+      <c r="E261" t="s">
+        <v>42</v>
+      </c>
+      <c r="F261" t="s">
+        <v>21</v>
+      </c>
+      <c r="G261" t="s">
+        <v>54</v>
+      </c>
+      <c r="H261">
+        <v>2016</v>
+      </c>
+      <c r="I261"/>
+      <c r="J261" t="s">
+        <v>795</v>
+      </c>
+      <c r="K261" t="s">
+        <v>34</v>
+      </c>
+      <c r="L261"/>
+      <c r="M261" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N261" t="s">
+        <v>27</v>
+      </c>
+      <c r="O261" t="s">
+        <v>1412</v>
+      </c>
+      <c r="P261" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="262" spans="1:16">
+      <c r="A262" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B262" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C262" t="s">
+        <v>399</v>
+      </c>
+      <c r="D262" t="s">
+        <v>439</v>
+      </c>
+      <c r="E262" t="s">
+        <v>42</v>
+      </c>
+      <c r="F262" t="s">
+        <v>21</v>
+      </c>
+      <c r="G262" t="s">
+        <v>54</v>
+      </c>
+      <c r="H262">
+        <v>2016</v>
+      </c>
+      <c r="I262"/>
+      <c r="J262" t="s">
+        <v>795</v>
+      </c>
+      <c r="K262" t="s">
+        <v>34</v>
+      </c>
+      <c r="L262"/>
+      <c r="M262" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N262" t="s">
+        <v>27</v>
+      </c>
+      <c r="O262" t="s">
+        <v>1416</v>
+      </c>
+      <c r="P262" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="263" spans="1:16">
+      <c r="A263" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B263" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C263" t="s">
+        <v>399</v>
+      </c>
+      <c r="D263" t="s">
+        <v>425</v>
+      </c>
+      <c r="E263" t="s">
+        <v>325</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+      <c r="G263" t="s">
+        <v>305</v>
+      </c>
+      <c r="H263"/>
+      <c r="I263"/>
+      <c r="J263" t="s">
+        <v>400</v>
+      </c>
+      <c r="K263" t="s">
+        <v>34</v>
+      </c>
+      <c r="L263"/>
+      <c r="M263" t="s">
+        <v>1420</v>
+      </c>
+      <c r="N263" t="s">
+        <v>27</v>
+      </c>
+      <c r="O263" t="s">
+        <v>1421</v>
+      </c>
+      <c r="P263" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="264" spans="1:16">
+      <c r="A264" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B264" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D264" t="s">
+        <v>214</v>
+      </c>
+      <c r="E264" t="s">
+        <v>20</v>
+      </c>
+      <c r="F264" t="s">
+        <v>43</v>
+      </c>
+      <c r="G264" t="s">
+        <v>22</v>
+      </c>
+      <c r="H264">
+        <v>2011</v>
+      </c>
+      <c r="I264">
+        <v>2014</v>
+      </c>
+      <c r="J264" t="s">
+        <v>400</v>
+      </c>
+      <c r="K264" t="s">
+        <v>24</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1426</v>
+      </c>
+      <c r="M264" t="s">
+        <v>1427</v>
+      </c>
+      <c r="N264" t="s">
+        <v>27</v>
+      </c>
+      <c r="O264" t="s">
+        <v>1428</v>
+      </c>
+      <c r="P264" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="265" spans="1:16">
+      <c r="A265" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B265" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D265" t="s">
+        <v>214</v>
+      </c>
+      <c r="E265" t="s">
+        <v>42</v>
+      </c>
+      <c r="F265" t="s">
+        <v>21</v>
+      </c>
+      <c r="G265" t="s">
+        <v>22</v>
+      </c>
+      <c r="H265">
+        <v>2015</v>
+      </c>
+      <c r="I265">
+        <v>2017</v>
+      </c>
+      <c r="J265" t="s">
+        <v>400</v>
+      </c>
+      <c r="K265" t="s">
+        <v>24</v>
+      </c>
+      <c r="L265" t="s">
+        <v>1431</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1427</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P265" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="266" spans="1:16">
+      <c r="A266" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B266" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D266" t="s">
+        <v>172</v>
+      </c>
+      <c r="E266" t="s">
+        <v>42</v>
+      </c>
+      <c r="F266" t="s">
+        <v>21</v>
+      </c>
+      <c r="G266" t="s">
+        <v>22</v>
+      </c>
+      <c r="H266">
+        <v>2011</v>
+      </c>
+      <c r="I266">
+        <v>2021</v>
+      </c>
+      <c r="J266" t="s">
+        <v>400</v>
+      </c>
+      <c r="K266" t="s">
+        <v>34</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1435</v>
+      </c>
+      <c r="M266" t="s">
+        <v>1427</v>
+      </c>
+      <c r="N266" t="s">
+        <v>27</v>
+      </c>
+      <c r="O266" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P266" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="267" spans="1:16">
+      <c r="A267" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B267" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D267" t="s">
+        <v>172</v>
+      </c>
+      <c r="E267" t="s">
+        <v>42</v>
+      </c>
+      <c r="F267" t="s">
+        <v>43</v>
+      </c>
+      <c r="G267" t="s">
+        <v>22</v>
+      </c>
+      <c r="H267">
+        <v>2002</v>
+      </c>
+      <c r="I267">
+        <v>2021</v>
+      </c>
+      <c r="J267" t="s">
+        <v>400</v>
+      </c>
+      <c r="K267" t="s">
+        <v>34</v>
+      </c>
+      <c r="L267" t="s">
+        <v>1440</v>
+      </c>
+      <c r="M267" t="s">
+        <v>1427</v>
+      </c>
+      <c r="N267" t="s">
+        <v>27</v>
+      </c>
+      <c r="O267" t="s">
+        <v>1441</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="268" spans="1:16">
+      <c r="A268" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B268" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D268" t="s">
+        <v>53</v>
+      </c>
+      <c r="E268" t="s">
+        <v>42</v>
+      </c>
+      <c r="F268" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G268" t="s">
+        <v>54</v>
+      </c>
+      <c r="H268">
+        <v>2008</v>
+      </c>
+      <c r="I268"/>
+      <c r="J268" t="s">
+        <v>545</v>
+      </c>
+      <c r="K268" t="s">
+        <v>1445</v>
+      </c>
+      <c r="L268" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M268" t="s">
+        <v>1427</v>
+      </c>
+      <c r="N268" t="s">
+        <v>27</v>
+      </c>
+      <c r="O268" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P268" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="269" spans="1:16">
+      <c r="A269" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B269" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D269" t="s">
+        <v>53</v>
+      </c>
+      <c r="E269" t="s">
+        <v>20</v>
+      </c>
+      <c r="F269" t="s">
+        <v>458</v>
+      </c>
+      <c r="G269" t="s">
+        <v>22</v>
+      </c>
+      <c r="H269">
+        <v>2014</v>
+      </c>
+      <c r="I269">
+        <v>2015</v>
+      </c>
+      <c r="J269" t="s">
+        <v>480</v>
+      </c>
+      <c r="K269" t="s">
+        <v>34</v>
+      </c>
+      <c r="L269"/>
+      <c r="M269" t="s">
+        <v>1452</v>
+      </c>
+      <c r="N269" t="s">
+        <v>27</v>
+      </c>
+      <c r="O269" t="s">
+        <v>1453</v>
+      </c>
+      <c r="P269" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="270" spans="1:16">
+      <c r="A270" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B270" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D270" t="s">
+        <v>172</v>
+      </c>
+      <c r="E270" t="s">
+        <v>20</v>
+      </c>
+      <c r="F270" t="s">
+        <v>458</v>
+      </c>
+      <c r="G270" t="s">
+        <v>54</v>
+      </c>
+      <c r="H270">
+        <v>2016</v>
+      </c>
+      <c r="I270">
+        <v>2018</v>
+      </c>
+      <c r="J270" t="s">
+        <v>111</v>
+      </c>
+      <c r="K270" t="s">
+        <v>34</v>
+      </c>
+      <c r="L270"/>
+      <c r="M270" t="s">
+        <v>1452</v>
+      </c>
+      <c r="N270" t="s">
+        <v>27</v>
+      </c>
+      <c r="O270" t="s">
+        <v>1457</v>
+      </c>
+      <c r="P270" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="271" spans="1:16">
+      <c r="A271" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B271" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D271" t="s">
+        <v>53</v>
+      </c>
+      <c r="E271" t="s">
+        <v>20</v>
+      </c>
+      <c r="F271" t="s">
+        <v>21</v>
+      </c>
+      <c r="G271" t="s">
+        <v>22</v>
+      </c>
+      <c r="H271">
         <v>2009</v>
       </c>
-      <c r="H239">
+      <c r="I271">
+        <v>2011</v>
+      </c>
+      <c r="J271" t="s">
+        <v>938</v>
+      </c>
+      <c r="K271" t="s">
+        <v>34</v>
+      </c>
+      <c r="L271" t="s">
+        <v>1462</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1463</v>
+      </c>
+      <c r="N271" t="s">
+        <v>27</v>
+      </c>
+      <c r="O271" t="s">
+        <v>1464</v>
+      </c>
+      <c r="P271" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="272" spans="1:16">
+      <c r="A272" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B272" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D272" t="s">
+        <v>53</v>
+      </c>
+      <c r="E272" t="s">
+        <v>42</v>
+      </c>
+      <c r="F272" t="s">
+        <v>43</v>
+      </c>
+      <c r="G272" t="s">
+        <v>22</v>
+      </c>
+      <c r="H272">
+        <v>2007</v>
+      </c>
+      <c r="I272">
+        <v>2011</v>
+      </c>
+      <c r="J272" t="s">
+        <v>55</v>
+      </c>
+      <c r="K272" t="s">
+        <v>34</v>
+      </c>
+      <c r="L272" t="s">
+        <v>1468</v>
+      </c>
+      <c r="M272" t="s">
+        <v>1463</v>
+      </c>
+      <c r="N272" t="s">
+        <v>27</v>
+      </c>
+      <c r="O272" t="s">
+        <v>1469</v>
+      </c>
+      <c r="P272" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="273" spans="1:16">
+      <c r="A273" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B273" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D273" t="s">
+        <v>324</v>
+      </c>
+      <c r="E273" t="s">
+        <v>42</v>
+      </c>
+      <c r="F273" t="s">
+        <v>1474</v>
+      </c>
+      <c r="G273" t="s">
+        <v>54</v>
+      </c>
+      <c r="H273">
+        <v>2019</v>
+      </c>
+      <c r="I273"/>
+      <c r="J273" t="s">
+        <v>44</v>
+      </c>
+      <c r="K273" t="s">
+        <v>327</v>
+      </c>
+      <c r="L273"/>
+      <c r="M273" t="s">
+        <v>1475</v>
+      </c>
+      <c r="N273" t="s">
+        <v>330</v>
+      </c>
+      <c r="O273" t="s">
+        <v>1476</v>
+      </c>
+      <c r="P273" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="274" spans="1:16">
+      <c r="A274" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B274" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D274" t="s">
+        <v>53</v>
+      </c>
+      <c r="E274" t="s">
+        <v>20</v>
+      </c>
+      <c r="F274" t="s">
+        <v>458</v>
+      </c>
+      <c r="G274" t="s">
+        <v>54</v>
+      </c>
+      <c r="H274">
+        <v>2014</v>
+      </c>
+      <c r="I274"/>
+      <c r="J274" t="s">
+        <v>474</v>
+      </c>
+      <c r="K274" t="s">
+        <v>34</v>
+      </c>
+      <c r="L274" t="s">
+        <v>1481</v>
+      </c>
+      <c r="M274" t="s">
+        <v>1482</v>
+      </c>
+      <c r="N274" t="s">
+        <v>27</v>
+      </c>
+      <c r="O274" t="s">
+        <v>1483</v>
+      </c>
+      <c r="P274" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="275" spans="1:16">
+      <c r="A275" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B275" t="s">
+        <v>1486</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E275" t="s">
+        <v>20</v>
+      </c>
+      <c r="F275" t="s">
+        <v>458</v>
+      </c>
+      <c r="G275" t="s">
+        <v>22</v>
+      </c>
+      <c r="H275">
+        <v>2012</v>
+      </c>
+      <c r="I275">
+        <v>2014</v>
+      </c>
+      <c r="J275" t="s">
+        <v>474</v>
+      </c>
+      <c r="K275" t="s">
+        <v>34</v>
+      </c>
+      <c r="L275" t="s">
+        <v>1488</v>
+      </c>
+      <c r="M275" t="s">
+        <v>1482</v>
+      </c>
+      <c r="N275" t="s">
+        <v>27</v>
+      </c>
+      <c r="O275" t="s">
+        <v>1489</v>
+      </c>
+      <c r="P275" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="276" spans="1:16">
+      <c r="A276" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B276" t="s">
+        <v>1492</v>
+      </c>
+      <c r="C276" t="s">
+        <v>706</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E276" t="s">
+        <v>42</v>
+      </c>
+      <c r="F276" t="s">
+        <v>43</v>
+      </c>
+      <c r="G276" t="s">
+        <v>22</v>
+      </c>
+      <c r="H276">
+        <v>2015</v>
+      </c>
+      <c r="I276">
         <v>2016</v>
       </c>
-      <c r="I239" t="s">
-[...245 lines deleted...]
-      <c r="G245">
+      <c r="J276" t="s">
+        <v>784</v>
+      </c>
+      <c r="K276" t="s">
+        <v>1494</v>
+      </c>
+      <c r="L276" t="s">
+        <v>1495</v>
+      </c>
+      <c r="M276" t="s">
+        <v>1496</v>
+      </c>
+      <c r="N276" t="s">
+        <v>1497</v>
+      </c>
+      <c r="O276" t="s">
+        <v>1498</v>
+      </c>
+      <c r="P276" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="277" spans="1:16">
+      <c r="A277" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B277" t="s">
+        <v>1501</v>
+      </c>
+      <c r="C277" t="s">
+        <v>446</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E277" t="s">
+        <v>42</v>
+      </c>
+      <c r="F277" t="s">
+        <v>230</v>
+      </c>
+      <c r="G277" t="s">
+        <v>22</v>
+      </c>
+      <c r="H277">
         <v>2011</v>
       </c>
-      <c r="H245"/>
-[...795 lines deleted...]
-      <c r="H264">
+      <c r="I277">
         <v>2017</v>
       </c>
-      <c r="I264" t="s">
-[...561 lines deleted...]
-      </c>
       <c r="J277" t="s">
-        <v>983</v>
-[...4 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="K277" t="s">
+        <v>1494</v>
+      </c>
+      <c r="L277"/>
       <c r="M277" t="s">
-        <v>986</v>
+        <v>1503</v>
       </c>
       <c r="N277" t="s">
-        <v>991</v>
+        <v>1497</v>
+      </c>
+      <c r="O277" t="s">
+        <v>1504</v>
+      </c>
+      <c r="P277" t="s">
+        <v>1505</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>