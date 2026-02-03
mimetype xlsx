--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1508">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -176,101 +176,104 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
   </si>
   <si>
     <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, New</t>
+    <t>Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/6413</t>
   </si>
   <si>
     <t>Act on the Rational Use of Energy</t>
   </si>
   <si>
     <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
     <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
   </si>
   <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
     <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
     <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
     <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
@@ -1400,51 +1403,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Policy for Storage Water Heaters</t>
   </si>
   <si>
     <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
 (a) Closed waters heaters:
 (b) Cistern-fed water heaters;
 (c) Cistern-type water heaters;
 (d) Open-outlet water heaters; and
 (e) Vented water heaters</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
   </si>
   <si>
@@ -1709,53 +1712,50 @@
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
     <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
   </si>
   <si>
     <t>It covers grills or ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances-0</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Rice Cookers</t>
   </si>
   <si>
     <t>Electric rice cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-rice-cookers</t>
   </si>
   <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
   </si>
   <si>
     <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
@@ -1902,50 +1902,53 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
   </si>
   <si>
     <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
   </si>
   <si>
     <t>GB/T 23137-2008; GB/T 21362-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
@@ -2103,103 +2106,103 @@
     <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12767/</t>
   </si>
   <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
     <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/38812/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
     <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
@@ -2442,50 +2445,53 @@
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife//uploadfiles/Criteria/7/f7bafa8f-c4da-4aea-a425-c14e8ece04da.pdf</t>
   </si>
   <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
     <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
   </si>
   <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
     <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
@@ -2877,63 +2883,63 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for electric water heaters</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-electric-water-heaters</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
   </si>
@@ -5353,4291 +5359,4291 @@
       </c>
       <c r="P6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="s">
         <v>68</v>
       </c>
       <c r="C7" t="s">
         <v>69</v>
       </c>
       <c r="D7" t="s">
         <v>70</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H7">
         <v>1991</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>33</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
         <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H8">
         <v>1990</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>33</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>69</v>
       </c>
       <c r="D9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H9">
         <v>1990</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>33</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H11">
         <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2015</v>
       </c>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D13" t="s">
         <v>53</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H13">
         <v>2009</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D14" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2010</v>
       </c>
       <c r="I14">
         <v>2010</v>
       </c>
       <c r="J14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2011</v>
       </c>
       <c r="I15">
         <v>2017</v>
       </c>
       <c r="J15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2012</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="M16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="P16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C17" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D17" t="s">
         <v>70</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>43</v>
       </c>
       <c r="G17" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H17">
         <v>2015</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="M17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B18" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C18" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>43</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2008</v>
       </c>
       <c r="I18">
         <v>2015</v>
       </c>
       <c r="J18" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M18" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D19" t="s">
         <v>70</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2008</v>
       </c>
       <c r="I19">
         <v>2015</v>
       </c>
       <c r="J19" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M19" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>43</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2009</v>
       </c>
       <c r="I20">
         <v>2015</v>
       </c>
       <c r="J20" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="M20" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>43</v>
       </c>
       <c r="G21" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K21" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="P21" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>43</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2008</v>
       </c>
       <c r="I22">
         <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N22" t="s">
         <v>36</v>
       </c>
       <c r="O22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="P22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D23" t="s">
         <v>53</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>1989</v>
       </c>
       <c r="I23">
         <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P23" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D24" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>43</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1997</v>
       </c>
       <c r="I24">
         <v>2019</v>
       </c>
       <c r="J24" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N24" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O24" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="P24" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>1997</v>
       </c>
       <c r="I25">
         <v>2019</v>
       </c>
       <c r="J25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O25" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="P25" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D26" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>43</v>
       </c>
       <c r="G26" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C27" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L27"/>
       <c r="M27"/>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D28" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1979</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D29" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1979</v>
       </c>
       <c r="I29">
         <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29"/>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C30" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D30" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2010</v>
       </c>
       <c r="I30">
         <v>2019</v>
       </c>
       <c r="J30" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="P30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H31">
         <v>2013</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31"/>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="P31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B32" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C32" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D32" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2013</v>
       </c>
       <c r="I32">
         <v>2023</v>
       </c>
       <c r="J32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="P32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D33" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P33" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B34" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C34" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34"/>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P34" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K35" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L35" t="s">
         <v>25</v>
       </c>
       <c r="M35"/>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P35" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B36" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C36" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D36" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H36">
         <v>2013</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="K36" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="L36" t="s">
         <v>25</v>
       </c>
       <c r="M36" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P36" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B37" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C37" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D37" t="s">
         <v>70</v>
       </c>
       <c r="E37" t="s">
         <v>42</v>
       </c>
       <c r="F37" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2008</v>
       </c>
       <c r="I37">
         <v>2011</v>
       </c>
       <c r="J37" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K37" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L37" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M37" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P37" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B38" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C38" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D38" t="s">
         <v>53</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2002</v>
       </c>
       <c r="I38">
         <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M38" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P38" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B39" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C39" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D39" t="s">
         <v>53</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2002</v>
       </c>
       <c r="I39">
         <v>2018</v>
       </c>
       <c r="J39" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M39" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P39" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B40" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D40" t="s">
         <v>70</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M40" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P40" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B41" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D41" t="s">
         <v>70</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G41" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K41" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L41" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="M41" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="P41" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B42" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C42" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>70</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2018</v>
       </c>
       <c r="J42" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="M42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="P42" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B43" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C43" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D43" t="s">
         <v>70</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2003</v>
       </c>
       <c r="I43">
         <v>2015</v>
       </c>
       <c r="J43" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K43" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L43" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M43" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="P43" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B44" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C44" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D44" t="s">
         <v>53</v>
       </c>
       <c r="E44" t="s">
         <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2002</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="M44" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="P44" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B45" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C45" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D45" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G45" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H45">
         <v>2020</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M45" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="N45" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O45" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="P45" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B46" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C46" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D46" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2023</v>
       </c>
       <c r="J46" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P46" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B47" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C47" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D47" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47">
         <v>2020</v>
       </c>
       <c r="J47" t="s">
         <v>44</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M47" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P47" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B48" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C48" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D48" t="s">
         <v>70</v>
       </c>
       <c r="E48" t="s">
         <v>42</v>
       </c>
       <c r="F48" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2010</v>
       </c>
       <c r="I48">
         <v>2018</v>
       </c>
       <c r="J48" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="M48" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="P48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B49" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C49" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2009</v>
       </c>
       <c r="I49">
         <v>2019</v>
       </c>
       <c r="J49" t="s">
         <v>44</v>
       </c>
       <c r="K49" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="M49" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P49" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B50" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C50" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D50" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
         <v>43</v>
       </c>
       <c r="G50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H50"/>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="P50" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B51" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C51" t="s">
         <v>69</v>
       </c>
       <c r="D51" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H51"/>
       <c r="I51"/>
       <c r="J51" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P51" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B52" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C52" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D52" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G52" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H52">
         <v>2009</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="P52" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B53" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C53" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D53" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E53" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H53">
         <v>2018</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K53" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L53" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="O53" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="P53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C54" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2006</v>
       </c>
       <c r="I54">
         <v>2013</v>
       </c>
       <c r="J54" t="s">
         <v>55</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C55" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D55" t="s">
         <v>53</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
         <v>2008</v>
       </c>
       <c r="I55">
         <v>2013</v>
       </c>
       <c r="J55" t="s">
         <v>55</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M55" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B56" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C56" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D56" t="s">
         <v>53</v>
       </c>
       <c r="E56" t="s">
         <v>42</v>
       </c>
       <c r="F56" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2008</v>
       </c>
       <c r="I56">
         <v>2013</v>
       </c>
       <c r="J56" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="M56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="P56" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B57" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D57" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E57" t="s">
         <v>42</v>
       </c>
       <c r="F57" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2010</v>
       </c>
       <c r="I57">
         <v>2010</v>
       </c>
       <c r="J57" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="M57" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="P57" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B58" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C58" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D58" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E58" t="s">
         <v>42</v>
       </c>
       <c r="F58" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G58" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58"/>
       <c r="J58" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K58" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L58" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="M58" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P58" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B59" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D59" t="s">
         <v>53</v>
       </c>
       <c r="E59" t="s">
         <v>42</v>
       </c>
       <c r="F59" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2012</v>
       </c>
       <c r="I59">
         <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M59" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="P59" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B60" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C60" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D60" t="s">
         <v>70</v>
       </c>
       <c r="E60" t="s">
         <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2011</v>
       </c>
       <c r="I60">
         <v>2011</v>
       </c>
       <c r="J60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K60" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L60" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="M60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="P60" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B61" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C61" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D61" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G61" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H61">
         <v>2013</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="M61" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P61" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C62" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D62" t="s">
         <v>70</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G62" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H62">
         <v>2013</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="M62" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="P62" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B63" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C63" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D63" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>43</v>
       </c>
       <c r="G63" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H63">
         <v>2009</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M63" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P63" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B64" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C64" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D64" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>43</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2010</v>
       </c>
       <c r="I64">
         <v>2015</v>
       </c>
       <c r="J64" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K64" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L64" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="M64" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P64" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B65" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C65" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D65" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>43</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2002</v>
       </c>
       <c r="I65">
         <v>2010</v>
       </c>
       <c r="J65" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M65" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P65" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="B66" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C66" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D66" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>43</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2010</v>
       </c>
       <c r="I66">
         <v>2010</v>
       </c>
       <c r="J66" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P66" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C67" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D67" t="s">
         <v>70</v>
       </c>
       <c r="E67" t="s">
         <v>42</v>
       </c>
       <c r="F67" t="s">
         <v>43</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2014</v>
       </c>
       <c r="I67">
         <v>2019</v>
       </c>
       <c r="J67" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="M67" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="P67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C68" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D68" t="s">
         <v>70</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2015</v>
       </c>
       <c r="I68">
         <v>2019</v>
       </c>
       <c r="J68" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M68" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P68" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B69" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C69" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D69" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E69" t="s">
         <v>42</v>
       </c>
       <c r="F69" t="s">
         <v>43</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2014</v>
       </c>
       <c r="I69">
         <v>2019</v>
       </c>
       <c r="J69" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="M69" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="P69" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B70" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C70" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D70" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>43</v>
       </c>
       <c r="G70" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H70">
         <v>2015</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M70" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P70" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B71" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C71" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D71" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E71" t="s">
         <v>42</v>
       </c>
       <c r="F71" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2000</v>
       </c>
       <c r="I71">
         <v>2021</v>
       </c>
       <c r="J71" t="s">
         <v>55</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="M71" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P71" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B72" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C72" t="s">
         <v>52</v>
       </c>
       <c r="D72" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>55</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M72" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="P72" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B73" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C73" t="s">
         <v>52</v>
       </c>
       <c r="D73" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H73">
         <v>2017</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>55</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="M73" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P73" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B74" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C74" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D74" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H74">
         <v>2025</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="K74" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L74" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="M74" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N74" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="O74" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P74" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B75" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C75" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D75" t="s">
         <v>53</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2009</v>
       </c>
       <c r="I75">
         <v>2022</v>
       </c>
       <c r="J75" t="s">
         <v>23</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="M75" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P75" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B76" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C76" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D76" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2016</v>
       </c>
       <c r="I76">
         <v>2019</v>
       </c>
       <c r="J76" t="s">
         <v>55</v>
       </c>
       <c r="K76" t="s">
         <v>45</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P76" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B77" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C77" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D77" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>43</v>
       </c>
       <c r="G77" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H77">
         <v>2010</v>
       </c>
       <c r="I77">
         <v>2011</v>
       </c>
       <c r="J77" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="P77" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B78" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C78" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D78" t="s">
         <v>53</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
       <c r="I78">
         <v>2015</v>
       </c>
       <c r="J78" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
         <v>25</v>
       </c>
       <c r="M78" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="P78" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B79" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C79" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D79" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2016</v>
       </c>
       <c r="I79">
         <v>2018</v>
       </c>
       <c r="J79" t="s">
         <v>55</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="M79" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="P79" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B80" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C80" t="s">
         <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E80" t="s">
         <v>42</v>
       </c>
       <c r="F80" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2007</v>
       </c>
       <c r="I80">
         <v>2012</v>
       </c>
       <c r="J80" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M80" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N80" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O80" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="P80" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B81" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C81" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D81" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2011</v>
       </c>
       <c r="I81">
         <v>2016</v>
       </c>
       <c r="J81" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="M81" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P81" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B82" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C82" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D82" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82">
         <v>2020</v>
       </c>
       <c r="J82" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="M82" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="P82" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B83" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C83" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D83" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2003</v>
       </c>
       <c r="I83">
         <v>2011</v>
       </c>
       <c r="J83" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="M83" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="P83" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B84" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C84" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D84" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2009</v>
       </c>
       <c r="I84">
         <v>2015</v>
       </c>
       <c r="J84" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="M84" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P84" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B85" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C85" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D85" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E85" t="s">
         <v>42</v>
       </c>
       <c r="F85" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2003</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="M85" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="P85" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B86" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C86" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D86" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E86" t="s">
         <v>42</v>
       </c>
       <c r="F86" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2013</v>
       </c>
       <c r="I86">
         <v>2018</v>
       </c>
       <c r="J86" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K86" t="s">
         <v>24</v>
       </c>
       <c r="L86" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M86" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P86" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B87" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C87" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D87" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E87" t="s">
         <v>42</v>
       </c>
       <c r="F87" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>1996</v>
       </c>
       <c r="I87">
         <v>2016</v>
       </c>
       <c r="J87" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="M87" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P87" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B88" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C88" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D88" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E88" t="s">
         <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2009</v>
       </c>
       <c r="I88">
         <v>2015</v>
       </c>
       <c r="J88" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K88" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="L88" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="M88" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="P88" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B89" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C89" t="s">
         <v>61</v>
       </c>
       <c r="D89" t="s">
         <v>70</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
         <v>43</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2006</v>
       </c>
       <c r="I89">
         <v>2006</v>
       </c>
       <c r="J89" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K89" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="P89" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B90" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C90" t="s">
         <v>61</v>
       </c>
       <c r="D90" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>43</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2006</v>
       </c>
       <c r="I90">
         <v>2008</v>
       </c>
       <c r="J90" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K90" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="P90" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B91" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C91" t="s">
         <v>61</v>
       </c>
       <c r="D91" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>43</v>
       </c>
       <c r="G91" t="s">
         <v>22</v>
       </c>
       <c r="H91">
         <v>2006</v>
       </c>
       <c r="I91">
         <v>2008</v>
       </c>
       <c r="J91" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="P91" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B92" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C92" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D92" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
-        <v>555</v>
+        <v>54</v>
       </c>
       <c r="H92">
         <v>1989</v>
       </c>
       <c r="I92">
         <v>2017</v>
       </c>
       <c r="J92" t="s">
         <v>556</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M92" t="s">
         <v>557</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>558</v>
       </c>
       <c r="P92" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>560</v>
       </c>
       <c r="B93" t="s">
         <v>561</v>
       </c>
       <c r="C93" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D93" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>22</v>
       </c>
       <c r="H93">
         <v>2006</v>
       </c>
       <c r="I93">
         <v>2016</v>
       </c>
       <c r="J93" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K93" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L93" t="s">
         <v>562</v>
       </c>
       <c r="M93" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
         <v>563</v>
       </c>
       <c r="P93" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
         <v>565</v>
       </c>
       <c r="B94" t="s">
         <v>566</v>
       </c>
       <c r="C94" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D94" t="s">
         <v>567</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>555</v>
+        <v>54</v>
       </c>
       <c r="H94">
         <v>2008</v>
       </c>
       <c r="I94">
         <v>2014</v>
       </c>
       <c r="J94" t="s">
         <v>556</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
         <v>568</v>
       </c>
       <c r="M94" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>569</v>
       </c>
       <c r="P94" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>571</v>
       </c>
       <c r="B95" t="s">
         <v>572</v>
       </c>
       <c r="C95" t="s">
         <v>573</v>
       </c>
       <c r="D95" t="s">
         <v>574</v>
       </c>
       <c r="E95" t="s">
@@ -9646,8759 +9652,8761 @@
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2008</v>
       </c>
       <c r="I95">
         <v>2024</v>
       </c>
       <c r="J95" t="s">
         <v>556</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
         <v>575</v>
       </c>
       <c r="M95" t="s">
         <v>576</v>
       </c>
       <c r="N95" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="O95" t="s">
         <v>577</v>
       </c>
       <c r="P95" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>579</v>
       </c>
       <c r="B96" t="s">
         <v>580</v>
       </c>
       <c r="C96" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D96" t="s">
         <v>53</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2008</v>
       </c>
       <c r="I96">
         <v>2011</v>
       </c>
       <c r="J96" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M96" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>581</v>
       </c>
       <c r="P96" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>583</v>
       </c>
       <c r="B97" t="s">
         <v>584</v>
       </c>
       <c r="C97" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D97" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>555</v>
+        <v>54</v>
       </c>
       <c r="H97">
         <v>2010</v>
       </c>
       <c r="I97">
         <v>2017</v>
       </c>
       <c r="J97" t="s">
         <v>556</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
         <v>585</v>
       </c>
       <c r="M97" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>586</v>
       </c>
       <c r="P97" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
         <v>588</v>
       </c>
       <c r="B98" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C98" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D98" t="s">
         <v>53</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>589</v>
       </c>
       <c r="H98">
         <v>2011</v>
       </c>
       <c r="I98">
         <v>2012</v>
       </c>
       <c r="J98" t="s">
         <v>556</v>
       </c>
       <c r="K98" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L98" t="s">
         <v>590</v>
       </c>
       <c r="M98" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
         <v>591</v>
       </c>
       <c r="P98" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
         <v>593</v>
       </c>
       <c r="B99" t="s">
         <v>594</v>
       </c>
       <c r="C99" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D99" t="s">
         <v>53</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>8</v>
       </c>
       <c r="H99">
         <v>2011</v>
       </c>
       <c r="I99">
         <v>2025</v>
       </c>
       <c r="J99" t="s">
         <v>556</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
         <v>595</v>
       </c>
       <c r="M99" t="s">
         <v>576</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
         <v>596</v>
       </c>
       <c r="P99" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
         <v>598</v>
       </c>
       <c r="B100" t="s">
         <v>599</v>
       </c>
       <c r="C100" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D100" t="s">
         <v>70</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H100">
         <v>2013</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K100" t="s">
         <v>34</v>
       </c>
       <c r="L100" t="s">
         <v>600</v>
       </c>
       <c r="M100" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
         <v>601</v>
       </c>
       <c r="P100" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
         <v>603</v>
       </c>
       <c r="B101" t="s">
         <v>604</v>
       </c>
       <c r="C101" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D101" t="s">
         <v>53</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2008</v>
       </c>
       <c r="I101">
         <v>2013</v>
       </c>
       <c r="J101" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
         <v>605</v>
       </c>
       <c r="M101" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
         <v>606</v>
       </c>
       <c r="P101" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>608</v>
       </c>
       <c r="B102" t="s">
         <v>609</v>
       </c>
       <c r="C102" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D102" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>21</v>
       </c>
       <c r="G102" t="s">
-        <v>54</v>
+        <v>610</v>
       </c>
       <c r="H102">
+        <v>2014</v>
+      </c>
+      <c r="I102">
         <v>2015</v>
       </c>
-      <c r="I102"/>
       <c r="J102" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K102" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L102" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="M102" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="P102" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B103" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C103" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D103" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
-        <v>22</v>
+        <v>589</v>
       </c>
       <c r="H103">
         <v>2008</v>
       </c>
       <c r="I103">
         <v>2015</v>
       </c>
       <c r="J103" t="s">
-        <v>111</v>
+        <v>556</v>
       </c>
       <c r="K103" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L103" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="M103" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P103" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B104" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C104" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D104" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>54</v>
+        <v>610</v>
       </c>
       <c r="H104">
         <v>2021</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K104" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L104" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M104" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="N104" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O104" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="P104" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B105" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C105" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D105" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>8</v>
       </c>
       <c r="H105">
         <v>2019</v>
       </c>
       <c r="I105">
         <v>2025</v>
       </c>
       <c r="J105" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M105" t="s">
         <v>576</v>
       </c>
       <c r="N105" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="O105" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="P105" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B106" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C106" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D106" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H106">
         <v>2021</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>55</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M106" t="s">
         <v>557</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="P106" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B107" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C107" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D107" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>555</v>
+        <v>54</v>
       </c>
       <c r="H107">
         <v>2020</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>556</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M107" t="s">
         <v>557</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P107" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B108" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C108" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D108" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E108" t="s">
         <v>42</v>
       </c>
       <c r="F108" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G108" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H108">
         <v>2018</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>55</v>
       </c>
       <c r="K108" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L108" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="M108" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P108" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="B109" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C109" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D109" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>8</v>
       </c>
       <c r="H109">
         <v>2014</v>
       </c>
       <c r="I109">
         <v>2025</v>
       </c>
       <c r="J109" t="s">
         <v>556</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
         <v>576</v>
       </c>
       <c r="N109" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="O109" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="P109" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B110" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C110" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D110" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
         <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2019</v>
       </c>
       <c r="I110">
         <v>2019</v>
       </c>
       <c r="J110" t="s">
         <v>44</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M110" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P110" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B111" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C111" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D111" t="s">
         <v>70</v>
       </c>
       <c r="E111" t="s">
         <v>42</v>
       </c>
       <c r="F111" t="s">
         <v>21</v>
       </c>
       <c r="G111" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H111">
         <v>1984</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="M111" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P111" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B112" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C112" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D112" t="s">
         <v>53</v>
       </c>
       <c r="E112" t="s">
         <v>42</v>
       </c>
       <c r="F112" t="s">
         <v>21</v>
       </c>
       <c r="G112" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H112">
         <v>1984</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="M112" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="P112" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B113" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C113" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D113" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E113" t="s">
         <v>42</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H113">
         <v>1987</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="P113" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B114" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C114" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D114" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G114" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="H114">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I114"/>
       <c r="J114" t="s">
-        <v>679</v>
+        <v>450</v>
       </c>
       <c r="K114" t="s">
         <v>34</v>
       </c>
-      <c r="L114" t="s">
+      <c r="L114"/>
+      <c r="M114" t="s">
         <v>680</v>
       </c>
-      <c r="M114" t="s">
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
         <v>681</v>
       </c>
-      <c r="N114" t="s">
-[...2 lines deleted...]
-      <c r="O114" t="s">
+      <c r="P114" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B115" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="C115" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="D115" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I115"/>
+        <v>2013</v>
+      </c>
+      <c r="I115">
+        <v>2024</v>
+      </c>
       <c r="J115" t="s">
-        <v>449</v>
+        <v>684</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
-      <c r="L115"/>
+      <c r="L115" t="s">
+        <v>685</v>
+      </c>
       <c r="M115" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
         <v>686</v>
       </c>
       <c r="P115" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
         <v>688</v>
       </c>
       <c r="B116" t="s">
         <v>689</v>
       </c>
       <c r="C116" t="s">
-        <v>678</v>
+        <v>690</v>
       </c>
       <c r="D116" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2013</v>
       </c>
       <c r="I116">
         <v>2024</v>
       </c>
       <c r="J116" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="M116" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="P116" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B117" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C117" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D117" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="G117" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H117">
         <v>2022</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="N117" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="O117" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="P117" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B118" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C118" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D118" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
         <v>43</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2005</v>
       </c>
       <c r="I118">
         <v>2015</v>
       </c>
       <c r="J118" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="M118" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="P118" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B119" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C119" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D119" t="s">
         <v>53</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>21</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>1989</v>
       </c>
       <c r="I119">
         <v>2012</v>
       </c>
       <c r="J119" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="M119" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="P119" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B120" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C120" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D120" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
         <v>21</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>1989</v>
       </c>
       <c r="I120">
         <v>2017</v>
       </c>
       <c r="J120" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K120" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="L120" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M120" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="P120" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B121" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C121" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D121" t="s">
         <v>53</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>1989</v>
       </c>
       <c r="I121">
         <v>2017</v>
       </c>
       <c r="J121" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K121" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="L121" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="M121" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="P121" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="B122" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C122" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D122" t="s">
         <v>53</v>
       </c>
       <c r="E122" t="s">
         <v>42</v>
       </c>
       <c r="F122" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2008</v>
       </c>
       <c r="I122">
         <v>2013</v>
       </c>
       <c r="J122" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M122" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P122" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B123" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C123" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D123" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E123" t="s">
         <v>42</v>
       </c>
       <c r="F123" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
         <v>2010</v>
       </c>
       <c r="I123">
         <v>2014</v>
       </c>
       <c r="J123" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="P123" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B124" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C124" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D124" t="s">
         <v>70</v>
       </c>
       <c r="E124" t="s">
         <v>42</v>
       </c>
       <c r="F124" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2011</v>
       </c>
       <c r="I124">
         <v>2011</v>
       </c>
       <c r="J124" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K124" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="P124"/>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B125" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="C125" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D125" t="s">
         <v>53</v>
       </c>
       <c r="E125" t="s">
         <v>42</v>
       </c>
       <c r="F125" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
         <v>2008</v>
       </c>
       <c r="I125">
         <v>2014</v>
       </c>
       <c r="J125" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="P125" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="B126" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C126" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D126" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E126" t="s">
         <v>42</v>
       </c>
       <c r="F126" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2011</v>
       </c>
       <c r="I126">
         <v>2013</v>
       </c>
       <c r="J126" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="P126" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B127" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C127" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D127" t="s">
         <v>70</v>
       </c>
       <c r="E127" t="s">
         <v>42</v>
       </c>
       <c r="F127" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2013</v>
       </c>
       <c r="I127">
         <v>2014</v>
       </c>
       <c r="J127" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="P127" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B128" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C128" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D128" t="s">
         <v>53</v>
       </c>
       <c r="E128" t="s">
         <v>42</v>
       </c>
       <c r="F128" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G128" t="s">
         <v>22</v>
       </c>
       <c r="H128">
         <v>2012</v>
       </c>
       <c r="I128">
         <v>2014</v>
       </c>
       <c r="J128" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="P128" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B129" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C129" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D129" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E129" t="s">
         <v>42</v>
       </c>
       <c r="F129" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2006</v>
       </c>
       <c r="I129">
         <v>2016</v>
       </c>
       <c r="J129" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="P129" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B130" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C130" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D130" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E130" t="s">
         <v>42</v>
       </c>
       <c r="F130" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G130" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H130">
         <v>2016</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130"/>
       <c r="M130" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="P130" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B131" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C131" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D131" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E131" t="s">
         <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2006</v>
       </c>
       <c r="I131">
         <v>2015</v>
       </c>
       <c r="J131" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K131" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L131"/>
       <c r="M131" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="P131" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B132" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C132" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D132" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E132" t="s">
         <v>42</v>
       </c>
       <c r="F132" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G132" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H132">
         <v>2013</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132"/>
       <c r="M132" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="P132" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B133" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C133" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D133" t="s">
         <v>53</v>
       </c>
       <c r="E133" t="s">
         <v>42</v>
       </c>
       <c r="F133" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
       <c r="I133">
         <v>2012</v>
       </c>
       <c r="J133" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K133" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L133" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="M133" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="P133" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B134" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C134" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D134" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E134" t="s">
         <v>42</v>
       </c>
       <c r="F134" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2006</v>
       </c>
       <c r="I134">
         <v>2013</v>
       </c>
       <c r="J134" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="P134" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B135" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C135" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D135" t="s">
         <v>70</v>
       </c>
       <c r="E135" t="s">
         <v>42</v>
       </c>
       <c r="F135" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2011</v>
       </c>
       <c r="I135">
         <v>2011</v>
       </c>
       <c r="J135" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="M135" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="P135" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B136" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C136" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="D136" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G136" t="s">
-        <v>54</v>
+        <v>785</v>
       </c>
       <c r="H136">
         <v>2020</v>
       </c>
       <c r="I136"/>
       <c r="J136" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="M136" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="P136" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B137" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="C137" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="D137" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E137" t="s">
         <v>20</v>
       </c>
       <c r="F137" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G137" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H137">
         <v>2020</v>
       </c>
       <c r="I137"/>
       <c r="J137" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="M137" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="P137" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B138" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="C138" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D138" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E138" t="s">
         <v>42</v>
       </c>
       <c r="F138" t="s">
         <v>43</v>
       </c>
       <c r="G138" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H138">
         <v>2022</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="M138" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="P138" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B139" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C139" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D139" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E139" t="s">
         <v>42</v>
       </c>
       <c r="F139" t="s">
         <v>43</v>
       </c>
       <c r="G139" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H139">
         <v>2022</v>
       </c>
       <c r="I139"/>
       <c r="J139" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K139" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L139" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="M139" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N139" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="O139" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="P139" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B140" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C140" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D140" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="E140" t="s">
         <v>42</v>
       </c>
       <c r="F140" t="s">
         <v>43</v>
       </c>
       <c r="G140" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H140">
         <v>2022</v>
       </c>
       <c r="I140"/>
       <c r="J140" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K140" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L140" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="M140" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N140" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="O140" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="P140" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B141" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C141" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D141" t="s">
         <v>70</v>
       </c>
       <c r="E141" t="s">
         <v>42</v>
       </c>
       <c r="F141" t="s">
         <v>43</v>
       </c>
       <c r="G141" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H141">
         <v>2022</v>
       </c>
       <c r="I141"/>
       <c r="J141" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K141" t="s">
         <v>34</v>
       </c>
       <c r="L141" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="M141" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N141" t="s">
         <v>27</v>
       </c>
       <c r="O141" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="P141" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="B142" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="C142" t="s">
         <v>69</v>
       </c>
       <c r="D142" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E142" t="s">
         <v>42</v>
       </c>
       <c r="F142" t="s">
         <v>43</v>
       </c>
       <c r="G142" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H142"/>
       <c r="I142"/>
       <c r="J142" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="K142" t="s">
         <v>34</v>
       </c>
       <c r="L142" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="M142" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="N142" t="s">
         <v>27</v>
       </c>
       <c r="O142" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="P142" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="B143" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="C143" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D143" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E143" t="s">
         <v>20</v>
       </c>
       <c r="F143" t="s">
         <v>43</v>
       </c>
       <c r="G143" t="s">
         <v>22</v>
       </c>
       <c r="H143">
         <v>2008</v>
       </c>
       <c r="I143">
         <v>2021</v>
       </c>
       <c r="J143" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K143" t="s">
         <v>34</v>
       </c>
       <c r="L143" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="M143" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="N143" t="s">
         <v>27</v>
       </c>
       <c r="O143" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="P143" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="B144" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="C144" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D144" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E144" t="s">
         <v>20</v>
       </c>
       <c r="F144" t="s">
         <v>43</v>
       </c>
       <c r="G144" t="s">
         <v>22</v>
       </c>
       <c r="H144">
         <v>2011</v>
       </c>
       <c r="I144">
         <v>2021</v>
       </c>
       <c r="J144" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K144" t="s">
         <v>34</v>
       </c>
       <c r="L144" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="M144" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="N144" t="s">
         <v>27</v>
       </c>
       <c r="O144" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="P144" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="B145" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="C145" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D145" t="s">
         <v>53</v>
       </c>
       <c r="E145" t="s">
         <v>20</v>
       </c>
       <c r="F145" t="s">
         <v>43</v>
       </c>
       <c r="G145" t="s">
         <v>22</v>
       </c>
       <c r="H145">
         <v>2012</v>
       </c>
       <c r="I145">
         <v>2021</v>
       </c>
       <c r="J145" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K145" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L145" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="M145" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="N145" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="O145" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="P145" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B146" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C146" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D146" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E146" t="s">
         <v>20</v>
       </c>
       <c r="F146" t="s">
         <v>43</v>
       </c>
       <c r="G146" t="s">
         <v>22</v>
       </c>
       <c r="H146">
         <v>2008</v>
       </c>
       <c r="I146">
         <v>2022</v>
       </c>
       <c r="J146" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K146" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L146" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="M146" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="N146" t="s">
         <v>27</v>
       </c>
       <c r="O146" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="P146" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B147" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C147" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D147" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E147" t="s">
         <v>20</v>
       </c>
       <c r="F147" t="s">
         <v>21</v>
       </c>
       <c r="G147" t="s">
         <v>22</v>
       </c>
       <c r="H147">
         <v>1996</v>
       </c>
       <c r="I147">
         <v>2017</v>
       </c>
       <c r="J147" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K147" t="s">
         <v>34</v>
       </c>
       <c r="L147" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="M147" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="N147" t="s">
         <v>27</v>
       </c>
       <c r="O147" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="P147" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
     </row>
     <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="B148" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="C148" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D148" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E148" t="s">
         <v>20</v>
       </c>
       <c r="F148" t="s">
         <v>43</v>
       </c>
       <c r="G148" t="s">
         <v>22</v>
       </c>
       <c r="H148">
         <v>1996</v>
       </c>
       <c r="I148">
         <v>2017</v>
       </c>
       <c r="J148" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K148" t="s">
         <v>34</v>
       </c>
       <c r="L148"/>
       <c r="M148" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="N148" t="s">
         <v>27</v>
       </c>
       <c r="O148" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="P148" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
     </row>
     <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="B149" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C149" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D149" t="s">
         <v>53</v>
       </c>
       <c r="E149" t="s">
         <v>20</v>
       </c>
       <c r="F149" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G149" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H149">
         <v>2013</v>
       </c>
       <c r="I149"/>
       <c r="J149" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K149" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L149"/>
       <c r="M149" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="N149" t="s">
         <v>27</v>
       </c>
       <c r="O149" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="P149" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="150" spans="1:16">
       <c r="A150" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B150" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C150" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D150" t="s">
         <v>70</v>
       </c>
       <c r="E150" t="s">
         <v>20</v>
       </c>
       <c r="F150" t="s">
         <v>21</v>
       </c>
       <c r="G150" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H150">
         <v>2013</v>
       </c>
       <c r="I150"/>
       <c r="J150" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K150" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L150" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="M150" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="N150" t="s">
         <v>27</v>
       </c>
       <c r="O150" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="P150" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="151" spans="1:16">
       <c r="A151" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="B151" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C151" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D151" t="s">
         <v>53</v>
       </c>
       <c r="E151" t="s">
         <v>20</v>
       </c>
       <c r="F151" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G151" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H151">
         <v>2009</v>
       </c>
       <c r="I151"/>
       <c r="J151" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K151" t="s">
         <v>34</v>
       </c>
       <c r="L151" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="M151" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="N151" t="s">
         <v>27</v>
       </c>
       <c r="O151" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="P151" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="152" spans="1:16">
       <c r="A152" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="B152" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C152" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D152" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E152" t="s">
         <v>20</v>
       </c>
       <c r="F152" t="s">
         <v>21</v>
       </c>
       <c r="G152" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H152">
         <v>2013</v>
       </c>
       <c r="I152"/>
       <c r="J152" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K152" t="s">
         <v>34</v>
       </c>
       <c r="L152"/>
       <c r="M152" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="N152" t="s">
         <v>27</v>
       </c>
       <c r="O152" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="P152" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="153" spans="1:16">
       <c r="A153" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B153" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C153" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D153" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E153" t="s">
         <v>20</v>
       </c>
       <c r="F153" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G153" t="s">
         <v>22</v>
       </c>
       <c r="H153">
         <v>2003</v>
       </c>
       <c r="I153">
         <v>2010</v>
       </c>
       <c r="J153" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K153" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L153" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="M153" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="N153" t="s">
         <v>27</v>
       </c>
       <c r="O153" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="P153" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B154" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C154" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D154" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E154" t="s">
         <v>20</v>
       </c>
       <c r="F154" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G154" t="s">
         <v>22</v>
       </c>
       <c r="H154">
         <v>2012</v>
       </c>
       <c r="I154">
         <v>2012</v>
       </c>
       <c r="J154" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K154" t="s">
         <v>34</v>
       </c>
       <c r="L154"/>
       <c r="M154" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="N154" t="s">
         <v>27</v>
       </c>
       <c r="O154" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="P154" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="155" spans="1:16">
       <c r="A155" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="B155" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="C155" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D155" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E155" t="s">
         <v>20</v>
       </c>
       <c r="F155" t="s">
         <v>43</v>
       </c>
       <c r="G155" t="s">
         <v>22</v>
       </c>
       <c r="H155">
         <v>2013</v>
       </c>
       <c r="I155">
         <v>2014</v>
       </c>
       <c r="J155" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K155" t="s">
         <v>34</v>
       </c>
       <c r="L155" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="M155" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="N155" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="O155" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="P155" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
     </row>
     <row r="156" spans="1:16">
       <c r="A156" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="B156" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C156" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D156" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E156" t="s">
         <v>20</v>
       </c>
       <c r="F156" t="s">
         <v>21</v>
       </c>
       <c r="G156" t="s">
         <v>22</v>
       </c>
       <c r="H156">
         <v>2013</v>
       </c>
       <c r="I156">
         <v>2014</v>
       </c>
       <c r="J156" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K156" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L156" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="M156" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="N156" t="s">
         <v>27</v>
       </c>
       <c r="O156" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="P156" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
     </row>
     <row r="157" spans="1:16">
       <c r="A157" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="B157" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C157" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D157" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E157" t="s">
         <v>20</v>
       </c>
       <c r="F157" t="s">
         <v>43</v>
       </c>
       <c r="G157" t="s">
         <v>22</v>
       </c>
       <c r="H157">
         <v>2013</v>
       </c>
       <c r="I157">
         <v>2014</v>
       </c>
       <c r="J157" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K157" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L157" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="M157" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="N157" t="s">
         <v>27</v>
       </c>
       <c r="O157" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="P157" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="158" spans="1:16">
       <c r="A158" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B158" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="C158" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D158" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E158" t="s">
         <v>20</v>
       </c>
       <c r="F158" t="s">
         <v>43</v>
       </c>
       <c r="G158" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H158">
         <v>1987</v>
       </c>
       <c r="I158"/>
       <c r="J158" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K158" t="s">
         <v>34</v>
       </c>
       <c r="L158" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="M158" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="N158" t="s">
         <v>27</v>
       </c>
       <c r="O158" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="P158" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="159" spans="1:16">
       <c r="A159" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="B159" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C159" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D159" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E159" t="s">
         <v>20</v>
       </c>
       <c r="F159" t="s">
         <v>21</v>
       </c>
       <c r="G159" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H159">
         <v>2022</v>
       </c>
       <c r="I159"/>
       <c r="J159" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="K159" t="s">
         <v>34</v>
       </c>
       <c r="L159"/>
       <c r="M159" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="N159" t="s">
         <v>27</v>
       </c>
       <c r="O159" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="P159" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="160" spans="1:16">
       <c r="A160" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="B160" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="C160" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D160" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E160" t="s">
         <v>20</v>
       </c>
       <c r="F160" t="s">
         <v>21</v>
       </c>
       <c r="G160" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H160">
         <v>2022</v>
       </c>
       <c r="I160"/>
       <c r="J160" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="K160" t="s">
         <v>34</v>
       </c>
       <c r="L160"/>
       <c r="M160" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="N160" t="s">
         <v>27</v>
       </c>
       <c r="O160" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="P160" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="161" spans="1:16">
       <c r="A161" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B161" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="C161" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D161" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E161" t="s">
         <v>20</v>
       </c>
       <c r="F161" t="s">
         <v>21</v>
       </c>
       <c r="G161" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H161">
         <v>2022</v>
       </c>
       <c r="I161"/>
       <c r="J161" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="K161" t="s">
         <v>34</v>
       </c>
       <c r="L161"/>
       <c r="M161" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="N161" t="s">
         <v>27</v>
       </c>
       <c r="O161" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="P161" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="162" spans="1:16">
       <c r="A162" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B162" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="C162" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D162" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E162" t="s">
         <v>20</v>
       </c>
       <c r="F162" t="s">
         <v>21</v>
       </c>
       <c r="G162" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H162">
         <v>2022</v>
       </c>
       <c r="I162"/>
       <c r="J162" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="K162" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L162"/>
       <c r="M162" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="N162" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="O162" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="P162" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="163" spans="1:16">
       <c r="A163" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B163" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C163" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D163" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E163" t="s">
         <v>20</v>
       </c>
       <c r="F163" t="s">
         <v>21</v>
       </c>
       <c r="G163" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H163">
         <v>2022</v>
       </c>
       <c r="I163"/>
       <c r="J163" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="K163" t="s">
         <v>34</v>
       </c>
       <c r="L163"/>
       <c r="M163" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="N163" t="s">
         <v>27</v>
       </c>
       <c r="O163" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="P163" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="164" spans="1:16">
       <c r="A164" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B164" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C164" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D164" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="E164" t="s">
         <v>20</v>
       </c>
       <c r="F164" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G164" t="s">
         <v>22</v>
       </c>
       <c r="H164">
         <v>2008</v>
       </c>
       <c r="I164">
         <v>2020</v>
       </c>
       <c r="J164" t="s">
         <v>44</v>
       </c>
       <c r="K164" t="s">
         <v>34</v>
       </c>
       <c r="L164" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="M164" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="N164" t="s">
         <v>36</v>
       </c>
       <c r="O164" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="P164" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
     </row>
     <row r="165" spans="1:16">
       <c r="A165" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B165" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C165" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D165" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E165" t="s">
         <v>20</v>
       </c>
       <c r="F165" t="s">
         <v>43</v>
       </c>
       <c r="G165" t="s">
-        <v>54</v>
+        <v>449</v>
       </c>
       <c r="H165">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I165"/>
       <c r="J165" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="K165" t="s">
         <v>34</v>
       </c>
       <c r="L165"/>
       <c r="M165" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="N165" t="s">
         <v>27</v>
       </c>
       <c r="O165" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="P165" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="166" spans="1:16">
       <c r="A166" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="B166" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C166" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="D166" t="s">
         <v>53</v>
       </c>
       <c r="E166" t="s">
         <v>20</v>
       </c>
       <c r="F166" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G166" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
       <c r="J166" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="K166" t="s">
         <v>34</v>
       </c>
       <c r="L166"/>
       <c r="M166" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="N166" t="s">
         <v>27</v>
       </c>
       <c r="O166" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="P166" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
     </row>
     <row r="167" spans="1:16">
       <c r="A167" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B167" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="C167" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="D167" t="s">
         <v>53</v>
       </c>
       <c r="E167" t="s">
         <v>20</v>
       </c>
       <c r="F167" t="s">
         <v>21</v>
       </c>
       <c r="G167" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H167"/>
       <c r="I167"/>
       <c r="J167" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="K167" t="s">
         <v>34</v>
       </c>
       <c r="L167"/>
       <c r="M167" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="N167" t="s">
         <v>27</v>
       </c>
       <c r="O167" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="P167" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
     </row>
     <row r="168" spans="1:16">
       <c r="A168" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B168" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C168" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D168" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E168" t="s">
         <v>20</v>
       </c>
       <c r="F168" t="s">
         <v>21</v>
       </c>
       <c r="G168" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H168">
         <v>2009</v>
       </c>
       <c r="I168"/>
       <c r="J168" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K168" t="s">
         <v>34</v>
       </c>
       <c r="L168" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M168" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N168" t="s">
         <v>27</v>
       </c>
       <c r="O168" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="P168" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="169" spans="1:16">
       <c r="A169" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="B169" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C169" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D169" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E169" t="s">
         <v>20</v>
       </c>
       <c r="F169" t="s">
         <v>21</v>
       </c>
       <c r="G169" t="s">
         <v>22</v>
       </c>
       <c r="H169">
         <v>2002</v>
       </c>
       <c r="I169">
         <v>2007</v>
       </c>
       <c r="J169" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K169" t="s">
         <v>34</v>
       </c>
       <c r="L169" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M169" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N169" t="s">
         <v>27</v>
       </c>
       <c r="O169" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="P169" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:16">
       <c r="A170" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="B170" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C170" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D170" t="s">
         <v>70</v>
       </c>
       <c r="E170" t="s">
         <v>20</v>
       </c>
       <c r="F170" t="s">
         <v>21</v>
       </c>
       <c r="G170" t="s">
         <v>22</v>
       </c>
       <c r="H170">
         <v>2011</v>
       </c>
       <c r="I170">
         <v>2015</v>
       </c>
       <c r="J170" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K170" t="s">
         <v>34</v>
       </c>
       <c r="L170"/>
       <c r="M170" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N170" t="s">
         <v>27</v>
       </c>
       <c r="O170" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="P170" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:16">
       <c r="A171" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B171" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C171" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D171" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E171" t="s">
         <v>20</v>
       </c>
       <c r="F171" t="s">
         <v>21</v>
       </c>
       <c r="G171" t="s">
         <v>22</v>
       </c>
       <c r="H171">
         <v>2010</v>
       </c>
       <c r="I171">
         <v>2015</v>
       </c>
       <c r="J171" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K171" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L171" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="M171" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="N171" t="s">
         <v>27</v>
       </c>
       <c r="O171" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="P171" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="172" spans="1:16">
       <c r="A172" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B172" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="C172" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D172" t="s">
         <v>53</v>
       </c>
       <c r="E172" t="s">
         <v>20</v>
       </c>
       <c r="F172" t="s">
         <v>21</v>
       </c>
       <c r="G172" t="s">
         <v>22</v>
       </c>
       <c r="H172">
         <v>2003</v>
       </c>
       <c r="I172">
         <v>2018</v>
       </c>
       <c r="J172" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K172" t="s">
         <v>34</v>
       </c>
       <c r="L172" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="M172" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="N172" t="s">
         <v>27</v>
       </c>
       <c r="O172" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="P172" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
     </row>
     <row r="173" spans="1:16">
       <c r="A173" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B173" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="C173" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="D173" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E173" t="s">
         <v>20</v>
       </c>
       <c r="F173" t="s">
         <v>21</v>
       </c>
       <c r="G173" t="s">
         <v>22</v>
       </c>
       <c r="H173">
         <v>2005</v>
       </c>
       <c r="I173">
         <v>2018</v>
       </c>
       <c r="J173" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K173" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L173" t="s">
+        <v>966</v>
+      </c>
+      <c r="M173" t="s">
+        <v>901</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>967</v>
+      </c>
+      <c r="P173" t="s">
         <v>964</v>
-      </c>
-[...10 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="174" spans="1:16">
       <c r="A174" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B174" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C174" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D174" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E174" t="s">
         <v>20</v>
       </c>
       <c r="F174" t="s">
         <v>21</v>
       </c>
       <c r="G174" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H174">
         <v>2025</v>
       </c>
       <c r="I174"/>
       <c r="J174" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="K174" t="s">
         <v>34</v>
       </c>
       <c r="L174"/>
       <c r="M174" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="N174" t="s">
         <v>27</v>
       </c>
       <c r="O174" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="P174" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
     </row>
     <row r="175" spans="1:16">
       <c r="A175" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B175" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C175" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D175" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E175" t="s">
         <v>20</v>
       </c>
       <c r="F175" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G175" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H175">
         <v>2021</v>
       </c>
       <c r="I175"/>
       <c r="J175" t="s">
         <v>55</v>
       </c>
       <c r="K175" t="s">
         <v>34</v>
       </c>
       <c r="L175" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="M175" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="N175" t="s">
         <v>27</v>
       </c>
       <c r="O175" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="P175" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
     </row>
     <row r="176" spans="1:16">
       <c r="A176" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="B176" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="C176" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D176" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="E176" t="s">
         <v>20</v>
       </c>
       <c r="F176" t="s">
         <v>21</v>
       </c>
       <c r="G176" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H176">
         <v>2017</v>
       </c>
       <c r="I176"/>
       <c r="J176" t="s">
         <v>44</v>
       </c>
       <c r="K176" t="s">
         <v>34</v>
       </c>
       <c r="L176"/>
       <c r="M176" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="N176" t="s">
         <v>27</v>
       </c>
       <c r="O176" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="P176" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
     </row>
     <row r="177" spans="1:16">
       <c r="A177" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B177"/>
       <c r="C177" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D177" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E177" t="s">
         <v>20</v>
       </c>
       <c r="F177" t="s">
         <v>21</v>
       </c>
       <c r="G177" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H177">
         <v>2015</v>
       </c>
       <c r="I177"/>
       <c r="J177" t="s">
         <v>55</v>
       </c>
       <c r="K177" t="s">
         <v>34</v>
       </c>
       <c r="L177"/>
       <c r="M177" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N177" t="s">
         <v>27</v>
       </c>
       <c r="O177" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="P177" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="178" spans="1:16">
       <c r="A178" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="B178"/>
       <c r="C178" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D178" t="s">
         <v>53</v>
       </c>
       <c r="E178" t="s">
         <v>20</v>
       </c>
       <c r="F178" t="s">
         <v>21</v>
       </c>
       <c r="G178" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H178">
         <v>2015</v>
       </c>
       <c r="I178"/>
       <c r="J178" t="s">
         <v>55</v>
       </c>
       <c r="K178" t="s">
         <v>34</v>
       </c>
       <c r="L178"/>
       <c r="M178" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N178" t="s">
         <v>27</v>
       </c>
       <c r="O178" t="s">
+        <v>989</v>
+      </c>
+      <c r="P178" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
     </row>
     <row r="179" spans="1:16">
       <c r="A179" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="B179"/>
       <c r="C179" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D179" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E179" t="s">
         <v>20</v>
       </c>
       <c r="F179" t="s">
         <v>21</v>
       </c>
       <c r="G179" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H179">
         <v>2020</v>
       </c>
       <c r="I179"/>
       <c r="J179" t="s">
         <v>55</v>
       </c>
       <c r="K179" t="s">
         <v>34</v>
       </c>
       <c r="L179"/>
       <c r="M179" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N179" t="s">
         <v>27</v>
       </c>
       <c r="O179" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="P179" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="180" spans="1:16">
       <c r="A180" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="B180" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C180" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D180" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="E180" t="s">
         <v>20</v>
       </c>
       <c r="F180" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G180" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H180">
         <v>2021</v>
       </c>
       <c r="I180"/>
       <c r="J180" t="s">
         <v>55</v>
       </c>
       <c r="K180" t="s">
         <v>34</v>
       </c>
       <c r="L180"/>
       <c r="M180" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="N180" t="s">
         <v>27</v>
       </c>
       <c r="O180" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="P180" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
     </row>
     <row r="181" spans="1:16">
       <c r="A181" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="B181" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C181" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D181" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E181" t="s">
         <v>42</v>
       </c>
       <c r="F181" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G181" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H181">
         <v>2009</v>
       </c>
       <c r="I181"/>
       <c r="J181" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K181" t="s">
         <v>34</v>
       </c>
       <c r="L181"/>
       <c r="M181" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N181" t="s">
         <v>27</v>
       </c>
       <c r="O181" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="P181" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="182" spans="1:16">
       <c r="A182" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="B182" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C182" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D182" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="E182" t="s">
         <v>42</v>
       </c>
       <c r="F182" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G182" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H182">
         <v>2015</v>
       </c>
       <c r="I182"/>
       <c r="J182" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K182" t="s">
         <v>34</v>
       </c>
       <c r="L182"/>
       <c r="M182" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N182" t="s">
         <v>27</v>
       </c>
       <c r="O182" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="P182" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="183" spans="1:16">
       <c r="A183" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="B183" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="C183" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D183" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E183" t="s">
         <v>42</v>
       </c>
       <c r="F183" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G183" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H183">
         <v>2009</v>
       </c>
       <c r="I183"/>
       <c r="J183" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K183" t="s">
         <v>34</v>
       </c>
       <c r="L183"/>
       <c r="M183" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N183" t="s">
         <v>27</v>
       </c>
       <c r="O183" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="P183" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="184" spans="1:16">
       <c r="A184" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B184" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C184" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D184" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="E184" t="s">
         <v>42</v>
       </c>
       <c r="F184" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G184" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H184">
         <v>2015</v>
       </c>
       <c r="I184"/>
       <c r="J184" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K184" t="s">
         <v>34</v>
       </c>
       <c r="L184"/>
       <c r="M184" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N184" t="s">
         <v>27</v>
       </c>
       <c r="O184" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="P184" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="185" spans="1:16">
       <c r="A185" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="B185" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C185" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D185" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E185" t="s">
         <v>42</v>
       </c>
       <c r="F185" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G185" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H185">
         <v>2021</v>
       </c>
       <c r="I185"/>
       <c r="J185" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K185" t="s">
         <v>34</v>
       </c>
       <c r="L185"/>
       <c r="M185" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N185" t="s">
         <v>27</v>
       </c>
       <c r="O185" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="P185" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="186" spans="1:16">
       <c r="A186" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B186" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="C186" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D186" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="E186" t="s">
         <v>42</v>
       </c>
       <c r="F186" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G186" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H186">
         <v>2015</v>
       </c>
       <c r="I186"/>
       <c r="J186" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K186" t="s">
         <v>34</v>
       </c>
       <c r="L186"/>
       <c r="M186" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N186" t="s">
         <v>27</v>
       </c>
       <c r="O186" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="P186" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="187" spans="1:16">
       <c r="A187" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B187" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="C187" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D187" t="s">
         <v>70</v>
       </c>
       <c r="E187" t="s">
         <v>42</v>
       </c>
       <c r="F187" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G187" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H187">
         <v>2015</v>
       </c>
       <c r="I187"/>
       <c r="J187" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K187" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L187"/>
       <c r="M187" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N187" t="s">
         <v>27</v>
       </c>
       <c r="O187" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="P187" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="188" spans="1:16">
       <c r="A188" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="B188" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C188" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D188" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E188" t="s">
         <v>42</v>
       </c>
       <c r="F188" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="G188" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H188">
         <v>2015</v>
       </c>
       <c r="I188"/>
       <c r="J188" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K188" t="s">
         <v>34</v>
       </c>
       <c r="L188"/>
       <c r="M188" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="N188" t="s">
         <v>27</v>
       </c>
       <c r="O188" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="P188" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="189" spans="1:16">
       <c r="A189" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="B189" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="C189" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D189" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="E189" t="s">
         <v>42</v>
       </c>
       <c r="F189" t="s">
         <v>43</v>
       </c>
       <c r="G189" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H189">
         <v>2012</v>
       </c>
       <c r="I189"/>
       <c r="J189" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K189" t="s">
         <v>24</v>
       </c>
       <c r="L189" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="M189" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="N189" t="s">
         <v>27</v>
       </c>
       <c r="O189" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="P189" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="190" spans="1:16">
       <c r="A190" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="B190" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C190" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D190" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E190" t="s">
         <v>20</v>
       </c>
       <c r="F190" t="s">
         <v>21</v>
       </c>
       <c r="G190" t="s">
         <v>22</v>
       </c>
       <c r="H190">
         <v>2008</v>
       </c>
       <c r="I190">
         <v>2011</v>
       </c>
       <c r="J190" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K190" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L190"/>
       <c r="M190" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="N190" t="s">
         <v>27</v>
       </c>
       <c r="O190" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="P190" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="191" spans="1:16">
       <c r="A191" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B191" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="C191" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D191" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E191" t="s">
         <v>20</v>
       </c>
       <c r="F191" t="s">
         <v>21</v>
       </c>
       <c r="G191" t="s">
         <v>22</v>
       </c>
       <c r="H191">
         <v>2007</v>
       </c>
       <c r="I191">
         <v>2011</v>
       </c>
       <c r="J191" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K191" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L191"/>
       <c r="M191" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="N191" t="s">
         <v>27</v>
       </c>
       <c r="O191" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="P191" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="192" spans="1:16">
       <c r="A192" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B192" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="C192" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D192" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E192" t="s">
         <v>20</v>
       </c>
       <c r="F192" t="s">
         <v>21</v>
       </c>
       <c r="G192" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H192">
         <v>2015</v>
       </c>
       <c r="I192"/>
       <c r="J192" t="s">
         <v>44</v>
       </c>
       <c r="K192" t="s">
         <v>34</v>
       </c>
       <c r="L192" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="M192" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="N192" t="s">
         <v>27</v>
       </c>
       <c r="O192" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="P192" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="193" spans="1:16">
       <c r="A193" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B193" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C193" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D193" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E193" t="s">
         <v>20</v>
       </c>
       <c r="F193" t="s">
         <v>21</v>
       </c>
       <c r="G193" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H193">
         <v>2011</v>
       </c>
       <c r="I193"/>
       <c r="J193" t="s">
         <v>44</v>
       </c>
       <c r="K193" t="s">
         <v>34</v>
       </c>
       <c r="L193" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="M193" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="N193" t="s">
         <v>27</v>
       </c>
       <c r="O193" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="P193" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="194" spans="1:16">
       <c r="A194" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B194" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C194" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="D194" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E194" t="s">
         <v>42</v>
       </c>
       <c r="F194" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G194" t="s">
         <v>22</v>
       </c>
       <c r="H194">
         <v>2006</v>
       </c>
       <c r="I194">
         <v>2006</v>
       </c>
       <c r="J194" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K194" t="s">
         <v>34</v>
       </c>
       <c r="L194" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="M194" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="N194" t="s">
         <v>27</v>
       </c>
       <c r="O194" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="P194"/>
     </row>
     <row r="195" spans="1:16">
       <c r="A195" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B195" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C195" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D195" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E195" t="s">
         <v>20</v>
       </c>
       <c r="F195" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G195" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H195">
         <v>2021</v>
       </c>
       <c r="I195"/>
       <c r="J195" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="K195" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="L195"/>
       <c r="M195" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="N195" t="s">
         <v>27</v>
       </c>
       <c r="O195" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="P195" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="196" spans="1:16">
       <c r="A196" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="B196"/>
       <c r="C196" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D196" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E196" t="s">
         <v>20</v>
       </c>
       <c r="F196" t="s">
         <v>21</v>
       </c>
       <c r="G196" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H196">
         <v>2018</v>
       </c>
       <c r="I196"/>
       <c r="J196" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K196" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="L196" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="M196" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="N196" t="s">
         <v>27</v>
       </c>
       <c r="O196" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="P196" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="197" spans="1:16">
       <c r="A197" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="B197" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="C197" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="D197" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E197" t="s">
         <v>42</v>
       </c>
       <c r="F197" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G197" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H197">
         <v>2014</v>
       </c>
       <c r="I197"/>
       <c r="J197" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="K197" t="s">
         <v>34</v>
       </c>
       <c r="L197"/>
       <c r="M197" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="N197" t="s">
         <v>27</v>
       </c>
       <c r="O197" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="P197" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="198" spans="1:16">
       <c r="A198" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="B198" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C198" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D198" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E198" t="s">
         <v>42</v>
       </c>
       <c r="F198" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="G198" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H198"/>
       <c r="I198"/>
       <c r="J198" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K198" t="s">
         <v>34</v>
       </c>
       <c r="L198" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="M198" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="N198" t="s">
         <v>27</v>
       </c>
       <c r="O198" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="P198" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="199" spans="1:16">
       <c r="A199" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="B199" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="C199" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D199" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="E199" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F199" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G199" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H199"/>
       <c r="I199"/>
       <c r="J199" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="K199" t="s">
         <v>34</v>
       </c>
       <c r="L199"/>
       <c r="M199"/>
       <c r="N199" t="s">
         <v>27</v>
       </c>
       <c r="O199" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="P199" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="200" spans="1:16">
       <c r="A200" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="B200" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="C200" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D200" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E200" t="s">
         <v>42</v>
       </c>
       <c r="F200" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G200" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H200">
         <v>2013</v>
       </c>
       <c r="I200"/>
       <c r="J200" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K200" t="s">
         <v>34</v>
       </c>
       <c r="L200" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="M200" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="N200" t="s">
         <v>27</v>
       </c>
       <c r="O200" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="P200" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="201" spans="1:16">
       <c r="A201" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="B201" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="C201" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D201" t="s">
         <v>53</v>
       </c>
       <c r="E201" t="s">
         <v>42</v>
       </c>
       <c r="F201" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G201" t="s">
         <v>22</v>
       </c>
       <c r="H201"/>
       <c r="I201">
         <v>2010</v>
       </c>
       <c r="J201" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K201" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L201"/>
       <c r="M201" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="N201" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="O201" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="P201" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="202" spans="1:16">
       <c r="A202" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="B202" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="C202" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D202" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E202" t="s">
         <v>20</v>
       </c>
       <c r="F202" t="s">
         <v>43</v>
       </c>
       <c r="G202" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H202">
         <v>2016</v>
       </c>
       <c r="I202"/>
       <c r="J202" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K202" t="s">
         <v>34</v>
       </c>
       <c r="L202" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="M202" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="N202" t="s">
         <v>27</v>
       </c>
       <c r="O202" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="P202" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="203" spans="1:16">
       <c r="A203" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="B203" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="C203" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D203" t="s">
         <v>53</v>
       </c>
       <c r="E203" t="s">
         <v>20</v>
       </c>
       <c r="F203" t="s">
         <v>43</v>
       </c>
       <c r="G203" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H203">
         <v>2016</v>
       </c>
       <c r="I203"/>
       <c r="J203" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K203" t="s">
         <v>34</v>
       </c>
       <c r="L203" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="M203" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="N203" t="s">
         <v>27</v>
       </c>
       <c r="O203" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="P203" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="204" spans="1:16">
       <c r="A204" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B204" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C204" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="D204" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="E204" t="s">
         <v>20</v>
       </c>
       <c r="F204" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G204" t="s">
         <v>22</v>
       </c>
       <c r="H204">
         <v>2017</v>
       </c>
       <c r="I204">
         <v>2021</v>
       </c>
       <c r="J204" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="K204" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="L204" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="M204" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="N204" t="s">
         <v>36</v>
       </c>
       <c r="O204" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="P204" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="205" spans="1:16">
       <c r="A205" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="B205" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="C205" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="D205" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E205" t="s">
         <v>20</v>
       </c>
       <c r="F205" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="G205" t="s">
         <v>8</v>
       </c>
       <c r="H205">
         <v>2015</v>
       </c>
       <c r="I205">
         <v>2024</v>
       </c>
       <c r="J205" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="K205" t="s">
         <v>34</v>
       </c>
       <c r="L205" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="M205" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="N205" t="s">
         <v>27</v>
       </c>
       <c r="O205" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="P205" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="206" spans="1:16">
       <c r="A206" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="B206" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="C206" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D206" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E206" t="s">
         <v>20</v>
       </c>
       <c r="F206" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="G206" t="s">
         <v>8</v>
       </c>
       <c r="H206">
         <v>2004</v>
       </c>
       <c r="I206">
         <v>2024</v>
       </c>
       <c r="J206" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="K206" t="s">
         <v>34</v>
       </c>
       <c r="L206" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="M206" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="N206" t="s">
         <v>27</v>
       </c>
       <c r="O206" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="P206" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="207" spans="1:16">
       <c r="A207" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B207" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C207" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D207" t="s">
         <v>53</v>
       </c>
       <c r="E207" t="s">
         <v>20</v>
       </c>
       <c r="F207" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G207" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H207">
         <v>2015</v>
       </c>
       <c r="I207"/>
       <c r="J207" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K207" t="s">
         <v>34</v>
       </c>
       <c r="L207"/>
       <c r="M207" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N207" t="s">
         <v>27</v>
       </c>
       <c r="O207" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="P207" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
     </row>
     <row r="208" spans="1:16">
       <c r="A208" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B208" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C208" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D208" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="E208" t="s">
         <v>42</v>
       </c>
       <c r="F208" t="s">
         <v>43</v>
       </c>
       <c r="G208" t="s">
         <v>22</v>
       </c>
       <c r="H208">
         <v>2015</v>
       </c>
       <c r="I208">
         <v>2018</v>
       </c>
       <c r="J208" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K208" t="s">
         <v>24</v>
       </c>
       <c r="L208"/>
       <c r="M208" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="N208" t="s">
         <v>27</v>
       </c>
       <c r="O208" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="P208" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="209" spans="1:16">
       <c r="A209" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="B209" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="C209" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="D209" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E209" t="s">
         <v>20</v>
       </c>
       <c r="F209" t="s">
         <v>43</v>
       </c>
       <c r="G209" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H209">
         <v>2019</v>
       </c>
       <c r="I209">
         <v>2020</v>
       </c>
       <c r="J209" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K209" t="s">
         <v>34</v>
       </c>
       <c r="L209" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="M209" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="N209" t="s">
         <v>27</v>
       </c>
       <c r="O209" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="P209" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="210" spans="1:16">
       <c r="A210" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="B210" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="C210" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D210" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E210" t="s">
         <v>20</v>
       </c>
       <c r="F210" t="s">
         <v>43</v>
       </c>
       <c r="G210" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H210">
         <v>2017</v>
       </c>
       <c r="I210"/>
       <c r="J210" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K210" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L210" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
       <c r="M210" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="N210" t="s">
         <v>27</v>
       </c>
       <c r="O210" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="P210" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="211" spans="1:16">
       <c r="A211" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B211" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="C211" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D211" t="s">
         <v>70</v>
       </c>
       <c r="E211" t="s">
         <v>20</v>
       </c>
       <c r="F211" t="s">
         <v>43</v>
       </c>
       <c r="G211" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H211">
         <v>2014</v>
       </c>
       <c r="I211"/>
       <c r="J211" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K211" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L211" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="M211" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="N211" t="s">
         <v>27</v>
       </c>
       <c r="O211" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="P211" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="212" spans="1:16">
       <c r="A212" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="B212" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C212" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="D212" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E212" t="s">
         <v>20</v>
       </c>
       <c r="F212" t="s">
         <v>43</v>
       </c>
       <c r="G212" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H212">
         <v>2017</v>
       </c>
       <c r="I212"/>
       <c r="J212" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K212" t="s">
         <v>34</v>
       </c>
       <c r="L212" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="M212" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="N212" t="s">
         <v>27</v>
       </c>
       <c r="O212" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="P212" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="213" spans="1:16">
       <c r="A213" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="B213" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="C213" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D213" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E213" t="s">
         <v>42</v>
       </c>
       <c r="F213" t="s">
         <v>43</v>
       </c>
       <c r="G213" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H213">
         <v>2013</v>
       </c>
       <c r="I213"/>
       <c r="J213" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="K213" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L213"/>
       <c r="M213" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N213" t="s">
         <v>27</v>
       </c>
       <c r="O213" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="P213" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="214" spans="1:16">
       <c r="A214" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B214" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="C214" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="D214" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E214" t="s">
         <v>20</v>
       </c>
       <c r="F214" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G214" t="s">
         <v>22</v>
       </c>
       <c r="H214">
         <v>2018</v>
       </c>
       <c r="I214">
         <v>2018</v>
       </c>
       <c r="J214" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="K214" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="L214"/>
       <c r="M214" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="N214" t="s">
         <v>27</v>
       </c>
       <c r="O214" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="P214" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="215" spans="1:16">
       <c r="A215" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B215" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="C215" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D215" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E215" t="s">
         <v>42</v>
       </c>
       <c r="F215" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G215" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H215">
         <v>2019</v>
       </c>
       <c r="I215"/>
       <c r="J215" t="s">
         <v>55</v>
       </c>
       <c r="K215" t="s">
         <v>34</v>
       </c>
       <c r="L215" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="M215" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N215" t="s">
         <v>27</v>
       </c>
       <c r="O215" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="P215" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="216" spans="1:16">
       <c r="A216" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="B216" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="C216" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D216" t="s">
         <v>53</v>
       </c>
       <c r="E216" t="s">
         <v>42</v>
       </c>
       <c r="F216" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G216" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H216">
         <v>2019</v>
       </c>
       <c r="I216"/>
       <c r="J216" t="s">
         <v>55</v>
       </c>
       <c r="K216" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L216" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="M216" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N216" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="O216" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="P216" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="217" spans="1:16">
       <c r="A217" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B217" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="C217" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D217" t="s">
         <v>70</v>
       </c>
       <c r="E217" t="s">
         <v>42</v>
       </c>
       <c r="F217" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G217" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H217">
         <v>2014</v>
       </c>
       <c r="I217"/>
       <c r="J217" t="s">
         <v>55</v>
       </c>
       <c r="K217" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="L217" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="M217" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="N217" t="s">
         <v>27</v>
       </c>
       <c r="O217" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="P217" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="218" spans="1:16">
       <c r="A218" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="B218" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="C218" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D218" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E218" t="s">
         <v>42</v>
       </c>
       <c r="F218" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G218" t="s">
         <v>22</v>
       </c>
       <c r="H218">
         <v>2008</v>
       </c>
       <c r="I218">
         <v>2012</v>
       </c>
       <c r="J218" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K218" t="s">
         <v>34</v>
       </c>
       <c r="L218" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="M218" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="N218" t="s">
         <v>36</v>
       </c>
       <c r="O218" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="P218" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="219" spans="1:16">
       <c r="A219" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B219" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="C219" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D219" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E219" t="s">
         <v>20</v>
       </c>
       <c r="F219" t="s">
         <v>21</v>
       </c>
       <c r="G219" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H219">
         <v>2016</v>
       </c>
       <c r="I219"/>
       <c r="J219" t="s">
         <v>55</v>
       </c>
       <c r="K219" t="s">
         <v>34</v>
       </c>
       <c r="L219"/>
       <c r="M219" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="N219" t="s">
         <v>27</v>
       </c>
       <c r="O219" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="P219" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="220" spans="1:16">
       <c r="A220" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="B220" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="C220" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D220" t="s">
         <v>70</v>
       </c>
       <c r="E220" t="s">
         <v>20</v>
       </c>
       <c r="F220" t="s">
         <v>21</v>
       </c>
       <c r="G220" t="s">
         <v>22</v>
       </c>
       <c r="H220">
         <v>2016</v>
       </c>
       <c r="I220">
         <v>2016</v>
       </c>
       <c r="J220" t="s">
         <v>55</v>
       </c>
       <c r="K220" t="s">
         <v>34</v>
       </c>
       <c r="L220"/>
       <c r="M220" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="N220" t="s">
         <v>27</v>
       </c>
       <c r="O220" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="P220" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="221" spans="1:16">
       <c r="A221" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="B221" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="C221" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D221" t="s">
         <v>53</v>
       </c>
       <c r="E221" t="s">
         <v>20</v>
       </c>
       <c r="F221" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G221" t="s">
         <v>22</v>
       </c>
       <c r="H221">
         <v>1986</v>
       </c>
       <c r="I221">
         <v>2012</v>
       </c>
       <c r="J221" t="s">
         <v>55</v>
       </c>
       <c r="K221" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="L221"/>
       <c r="M221" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="N221" t="s">
         <v>27</v>
       </c>
       <c r="O221" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="P221" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="222" spans="1:16">
       <c r="A222" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="B222" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C222" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D222" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E222" t="s">
         <v>42</v>
       </c>
       <c r="F222" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G222" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H222"/>
       <c r="I222"/>
       <c r="J222" t="s">
         <v>55</v>
       </c>
       <c r="K222" t="s">
         <v>34</v>
       </c>
       <c r="L222"/>
       <c r="M222" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="N222" t="s">
         <v>27</v>
       </c>
       <c r="O222" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="P222" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="223" spans="1:16">
       <c r="A223" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="B223" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="C223" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D223" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E223" t="s">
         <v>42</v>
       </c>
       <c r="F223" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G223" t="s">
         <v>22</v>
       </c>
       <c r="H223">
         <v>2012</v>
       </c>
       <c r="I223">
         <v>2012</v>
       </c>
       <c r="J223" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K223" t="s">
         <v>34</v>
       </c>
       <c r="L223"/>
       <c r="M223" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="N223" t="s">
         <v>27</v>
       </c>
       <c r="O223" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="P223" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="224" spans="1:16">
       <c r="A224" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="B224" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="C224" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D224" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E224" t="s">
         <v>42</v>
       </c>
       <c r="F224" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G224" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H224">
         <v>2013</v>
       </c>
       <c r="I224"/>
       <c r="J224" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="K224" t="s">
         <v>34</v>
       </c>
       <c r="L224"/>
       <c r="M224" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="N224" t="s">
         <v>27</v>
       </c>
       <c r="O224" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="P224" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="B225" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="C225" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D225" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E225" t="s">
         <v>42</v>
       </c>
       <c r="F225" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G225" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H225">
         <v>2017</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
         <v>44</v>
       </c>
       <c r="K225" t="s">
         <v>34</v>
       </c>
       <c r="L225"/>
       <c r="M225" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="P225" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="B226" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="C226" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D226" t="s">
         <v>70</v>
       </c>
       <c r="E226" t="s">
         <v>42</v>
       </c>
       <c r="F226" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G226" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H226">
         <v>2017</v>
       </c>
       <c r="I226"/>
       <c r="J226" t="s">
         <v>44</v>
       </c>
       <c r="K226" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="P226" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="B227" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="C227" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D227" t="s">
         <v>53</v>
       </c>
       <c r="E227" t="s">
         <v>42</v>
       </c>
       <c r="F227" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G227" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H227">
         <v>2017</v>
       </c>
       <c r="I227"/>
       <c r="J227" t="s">
         <v>44</v>
       </c>
       <c r="K227" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="P227" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="B228" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="C228" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D228" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="E228" t="s">
         <v>20</v>
       </c>
       <c r="F228" t="s">
         <v>21</v>
       </c>
       <c r="G228" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H228">
         <v>2019</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="K228" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="N228" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="O228" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="P228" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B229" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="C229" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D229" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E229" t="s">
         <v>20</v>
       </c>
       <c r="F229" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G229" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H229">
         <v>2011</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K229" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L229" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="M229" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="P229" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B230" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C230" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D230" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="E230" t="s">
         <v>20</v>
       </c>
       <c r="F230" t="s">
         <v>21</v>
       </c>
       <c r="G230" t="s">
         <v>22</v>
       </c>
       <c r="H230">
         <v>2008</v>
       </c>
       <c r="I230"/>
       <c r="J230" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K230" t="s">
         <v>34</v>
       </c>
       <c r="L230" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="M230" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="N230" t="s">
         <v>36</v>
       </c>
       <c r="O230" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="P230" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="B231" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C231" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="D231" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G231" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H231">
         <v>2013</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K231" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L231" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="M231" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="P231" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="B232" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="C232" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="D232" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="E232" t="s">
         <v>20</v>
       </c>
       <c r="F232" t="s">
         <v>21</v>
       </c>
       <c r="G232" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H232">
         <v>2016</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
         <v>55</v>
       </c>
       <c r="K232" t="s">
         <v>34</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="P232" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B233" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="C233" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="D233" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="E233" t="s">
         <v>20</v>
       </c>
       <c r="F233" t="s">
         <v>43</v>
       </c>
       <c r="G233" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H233">
         <v>2017</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
         <v>55</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="N233" t="s">
         <v>36</v>
       </c>
       <c r="O233" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="P233" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="B234" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="C234" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D234" t="s">
         <v>567</v>
       </c>
       <c r="E234" t="s">
         <v>20</v>
       </c>
       <c r="F234" t="s">
         <v>21</v>
       </c>
       <c r="G234" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H234">
         <v>2021</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K234" t="s">
         <v>34</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="P234" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="B235" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="C235" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D235" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="E235" t="s">
         <v>20</v>
       </c>
       <c r="F235" t="s">
         <v>21</v>
       </c>
       <c r="G235" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H235">
         <v>2021</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K235" t="s">
         <v>34</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="P235" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="B236" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C236" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D236" t="s">
         <v>53</v>
       </c>
       <c r="E236" t="s">
         <v>20</v>
       </c>
       <c r="F236" t="s">
         <v>21</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2009</v>
       </c>
       <c r="I236">
         <v>2018</v>
       </c>
       <c r="J236" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K236" t="s">
         <v>34</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="P236" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="B237" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C237" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D237" t="s">
         <v>53</v>
       </c>
       <c r="E237" t="s">
         <v>20</v>
       </c>
       <c r="F237" t="s">
         <v>21</v>
       </c>
       <c r="G237" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H237">
         <v>2009</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="K237" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="P237" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="B238" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C238" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D238" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E238" t="s">
         <v>20</v>
       </c>
       <c r="F238" t="s">
         <v>21</v>
       </c>
       <c r="G238" t="s">
         <v>22</v>
       </c>
       <c r="H238">
         <v>2015</v>
       </c>
       <c r="I238">
         <v>2015</v>
       </c>
       <c r="J238" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K238" t="s">
         <v>34</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="P238" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="B239" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C239" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D239" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="E239" t="s">
         <v>20</v>
       </c>
       <c r="F239" t="s">
         <v>43</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2009</v>
       </c>
       <c r="I239">
         <v>2016</v>
       </c>
       <c r="J239" t="s">
         <v>33</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="P239" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="B240" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="C240" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D240" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E240" t="s">
         <v>42</v>
       </c>
       <c r="F240" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G240" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H240">
         <v>2013</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
         <v>33</v>
       </c>
       <c r="K240" t="s">
         <v>34</v>
       </c>
       <c r="L240" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="M240" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="P240" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="B241" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="C241" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D241" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E241" t="s">
         <v>42</v>
       </c>
       <c r="F241" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G241" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H241">
         <v>2013</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
         <v>33</v>
       </c>
       <c r="K241" t="s">
         <v>34</v>
       </c>
       <c r="L241" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="M241" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="P241" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="B242" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="C242" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D242" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E242" t="s">
         <v>42</v>
       </c>
       <c r="F242" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G242" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H242">
         <v>2012</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K242" t="s">
         <v>34</v>
       </c>
       <c r="L242" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="M242" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="P242" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="B243" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="C243" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D243" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E243" t="s">
         <v>42</v>
       </c>
       <c r="F243" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G243" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H243">
         <v>2012</v>
       </c>
       <c r="I243"/>
       <c r="J243" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K243" t="s">
         <v>34</v>
       </c>
       <c r="L243" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="M243" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="P243" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="B244" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="C244" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D244" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E244" t="s">
         <v>42</v>
       </c>
       <c r="F244" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G244" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H244">
         <v>2014</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K244" t="s">
         <v>34</v>
       </c>
       <c r="L244" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="M244" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="P244" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="B245" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="C245" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D245" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E245" t="s">
         <v>42</v>
       </c>
       <c r="F245" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245">
         <v>2011</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K245" t="s">
         <v>34</v>
       </c>
       <c r="L245" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="M245" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="P245" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="B246" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="C246" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D246" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="E246" t="s">
         <v>42</v>
       </c>
       <c r="F246" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G246" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H246">
         <v>2014</v>
       </c>
       <c r="I246"/>
       <c r="J246" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K246" t="s">
         <v>34</v>
       </c>
       <c r="L246" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="M246" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="P246" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B247" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C247" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D247" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E247" t="s">
         <v>20</v>
       </c>
       <c r="F247" t="s">
         <v>21</v>
       </c>
       <c r="G247" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H247">
         <v>2021</v>
       </c>
       <c r="I247"/>
       <c r="J247" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K247" t="s">
         <v>34</v>
       </c>
       <c r="L247"/>
       <c r="M247"/>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="P247" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="B248" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="C248" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D248" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E248" t="s">
         <v>42</v>
       </c>
       <c r="F248" t="s">
         <v>43</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2014</v>
       </c>
       <c r="I248">
         <v>2019</v>
       </c>
       <c r="J248" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K248" t="s">
         <v>34</v>
       </c>
       <c r="L248" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="M248" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="P248" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="B249" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="C249" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D249" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E249" t="s">
         <v>42</v>
       </c>
       <c r="F249" t="s">
         <v>43</v>
       </c>
       <c r="G249" t="s">
         <v>22</v>
       </c>
       <c r="H249">
         <v>2012</v>
       </c>
       <c r="I249">
         <v>2019</v>
       </c>
       <c r="J249" t="s">
         <v>44</v>
       </c>
       <c r="K249" t="s">
         <v>34</v>
       </c>
       <c r="L249" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="M249" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="P249" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="B250" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="C250" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D250" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E250" t="s">
         <v>42</v>
       </c>
       <c r="F250" t="s">
         <v>43</v>
       </c>
       <c r="G250" t="s">
         <v>22</v>
       </c>
       <c r="H250">
         <v>2004</v>
       </c>
       <c r="I250">
         <v>2019</v>
       </c>
       <c r="J250" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K250" t="s">
         <v>34</v>
       </c>
       <c r="L250" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="M250" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N250" t="s">
         <v>27</v>
       </c>
       <c r="O250" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="P250" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="B251" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="C251" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D251" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E251" t="s">
         <v>42</v>
       </c>
       <c r="F251" t="s">
         <v>43</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2011</v>
       </c>
       <c r="I251">
         <v>2019</v>
       </c>
       <c r="J251" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K251" t="s">
         <v>34</v>
       </c>
       <c r="L251" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="M251" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="P251" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="B252" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="C252" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D252" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E252" t="s">
         <v>42</v>
       </c>
       <c r="F252" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2013</v>
       </c>
       <c r="I252">
         <v>2020</v>
       </c>
       <c r="J252" t="s">
         <v>33</v>
       </c>
       <c r="K252" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L252" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="M252" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="P252" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="B253" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C253" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D253" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E253" t="s">
         <v>42</v>
       </c>
       <c r="F253" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G253" t="s">
         <v>22</v>
       </c>
       <c r="H253">
         <v>2001</v>
       </c>
       <c r="I253">
         <v>2020</v>
       </c>
       <c r="J253" t="s">
         <v>44</v>
       </c>
       <c r="K253" t="s">
         <v>34</v>
       </c>
       <c r="L253" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="M253" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="P253" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B254" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C254" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D254" t="s">
         <v>70</v>
       </c>
       <c r="E254" t="s">
         <v>42</v>
       </c>
       <c r="F254" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G254" t="s">
         <v>22</v>
       </c>
       <c r="H254">
         <v>2012</v>
       </c>
       <c r="I254">
         <v>2020</v>
       </c>
       <c r="J254" t="s">
         <v>55</v>
       </c>
       <c r="K254" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L254" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="M254" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="P254" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B255" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C255" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D255" t="s">
         <v>567</v>
       </c>
       <c r="E255" t="s">
         <v>42</v>
       </c>
       <c r="F255" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2012</v>
       </c>
       <c r="I255">
         <v>2020</v>
       </c>
       <c r="J255" t="s">
         <v>55</v>
       </c>
       <c r="K255" t="s">
         <v>34</v>
       </c>
       <c r="L255" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="M255" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="N255" t="s">
         <v>36</v>
       </c>
       <c r="O255" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="P255" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="B256" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C256" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D256" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E256" t="s">
         <v>42</v>
       </c>
       <c r="F256" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G256" t="s">
         <v>22</v>
       </c>
       <c r="H256">
         <v>2014</v>
       </c>
       <c r="I256">
         <v>2020</v>
       </c>
       <c r="J256" t="s">
         <v>44</v>
       </c>
       <c r="K256" t="s">
         <v>34</v>
       </c>
       <c r="L256" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="M256" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="P256" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="B257" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="C257" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D257" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="E257" t="s">
         <v>42</v>
       </c>
       <c r="F257" t="s">
         <v>21</v>
       </c>
       <c r="G257" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H257">
         <v>2013</v>
       </c>
       <c r="I257"/>
       <c r="J257" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K257" t="s">
         <v>34</v>
       </c>
       <c r="L257"/>
       <c r="M257" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="P257" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B258" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C258" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D258" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="E258" t="s">
         <v>42</v>
       </c>
       <c r="F258" t="s">
         <v>21</v>
       </c>
       <c r="G258" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H258">
         <v>2013</v>
       </c>
       <c r="I258"/>
       <c r="J258" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K258" t="s">
         <v>34</v>
       </c>
       <c r="L258"/>
       <c r="M258" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="P258" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="B259" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="C259" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D259" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="E259" t="s">
         <v>42</v>
       </c>
       <c r="F259" t="s">
         <v>21</v>
       </c>
       <c r="G259" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H259">
         <v>2013</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K259" t="s">
         <v>34</v>
       </c>
       <c r="L259"/>
       <c r="M259" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="P259" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="B260" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="C260" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D260" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="E260" t="s">
         <v>42</v>
       </c>
       <c r="F260" t="s">
         <v>21</v>
       </c>
       <c r="G260" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H260">
         <v>2013</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K260" t="s">
         <v>34</v>
       </c>
       <c r="L260"/>
       <c r="M260" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="P260" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="B261" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C261" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D261" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="E261" t="s">
         <v>42</v>
       </c>
       <c r="F261" t="s">
         <v>21</v>
       </c>
       <c r="G261" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H261">
         <v>2016</v>
       </c>
       <c r="I261"/>
       <c r="J261" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K261" t="s">
         <v>34</v>
       </c>
       <c r="L261"/>
       <c r="M261" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="P261" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="B262" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C262" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D262" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E262" t="s">
         <v>42</v>
       </c>
       <c r="F262" t="s">
         <v>21</v>
       </c>
       <c r="G262" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H262">
         <v>2016</v>
       </c>
       <c r="I262"/>
       <c r="J262" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="K262" t="s">
         <v>34</v>
       </c>
       <c r="L262"/>
       <c r="M262" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="P262" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="B263" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="C263" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D263" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E263" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F263" t="s">
         <v>21</v>
       </c>
       <c r="G263" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H263"/>
       <c r="I263"/>
       <c r="J263" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K263" t="s">
         <v>34</v>
       </c>
       <c r="L263"/>
       <c r="M263" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="P263" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="B264" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C264" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D264" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E264" t="s">
         <v>20</v>
       </c>
       <c r="F264" t="s">
         <v>43</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2011</v>
       </c>
       <c r="I264">
         <v>2014</v>
       </c>
       <c r="J264" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="M264" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="P264" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="B265" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="C265" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D265" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E265" t="s">
         <v>42</v>
       </c>
       <c r="F265" t="s">
         <v>21</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2015</v>
       </c>
       <c r="I265">
         <v>2017</v>
       </c>
       <c r="J265" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265" t="s">
+        <v>1433</v>
+      </c>
+      <c r="M265" t="s">
+        <v>1429</v>
+      </c>
+      <c r="N265" t="s">
+        <v>27</v>
+      </c>
+      <c r="O265" t="s">
+        <v>1434</v>
+      </c>
+      <c r="P265" t="s">
         <v>1431</v>
-      </c>
-[...10 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="B266" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="C266" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D266" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E266" t="s">
         <v>42</v>
       </c>
       <c r="F266" t="s">
         <v>21</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2011</v>
       </c>
       <c r="I266">
         <v>2021</v>
       </c>
       <c r="J266" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K266" t="s">
         <v>34</v>
       </c>
       <c r="L266" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="M266" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="P266" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="B267" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="C267" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D267" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E267" t="s">
         <v>42</v>
       </c>
       <c r="F267" t="s">
         <v>43</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2002</v>
       </c>
       <c r="I267">
         <v>2021</v>
       </c>
       <c r="J267" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="K267" t="s">
         <v>34</v>
       </c>
       <c r="L267" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="M267" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="P267" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="B268" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="C268" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D268" t="s">
         <v>53</v>
       </c>
       <c r="E268" t="s">
         <v>42</v>
       </c>
       <c r="F268" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="G268" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H268">
         <v>2008</v>
       </c>
       <c r="I268"/>
       <c r="J268" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="K268" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="L268" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="M268" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="P268" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B269" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="C269" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D269" t="s">
         <v>53</v>
       </c>
       <c r="E269" t="s">
         <v>20</v>
       </c>
       <c r="F269" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269">
         <v>2014</v>
       </c>
       <c r="I269">
         <v>2015</v>
       </c>
       <c r="J269" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="K269" t="s">
         <v>34</v>
       </c>
       <c r="L269"/>
       <c r="M269" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="P269" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B270" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="C270" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D270" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E270" t="s">
         <v>20</v>
       </c>
       <c r="F270" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G270" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H270">
         <v>2016</v>
       </c>
       <c r="I270">
         <v>2018</v>
       </c>
       <c r="J270" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K270" t="s">
         <v>34</v>
       </c>
       <c r="L270"/>
       <c r="M270" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="P270" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="B271" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="C271" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D271" t="s">
         <v>53</v>
       </c>
       <c r="E271" t="s">
         <v>20</v>
       </c>
       <c r="F271" t="s">
         <v>21</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>2009</v>
       </c>
       <c r="I271">
         <v>2011</v>
       </c>
       <c r="J271" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="K271" t="s">
         <v>34</v>
       </c>
       <c r="L271" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="M271" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="P271" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="B272" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="C272" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D272" t="s">
         <v>53</v>
       </c>
       <c r="E272" t="s">
         <v>42</v>
       </c>
       <c r="F272" t="s">
         <v>43</v>
       </c>
       <c r="G272" t="s">
         <v>22</v>
       </c>
       <c r="H272">
         <v>2007</v>
       </c>
       <c r="I272">
         <v>2011</v>
       </c>
       <c r="J272" t="s">
         <v>55</v>
       </c>
       <c r="K272" t="s">
         <v>34</v>
       </c>
       <c r="L272" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="M272" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="P272" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="B273" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C273" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D273" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E273" t="s">
         <v>42</v>
       </c>
       <c r="F273" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="G273" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H273">
         <v>2019</v>
       </c>
       <c r="I273"/>
       <c r="J273" t="s">
         <v>44</v>
       </c>
       <c r="K273" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="L273"/>
       <c r="M273" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="N273" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="O273" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="P273" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="B274" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="C274" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="D274" t="s">
         <v>53</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G274" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="H274">
         <v>2014</v>
       </c>
       <c r="I274"/>
       <c r="J274" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K274" t="s">
         <v>34</v>
       </c>
       <c r="L274" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="M274" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="P274" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="B275" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="C275" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="D275" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2012</v>
       </c>
       <c r="I275">
         <v>2014</v>
       </c>
       <c r="J275" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K275" t="s">
         <v>34</v>
       </c>
       <c r="L275" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="M275" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="P275" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="B276" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="C276" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D276" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="E276" t="s">
         <v>42</v>
       </c>
       <c r="F276" t="s">
         <v>43</v>
       </c>
       <c r="G276" t="s">
         <v>22</v>
       </c>
       <c r="H276">
         <v>2015</v>
       </c>
       <c r="I276">
         <v>2016</v>
       </c>
       <c r="J276" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="K276" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="L276" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="M276" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="N276" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="O276" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="P276" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="B277" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="C277" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D277" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="E277" t="s">
         <v>42</v>
       </c>
       <c r="F277" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277">
         <v>2011</v>
       </c>
       <c r="I277">
         <v>2017</v>
       </c>
       <c r="J277" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="K277" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="N277" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="O277" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="P277" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">