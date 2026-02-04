--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -1051,51 +1051,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
@@ -1618,99 +1618,99 @@
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/7652/</t>
   </si>
   <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
     <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/38812/</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
     <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
   </si>
   <si>
     <t>Australia</t>
@@ -7844,165 +7844,165 @@
       </c>
       <c r="P81" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>518</v>
       </c>
       <c r="B82" t="s">
         <v>519</v>
       </c>
       <c r="C82" t="s">
         <v>520</v>
       </c>
       <c r="D82" t="s">
         <v>96</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>345</v>
       </c>
       <c r="G82" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="H82">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
+        <v>334</v>
+      </c>
+      <c r="K82" t="s">
+        <v>47</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
         <v>521</v>
       </c>
-      <c r="K82" t="s">
-[...2 lines deleted...]
-      <c r="L82" t="s">
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
         <v>522</v>
       </c>
-      <c r="M82" t="s">
+      <c r="P82" t="s">
         <v>523</v>
-      </c>
-[...7 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
         <v>518</v>
       </c>
       <c r="B83" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C83" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="D83" t="s">
         <v>96</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>345</v>
       </c>
       <c r="G83" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I83"/>
+        <v>2013</v>
+      </c>
+      <c r="I83">
+        <v>2024</v>
+      </c>
       <c r="J83" t="s">
-        <v>334</v>
+        <v>525</v>
       </c>
       <c r="K83" t="s">
         <v>47</v>
       </c>
-      <c r="L83"/>
+      <c r="L83" t="s">
+        <v>526</v>
+      </c>
       <c r="M83" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
+        <v>527</v>
+      </c>
+      <c r="P83" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
+        <v>529</v>
+      </c>
+      <c r="B84" t="s">
         <v>530</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D84" t="s">
         <v>532</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>345</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>2013</v>
       </c>
       <c r="I84">
         <v>2024</v>
       </c>
       <c r="J84" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="K84" t="s">
         <v>47</v>
       </c>
       <c r="L84" t="s">
         <v>533</v>
       </c>
       <c r="M84" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>534</v>
       </c>
       <c r="P84" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>536</v>
       </c>
       <c r="B85" t="s">
         <v>537</v>
       </c>
       <c r="C85" t="s">
         <v>538</v>
       </c>
       <c r="D85" t="s">
         <v>118</v>
       </c>
       <c r="E85" t="s">
@@ -8456,127 +8456,127 @@
       </c>
       <c r="L94" t="s">
         <v>576</v>
       </c>
       <c r="M94" t="s">
         <v>257</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
         <v>577</v>
       </c>
       <c r="P94" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
         <v>579</v>
       </c>
       <c r="B95" t="s">
         <v>580</v>
       </c>
       <c r="C95" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="D95" t="s">
         <v>79</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>345</v>
       </c>
       <c r="G95" t="s">
         <v>581</v>
       </c>
       <c r="H95">
         <v>2020</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
         <v>582</v>
       </c>
       <c r="K95" t="s">
         <v>47</v>
       </c>
       <c r="L95" t="s">
         <v>583</v>
       </c>
       <c r="M95" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
         <v>584</v>
       </c>
       <c r="P95" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
         <v>586</v>
       </c>
       <c r="B96" t="s">
         <v>587</v>
       </c>
       <c r="C96" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="D96" t="s">
         <v>65</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>345</v>
       </c>
       <c r="G96" t="s">
         <v>45</v>
       </c>
       <c r="H96">
         <v>2020</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>582</v>
       </c>
       <c r="K96" t="s">
         <v>47</v>
       </c>
       <c r="L96" t="s">
         <v>588</v>
       </c>
       <c r="M96" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
         <v>589</v>
       </c>
       <c r="P96" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
         <v>591</v>
       </c>
       <c r="B97" t="s">
         <v>592</v>
       </c>
       <c r="C97" t="s">
         <v>291</v>
       </c>
       <c r="D97" t="s">
         <v>374</v>
       </c>
       <c r="E97" t="s">