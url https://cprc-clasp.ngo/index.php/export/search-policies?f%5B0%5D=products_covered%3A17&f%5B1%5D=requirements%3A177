--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,1373 +12,1927 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="588">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL- Rice cookers</t>
   </si>
   <si>
+    <t>This policy covers rice cookers.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 4706.1; GB 4706.19; QB/T 4099</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-016. Automatic Electric Rice Cooker</t>
   </si>
   <si>
+    <t>Applies to automatic electric rice cookers working under normal voltage and rated power lower than 2000W, with electric heating elements as the heat source.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 4706.19 GB 12021.6-2008 CCEC/T11-2006 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-016-automatic-electric-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-025. Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does not apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 18800-2008 CCEC-T09-2006 GB 24849-2010 GB 4706.21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-025-household-and-similar-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-038. Household Gas Stoves</t>
   </si>
   <si>
+    <t>Applies only to gas stove with a nominal heat load of a single burner not more than 5.23 kW.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB-T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-038-household-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B632_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Energy Efficiency, Water Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency of Household and Similar Electrical Appliances</t>
   </si>
   <si>
+    <t>This standard identifies the methods of measuring and calculating energy efficiency and sets a maximum limit to the values of energy consumption. The standard aims to reduce the consumption of electric power.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC60436:2004, A1:2009, A2:2012</t>
   </si>
   <si>
     <t>Egyptian Organisation for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-and-similar-electrical-appliances</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14008</t>
+  </si>
+  <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Domestic Ovens (ES 8058/2017)</t>
+  </si>
+  <si>
+    <t>This standard establishes the methods of measuring and calculating the energy efficiency of electrical domestic ovens.</t>
   </si>
   <si>
     <t>Kitchen, Ovens</t>
   </si>
   <si>
     <t>IEC 60350-1/2015
 ,   
                     Regulation (EU) No 65/2014</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-0</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/14544</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120216-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81DDAD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 24849-2017 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Household and Similar Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwaves with rated input power lower than 2500W and uses the electro-magnetic power in ISM frequency range 2450MHz and resistance heating element to heat including microwave ovens with single microwave function and with barbecue and hot wind convection function. Does NOT apply to commercial and industrial microwave ovens or ovens with ventilators.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24849-2017-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
+  </si>
+  <si>
+    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
+  </si>
+  <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
+  </si>
+  <si>
+    <t>MEPS for electric pressure cookers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
-[...1 lines deleted...]
-  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>October 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
+  </si>
+  <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
+    <t>March 2025</t>
+  </si>
+  <si>
+    <t>IEC 60350-1:2016</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
+    <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01825</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 267 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for commercial electric ovens.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>NBR NM 60335-1 / IEC 60335-2-36 / IEC 60335-2-42 / IEC 60335-2-102</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-267-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-267-de-22-de-junho-de-2021-328227052</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 268 of 22 June 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for microwave ovens.</t>
+  </si>
+  <si>
     <t>IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-268-22-june-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-268-de-22-de-junho-2021-328222087</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 8 of 05 January 2022</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for gas stoves and ovens for household use.</t>
+  </si>
+  <si>
     <t>ABNT NBR 13723-1:2003 /  ABNT NBR 14698 and ABNT NBR 13866 / ABNT NBR 15076:2004 / ABNT NBR 7195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-8-05-january-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-8-de-5-de-janeiro-de-2022-375029861</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 16163:2013-determination of criteria for energy consumption and labeling instruction</t>
   </si>
   <si>
+    <t>Residential electric dishwasher</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-161632013-determination-criteria-energy-consumption-and-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>JS 2098:2013 Energy labeling of household electric ovens</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household electric ovens including ovens being part of larger appliances.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2098</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20982013-energy-labeling-household-electric-ovens</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5454</t>
+  </si>
+  <si>
     <t>JS 2099:2013 Technical Regulation on eco-design requirements for household dishwashers</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries, including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2099</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20992013-technical-regulation-eco-design-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5465</t>
+  </si>
+  <si>
     <t>JS 2100:2013 Energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>This policy covers electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.</t>
+  </si>
+  <si>
     <t>JS 2100</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21002013-energy-labeling-household-dishwashers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5452</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2445 Energy Commission (Energy Efficiency Standards and Labelling) (Rice Cookers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply a rice cooker manufactured in the country or imported into the country for display, sale, or use that has a rated power not exceeding two thousand watts, voltage not exceeding two hundred and fifty volts, and volume not exceeding ten litres.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2445-energy-commission-energy-efficiency-standards-and-labelling-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2450 Energy Commission (Energy Efficiency Standards and Labelling) (Microwave Ovens) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an electric mains-operated microwave oven, manufactured in the country or imported into the country for display, sale or use. These regulations do not apply to microwave ovens which cannot accept a load with a diameter equal or greater than 200mm or heigh of 120mm.</t>
+  </si>
+  <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2450-energy-commission-energy-efficiency-standards-and-labelling-microwave-ovens</t>
   </si>
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>LI 2457 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Kettles) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to kettles with a water capacity not exceeding 2.5 litres, manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2457-energy-commission-energy-efficiency-standards-and-labelling-electric-kettles</t>
   </si>
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minimum energy performance standard(MEPS) and labelling for clay plate resistor based electric injera mitad</t>
   </si>
   <si>
+    <t>This Ethiopian Minimum Energy Performance Standard and label grading applies to clay plate resistor</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Griddles</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standardmeps-and-labelling-clay-plate-resistor-based-electric</t>
   </si>
   <si>
+    <t>http://eea.gov.et/media/attachments/LAWS%20AND%20REGUALTIONS/Energy%20laws%20and%20regualtions/4-MEPS%20INJER%20MITAD%20%20Ethiopia%20draft%2029-2-2020%20version%20final%20East%20Gate%20(4).pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 325 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for ovens.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-325-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_325-2011-fornos-e-fogoes-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 204:2015 Energy efficiency and labelling requirement-Domestic Ovens and Range hoods</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>MS 204</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2042015-energy-efficiency-and-labelling-requirement-domestic-ovens-and-range-hoods</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-679/</t>
+  </si>
+  <si>
     <t>MS: 205:2011 Energy efficiency and labelling requirement-Household electric dishwasher</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for dishwasher</t>
+  </si>
+  <si>
     <t>MS 205</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2052011-energy-efficiency-and-labelling-requirement-household-electric-dishwasher</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-680/</t>
+  </si>
+  <si>
     <t>Provision 170/2016</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of household microwave ovens.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62412 / IRAM 62301</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-1702016</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/265000-269999/267555/norma.htm</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Resolution 834/2019 and Resolution 422/2020</t>
   </si>
   <si>
+    <t>Electric dishwashers for household use.</t>
+  </si>
+  <si>
     <t>IRAM 2294-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-8342019-and-resolution-4222020</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/330000-334999/333282/norma.htm</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Resolution No. 8 - Labeling for Dishwashers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for electric dishwashers.</t>
+  </si>
+  <si>
     <t>IEC 60436:2012-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-8-labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100327</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-019-ENER-2009 - Tortilla Making Machines</t>
   </si>
   <si>
+    <t>This policy covers minimum requirements for mechanized tortilla-making machines, used to prepare corn and wheat tortillas, which use LPG or natural gas as fuel and are operated by AC electric motors. Not included are domestic manual tortilla-making machines, which are not operated by electric motors.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Tortilla Making Machines</t>
   </si>
   <si>
     <t>NOM-019-ENER-2009</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-019-ener-2009-tortilla-making-machines</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5072738&amp;fecha=09/12/2008</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8252:2015 Rice cookers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for rice cookers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82522015-rice-cookers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8252-2015-noi-com-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EU 65-2014</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-6: 2018 – Labeling – Energy efficiency label for electrical appliances Part 6: Dishwashers.</t>
   </si>
   <si>
+    <t>This regulation is developed to ensure that dishwasher are registered and monitored for their continuous compliance to the set specifications. Includes energy consumption and water consumption.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-6-2018-labeling-energy-efficiency-label-electrical-appliances-part-6-dishwashers</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2018/TBT/ARE/18_1779_00_e.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
+  </si>
+  <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1642,4151 +2196,4728 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N96"/>
+  <dimension ref="A1:P96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1991</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>1990</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
-      </c>
-[...192 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H7">
         <v>2010</v>
       </c>
-      <c r="I7" t="s">
-        <v>52</v>
+      <c r="I7">
+        <v>2010</v>
       </c>
       <c r="J7" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="K7" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="L7" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N7" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
         <v>55</v>
       </c>
-      <c r="B8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2011</v>
       </c>
-      <c r="H8">
+      <c r="I8">
         <v>2017</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>57</v>
       </c>
-      <c r="J8" t="s">
-[...11 lines deleted...]
-      <c r="N8" t="s">
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
         <v>59</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G9">
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...41 lines deleted...]
-      <c r="H10">
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11">
         <v>2015</v>
       </c>
-      <c r="I10" t="s">
-[...40 lines deleted...]
-      <c r="H11">
+      <c r="J11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K11" t="s">
+        <v>88</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>90</v>
+      </c>
+      <c r="P11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>55</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>68</v>
+        <v>57</v>
       </c>
       <c r="K12" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="L12" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="M12" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N12" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E13" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>48</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>1997</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2019</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="K13"/>
+        <v>101</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="N13" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>103</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>107</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E14" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>48</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>1997</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>31</v>
-[...7 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
       <c r="N14" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>103</v>
+      </c>
+      <c r="O14" t="s">
+        <v>109</v>
+      </c>
+      <c r="P14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="B15" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>113</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>48</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>1979</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2013</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>102</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>114</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>48</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1979</v>
+      </c>
+      <c r="I16">
+        <v>2013</v>
+      </c>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K15"/>
-[...3 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>122</v>
+      </c>
+      <c r="M17" t="s">
+        <v>102</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>107</v>
+      </c>
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>108</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>130</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2023</v>
+      </c>
+      <c r="J19" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>102</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>135</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2014</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>101</v>
+      </c>
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...31 lines deleted...]
-      <c r="J16" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>102</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>107</v>
+      </c>
+      <c r="D21" t="s">
+        <v>135</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...1 lines deleted...]
-      <c r="M16" t="s">
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>108</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...22 lines deleted...]
-      <c r="G17">
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>143</v>
+      </c>
+      <c r="D22" t="s">
+        <v>144</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>145</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>146</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>147</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>152</v>
+      </c>
+      <c r="D23" t="s">
+        <v>153</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>48</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>154</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>156</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>157</v>
+      </c>
+      <c r="P23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>160</v>
+      </c>
+      <c r="C24" t="s">
+        <v>152</v>
+      </c>
+      <c r="D24" t="s">
+        <v>100</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>48</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
         <v>2010</v>
       </c>
-      <c r="H17">
-[...290 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>31</v>
+        <v>161</v>
       </c>
       <c r="K24" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="L24" t="s">
-        <v>112</v>
+        <v>162</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="N24" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>163</v>
+      </c>
+      <c r="P24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>118</v>
+        <v>164</v>
       </c>
       <c r="B25" t="s">
-        <v>108</v>
+        <v>165</v>
       </c>
       <c r="C25" t="s">
-        <v>46</v>
+        <v>152</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E25" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>48</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2010</v>
       </c>
-      <c r="I25" t="s">
-        <v>115</v>
+      <c r="I25">
+        <v>2010</v>
       </c>
       <c r="J25" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="N25" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="B26" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="C26" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="K26" t="s">
-        <v>124</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N26" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>127</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
-        <v>121</v>
+        <v>177</v>
       </c>
       <c r="C27" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>178</v>
       </c>
       <c r="E27" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
         <v>2017</v>
       </c>
-      <c r="H27"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>31</v>
+        <v>171</v>
       </c>
       <c r="K27" t="s">
-        <v>129</v>
+        <v>36</v>
       </c>
       <c r="L27" t="s">
-        <v>130</v>
+        <v>179</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="N27" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>181</v>
+      </c>
+      <c r="P27" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>132</v>
+        <v>183</v>
       </c>
       <c r="B28" t="s">
-        <v>133</v>
+        <v>184</v>
       </c>
       <c r="C28" t="s">
-        <v>134</v>
+        <v>185</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
       <c r="E28" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28">
         <v>2025</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>136</v>
+        <v>188</v>
       </c>
       <c r="K28" t="s">
-        <v>137</v>
+        <v>189</v>
       </c>
       <c r="L28" t="s">
-        <v>138</v>
+        <v>190</v>
       </c>
       <c r="M28" t="s">
-        <v>139</v>
+        <v>191</v>
       </c>
       <c r="N28" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>192</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>141</v>
+        <v>195</v>
       </c>
       <c r="B29" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="C29" t="s">
-        <v>143</v>
+        <v>197</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="E29" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>199</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2016</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>145</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K29" t="s">
+        <v>200</v>
+      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>201</v>
       </c>
       <c r="N29" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>148</v>
+        <v>204</v>
       </c>
       <c r="B30" t="s">
-        <v>149</v>
+        <v>205</v>
       </c>
       <c r="C30" t="s">
-        <v>150</v>
+        <v>206</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="E30" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>48</v>
+      </c>
+      <c r="G30" t="s">
+        <v>208</v>
+      </c>
+      <c r="H30">
         <v>2010</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2011</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N30" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>155</v>
+        <v>213</v>
       </c>
       <c r="B31" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="C31" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E31" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-        <v>47</v>
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>214</v>
+      </c>
+      <c r="H31">
+        <v>1989</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
       </c>
       <c r="J31" t="s">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>58</v>
+      </c>
+      <c r="M31" t="s">
+        <v>216</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>217</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>219</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>55</v>
+      </c>
+      <c r="D32" t="s">
+        <v>221</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>214</v>
+      </c>
+      <c r="H32">
+        <v>2008</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>215</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>222</v>
+      </c>
+      <c r="M32" t="s">
+        <v>59</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>223</v>
+      </c>
+      <c r="P32" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>225</v>
+      </c>
+      <c r="B33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" t="s">
+        <v>227</v>
+      </c>
+      <c r="D33" t="s">
+        <v>228</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2008</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>215</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>229</v>
+      </c>
+      <c r="M33" t="s">
+        <v>230</v>
+      </c>
+      <c r="N33" t="s">
+        <v>192</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>55</v>
+      </c>
+      <c r="D34" t="s">
+        <v>70</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>214</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>215</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>235</v>
+      </c>
+      <c r="M34" t="s">
+        <v>59</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>236</v>
+      </c>
+      <c r="P34" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>238</v>
+      </c>
+      <c r="B35" t="s">
+        <v>239</v>
+      </c>
+      <c r="C35" t="s">
+        <v>55</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>64</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35" t="s">
+        <v>240</v>
+      </c>
+      <c r="M35" t="s">
+        <v>59</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>55</v>
+      </c>
+      <c r="D36" t="s">
+        <v>87</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>34</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>64</v>
+      </c>
+      <c r="K36" t="s">
+        <v>88</v>
+      </c>
+      <c r="L36" t="s">
+        <v>245</v>
+      </c>
+      <c r="M36" t="s">
+        <v>59</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>246</v>
+      </c>
+      <c r="P36" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>248</v>
+      </c>
+      <c r="B37" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" t="s">
+        <v>55</v>
+      </c>
+      <c r="D37" t="s">
+        <v>250</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2015</v>
+      </c>
+      <c r="J37" t="s">
+        <v>64</v>
+      </c>
+      <c r="K37" t="s">
+        <v>88</v>
+      </c>
+      <c r="L37" t="s">
+        <v>251</v>
+      </c>
+      <c r="M37" t="s">
+        <v>59</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>254</v>
+      </c>
+      <c r="B38" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" t="s">
+        <v>55</v>
+      </c>
+      <c r="D38" t="s">
+        <v>100</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>57</v>
+      </c>
+      <c r="K38" t="s">
+        <v>256</v>
+      </c>
+      <c r="L38" t="s">
+        <v>257</v>
+      </c>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
+        <v>103</v>
+      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C39" t="s">
+        <v>55</v>
+      </c>
+      <c r="D39" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>8</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39">
+        <v>2025</v>
+      </c>
+      <c r="J39" t="s">
+        <v>263</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>264</v>
+      </c>
+      <c r="M39" t="s">
+        <v>230</v>
+      </c>
+      <c r="N39" t="s">
+        <v>103</v>
+      </c>
+      <c r="O39" t="s">
+        <v>265</v>
+      </c>
+      <c r="P39" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>267</v>
+      </c>
+      <c r="B40" t="s">
+        <v>268</v>
+      </c>
+      <c r="C40" t="s">
+        <v>55</v>
+      </c>
+      <c r="D40" t="s">
+        <v>269</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>171</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>270</v>
+      </c>
+      <c r="M40" t="s">
+        <v>216</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>271</v>
+      </c>
+      <c r="P40" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>267</v>
+      </c>
+      <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>55</v>
+      </c>
+      <c r="D41" t="s">
+        <v>269</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>214</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>215</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41" t="s">
+        <v>270</v>
+      </c>
+      <c r="M41" t="s">
+        <v>216</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>274</v>
+      </c>
+      <c r="P41" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>275</v>
+      </c>
+      <c r="B42" t="s">
+        <v>276</v>
+      </c>
+      <c r="C42" t="s">
+        <v>55</v>
+      </c>
+      <c r="D42" t="s">
+        <v>277</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42">
+        <v>2025</v>
+      </c>
+      <c r="J42" t="s">
+        <v>215</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>230</v>
+      </c>
+      <c r="N42" t="s">
+        <v>192</v>
+      </c>
+      <c r="O42" t="s">
+        <v>278</v>
+      </c>
+      <c r="P42" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" t="s">
+        <v>282</v>
+      </c>
+      <c r="D43" t="s">
+        <v>283</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
         <v>48</v>
       </c>
-      <c r="L31" t="s">
-[...501 lines deleted...]
-        <v>2019</v>
+      <c r="G43" t="s">
+        <v>22</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
-      <c r="I43" t="s">
-        <v>41</v>
+      <c r="I43">
+        <v>2019</v>
       </c>
       <c r="J43" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="K43" t="s">
-        <v>203</v>
+        <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>204</v>
+        <v>284</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>285</v>
       </c>
       <c r="N43" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>206</v>
+        <v>288</v>
       </c>
       <c r="B44" t="s">
-        <v>207</v>
+        <v>289</v>
       </c>
       <c r="C44" t="s">
-        <v>67</v>
+        <v>290</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E44" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>199</v>
+      </c>
+      <c r="G44" t="s">
+        <v>8</v>
+      </c>
+      <c r="H44">
+        <v>2013</v>
+      </c>
+      <c r="I44">
+        <v>2024</v>
+      </c>
+      <c r="J44" t="s">
+        <v>291</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>292</v>
+      </c>
+      <c r="M44" t="s">
+        <v>293</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>294</v>
+      </c>
+      <c r="P44" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>288</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>297</v>
+      </c>
+      <c r="D45" t="s">
+        <v>87</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>199</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2025</v>
       </c>
-      <c r="H44"/>
-      <c r="I44" t="s">
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>188</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>293</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>298</v>
+      </c>
+      <c r="P45" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>300</v>
+      </c>
+      <c r="B46" t="s">
+        <v>301</v>
+      </c>
+      <c r="C46" t="s">
+        <v>290</v>
+      </c>
+      <c r="D46" t="s">
+        <v>302</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>199</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2024</v>
+      </c>
+      <c r="J46" t="s">
+        <v>291</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>303</v>
+      </c>
+      <c r="M46" t="s">
+        <v>293</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>306</v>
+      </c>
+      <c r="B47" t="s">
+        <v>307</v>
+      </c>
+      <c r="C47" t="s">
+        <v>308</v>
+      </c>
+      <c r="D47" t="s">
+        <v>100</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>48</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2005</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>309</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>310</v>
+      </c>
+      <c r="M47" t="s">
+        <v>311</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>312</v>
+      </c>
+      <c r="P47" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>314</v>
+      </c>
+      <c r="B48" t="s">
+        <v>315</v>
+      </c>
+      <c r="C48" t="s">
+        <v>297</v>
+      </c>
+      <c r="D48" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>199</v>
+      </c>
+      <c r="G48" t="s">
+        <v>34</v>
+      </c>
+      <c r="H48">
+        <v>2020</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>316</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>317</v>
+      </c>
+      <c r="M48" t="s">
+        <v>293</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>318</v>
+      </c>
+      <c r="P48" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>320</v>
+      </c>
+      <c r="B49" t="s">
+        <v>321</v>
+      </c>
+      <c r="C49" t="s">
+        <v>297</v>
+      </c>
+      <c r="D49" t="s">
+        <v>56</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>199</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
+        <v>2020</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>316</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" t="s">
+        <v>322</v>
+      </c>
+      <c r="M49" t="s">
+        <v>293</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>323</v>
+      </c>
+      <c r="P49" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>325</v>
+      </c>
+      <c r="B50" t="s">
+        <v>326</v>
+      </c>
+      <c r="C50" t="s">
+        <v>327</v>
+      </c>
+      <c r="D50" t="s">
+        <v>87</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>48</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2021</v>
+      </c>
+      <c r="J50" t="s">
+        <v>209</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>328</v>
+      </c>
+      <c r="M50" t="s">
+        <v>329</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>330</v>
+      </c>
+      <c r="P50" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>332</v>
+      </c>
+      <c r="B51" t="s">
+        <v>333</v>
+      </c>
+      <c r="C51" t="s">
+        <v>327</v>
+      </c>
+      <c r="D51" t="s">
+        <v>70</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>48</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>209</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>334</v>
+      </c>
+      <c r="M51" t="s">
+        <v>329</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>335</v>
+      </c>
+      <c r="P51" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>337</v>
+      </c>
+      <c r="B52" t="s">
+        <v>338</v>
+      </c>
+      <c r="C52" t="s">
+        <v>327</v>
+      </c>
+      <c r="D52" t="s">
+        <v>87</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>48</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2008</v>
+      </c>
+      <c r="I52">
+        <v>2022</v>
+      </c>
+      <c r="J52" t="s">
+        <v>209</v>
+      </c>
+      <c r="K52" t="s">
+        <v>88</v>
+      </c>
+      <c r="L52" t="s">
+        <v>339</v>
+      </c>
+      <c r="M52" t="s">
+        <v>329</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>340</v>
+      </c>
+      <c r="P52" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>342</v>
+      </c>
+      <c r="B53" t="s">
+        <v>343</v>
+      </c>
+      <c r="C53" t="s">
+        <v>344</v>
+      </c>
+      <c r="D53" t="s">
         <v>135</v>
       </c>
-      <c r="J44" t="s">
-[...32 lines deleted...]
-      <c r="G45">
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
+      <c r="J53" t="s">
+        <v>345</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53" t="s">
+        <v>346</v>
+      </c>
+      <c r="M53" t="s">
+        <v>347</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>348</v>
+      </c>
+      <c r="P53" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>350</v>
+      </c>
+      <c r="B54" t="s">
+        <v>351</v>
+      </c>
+      <c r="C54" t="s">
+        <v>344</v>
+      </c>
+      <c r="D54" t="s">
+        <v>135</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>48</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1996</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>345</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>347</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>352</v>
+      </c>
+      <c r="P54" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B55" t="s">
+        <v>355</v>
+      </c>
+      <c r="C55" t="s">
+        <v>356</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>34</v>
+      </c>
+      <c r="H55">
         <v>2013</v>
       </c>
-      <c r="H45">
-[...40 lines deleted...]
-      <c r="G46">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>161</v>
+      </c>
+      <c r="K55" t="s">
+        <v>88</v>
+      </c>
+      <c r="L55" t="s">
+        <v>357</v>
+      </c>
+      <c r="M55" t="s">
+        <v>358</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>359</v>
+      </c>
+      <c r="P55" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>361</v>
+      </c>
+      <c r="B56" t="s">
+        <v>362</v>
+      </c>
+      <c r="C56" t="s">
+        <v>356</v>
+      </c>
+      <c r="D56" t="s">
+        <v>100</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>34</v>
+      </c>
+      <c r="H56">
         <v>2013</v>
       </c>
-      <c r="H46">
-[...434 lines deleted...]
-      </c>
+      <c r="I56"/>
       <c r="J56" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56"/>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="N56" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>363</v>
+      </c>
+      <c r="P56" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>257</v>
+        <v>364</v>
       </c>
       <c r="B57" t="s">
-        <v>251</v>
+        <v>365</v>
       </c>
       <c r="C57" t="s">
-        <v>35</v>
+        <v>356</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E57" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>199</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
-      <c r="I57" t="s">
-        <v>115</v>
+      <c r="I57">
+        <v>2012</v>
       </c>
       <c r="J57" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57"/>
       <c r="M57" t="s">
-        <v>24</v>
+        <v>358</v>
       </c>
       <c r="N57" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>366</v>
+      </c>
+      <c r="P57" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>259</v>
+        <v>367</v>
       </c>
       <c r="B58" t="s">
-        <v>260</v>
+        <v>368</v>
       </c>
       <c r="C58" t="s">
-        <v>67</v>
+        <v>369</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="E58" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>48</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H58">
+      <c r="I58">
         <v>2014</v>
       </c>
-      <c r="I58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="K58" t="s">
-        <v>261</v>
+        <v>36</v>
       </c>
       <c r="L58" t="s">
-        <v>262</v>
+        <v>370</v>
       </c>
       <c r="M58" t="s">
-        <v>139</v>
+        <v>371</v>
       </c>
       <c r="N58" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>192</v>
+      </c>
+      <c r="O58" t="s">
+        <v>372</v>
+      </c>
+      <c r="P58" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>264</v>
+        <v>374</v>
       </c>
       <c r="B59" t="s">
-        <v>260</v>
+        <v>375</v>
       </c>
       <c r="C59" t="s">
-        <v>76</v>
+        <v>369</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E59" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G59">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
         <v>2013</v>
       </c>
-      <c r="H59">
+      <c r="I59">
         <v>2014</v>
       </c>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J59" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="K59" t="s">
-        <v>265</v>
+        <v>256</v>
       </c>
       <c r="L59" t="s">
-        <v>262</v>
+        <v>376</v>
       </c>
       <c r="M59" t="s">
-        <v>24</v>
+        <v>371</v>
       </c>
       <c r="N59" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>377</v>
+      </c>
+      <c r="P59" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>267</v>
+        <v>379</v>
       </c>
       <c r="B60" t="s">
-        <v>260</v>
+        <v>380</v>
       </c>
       <c r="C60" t="s">
-        <v>76</v>
+        <v>369</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="E60" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="F60" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G60">
+        <v>48</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
         <v>2013</v>
       </c>
-      <c r="H60">
+      <c r="I60">
         <v>2014</v>
       </c>
-      <c r="I60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J60" t="s">
-        <v>183</v>
+        <v>64</v>
       </c>
       <c r="K60" t="s">
-        <v>268</v>
+        <v>256</v>
       </c>
       <c r="L60" t="s">
-        <v>262</v>
+        <v>381</v>
       </c>
       <c r="M60" t="s">
-        <v>24</v>
+        <v>371</v>
       </c>
       <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>382</v>
+      </c>
+      <c r="P60" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>384</v>
+      </c>
+      <c r="B61" t="s">
+        <v>385</v>
+      </c>
+      <c r="C61" t="s">
+        <v>386</v>
+      </c>
+      <c r="D61" t="s">
+        <v>100</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>48</v>
+      </c>
+      <c r="G61" t="s">
+        <v>34</v>
+      </c>
+      <c r="H61">
+        <v>1987</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>387</v>
+      </c>
+      <c r="K61" t="s">
+        <v>36</v>
+      </c>
+      <c r="L61" t="s">
+        <v>388</v>
+      </c>
+      <c r="M61" t="s">
+        <v>389</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>390</v>
+      </c>
+      <c r="P61" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>392</v>
+      </c>
+      <c r="B62" t="s">
+        <v>393</v>
+      </c>
+      <c r="C62" t="s">
+        <v>394</v>
+      </c>
+      <c r="D62" t="s">
+        <v>56</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>34</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>395</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>396</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>397</v>
+      </c>
+      <c r="P62" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>399</v>
+      </c>
+      <c r="B63" t="s">
+        <v>400</v>
+      </c>
+      <c r="C63" t="s">
+        <v>394</v>
+      </c>
+      <c r="D63" t="s">
+        <v>70</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>34</v>
+      </c>
+      <c r="H63">
+        <v>2022</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>401</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>396</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>402</v>
+      </c>
+      <c r="P63" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>403</v>
+      </c>
+      <c r="B64" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" t="s">
+        <v>394</v>
+      </c>
+      <c r="D64" t="s">
+        <v>405</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>34</v>
+      </c>
+      <c r="H64">
+        <v>2022</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>395</v>
+      </c>
+      <c r="K64" t="s">
+        <v>406</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>396</v>
+      </c>
+      <c r="N64" t="s">
+        <v>407</v>
+      </c>
+      <c r="O64" t="s">
+        <v>408</v>
+      </c>
+      <c r="P64" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>409</v>
+      </c>
+      <c r="B65" t="s">
+        <v>410</v>
+      </c>
+      <c r="C65" t="s">
+        <v>394</v>
+      </c>
+      <c r="D65" t="s">
+        <v>42</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>34</v>
+      </c>
+      <c r="H65">
+        <v>2022</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>395</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>396</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>411</v>
+      </c>
+      <c r="P65" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>412</v>
+      </c>
+      <c r="B66" t="s">
+        <v>413</v>
+      </c>
+      <c r="C66" t="s">
+        <v>414</v>
+      </c>
+      <c r="D66" t="s">
+        <v>415</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>199</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2008</v>
+      </c>
+      <c r="I66">
+        <v>2020</v>
+      </c>
+      <c r="J66" t="s">
+        <v>49</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66" t="s">
+        <v>416</v>
+      </c>
+      <c r="M66" t="s">
+        <v>417</v>
+      </c>
+      <c r="N66" t="s">
+        <v>418</v>
+      </c>
+      <c r="O66" t="s">
+        <v>419</v>
+      </c>
+      <c r="P66" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>421</v>
+      </c>
+      <c r="B67" t="s">
+        <v>151</v>
+      </c>
+      <c r="C67" t="s">
+        <v>152</v>
+      </c>
+      <c r="D67" t="s">
+        <v>153</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>34</v>
+      </c>
+      <c r="H67">
+        <v>2009</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>161</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67" t="s">
+        <v>155</v>
+      </c>
+      <c r="M67" t="s">
+        <v>156</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>422</v>
+      </c>
+      <c r="P67" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>152</v>
+      </c>
+      <c r="D68" t="s">
+        <v>100</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2002</v>
+      </c>
+      <c r="I68">
+        <v>2007</v>
+      </c>
+      <c r="J68" t="s">
+        <v>161</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>162</v>
+      </c>
+      <c r="M68" t="s">
+        <v>156</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>426</v>
+      </c>
+      <c r="P68" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>427</v>
+      </c>
+      <c r="B69" t="s">
+        <v>428</v>
+      </c>
+      <c r="C69" t="s">
+        <v>152</v>
+      </c>
+      <c r="D69" t="s">
+        <v>33</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2011</v>
+      </c>
+      <c r="I69">
+        <v>2015</v>
+      </c>
+      <c r="J69" t="s">
+        <v>161</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>156</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>429</v>
+      </c>
+      <c r="P69" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>430</v>
+      </c>
+      <c r="B70" t="s">
+        <v>431</v>
+      </c>
+      <c r="C70" t="s">
+        <v>432</v>
+      </c>
+      <c r="D70" t="s">
+        <v>56</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>199</v>
+      </c>
+      <c r="G70" t="s">
+        <v>34</v>
+      </c>
+      <c r="H70">
+        <v>2021</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>171</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" t="s">
+        <v>433</v>
+      </c>
+      <c r="M70" t="s">
+        <v>434</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>435</v>
+      </c>
+      <c r="P70" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>437</v>
+      </c>
+      <c r="B71" t="s">
+        <v>438</v>
+      </c>
+      <c r="C71" t="s">
+        <v>439</v>
+      </c>
+      <c r="D71" t="s">
+        <v>440</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>34</v>
+      </c>
+      <c r="H71">
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>49</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>441</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>442</v>
+      </c>
+      <c r="P71" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>444</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72" t="s">
+        <v>445</v>
+      </c>
+      <c r="D72" t="s">
+        <v>42</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>34</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>171</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>446</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>447</v>
+      </c>
+      <c r="P72" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>449</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73" t="s">
+        <v>445</v>
+      </c>
+      <c r="D73" t="s">
+        <v>56</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>34</v>
+      </c>
+      <c r="H73">
+        <v>2020</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>171</v>
+      </c>
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>446</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>450</v>
+      </c>
+      <c r="P73" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>451</v>
+      </c>
+      <c r="B74" t="s">
+        <v>452</v>
+      </c>
+      <c r="C74" t="s">
+        <v>432</v>
+      </c>
+      <c r="D74" t="s">
+        <v>453</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>199</v>
+      </c>
+      <c r="G74" t="s">
+        <v>34</v>
+      </c>
+      <c r="H74">
+        <v>2021</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>171</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>454</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>455</v>
+      </c>
+      <c r="P74" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>457</v>
+      </c>
+      <c r="B75" t="s">
+        <v>458</v>
+      </c>
+      <c r="C75" t="s">
+        <v>327</v>
+      </c>
+      <c r="D75" t="s">
+        <v>87</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2007</v>
+      </c>
+      <c r="I75">
+        <v>2011</v>
+      </c>
+      <c r="J75" t="s">
+        <v>209</v>
+      </c>
+      <c r="K75" t="s">
+        <v>88</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>459</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>460</v>
+      </c>
+      <c r="P75" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>462</v>
+      </c>
+      <c r="B76" t="s">
+        <v>463</v>
+      </c>
+      <c r="C76" t="s">
+        <v>282</v>
+      </c>
+      <c r="D76" t="s">
+        <v>87</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>34</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>49</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76" t="s">
+        <v>464</v>
+      </c>
+      <c r="M76" t="s">
+        <v>285</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>465</v>
+      </c>
+      <c r="P76" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>467</v>
+      </c>
+      <c r="B77" t="s">
+        <v>468</v>
+      </c>
+      <c r="C77" t="s">
+        <v>282</v>
+      </c>
+      <c r="D77" t="s">
+        <v>100</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>34</v>
+      </c>
+      <c r="H77">
+        <v>2011</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>49</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77" t="s">
+        <v>469</v>
+      </c>
+      <c r="M77" t="s">
+        <v>285</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>470</v>
+      </c>
+      <c r="P77" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>472</v>
+      </c>
+      <c r="B78" t="s">
+        <v>473</v>
+      </c>
+      <c r="C78" t="s">
+        <v>474</v>
+      </c>
+      <c r="D78" t="s">
+        <v>70</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>48</v>
+      </c>
+      <c r="G78" t="s">
+        <v>34</v>
+      </c>
+      <c r="H78">
+        <v>2016</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>209</v>
+      </c>
+      <c r="K78" t="s">
+        <v>36</v>
+      </c>
+      <c r="L78" t="s">
+        <v>475</v>
+      </c>
+      <c r="M78" t="s">
+        <v>476</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>477</v>
+      </c>
+      <c r="P78" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>479</v>
+      </c>
+      <c r="B79" t="s">
+        <v>480</v>
+      </c>
+      <c r="C79" t="s">
+        <v>481</v>
+      </c>
+      <c r="D79" t="s">
+        <v>482</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>199</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2017</v>
+      </c>
+      <c r="I79">
+        <v>2021</v>
+      </c>
+      <c r="J79" t="s">
+        <v>316</v>
+      </c>
+      <c r="K79" t="s">
+        <v>483</v>
+      </c>
+      <c r="L79" t="s">
+        <v>484</v>
+      </c>
+      <c r="M79" t="s">
+        <v>485</v>
+      </c>
+      <c r="N79" t="s">
+        <v>418</v>
+      </c>
+      <c r="O79" t="s">
+        <v>486</v>
+      </c>
+      <c r="P79" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>488</v>
+      </c>
+      <c r="B80" t="s">
+        <v>489</v>
+      </c>
+      <c r="C80" t="s">
+        <v>490</v>
+      </c>
+      <c r="D80" t="s">
         <v>269</v>
       </c>
-    </row>
-[...89 lines deleted...]
-      <c r="C63" t="s">
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>491</v>
+      </c>
+      <c r="G80" t="s">
+        <v>8</v>
+      </c>
+      <c r="H80">
+        <v>2015</v>
+      </c>
+      <c r="I80">
+        <v>2024</v>
+      </c>
+      <c r="J80" t="s">
+        <v>492</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80" t="s">
+        <v>493</v>
+      </c>
+      <c r="M80" t="s">
+        <v>494</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>495</v>
+      </c>
+      <c r="P80" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>497</v>
+      </c>
+      <c r="B81" t="s">
+        <v>498</v>
+      </c>
+      <c r="C81" t="s">
+        <v>152</v>
+      </c>
+      <c r="D81" t="s">
         <v>56</v>
       </c>
-      <c r="D63" t="s">
-[...131 lines deleted...]
-      <c r="H66">
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>491</v>
+      </c>
+      <c r="G81" t="s">
+        <v>8</v>
+      </c>
+      <c r="H81">
+        <v>2004</v>
+      </c>
+      <c r="I81">
+        <v>2024</v>
+      </c>
+      <c r="J81" t="s">
+        <v>492</v>
+      </c>
+      <c r="K81" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81" t="s">
+        <v>499</v>
+      </c>
+      <c r="M81" t="s">
+        <v>494</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>500</v>
+      </c>
+      <c r="P81" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>501</v>
+      </c>
+      <c r="B82" t="s">
+        <v>502</v>
+      </c>
+      <c r="C82" t="s">
+        <v>474</v>
+      </c>
+      <c r="D82" t="s">
+        <v>100</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>48</v>
+      </c>
+      <c r="G82" t="s">
+        <v>34</v>
+      </c>
+      <c r="H82">
+        <v>2019</v>
+      </c>
+      <c r="I82">
         <v>2020</v>
       </c>
-      <c r="I66" t="s">
-[...105 lines deleted...]
-      <c r="A69" t="s">
+      <c r="J82" t="s">
+        <v>209</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82" t="s">
+        <v>503</v>
+      </c>
+      <c r="M82" t="s">
+        <v>476</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>504</v>
+      </c>
+      <c r="P82" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>506</v>
+      </c>
+      <c r="B83" t="s">
+        <v>507</v>
+      </c>
+      <c r="C83" t="s">
+        <v>508</v>
+      </c>
+      <c r="D83" t="s">
+        <v>33</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>48</v>
+      </c>
+      <c r="G83" t="s">
+        <v>34</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>209</v>
+      </c>
+      <c r="K83" t="s">
+        <v>88</v>
+      </c>
+      <c r="L83" t="s">
+        <v>509</v>
+      </c>
+      <c r="M83" t="s">
+        <v>510</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>511</v>
+      </c>
+      <c r="P83" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>513</v>
+      </c>
+      <c r="B84" t="s">
+        <v>514</v>
+      </c>
+      <c r="C84" t="s">
+        <v>508</v>
+      </c>
+      <c r="D84" t="s">
+        <v>100</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>48</v>
+      </c>
+      <c r="G84" t="s">
+        <v>34</v>
+      </c>
+      <c r="H84">
+        <v>2017</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>209</v>
+      </c>
+      <c r="K84" t="s">
+        <v>36</v>
+      </c>
+      <c r="L84" t="s">
+        <v>515</v>
+      </c>
+      <c r="M84" t="s">
+        <v>510</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>516</v>
+      </c>
+      <c r="P84" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>518</v>
+      </c>
+      <c r="B85" t="s">
+        <v>519</v>
+      </c>
+      <c r="C85" t="s">
+        <v>520</v>
+      </c>
+      <c r="D85" t="s">
         <v>302</v>
       </c>
-      <c r="B69" t="s">
-[...384 lines deleted...]
-      <c r="G78">
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>34</v>
+      </c>
+      <c r="H85">
         <v>2016</v>
       </c>
-      <c r="H78"/>
-[...304 lines deleted...]
-      </c>
+      <c r="I85"/>
       <c r="J85" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K85" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>521</v>
       </c>
       <c r="N85" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>522</v>
+      </c>
+      <c r="P85" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>370</v>
+        <v>524</v>
       </c>
       <c r="B86" t="s">
-        <v>367</v>
+        <v>525</v>
       </c>
       <c r="C86" t="s">
-        <v>28</v>
+        <v>520</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E86" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
-      <c r="I86" t="s">
-        <v>123</v>
+      <c r="I86">
+        <v>2016</v>
       </c>
       <c r="J86" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="K86" t="s">
+        <v>36</v>
+      </c>
+      <c r="L86"/>
       <c r="M86" t="s">
-        <v>24</v>
+        <v>521</v>
       </c>
       <c r="N86" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>526</v>
+      </c>
+      <c r="P86" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>372</v>
+        <v>527</v>
       </c>
       <c r="B87" t="s">
-        <v>373</v>
+        <v>528</v>
       </c>
       <c r="C87" t="s">
-        <v>374</v>
+        <v>529</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>530</v>
       </c>
       <c r="E87" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G87">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>34</v>
+      </c>
+      <c r="H87">
         <v>2019</v>
       </c>
-      <c r="H87"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I87"/>
       <c r="J87" t="s">
-        <v>376</v>
-[...4 lines deleted...]
-      </c>
+        <v>531</v>
+      </c>
+      <c r="K87" t="s">
+        <v>532</v>
+      </c>
+      <c r="L87"/>
       <c r="M87" t="s">
-        <v>378</v>
+        <v>533</v>
       </c>
       <c r="N87" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:14">
+        <v>534</v>
+      </c>
+      <c r="O87" t="s">
+        <v>535</v>
+      </c>
+      <c r="P87" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>380</v>
+        <v>537</v>
       </c>
       <c r="B88" t="s">
-        <v>381</v>
+        <v>538</v>
       </c>
       <c r="C88" t="s">
-        <v>382</v>
+        <v>539</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>540</v>
       </c>
       <c r="E88" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F88" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G88">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
         <v>2008</v>
       </c>
-      <c r="H88"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I88"/>
       <c r="J88" t="s">
-        <v>31</v>
+        <v>309</v>
       </c>
       <c r="K88" t="s">
-        <v>383</v>
+        <v>36</v>
       </c>
       <c r="L88" t="s">
-        <v>384</v>
+        <v>541</v>
       </c>
       <c r="M88" t="s">
-        <v>296</v>
+        <v>542</v>
       </c>
       <c r="N88" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:14">
+        <v>418</v>
+      </c>
+      <c r="O88" t="s">
+        <v>543</v>
+      </c>
+      <c r="P88" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>386</v>
+        <v>545</v>
       </c>
       <c r="B89" t="s">
-        <v>381</v>
+        <v>546</v>
       </c>
       <c r="C89" t="s">
-        <v>97</v>
+        <v>539</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="E89" t="s">
-        <v>144</v>
+        <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>199</v>
+      </c>
+      <c r="G89" t="s">
+        <v>34</v>
+      </c>
+      <c r="H89">
         <v>2013</v>
       </c>
-      <c r="H89"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>68</v>
+        <v>309</v>
       </c>
       <c r="K89" t="s">
-        <v>387</v>
+        <v>88</v>
       </c>
       <c r="L89" t="s">
-        <v>384</v>
+        <v>547</v>
       </c>
       <c r="M89" t="s">
-        <v>24</v>
+        <v>542</v>
       </c>
       <c r="N89" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>548</v>
+      </c>
+      <c r="P89" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>389</v>
+        <v>550</v>
       </c>
       <c r="B90" t="s">
-        <v>101</v>
+        <v>551</v>
       </c>
       <c r="C90" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="E90" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G90">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>187</v>
+      </c>
+      <c r="H90">
         <v>2021</v>
       </c>
-      <c r="H90"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I90"/>
       <c r="J90" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="K90" t="s">
+        <v>36</v>
+      </c>
+      <c r="L90"/>
       <c r="M90" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="N90" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>552</v>
+      </c>
+      <c r="P90" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>391</v>
+        <v>554</v>
       </c>
       <c r="B91" t="s">
-        <v>101</v>
+        <v>555</v>
       </c>
       <c r="C91" t="s">
-        <v>392</v>
+        <v>143</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>556</v>
       </c>
       <c r="E91" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G91">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>187</v>
+      </c>
+      <c r="H91">
         <v>2021</v>
       </c>
-      <c r="H91"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I91"/>
       <c r="J91" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="K91" t="s">
+        <v>36</v>
+      </c>
+      <c r="L91"/>
       <c r="M91" t="s">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="N91" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>557</v>
+      </c>
+      <c r="P91" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>394</v>
+        <v>559</v>
       </c>
       <c r="B92" t="s">
-        <v>101</v>
+        <v>560</v>
       </c>
       <c r="C92" t="s">
-        <v>46</v>
+        <v>143</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="E92" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
-      <c r="I92" t="s">
-        <v>104</v>
+      <c r="I92">
+        <v>2015</v>
       </c>
       <c r="J92" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="K92" t="s">
+        <v>36</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
+        <v>147</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>561</v>
+      </c>
+      <c r="P92" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>563</v>
+      </c>
+      <c r="B93" t="s">
+        <v>564</v>
+      </c>
+      <c r="C93" t="s">
+        <v>107</v>
+      </c>
+      <c r="D93" t="s">
+        <v>100</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>34</v>
+      </c>
+      <c r="H93">
+        <v>2021</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>108</v>
+      </c>
+      <c r="K93" t="s">
+        <v>36</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93"/>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>565</v>
+      </c>
+      <c r="P93" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>567</v>
+      </c>
+      <c r="B94" t="s">
+        <v>568</v>
+      </c>
+      <c r="C94" t="s">
+        <v>569</v>
+      </c>
+      <c r="D94" t="s">
+        <v>135</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>48</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2011</v>
+      </c>
+      <c r="I94">
+        <v>2014</v>
+      </c>
+      <c r="J94" t="s">
+        <v>309</v>
+      </c>
+      <c r="K94" t="s">
         <v>24</v>
       </c>
-      <c r="N92" t="s">
-[...63 lines deleted...]
-      <c r="H94">
+      <c r="L94" t="s">
+        <v>570</v>
+      </c>
+      <c r="M94" t="s">
+        <v>571</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>572</v>
+      </c>
+      <c r="P94" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>574</v>
+      </c>
+      <c r="B95" t="s">
+        <v>575</v>
+      </c>
+      <c r="C95" t="s">
+        <v>576</v>
+      </c>
+      <c r="D95" t="s">
+        <v>100</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>199</v>
+      </c>
+      <c r="G95" t="s">
+        <v>34</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95">
+        <v>2018</v>
+      </c>
+      <c r="J95" t="s">
+        <v>64</v>
+      </c>
+      <c r="K95" t="s">
+        <v>36</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>577</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>578</v>
+      </c>
+      <c r="P95" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>580</v>
+      </c>
+      <c r="B96" t="s">
+        <v>581</v>
+      </c>
+      <c r="C96" t="s">
+        <v>582</v>
+      </c>
+      <c r="D96" t="s">
+        <v>583</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>199</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2012</v>
+      </c>
+      <c r="I96">
         <v>2014</v>
       </c>
-      <c r="I94" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J96" t="s">
-        <v>31</v>
+        <v>209</v>
       </c>
       <c r="K96" t="s">
-        <v>410</v>
+        <v>36</v>
       </c>
       <c r="L96" t="s">
-        <v>411</v>
+        <v>584</v>
       </c>
       <c r="M96" t="s">
-        <v>24</v>
+        <v>585</v>
       </c>
       <c r="N96" t="s">
-        <v>412</v>
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>586</v>
+      </c>
+      <c r="P96" t="s">
+        <v>587</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>