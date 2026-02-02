--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="588">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="591">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -605,51 +605,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
@@ -780,66 +780,72 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D817BCD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
@@ -912,147 +918,150 @@
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
     <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
+    <t>Asia and Pacific, Malaysia</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Dishwashers) Determination 2015</t>
   </si>
   <si>
     <t>The standard is applicable to electric dishwashers which are intended for household or similar use. A number of performance requirements must be met by dishwashers during a test for energy consumption. These include: Washing index  the washing index of the test machine must exceed the specified value measured on the reference machine which is tested in parallel. The reference machine is a dishwasher which specially constructed and calibrated for this purpose (Miele G590). Drying index  the drying index of the test machine must exceed 50% (this is conducted as a separate test) Rated capacity  all specified load items shall be supported. Water consumption  shall not exceed 110% of the value stated by the manufacturer. Water pressure  machine shall be capable of operating at the maximum and minimum water pressure stated by the manufacturer. "</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS2007</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-dishwashers-determination-2015</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Series/F2015L01825</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
@@ -2210,51 +2219,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P96"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3926,2962 +3935,2964 @@
       </c>
       <c r="P35" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>243</v>
       </c>
       <c r="B36" t="s">
         <v>244</v>
       </c>
       <c r="C36" t="s">
         <v>55</v>
       </c>
       <c r="D36" t="s">
         <v>87</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
         <v>2015</v>
       </c>
-      <c r="I36"/>
       <c r="J36" t="s">
         <v>64</v>
       </c>
       <c r="K36" t="s">
         <v>88</v>
       </c>
       <c r="L36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M36" t="s">
         <v>59</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C37" t="s">
         <v>55</v>
       </c>
       <c r="D37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>252</v>
       </c>
       <c r="H37">
         <v>2008</v>
       </c>
       <c r="I37">
         <v>2015</v>
       </c>
       <c r="J37" t="s">
-        <v>64</v>
+        <v>215</v>
       </c>
       <c r="K37" t="s">
         <v>88</v>
       </c>
       <c r="L37" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="M37" t="s">
         <v>59</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="P37" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B38" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C38" t="s">
         <v>55</v>
       </c>
       <c r="D38" t="s">
         <v>100</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
-        <v>34</v>
+        <v>245</v>
       </c>
       <c r="H38">
         <v>2021</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>57</v>
       </c>
       <c r="K38" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="L38" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M38" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="N38" t="s">
         <v>103</v>
       </c>
       <c r="O38" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P38" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B39" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C39" t="s">
         <v>55</v>
       </c>
       <c r="D39" t="s">
         <v>100</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>8</v>
       </c>
       <c r="H39">
         <v>2019</v>
       </c>
       <c r="I39">
         <v>2025</v>
       </c>
       <c r="J39" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="K39" t="s">
         <v>36</v>
       </c>
       <c r="L39" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="M39" t="s">
         <v>230</v>
       </c>
       <c r="N39" t="s">
         <v>103</v>
       </c>
       <c r="O39" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="P39" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B40" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C40" t="s">
         <v>55</v>
       </c>
       <c r="D40" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>34</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>171</v>
       </c>
       <c r="K40" t="s">
         <v>36</v>
       </c>
       <c r="L40" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M40" t="s">
         <v>216</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="P40" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B41" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C41" t="s">
         <v>55</v>
       </c>
       <c r="D41" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>214</v>
       </c>
       <c r="H41">
         <v>2020</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>215</v>
       </c>
       <c r="K41" t="s">
         <v>36</v>
       </c>
       <c r="L41" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="M41" t="s">
         <v>216</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
+        <v>276</v>
+      </c>
+      <c r="P41" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
         <v>55</v>
       </c>
       <c r="D42" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>8</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42">
         <v>2025</v>
       </c>
       <c r="J42" t="s">
         <v>215</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>230</v>
       </c>
       <c r="N42" t="s">
         <v>192</v>
       </c>
       <c r="O42" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="P42" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B43" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C43" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D43" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>48</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2019</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
         <v>49</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M43" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="P43" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B44" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C44" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D44" t="s">
         <v>87</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>199</v>
       </c>
       <c r="G44" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="H44">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I44"/>
       <c r="J44" t="s">
-        <v>291</v>
+        <v>188</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L44"/>
       <c r="M44" t="s">
         <v>293</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>294</v>
       </c>
       <c r="P44" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="B45" t="s">
         <v>296</v>
       </c>
       <c r="C45" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D45" t="s">
         <v>87</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>199</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I45"/>
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2024</v>
+      </c>
       <c r="J45" t="s">
-        <v>188</v>
+        <v>297</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
-      <c r="L45"/>
+      <c r="L45" t="s">
+        <v>298</v>
+      </c>
       <c r="M45" t="s">
         <v>293</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P45" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C46" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
       <c r="D46" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>199</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2013</v>
       </c>
       <c r="I46">
         <v>2024</v>
       </c>
       <c r="J46" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="K46" t="s">
         <v>36</v>
       </c>
       <c r="L46" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M46" t="s">
         <v>293</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="P46" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B47" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C47" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D47" t="s">
         <v>100</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>48</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2005</v>
       </c>
       <c r="I47">
         <v>2015</v>
       </c>
       <c r="J47" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="M47" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="P47" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B48" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C48" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D48" t="s">
         <v>70</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>199</v>
       </c>
       <c r="G48" t="s">
-        <v>34</v>
+        <v>318</v>
       </c>
       <c r="H48">
         <v>2020</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="K48" t="s">
         <v>36</v>
       </c>
       <c r="L48" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="M48" t="s">
         <v>293</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="P48" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B49" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C49" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D49" t="s">
         <v>56</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>199</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="M49" t="s">
         <v>293</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="P49" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="B50" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C50" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D50" t="s">
         <v>87</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>48</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2008</v>
       </c>
       <c r="I50">
         <v>2021</v>
       </c>
       <c r="J50" t="s">
         <v>209</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="M50" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="P50" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B51" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C51" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D51" t="s">
         <v>70</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>48</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
       <c r="I51">
         <v>2021</v>
       </c>
       <c r="J51" t="s">
         <v>209</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="M51" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="P51" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B52" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C52" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D52" t="s">
         <v>87</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>48</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2008</v>
       </c>
       <c r="I52">
         <v>2022</v>
       </c>
       <c r="J52" t="s">
         <v>209</v>
       </c>
       <c r="K52" t="s">
         <v>88</v>
       </c>
       <c r="L52" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="M52" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="P52" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B53" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C53" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D53" t="s">
         <v>135</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1996</v>
       </c>
       <c r="I53">
         <v>2017</v>
       </c>
       <c r="J53" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="K53" t="s">
         <v>36</v>
       </c>
       <c r="L53" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="M53" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="P53" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="B54" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="C54" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="D54" t="s">
         <v>135</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>48</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>1996</v>
       </c>
       <c r="I54">
         <v>2017</v>
       </c>
       <c r="J54" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="K54" t="s">
         <v>36</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="P54" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B55" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C55" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>34</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>161</v>
       </c>
       <c r="K55" t="s">
         <v>88</v>
       </c>
       <c r="L55" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="M55" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="P55" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B56" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C56" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D56" t="s">
         <v>100</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>34</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
         <v>161</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56"/>
       <c r="M56" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
+        <v>366</v>
+      </c>
+      <c r="P56" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B57" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C57" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D57" t="s">
         <v>42</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>199</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2012</v>
       </c>
       <c r="I57">
         <v>2012</v>
       </c>
       <c r="J57" t="s">
         <v>161</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="P57" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B58" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="C58" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D58" t="s">
         <v>87</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>48</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58">
         <v>2014</v>
       </c>
       <c r="J58" t="s">
         <v>64</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
       <c r="L58" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="M58" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="N58" t="s">
         <v>192</v>
       </c>
       <c r="O58" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="P58" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B59" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C59" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D59" t="s">
         <v>100</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2013</v>
       </c>
       <c r="I59">
         <v>2014</v>
       </c>
       <c r="J59" t="s">
         <v>64</v>
       </c>
       <c r="K59" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="L59" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="M59" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="P59" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B60" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C60" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="D60" t="s">
         <v>100</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>48</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2013</v>
       </c>
       <c r="I60">
         <v>2014</v>
       </c>
       <c r="J60" t="s">
         <v>64</v>
       </c>
       <c r="K60" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="L60" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="M60" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P60" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="B61" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C61" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D61" t="s">
         <v>100</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>48</v>
       </c>
       <c r="G61" t="s">
         <v>34</v>
       </c>
       <c r="H61">
         <v>1987</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="K61" t="s">
         <v>36</v>
       </c>
       <c r="L61" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="M61" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="P61" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="B62" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C62" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D62" t="s">
         <v>56</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>34</v>
       </c>
       <c r="H62">
         <v>2022</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="K62" t="s">
         <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="P62" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B63" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C63" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D63" t="s">
         <v>70</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>34</v>
       </c>
       <c r="H63">
         <v>2022</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="K63" t="s">
         <v>36</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="P63" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="C64" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D64" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>34</v>
       </c>
       <c r="H64">
         <v>2022</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="K64" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="N64" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="O64" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="P64" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B65" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="C65" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D65" t="s">
         <v>42</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>34</v>
       </c>
       <c r="H65">
         <v>2022</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="K65" t="s">
         <v>36</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="P65" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B66" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C66" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D66" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>199</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>2008</v>
       </c>
       <c r="I66">
         <v>2020</v>
       </c>
       <c r="J66" t="s">
         <v>49</v>
       </c>
       <c r="K66" t="s">
         <v>36</v>
       </c>
       <c r="L66" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="M66" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="N66" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="O66" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="P66" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B67" t="s">
         <v>151</v>
       </c>
       <c r="C67" t="s">
         <v>152</v>
       </c>
       <c r="D67" t="s">
         <v>153</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>34</v>
       </c>
       <c r="H67">
         <v>2009</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>161</v>
       </c>
       <c r="K67" t="s">
         <v>36</v>
       </c>
       <c r="L67" t="s">
         <v>155</v>
       </c>
       <c r="M67" t="s">
         <v>156</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="P67" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B68" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C68" t="s">
         <v>152</v>
       </c>
       <c r="D68" t="s">
         <v>100</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>2002</v>
       </c>
       <c r="I68">
         <v>2007</v>
       </c>
       <c r="J68" t="s">
         <v>161</v>
       </c>
       <c r="K68" t="s">
         <v>36</v>
       </c>
       <c r="L68" t="s">
         <v>162</v>
       </c>
       <c r="M68" t="s">
         <v>156</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
+        <v>429</v>
+      </c>
+      <c r="P68" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B69" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="C69" t="s">
         <v>152</v>
       </c>
       <c r="D69" t="s">
         <v>33</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2011</v>
       </c>
       <c r="I69">
         <v>2015</v>
       </c>
       <c r="J69" t="s">
         <v>161</v>
       </c>
       <c r="K69" t="s">
         <v>36</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
         <v>156</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="P69" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="B70" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C70" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D70" t="s">
         <v>56</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>199</v>
       </c>
       <c r="G70" t="s">
         <v>34</v>
       </c>
       <c r="H70">
         <v>2021</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>171</v>
       </c>
       <c r="K70" t="s">
         <v>36</v>
       </c>
       <c r="L70" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="M70" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="P70" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="B71" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="C71" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="D71" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>21</v>
       </c>
       <c r="G71" t="s">
         <v>34</v>
       </c>
       <c r="H71">
         <v>2017</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>49</v>
       </c>
       <c r="K71" t="s">
         <v>36</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="P71" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D72" t="s">
         <v>42</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>34</v>
       </c>
       <c r="H72">
         <v>2015</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>171</v>
       </c>
       <c r="K72" t="s">
         <v>36</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="P72" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B73"/>
       <c r="C73" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D73" t="s">
         <v>56</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>34</v>
       </c>
       <c r="H73">
         <v>2020</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>171</v>
       </c>
       <c r="K73" t="s">
         <v>36</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="P73" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B74" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="C74" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D74" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>199</v>
       </c>
       <c r="G74" t="s">
         <v>34</v>
       </c>
       <c r="H74">
         <v>2021</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>171</v>
       </c>
       <c r="K74" t="s">
         <v>36</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="P74" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B75" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="C75" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D75" t="s">
         <v>87</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>21</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2007</v>
       </c>
       <c r="I75">
         <v>2011</v>
       </c>
       <c r="J75" t="s">
         <v>209</v>
       </c>
       <c r="K75" t="s">
         <v>88</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="P75" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B76" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="C76" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D76" t="s">
         <v>87</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
         <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>34</v>
       </c>
       <c r="H76">
         <v>2015</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>49</v>
       </c>
       <c r="K76" t="s">
         <v>36</v>
       </c>
       <c r="L76" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="M76" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="P76" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B77" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C77" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D77" t="s">
         <v>100</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>34</v>
       </c>
       <c r="H77">
         <v>2011</v>
       </c>
       <c r="I77"/>
       <c r="J77" t="s">
         <v>49</v>
       </c>
       <c r="K77" t="s">
         <v>36</v>
       </c>
       <c r="L77" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="M77" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="P77" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B78" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="C78" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D78" t="s">
         <v>70</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>48</v>
       </c>
       <c r="G78" t="s">
         <v>34</v>
       </c>
       <c r="H78">
         <v>2016</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>209</v>
       </c>
       <c r="K78" t="s">
         <v>36</v>
       </c>
       <c r="L78" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="M78" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="P78" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B79" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C79" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D79" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>199</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2017</v>
       </c>
       <c r="I79">
         <v>2021</v>
       </c>
       <c r="J79" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="K79" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="L79" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="M79" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="N79" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="O79" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="P79" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B80" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="C80" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D80" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="G80" t="s">
         <v>8</v>
       </c>
       <c r="H80">
         <v>2015</v>
       </c>
       <c r="I80">
         <v>2024</v>
       </c>
       <c r="J80" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="K80" t="s">
         <v>36</v>
       </c>
       <c r="L80" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="M80" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="P80" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="B81" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="C81" t="s">
         <v>152</v>
       </c>
       <c r="D81" t="s">
         <v>56</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="G81" t="s">
         <v>8</v>
       </c>
       <c r="H81">
         <v>2004</v>
       </c>
       <c r="I81">
         <v>2024</v>
       </c>
       <c r="J81" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="K81" t="s">
         <v>36</v>
       </c>
       <c r="L81" t="s">
+        <v>502</v>
+      </c>
+      <c r="M81" t="s">
+        <v>497</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>503</v>
+      </c>
+      <c r="P81" t="s">
         <v>499</v>
-      </c>
-[...10 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B82" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C82" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D82" t="s">
         <v>100</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>48</v>
       </c>
       <c r="G82" t="s">
         <v>34</v>
       </c>
       <c r="H82">
         <v>2019</v>
       </c>
       <c r="I82">
         <v>2020</v>
       </c>
       <c r="J82" t="s">
         <v>209</v>
       </c>
       <c r="K82" t="s">
         <v>36</v>
       </c>
       <c r="L82" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="M82" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="P82" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="B83" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="C83" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D83" t="s">
         <v>33</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>48</v>
       </c>
       <c r="G83" t="s">
         <v>34</v>
       </c>
       <c r="H83">
         <v>2014</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
         <v>209</v>
       </c>
       <c r="K83" t="s">
         <v>88</v>
       </c>
       <c r="L83" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="M83" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="P83" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="B84" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="C84" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D84" t="s">
         <v>100</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>48</v>
       </c>
       <c r="G84" t="s">
         <v>34</v>
       </c>
       <c r="H84">
         <v>2017</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>209</v>
       </c>
       <c r="K84" t="s">
         <v>36</v>
       </c>
       <c r="L84" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="M84" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="P84" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B85" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C85" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D85" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>34</v>
       </c>
       <c r="H85">
         <v>2016</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
         <v>171</v>
       </c>
       <c r="K85" t="s">
         <v>36</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="P85" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B86" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C86" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D86" t="s">
         <v>33</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
       <c r="I86">
         <v>2016</v>
       </c>
       <c r="J86" t="s">
         <v>171</v>
       </c>
       <c r="K86" t="s">
         <v>36</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
+        <v>529</v>
+      </c>
+      <c r="P86" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B87" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C87" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D87" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>21</v>
       </c>
       <c r="G87" t="s">
         <v>34</v>
       </c>
       <c r="H87">
         <v>2019</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="K87" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="N87" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="O87" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="P87" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B88" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C88" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D88" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2008</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K88" t="s">
         <v>36</v>
       </c>
       <c r="L88" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="M88" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="N88" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="O88" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="P88" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="B89" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C89" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D89" t="s">
         <v>135</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>199</v>
       </c>
       <c r="G89" t="s">
         <v>34</v>
       </c>
       <c r="H89">
         <v>2013</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K89" t="s">
         <v>88</v>
       </c>
       <c r="L89" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="M89" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="P89" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B90" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C90" t="s">
         <v>143</v>
       </c>
       <c r="D90" t="s">
         <v>221</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>21</v>
       </c>
       <c r="G90" t="s">
         <v>187</v>
       </c>
       <c r="H90">
         <v>2021</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>146</v>
       </c>
       <c r="K90" t="s">
         <v>36</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>147</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="P90" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B91" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C91" t="s">
         <v>143</v>
       </c>
       <c r="D91" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>21</v>
       </c>
       <c r="G91" t="s">
         <v>187</v>
       </c>
       <c r="H91">
         <v>2021</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>146</v>
       </c>
       <c r="K91" t="s">
         <v>36</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>147</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="P91" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B92" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C92" t="s">
         <v>143</v>
       </c>
       <c r="D92" t="s">
         <v>56</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>22</v>
       </c>
       <c r="H92">
         <v>2015</v>
       </c>
       <c r="I92">
         <v>2015</v>
       </c>
       <c r="J92" t="s">
         <v>146</v>
       </c>
       <c r="K92" t="s">
         <v>36</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
         <v>147</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="P92" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B93" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="C93" t="s">
         <v>107</v>
       </c>
       <c r="D93" t="s">
         <v>100</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>34</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>108</v>
       </c>
       <c r="K93" t="s">
         <v>36</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="P93" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="B94" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="C94" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D94" t="s">
         <v>135</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>48</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2011</v>
       </c>
       <c r="I94">
         <v>2014</v>
       </c>
       <c r="J94" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="K94" t="s">
         <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="M94" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="P94" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B95" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="C95" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D95" t="s">
         <v>100</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>199</v>
       </c>
       <c r="G95" t="s">
         <v>34</v>
       </c>
       <c r="H95">
         <v>2016</v>
       </c>
       <c r="I95">
         <v>2018</v>
       </c>
       <c r="J95" t="s">
         <v>64</v>
       </c>
       <c r="K95" t="s">
         <v>36</v>
       </c>
       <c r="L95"/>
       <c r="M95" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="P95" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B96" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C96" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D96" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>199</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2012</v>
       </c>
       <c r="I96">
         <v>2014</v>
       </c>
       <c r="J96" t="s">
         <v>209</v>
       </c>
       <c r="K96" t="s">
         <v>36</v>
       </c>
       <c r="L96" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="M96" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="P96" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">