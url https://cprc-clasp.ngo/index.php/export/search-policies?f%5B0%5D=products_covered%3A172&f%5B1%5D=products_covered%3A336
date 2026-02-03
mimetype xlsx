--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,1073 +12,1525 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="474">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
-    <t>Energy Efficiency</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - High Pressure Sodium Lamps</t>
   </si>
   <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-high-pressure-sodium-lamps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
   </si>
   <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
   </si>
   <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
     <t>CQC 3105-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
   </si>
   <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3127-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
     <t>GB 37478-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
   </si>
   <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
   </si>
   <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
   </si>
   <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
   </si>
   <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
     <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
   </si>
   <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
     <t>June 2025</t>
   </si>
   <si>
     <t>GB/T39018</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
   </si>
   <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>INTE E18-1: 2020</t>
   </si>
   <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-1-2020-0</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
     <t>INTE E18-2 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e18-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>NOM-031-ENER-2019 - LED luminaires for Lighting Roads and Public Outdoor Areas</t>
+  </si>
+  <si>
+    <t>This policy applies to luminaires with light-emitting diodes (LED) intended for lighting roads and public outdoor areas. Products in scope include those that use the electrical energy of the service for their public supply, as well as other sources of energy, such as cells, batteries, accumulators, and self-generation, in alternating current and/or direct current, with a nominal voltage up to 480V in alternating current and up to 100 V direct current. This policy excludes decorative or ornamental lighting of public outdoor areas; signaling, color-changing light, or monochromatic light (green, red, yellow, blue, etc.); and lighting that is intended for installation on the floor, under water, or in classified or dangerous areas.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-507/2-ANCE-2013
 ,   
                     NMX-J-610/4-5-ANCE-2013</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-031-ener-2019-led-luminaires-lighting-roads-and-public-outdoor-areas</t>
   </si>
   <si>
+    <t>https://www.gob.mx/conuee/documentos/norma-oficial-mexicana-nom-031-ener-2019</t>
+  </si>
+  <si>
     <t>Procel Seal - LED Street Light Luminaires</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for LED street light luminaires.</t>
+  </si>
+  <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-led-street-light-luminaires</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4139</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for LED fixtures for street lighting used in principal roads, highways, primary or secondary streets and pedestrian zones. With LED integrated modules or LED adapted to street lighting fixtures. The LED supply sourcemay have a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>IES LM-79, 31</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4139</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4177</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor LED reflectors with a nominal operating voltage of 120, 127, 220, 240, 254, 277 or 440 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NMX-J-198-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4177</t>
   </si>
   <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>Standard NOM-031-ENER-2012 - LED Street Lighting</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the luminous efficacy specifications for luminaires with light emitting diodes (LEDs), destined for roads and public outdoor areas, as well as the applicable test methods to verify said specifications.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NMX-J-507/2-ANCE-2010 / NMX-J-550/4-5-ANCE-2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-031-ener-2012-led-street-lighting</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5276652&amp;fecha=06/11/2012</t>
+  </si>
+  <si>
     <t>TCVN 12666:2019 LED Road and Street Lighting Luminaires – Energy Efficiency</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency levels for LED street and road lighting lamps with a power rating greater than or equal to 20 W, including those with separate power control gear.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-126662019-led-road-and-street-lighting-luminaires-energy-efficiency</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+12666%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1342,3315 +1794,3768 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N76"/>
+  <dimension ref="A1:P76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="869.359" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="103.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>1991</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...70 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...32 lines deleted...]
-      <c r="G5">
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
         <v>2013</v>
       </c>
-      <c r="H5"/>
-[...7 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>44</v>
       </c>
-      <c r="M5" t="s">
-[...25 lines deleted...]
-      <c r="G6">
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
         <v>2008</v>
       </c>
-      <c r="H6"/>
-[...20 lines deleted...]
-      <c r="A7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>68</v>
+      </c>
+      <c r="D9" t="s">
         <v>53</v>
       </c>
-      <c r="B7" t="s">
-[...24 lines deleted...]
-      <c r="K7" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
         <v>54</v>
-      </c>
-[...72 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H9">
         <v>2015</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>68</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>44</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...31 lines deleted...]
-      <c r="G10">
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
         <v>2014</v>
       </c>
-      <c r="H10"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="K11"/>
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>95</v>
+      </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>90</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>101</v>
+      </c>
+      <c r="K12" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>107</v>
+      </c>
+      <c r="F13" t="s">
+        <v>108</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2008</v>
+      </c>
+      <c r="I13">
+        <v>2011</v>
+      </c>
+      <c r="J13" t="s">
+        <v>70</v>
+      </c>
+      <c r="K13" t="s">
+        <v>109</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>68</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14" t="s">
+        <v>107</v>
+      </c>
+      <c r="F14" t="s">
+        <v>108</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>107</v>
+      </c>
+      <c r="F15" t="s">
+        <v>108</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
         <v>71</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E16" t="s">
+        <v>107</v>
+      </c>
+      <c r="F16" t="s">
+        <v>108</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>116</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>68</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>107</v>
+      </c>
+      <c r="F17" t="s">
+        <v>108</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>70</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>132</v>
+      </c>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>133</v>
+      </c>
+      <c r="P17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>135</v>
+      </c>
+      <c r="B18" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" t="s">
+        <v>69</v>
+      </c>
+      <c r="E18" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" t="s">
+        <v>108</v>
+      </c>
+      <c r="G18" t="s">
+        <v>54</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>70</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>68</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" t="s">
+        <v>108</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>116</v>
+      </c>
+      <c r="K19" t="s">
+        <v>109</v>
+      </c>
+      <c r="L19" t="s">
+        <v>142</v>
+      </c>
+      <c r="M19" t="s">
+        <v>118</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E20" t="s">
+        <v>107</v>
+      </c>
+      <c r="F20" t="s">
+        <v>108</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>116</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>147</v>
+      </c>
+      <c r="M20" t="s">
+        <v>118</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>150</v>
+      </c>
+      <c r="B21" t="s">
+        <v>151</v>
+      </c>
+      <c r="C21" t="s">
+        <v>68</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>108</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>116</v>
+      </c>
+      <c r="K21" t="s">
+        <v>109</v>
+      </c>
+      <c r="L21" t="s">
+        <v>152</v>
+      </c>
+      <c r="M21" t="s">
+        <v>118</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>69</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>54</v>
+      </c>
+      <c r="H22">
+        <v>2008</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" t="s">
+        <v>164</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>165</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2023</v>
+      </c>
+      <c r="J23" t="s">
+        <v>166</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>159</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>169</v>
+      </c>
+      <c r="B24" t="s">
+        <v>170</v>
+      </c>
+      <c r="C24" t="s">
+        <v>171</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>107</v>
+      </c>
+      <c r="F24" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2010</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>172</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>173</v>
+      </c>
+      <c r="M24" t="s">
+        <v>174</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>69</v>
+      </c>
+      <c r="E25" t="s">
+        <v>107</v>
+      </c>
+      <c r="F25" t="s">
+        <v>108</v>
+      </c>
+      <c r="G25" t="s">
+        <v>54</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>181</v>
+      </c>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>179</v>
+      </c>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
+      <c r="E26" t="s">
+        <v>107</v>
+      </c>
+      <c r="F26" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26">
+        <v>2012</v>
+      </c>
+      <c r="J26" t="s">
+        <v>180</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
+        <v>53</v>
+      </c>
+      <c r="E27" t="s">
+        <v>107</v>
+      </c>
+      <c r="F27" t="s">
+        <v>108</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>109</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>179</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>107</v>
+      </c>
+      <c r="F28" t="s">
+        <v>108</v>
+      </c>
+      <c r="G28" t="s">
+        <v>54</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>180</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>198</v>
+      </c>
+      <c r="M28" t="s">
+        <v>182</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>199</v>
+      </c>
+      <c r="P28" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>201</v>
+      </c>
+      <c r="B29" t="s">
+        <v>202</v>
+      </c>
+      <c r="C29" t="s">
+        <v>203</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>107</v>
+      </c>
+      <c r="F29" t="s">
+        <v>44</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>204</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>205</v>
+      </c>
+      <c r="M29" t="s">
+        <v>206</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" t="s">
+        <v>107</v>
+      </c>
+      <c r="F30" t="s">
+        <v>44</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2015</v>
+      </c>
+      <c r="I30">
+        <v>2019</v>
+      </c>
+      <c r="J30" t="s">
+        <v>211</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>212</v>
+      </c>
+      <c r="M30" t="s">
+        <v>206</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>213</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>215</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>217</v>
+      </c>
+      <c r="D31" t="s">
+        <v>218</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31">
+        <v>2019</v>
+      </c>
+      <c r="J31" t="s">
+        <v>219</v>
+      </c>
+      <c r="K31" t="s">
+        <v>220</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>221</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>222</v>
+      </c>
+      <c r="P31" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>224</v>
+      </c>
+      <c r="B32" t="s">
+        <v>225</v>
+      </c>
+      <c r="C32" t="s">
+        <v>226</v>
+      </c>
+      <c r="D32" t="s">
+        <v>53</v>
+      </c>
+      <c r="E32" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" t="s">
+        <v>44</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2006</v>
+      </c>
+      <c r="I32">
+        <v>2006</v>
+      </c>
+      <c r="J32" t="s">
+        <v>227</v>
+      </c>
+      <c r="K32" t="s">
+        <v>109</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>228</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>229</v>
+      </c>
+      <c r="P32" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" t="s">
+        <v>68</v>
+      </c>
+      <c r="D33" t="s">
+        <v>69</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2005</v>
+      </c>
+      <c r="I33">
+        <v>2005</v>
+      </c>
+      <c r="J33" t="s">
+        <v>116</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>71</v>
+      </c>
+      <c r="M33" t="s">
         <v>72</v>
       </c>
-      <c r="B12" t="s">
-[...14 lines deleted...]
-      <c r="G12">
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>68</v>
+      </c>
+      <c r="D34" t="s">
+        <v>53</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>54</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>116</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>236</v>
+      </c>
+      <c r="M34" t="s">
+        <v>72</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>68</v>
+      </c>
+      <c r="D35" t="s">
+        <v>241</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>242</v>
+      </c>
+      <c r="H35">
         <v>2008</v>
       </c>
-      <c r="H12">
+      <c r="I35">
+        <v>2015</v>
+      </c>
+      <c r="J35" t="s">
+        <v>243</v>
+      </c>
+      <c r="K35" t="s">
+        <v>109</v>
+      </c>
+      <c r="L35" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" t="s">
+        <v>72</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" t="s">
+        <v>68</v>
+      </c>
+      <c r="D36" t="s">
+        <v>69</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>248</v>
+      </c>
+      <c r="H36">
+        <v>2020</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>70</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>77</v>
+      </c>
+      <c r="M36" t="s">
+        <v>249</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" t="s">
+        <v>68</v>
+      </c>
+      <c r="D37" t="s">
+        <v>69</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>8</v>
+      </c>
+      <c r="H37">
+        <v>1989</v>
+      </c>
+      <c r="I37">
+        <v>2025</v>
+      </c>
+      <c r="J37" t="s">
+        <v>254</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>255</v>
+      </c>
+      <c r="M37" t="s">
+        <v>256</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>259</v>
+      </c>
+      <c r="B38" t="s">
+        <v>260</v>
+      </c>
+      <c r="C38" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" t="s">
+        <v>261</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>8</v>
+      </c>
+      <c r="H38">
+        <v>2014</v>
+      </c>
+      <c r="I38">
+        <v>2025</v>
+      </c>
+      <c r="J38" t="s">
+        <v>243</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>256</v>
+      </c>
+      <c r="N38" t="s">
+        <v>262</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>265</v>
+      </c>
+      <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>267</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>107</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>1984</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>180</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>268</v>
+      </c>
+      <c r="M39" t="s">
+        <v>269</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>270</v>
+      </c>
+      <c r="P39" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>272</v>
+      </c>
+      <c r="B40" t="s">
+        <v>273</v>
+      </c>
+      <c r="C40" t="s">
+        <v>179</v>
+      </c>
+      <c r="D40" t="s">
+        <v>69</v>
+      </c>
+      <c r="E40" t="s">
+        <v>107</v>
+      </c>
+      <c r="F40" t="s">
+        <v>108</v>
+      </c>
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>180</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>188</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>274</v>
+      </c>
+      <c r="P40" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>276</v>
+      </c>
+      <c r="B41" t="s">
+        <v>277</v>
+      </c>
+      <c r="C41" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" t="s">
+        <v>53</v>
+      </c>
+      <c r="E41" t="s">
+        <v>107</v>
+      </c>
+      <c r="F41" t="s">
+        <v>108</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2011</v>
       </c>
-      <c r="I12" t="s">
-[...37 lines deleted...]
-      <c r="G13">
+      <c r="I41">
+        <v>2011</v>
+      </c>
+      <c r="J41" t="s">
+        <v>180</v>
+      </c>
+      <c r="K41" t="s">
+        <v>109</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>182</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41"/>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>279</v>
+      </c>
+      <c r="B42" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" t="s">
+        <v>179</v>
+      </c>
+      <c r="D42" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" t="s">
+        <v>107</v>
+      </c>
+      <c r="F42" t="s">
+        <v>108</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>180</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>188</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>281</v>
+      </c>
+      <c r="P42" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>283</v>
+      </c>
+      <c r="B43" t="s">
+        <v>284</v>
+      </c>
+      <c r="C43" t="s">
+        <v>179</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>107</v>
+      </c>
+      <c r="F43" t="s">
+        <v>108</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2011</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
+        <v>180</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>285</v>
+      </c>
+      <c r="M43" t="s">
+        <v>188</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>288</v>
+      </c>
+      <c r="B44" t="s">
+        <v>289</v>
+      </c>
+      <c r="C44" t="s">
+        <v>203</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>107</v>
+      </c>
+      <c r="F44" t="s">
+        <v>44</v>
+      </c>
+      <c r="G44" t="s">
+        <v>54</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>290</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>291</v>
+      </c>
+      <c r="M44" t="s">
+        <v>292</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>297</v>
+      </c>
+      <c r="D45" t="s">
+        <v>69</v>
+      </c>
+      <c r="E45" t="s">
+        <v>107</v>
+      </c>
+      <c r="F45" t="s">
+        <v>108</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2012</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>298</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>299</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>300</v>
+      </c>
+      <c r="P45" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>302</v>
+      </c>
+      <c r="B46" t="s">
+        <v>69</v>
+      </c>
+      <c r="C46" t="s">
+        <v>297</v>
+      </c>
+      <c r="D46" t="s">
+        <v>69</v>
+      </c>
+      <c r="E46" t="s">
+        <v>107</v>
+      </c>
+      <c r="F46" t="s">
+        <v>108</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>1996</v>
+      </c>
+      <c r="I46">
+        <v>2010</v>
+      </c>
+      <c r="J46" t="s">
+        <v>172</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>299</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>303</v>
+      </c>
+      <c r="P46" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>305</v>
+      </c>
+      <c r="B47" t="s">
+        <v>306</v>
+      </c>
+      <c r="C47" t="s">
+        <v>307</v>
+      </c>
+      <c r="D47" t="s">
+        <v>93</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1996</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>227</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>308</v>
+      </c>
+      <c r="M47" t="s">
+        <v>309</v>
+      </c>
+      <c r="N47" t="s">
+        <v>38</v>
+      </c>
+      <c r="O47" t="s">
+        <v>310</v>
+      </c>
+      <c r="P47" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>312</v>
+      </c>
+      <c r="B48" t="s">
+        <v>313</v>
+      </c>
+      <c r="C48" t="s">
+        <v>307</v>
+      </c>
+      <c r="D48" t="s">
+        <v>93</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>44</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1996</v>
+      </c>
+      <c r="I48">
+        <v>2017</v>
+      </c>
+      <c r="J48" t="s">
+        <v>227</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>309</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>314</v>
+      </c>
+      <c r="P48" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>316</v>
+      </c>
+      <c r="B49" t="s">
+        <v>317</v>
+      </c>
+      <c r="C49" t="s">
+        <v>307</v>
+      </c>
+      <c r="D49" t="s">
+        <v>69</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2016</v>
+      </c>
+      <c r="I49">
+        <v>2020</v>
+      </c>
+      <c r="J49" t="s">
+        <v>62</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>309</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>318</v>
+      </c>
+      <c r="P49" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>316</v>
+      </c>
+      <c r="B50" t="s">
+        <v>320</v>
+      </c>
+      <c r="C50" t="s">
+        <v>307</v>
+      </c>
+      <c r="D50" t="s">
+        <v>69</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2016</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>62</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>309</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>321</v>
+      </c>
+      <c r="P50" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>323</v>
+      </c>
+      <c r="B51" t="s">
+        <v>324</v>
+      </c>
+      <c r="C51" t="s">
+        <v>307</v>
+      </c>
+      <c r="D51" t="s">
+        <v>69</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>44</v>
+      </c>
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>227</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>309</v>
+      </c>
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="O51" t="s">
+        <v>325</v>
+      </c>
+      <c r="P51" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>327</v>
+      </c>
+      <c r="B52" t="s">
+        <v>328</v>
+      </c>
+      <c r="C52" t="s">
+        <v>329</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
+        <v>2013</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>330</v>
+      </c>
+      <c r="K52" t="s">
+        <v>109</v>
+      </c>
+      <c r="L52" t="s">
+        <v>331</v>
+      </c>
+      <c r="M52" t="s">
+        <v>332</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>333</v>
+      </c>
+      <c r="P52" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>335</v>
+      </c>
+      <c r="B53" t="s">
+        <v>336</v>
+      </c>
+      <c r="C53" t="s">
+        <v>337</v>
+      </c>
+      <c r="D53" t="s">
+        <v>69</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>54</v>
+      </c>
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>338</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>339</v>
+      </c>
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>340</v>
+      </c>
+      <c r="P53" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>342</v>
+      </c>
+      <c r="B54" t="s">
+        <v>343</v>
+      </c>
+      <c r="C54" t="s">
+        <v>297</v>
+      </c>
+      <c r="D54" t="s">
+        <v>53</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2011</v>
+      </c>
+      <c r="I54">
         <v>2015</v>
       </c>
-      <c r="H13">
+      <c r="J54" t="s">
+        <v>330</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>299</v>
+      </c>
+      <c r="N54" t="s">
+        <v>38</v>
+      </c>
+      <c r="O54" t="s">
+        <v>344</v>
+      </c>
+      <c r="P54" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>346</v>
+      </c>
+      <c r="B55" t="s">
+        <v>347</v>
+      </c>
+      <c r="C55" t="s">
+        <v>203</v>
+      </c>
+      <c r="D55" t="s">
+        <v>348</v>
+      </c>
+      <c r="E55" t="s">
+        <v>107</v>
+      </c>
+      <c r="F55" t="s">
+        <v>349</v>
+      </c>
+      <c r="G55" t="s">
+        <v>54</v>
+      </c>
+      <c r="H55">
+        <v>2015</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>290</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>292</v>
+      </c>
+      <c r="N55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>350</v>
+      </c>
+      <c r="P55" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>352</v>
+      </c>
+      <c r="B56" t="s">
+        <v>353</v>
+      </c>
+      <c r="C56" t="s">
+        <v>203</v>
+      </c>
+      <c r="D56" t="s">
+        <v>348</v>
+      </c>
+      <c r="E56" t="s">
+        <v>107</v>
+      </c>
+      <c r="F56" t="s">
+        <v>349</v>
+      </c>
+      <c r="G56" t="s">
+        <v>54</v>
+      </c>
+      <c r="H56">
+        <v>2015</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>290</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>292</v>
+      </c>
+      <c r="N56" t="s">
+        <v>38</v>
+      </c>
+      <c r="O56" t="s">
+        <v>354</v>
+      </c>
+      <c r="P56" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>356</v>
+      </c>
+      <c r="B57" t="s">
+        <v>357</v>
+      </c>
+      <c r="C57" t="s">
+        <v>203</v>
+      </c>
+      <c r="D57" t="s">
+        <v>53</v>
+      </c>
+      <c r="E57" t="s">
+        <v>107</v>
+      </c>
+      <c r="F57" t="s">
+        <v>349</v>
+      </c>
+      <c r="G57" t="s">
+        <v>54</v>
+      </c>
+      <c r="H57">
+        <v>2015</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>211</v>
+      </c>
+      <c r="K57" t="s">
+        <v>358</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>292</v>
+      </c>
+      <c r="N57" t="s">
+        <v>38</v>
+      </c>
+      <c r="O57" t="s">
+        <v>359</v>
+      </c>
+      <c r="P57" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>361</v>
+      </c>
+      <c r="B58" t="s">
+        <v>362</v>
+      </c>
+      <c r="C58" t="s">
+        <v>363</v>
+      </c>
+      <c r="D58" t="s">
+        <v>69</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>54</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>204</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>364</v>
+      </c>
+      <c r="M58" t="s">
+        <v>365</v>
+      </c>
+      <c r="N58" t="s">
+        <v>38</v>
+      </c>
+      <c r="O58" t="s">
+        <v>366</v>
+      </c>
+      <c r="P58" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>368</v>
+      </c>
+      <c r="B59" t="s">
+        <v>369</v>
+      </c>
+      <c r="C59" t="s">
+        <v>106</v>
+      </c>
+      <c r="D59" t="s">
+        <v>69</v>
+      </c>
+      <c r="E59" t="s">
+        <v>107</v>
+      </c>
+      <c r="F59" t="s">
+        <v>108</v>
+      </c>
+      <c r="G59" t="s">
+        <v>54</v>
+      </c>
+      <c r="H59">
+        <v>2018</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>370</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>371</v>
+      </c>
+      <c r="N59" t="s">
+        <v>38</v>
+      </c>
+      <c r="O59" t="s">
+        <v>372</v>
+      </c>
+      <c r="P59" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
+        <v>375</v>
+      </c>
+      <c r="C60" t="s">
+        <v>376</v>
+      </c>
+      <c r="D60" t="s">
+        <v>69</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>44</v>
+      </c>
+      <c r="G60" t="s">
+        <v>54</v>
+      </c>
+      <c r="H60">
         <v>2014</v>
       </c>
-      <c r="I13" t="s">
-[...2 lines deleted...]
-      <c r="J13" t="s">
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>330</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>377</v>
+      </c>
+      <c r="N60" t="s">
+        <v>38</v>
+      </c>
+      <c r="O60" t="s">
+        <v>378</v>
+      </c>
+      <c r="P60" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>380</v>
+      </c>
+      <c r="B61" t="s">
+        <v>381</v>
+      </c>
+      <c r="C61" t="s">
+        <v>382</v>
+      </c>
+      <c r="D61" t="s">
+        <v>383</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2017</v>
+      </c>
+      <c r="I61">
+        <v>2021</v>
+      </c>
+      <c r="J61" t="s">
+        <v>384</v>
+      </c>
+      <c r="K61" t="s">
+        <v>385</v>
+      </c>
+      <c r="L61" t="s">
+        <v>386</v>
+      </c>
+      <c r="M61" t="s">
+        <v>387</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>388</v>
+      </c>
+      <c r="P61" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>390</v>
+      </c>
+      <c r="B62" t="s">
+        <v>391</v>
+      </c>
+      <c r="C62" t="s">
+        <v>392</v>
+      </c>
+      <c r="D62" t="s">
+        <v>53</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>44</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>370</v>
+      </c>
+      <c r="K62" t="s">
+        <v>109</v>
+      </c>
+      <c r="L62" t="s">
+        <v>393</v>
+      </c>
+      <c r="M62" t="s">
+        <v>394</v>
+      </c>
+      <c r="N62" t="s">
+        <v>38</v>
+      </c>
+      <c r="O62" t="s">
+        <v>395</v>
+      </c>
+      <c r="P62" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>397</v>
+      </c>
+      <c r="B63" t="s">
+        <v>398</v>
+      </c>
+      <c r="C63" t="s">
+        <v>399</v>
+      </c>
+      <c r="D63" t="s">
+        <v>53</v>
+      </c>
+      <c r="E63" t="s">
+        <v>107</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>219</v>
+      </c>
+      <c r="K63" t="s">
+        <v>358</v>
+      </c>
+      <c r="L63" t="s">
+        <v>400</v>
+      </c>
+      <c r="M63" t="s">
+        <v>401</v>
+      </c>
+      <c r="N63" t="s">
+        <v>38</v>
+      </c>
+      <c r="O63" t="s">
+        <v>402</v>
+      </c>
+      <c r="P63" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>404</v>
+      </c>
+      <c r="B64" t="s">
+        <v>405</v>
+      </c>
+      <c r="C64" t="s">
+        <v>363</v>
+      </c>
+      <c r="D64" t="s">
+        <v>69</v>
+      </c>
+      <c r="E64" t="s">
+        <v>107</v>
+      </c>
+      <c r="F64" t="s">
+        <v>108</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64">
+        <v>2014</v>
+      </c>
+      <c r="J64" t="s">
+        <v>330</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>406</v>
+      </c>
+      <c r="M64" t="s">
+        <v>407</v>
+      </c>
+      <c r="N64" t="s">
+        <v>38</v>
+      </c>
+      <c r="O64" t="s">
+        <v>408</v>
+      </c>
+      <c r="P64" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>410</v>
+      </c>
+      <c r="B65" t="s">
+        <v>411</v>
+      </c>
+      <c r="C65" t="s">
+        <v>363</v>
+      </c>
+      <c r="D65" t="s">
+        <v>69</v>
+      </c>
+      <c r="E65" t="s">
+        <v>107</v>
+      </c>
+      <c r="F65" t="s">
+        <v>108</v>
+      </c>
+      <c r="G65" t="s">
+        <v>54</v>
+      </c>
+      <c r="H65">
+        <v>2013</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>330</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>412</v>
+      </c>
+      <c r="M65" t="s">
+        <v>407</v>
+      </c>
+      <c r="N65" t="s">
+        <v>38</v>
+      </c>
+      <c r="O65" t="s">
+        <v>413</v>
+      </c>
+      <c r="P65"/>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>414</v>
+      </c>
+      <c r="B66" t="s">
+        <v>415</v>
+      </c>
+      <c r="C66" t="s">
+        <v>416</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K13" t="s">
-[...2232 lines deleted...]
-        <v>2016</v>
+      <c r="G66" t="s">
+        <v>22</v>
       </c>
       <c r="H66">
         <v>2016</v>
       </c>
-      <c r="I66" t="s">
-        <v>151</v>
+      <c r="I66">
+        <v>2016</v>
       </c>
       <c r="J66" t="s">
+        <v>219</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>417</v>
+      </c>
+      <c r="N66" t="s">
+        <v>38</v>
+      </c>
+      <c r="O66" t="s">
+        <v>418</v>
+      </c>
+      <c r="P66" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" t="s">
+        <v>421</v>
+      </c>
+      <c r="C67" t="s">
+        <v>422</v>
+      </c>
+      <c r="D67" t="s">
+        <v>53</v>
+      </c>
+      <c r="E67" t="s">
+        <v>107</v>
+      </c>
+      <c r="F67" t="s">
+        <v>108</v>
+      </c>
+      <c r="G67" t="s">
+        <v>54</v>
+      </c>
+      <c r="H67">
+        <v>2017</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>62</v>
+      </c>
+      <c r="K67" t="s">
+        <v>109</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>423</v>
+      </c>
+      <c r="N67" t="s">
+        <v>38</v>
+      </c>
+      <c r="O67" t="s">
+        <v>424</v>
+      </c>
+      <c r="P67" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>426</v>
+      </c>
+      <c r="B68" t="s">
+        <v>427</v>
+      </c>
+      <c r="C68" t="s">
+        <v>422</v>
+      </c>
+      <c r="D68" t="s">
+        <v>428</v>
+      </c>
+      <c r="E68" t="s">
+        <v>107</v>
+      </c>
+      <c r="F68" t="s">
+        <v>108</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2012</v>
+      </c>
+      <c r="I68">
+        <v>2017</v>
+      </c>
+      <c r="J68" t="s">
+        <v>62</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>423</v>
+      </c>
+      <c r="N68" t="s">
+        <v>38</v>
+      </c>
+      <c r="O68" t="s">
+        <v>429</v>
+      </c>
+      <c r="P68" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>431</v>
+      </c>
+      <c r="B69" t="s">
+        <v>432</v>
+      </c>
+      <c r="C69" t="s">
+        <v>363</v>
+      </c>
+      <c r="D69" t="s">
+        <v>93</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>54</v>
+      </c>
+      <c r="H69">
+        <v>2013</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>204</v>
+      </c>
+      <c r="K69" t="s">
+        <v>109</v>
+      </c>
+      <c r="L69" t="s">
+        <v>433</v>
+      </c>
+      <c r="M69" t="s">
+        <v>365</v>
+      </c>
+      <c r="N69" t="s">
+        <v>38</v>
+      </c>
+      <c r="O69" t="s">
+        <v>434</v>
+      </c>
+      <c r="P69" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>436</v>
+      </c>
+      <c r="B70" t="s">
+        <v>437</v>
+      </c>
+      <c r="C70" t="s">
+        <v>363</v>
+      </c>
+      <c r="D70" t="s">
+        <v>69</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
         <v>21</v>
       </c>
-      <c r="K66"/>
-      <c r="L66" t="s">
+      <c r="G70" t="s">
+        <v>54</v>
+      </c>
+      <c r="H70">
+        <v>2012</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>370</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>438</v>
+      </c>
+      <c r="M70" t="s">
+        <v>365</v>
+      </c>
+      <c r="N70" t="s">
+        <v>38</v>
+      </c>
+      <c r="O70" t="s">
+        <v>439</v>
+      </c>
+      <c r="P70" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>441</v>
+      </c>
+      <c r="B71" t="s">
+        <v>442</v>
+      </c>
+      <c r="C71" t="s">
+        <v>157</v>
+      </c>
+      <c r="D71" t="s">
+        <v>69</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>54</v>
+      </c>
+      <c r="H71">
+        <v>2019</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>443</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>159</v>
+      </c>
+      <c r="N71" t="s">
+        <v>38</v>
+      </c>
+      <c r="O71" t="s">
+        <v>444</v>
+      </c>
+      <c r="P71" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>446</v>
+      </c>
+      <c r="B72" t="s">
+        <v>447</v>
+      </c>
+      <c r="C72" t="s">
+        <v>157</v>
+      </c>
+      <c r="D72" t="s">
+        <v>448</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>449</v>
+      </c>
+      <c r="H72">
+        <v>2021</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>166</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>159</v>
+      </c>
+      <c r="N72" t="s">
+        <v>38</v>
+      </c>
+      <c r="O72" t="s">
+        <v>450</v>
+      </c>
+      <c r="P72" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>452</v>
+      </c>
+      <c r="B73" t="s">
+        <v>453</v>
+      </c>
+      <c r="C73" t="s">
+        <v>454</v>
+      </c>
+      <c r="D73" t="s">
+        <v>53</v>
+      </c>
+      <c r="E73" t="s">
+        <v>107</v>
+      </c>
+      <c r="F73" t="s">
+        <v>108</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2012</v>
+      </c>
+      <c r="I73">
+        <v>2020</v>
+      </c>
+      <c r="J73" t="s">
+        <v>219</v>
+      </c>
+      <c r="K73" t="s">
+        <v>109</v>
+      </c>
+      <c r="L73" t="s">
+        <v>455</v>
+      </c>
+      <c r="M73" t="s">
+        <v>456</v>
+      </c>
+      <c r="N73" t="s">
+        <v>38</v>
+      </c>
+      <c r="O73" t="s">
+        <v>457</v>
+      </c>
+      <c r="P73" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>459</v>
+      </c>
+      <c r="B74" t="s">
+        <v>460</v>
+      </c>
+      <c r="C74" t="s">
+        <v>203</v>
+      </c>
+      <c r="D74" t="s">
+        <v>348</v>
+      </c>
+      <c r="E74" t="s">
+        <v>107</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>54</v>
+      </c>
+      <c r="H74">
+        <v>2013</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
         <v>290</v>
       </c>
-      <c r="M66" t="s">
-[...25 lines deleted...]
-      <c r="G67">
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>461</v>
+      </c>
+      <c r="N74" t="s">
+        <v>38</v>
+      </c>
+      <c r="O74" t="s">
+        <v>462</v>
+      </c>
+      <c r="P74" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>464</v>
+      </c>
+      <c r="B75" t="s">
+        <v>465</v>
+      </c>
+      <c r="C75" t="s">
+        <v>466</v>
+      </c>
+      <c r="D75" t="s">
+        <v>93</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>44</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2011</v>
+      </c>
+      <c r="I75">
+        <v>2014</v>
+      </c>
+      <c r="J75" t="s">
+        <v>204</v>
+      </c>
+      <c r="K75" t="s">
+        <v>95</v>
+      </c>
+      <c r="L75" t="s">
+        <v>467</v>
+      </c>
+      <c r="M75" t="s">
+        <v>468</v>
+      </c>
+      <c r="N75" t="s">
+        <v>38</v>
+      </c>
+      <c r="O75" t="s">
+        <v>469</v>
+      </c>
+      <c r="P75" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>464</v>
+      </c>
+      <c r="B76" t="s">
+        <v>471</v>
+      </c>
+      <c r="C76" t="s">
+        <v>466</v>
+      </c>
+      <c r="D76" t="s">
+        <v>93</v>
+      </c>
+      <c r="E76" t="s">
+        <v>107</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76">
         <v>2017</v>
       </c>
-      <c r="H67"/>
-[...378 lines deleted...]
-      </c>
       <c r="J76" t="s">
-        <v>66</v>
+        <v>204</v>
       </c>
       <c r="K76" t="s">
-        <v>324</v>
+        <v>95</v>
       </c>
       <c r="L76" t="s">
-        <v>322</v>
+        <v>472</v>
       </c>
       <c r="M76" t="s">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="N76" t="s">
-        <v>325</v>
+        <v>38</v>
+      </c>
+      <c r="O76" t="s">
+        <v>473</v>
+      </c>
+      <c r="P76" t="s">
+        <v>470</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>