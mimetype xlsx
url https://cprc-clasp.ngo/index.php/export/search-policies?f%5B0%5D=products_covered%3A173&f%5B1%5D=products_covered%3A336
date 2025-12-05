--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,1485 +12,2143 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="673">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 29144-2012, GB 17625.1-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
   </si>
   <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
     <t>Lighting, Fluorescent and HID Lighting</t>
   </si>
   <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
+    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
+  </si>
+  <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
+  </si>
+  <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
+    <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>GB 29143</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
+  </si>
+  <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
+    <t>GB/T 17713-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
+  </si>
+  <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
+    <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>CQC6151-20094.24.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
+  </si>
+  <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
+    <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Cookstoves, Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
+  </si>
+  <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
+  </si>
+  <si>
+    <t>Thailand Environment Institute (TEI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
+  </si>
+  <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AS/NZS 4783.1:2001</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
+  </si>
+  <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>Greenmark N108 - Gas Stoves</t>
+  </si>
+  <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
+  </si>
+  <si>
+    <t>Greenmark N131 - Range Hoods</t>
+  </si>
+  <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N72 - Induction Cookers</t>
+  </si>
+  <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
+    <t>CNS13803</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
+    <t>High Energy Performance Label for Range Hood</t>
+  </si>
+  <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
+    <t>April 2022</t>
+  </si>
+  <si>
+    <t>TIS 710–2530 or JIS C 9603:1988</t>
+  </si>
+  <si>
+    <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
+  </si>
+  <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>KS C 7621-99</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
+  </si>
+  <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
+  </si>
+  <si>
+    <t>INTE E17-1 2017</t>
+  </si>
+  <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>ISO 2859-1</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
+    <t>INTE E17-2 2017</t>
+  </si>
+  <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
+    <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
+    <t>ISIRI 10335</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
+  </si>
+  <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Drivers/ Controls</t>
+  </si>
+  <si>
+    <t>JS 2092</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
+    <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
+  </si>
+  <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>KS 2447-2:2013</t>
+  </si>
+  <si>
+    <t>Kenya Bureau of Standards (KEBS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
+    <t>MEPS for Associated Ballasts</t>
+  </si>
+  <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>MEPS for ballasts for fluorescent lamps</t>
+  </si>
+  <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Electric stove</t>
+  </si>
+  <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
+  </si>
+  <si>
+    <t>MEPS for Fluorescent Lamps Ballast</t>
+  </si>
+  <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
+    <t>KS C 8100; KS C 8102</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
+  </si>
+  <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
+    <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>https://www.dede.go.th/</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
+    <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
+    <t>Kitchen, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
+    <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
+    <t>LPG</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
+  </si>
+  <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
+    <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
+  </si>
+  <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>Department of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
+    <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
+  </si>
+  <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
+    <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
+  </si>
+  <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
+    <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>NBR 13593 NBR 14305</t>
+  </si>
+  <si>
+    <t>National Energy Efficiency Conservation Program (Procel)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
+    <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>NBR 5114 NBR 5172</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
+    <t>Provision No. 246</t>
+  </si>
+  <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>IRAM 62407</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
+    <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
+  </si>
+  <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>February 2021</t>
+  </si>
+  <si>
+    <t>Electricity, Other Solid Fuel</t>
+  </si>
+  <si>
+    <t>See Policy</t>
+  </si>
+  <si>
+    <t>Swiss Federal Office of Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
+    <t>Regulations under Consumer Protection Act 2015</t>
+  </si>
+  <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
+    <t>Tonga</t>
+  </si>
+  <si>
+    <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
+  </si>
+  <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
+    <t>Resolucion No. 40122/16</t>
+  </si>
+  <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
+    <t>Cuba</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
+    <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
+  </si>
+  <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>Etiquetado Energetico Colombia</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
+  </si>
+  <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>SEC PC Nº7/1-2</t>
+  </si>
+  <si>
+    <t>Ministry of Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
+    <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
+    <t>Schedule 15 - Ballasts</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
+    <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
+  </si>
+  <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
+    <t>IS 4246:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
+  </si>
+  <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
+  </si>
+  <si>
+    <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
+    <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
+    <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
+    <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
+  </si>
+  <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
+    <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
+  </si>
+  <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
+    <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
+  </si>
+  <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>Standards Institute of Israel (SII)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
+  </si>
+  <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
+    <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
+  </si>
+  <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
+    <t>Singapore Environment Council</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
+    <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>SLS 1200:2012</t>
+  </si>
+  <si>
+    <t>Sri Lanka Sustainable Energy Authority</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
+    <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
+  </si>
+  <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
+    <t>NOM-010-SESH-2012</t>
+  </si>
+  <si>
+    <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
+  </si>
+  <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mines (MINEM)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
+  </si>
+  <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
+    <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
+  </si>
+  <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
+    <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
+  </si>
+  <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
+    <t>TCVN 13373:2021 - Infrared cookers</t>
+  </si>
+  <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
+    <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
+    <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>TCVN 7541-2:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
+  </si>
+  <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
+  </si>
+  <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
+    <t>Technical Regulation on Labeling</t>
+  </si>
+  <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
+    <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
+  </si>
+  <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
+    <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
+  </si>
+  <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
+  </si>
+  <si>
     <t>October 2025</t>
   </si>
   <si>
-    <t>The Standardization Administration of China</t>
-[...698 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1754,4841 +2412,5504 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N112"/>
+  <dimension ref="A1:P112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1991</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2006</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1998</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>72</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...36 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E12" t="s">
+        <v>94</v>
+      </c>
+      <c r="F12" t="s">
+        <v>95</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>96</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...62 lines deleted...]
-      <c r="I5" t="s">
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>50</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>94</v>
+      </c>
+      <c r="F14" t="s">
+        <v>95</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14">
+        <v>2014</v>
+      </c>
+      <c r="J14" t="s">
+        <v>112</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...403 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>95</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
       </c>
       <c r="H15">
         <v>2010</v>
       </c>
-      <c r="I15" t="s">
-        <v>86</v>
+      <c r="I15">
+        <v>2010</v>
       </c>
       <c r="J15" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="K15" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="L15" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>46</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F16" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>95</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2010</v>
       </c>
-      <c r="I16" t="s">
-        <v>86</v>
+      <c r="I16">
+        <v>2010</v>
       </c>
       <c r="J16" t="s">
-        <v>31</v>
+        <v>112</v>
       </c>
       <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" t="s">
         <v>94</v>
       </c>
-      <c r="L16" t="s">
-[...5 lines deleted...]
-      <c r="N16" t="s">
+      <c r="F17" t="s">
         <v>95</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>114</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" t="s">
+        <v>94</v>
+      </c>
+      <c r="F18" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>112</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>135</v>
+      </c>
+      <c r="M18" t="s">
+        <v>114</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>136</v>
+      </c>
+      <c r="P18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>94</v>
+      </c>
+      <c r="F19" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>112</v>
+      </c>
+      <c r="K19" t="s">
         <v>96</v>
       </c>
-      <c r="B17" t="s">
-[...100 lines deleted...]
-      <c r="G19">
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>114</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>94</v>
+      </c>
+      <c r="F20" t="s">
+        <v>95</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20">
+        <v>2018</v>
+      </c>
+      <c r="J20" t="s">
+        <v>112</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>114</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>94</v>
+      </c>
+      <c r="F21" t="s">
+        <v>95</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
         <v>2015</v>
       </c>
-      <c r="H19"/>
-[...6 lines deleted...]
-      <c r="K19" t="s">
+      <c r="J21" t="s">
+        <v>112</v>
+      </c>
+      <c r="K21" t="s">
+        <v>96</v>
+      </c>
+      <c r="L21" t="s">
+        <v>150</v>
+      </c>
+      <c r="M21" t="s">
+        <v>114</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P21" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>153</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>157</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2023</v>
+      </c>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>162</v>
+      </c>
+      <c r="B23" t="s">
+        <v>163</v>
+      </c>
+      <c r="C23" t="s">
+        <v>164</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>94</v>
+      </c>
+      <c r="F23" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2010</v>
+      </c>
+      <c r="I23">
+        <v>2018</v>
+      </c>
+      <c r="J23" t="s">
+        <v>165</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
         <v>104</v>
       </c>
-      <c r="L19" t="s">
-[...5 lines deleted...]
-      <c r="N19" t="s">
+      <c r="E24" t="s">
+        <v>94</v>
+      </c>
+      <c r="F24" t="s">
         <v>105</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G20">
+      <c r="G24" t="s">
+        <v>173</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>175</v>
+      </c>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>182</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>174</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>189</v>
+      </c>
+      <c r="D26" t="s">
+        <v>42</v>
+      </c>
+      <c r="E26" t="s">
+        <v>94</v>
+      </c>
+      <c r="F26" t="s">
+        <v>95</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1993</v>
+      </c>
+      <c r="I26">
         <v>2013</v>
       </c>
-      <c r="H20">
-[...258 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="K26" t="s">
-        <v>141</v>
+        <v>36</v>
       </c>
       <c r="L26" t="s">
-        <v>142</v>
+        <v>191</v>
       </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N26" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>144</v>
+        <v>195</v>
       </c>
       <c r="B27" t="s">
-        <v>139</v>
+        <v>196</v>
       </c>
       <c r="C27" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="D27" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E27" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>95</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
       </c>
       <c r="H27">
         <v>2011</v>
       </c>
-      <c r="I27" t="s">
-        <v>140</v>
+      <c r="I27">
+        <v>2011</v>
       </c>
       <c r="J27" t="s">
-        <v>74</v>
+        <v>190</v>
       </c>
       <c r="K27" t="s">
-        <v>145</v>
+        <v>96</v>
       </c>
       <c r="L27" t="s">
-        <v>142</v>
+        <v>197</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N27" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>147</v>
+        <v>200</v>
       </c>
       <c r="B28" t="s">
-        <v>139</v>
+        <v>201</v>
       </c>
       <c r="C28" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F28" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>95</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
         <v>2013</v>
       </c>
-      <c r="H28"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="K28" t="s">
-        <v>148</v>
+        <v>36</v>
       </c>
       <c r="L28" t="s">
-        <v>142</v>
+        <v>202</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N28" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>150</v>
+        <v>205</v>
       </c>
       <c r="B29" t="s">
-        <v>151</v>
+        <v>206</v>
       </c>
       <c r="C29" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="D29" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E29" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>49</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2014</v>
       </c>
-      <c r="H29">
+      <c r="I29">
         <v>2019</v>
       </c>
-      <c r="I29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="K29" t="s">
-        <v>153</v>
+        <v>36</v>
       </c>
       <c r="L29" t="s">
-        <v>154</v>
+        <v>209</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N29" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>211</v>
+      </c>
+      <c r="P29" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>156</v>
+        <v>213</v>
       </c>
       <c r="B30" t="s">
-        <v>151</v>
+        <v>214</v>
       </c>
       <c r="C30" t="s">
-        <v>28</v>
+        <v>207</v>
       </c>
       <c r="D30" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E30" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>49</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2015</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2019</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>31</v>
+        <v>215</v>
       </c>
       <c r="K30" t="s">
-        <v>158</v>
+        <v>36</v>
       </c>
       <c r="L30" t="s">
-        <v>154</v>
+        <v>216</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N30" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>217</v>
+      </c>
+      <c r="P30" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>160</v>
+        <v>219</v>
       </c>
       <c r="B31" t="s">
-        <v>161</v>
+        <v>220</v>
       </c>
       <c r="C31" t="s">
-        <v>162</v>
+        <v>221</v>
       </c>
       <c r="D31" t="s">
-        <v>72</v>
+        <v>222</v>
       </c>
       <c r="E31" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>105</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
         <v>2017</v>
       </c>
-      <c r="H31"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>31</v>
+        <v>223</v>
       </c>
       <c r="K31" t="s">
-        <v>164</v>
+        <v>36</v>
       </c>
       <c r="L31" t="s">
-        <v>165</v>
+        <v>224</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
       <c r="N31" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>226</v>
+      </c>
+      <c r="P31" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>228</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>229</v>
       </c>
       <c r="C32" t="s">
-        <v>169</v>
+        <v>230</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>231</v>
       </c>
       <c r="E32" t="s">
-        <v>81</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>105</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2016</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2019</v>
       </c>
-      <c r="I32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="K32" t="s">
+        <v>232</v>
+      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>24</v>
+        <v>233</v>
       </c>
       <c r="N32" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>234</v>
+      </c>
+      <c r="P32" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>173</v>
+        <v>236</v>
       </c>
       <c r="B33" t="s">
-        <v>174</v>
+        <v>237</v>
       </c>
       <c r="C33" t="s">
-        <v>28</v>
+        <v>238</v>
       </c>
       <c r="D33" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E33" t="s">
-        <v>41</v>
+        <v>94</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>49</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
       </c>
       <c r="H33">
         <v>2006</v>
       </c>
-      <c r="I33" t="s">
-        <v>175</v>
+      <c r="I33">
+        <v>2006</v>
       </c>
       <c r="J33" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="K33" t="s">
+        <v>96</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="N33" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>241</v>
+      </c>
+      <c r="P33" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>178</v>
+        <v>243</v>
       </c>
       <c r="B34" t="s">
-        <v>139</v>
+        <v>244</v>
       </c>
       <c r="C34" t="s">
-        <v>35</v>
+        <v>189</v>
       </c>
       <c r="D34" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="E34" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
         <v>2009</v>
       </c>
-      <c r="H34"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="K34" t="s">
-        <v>179</v>
+        <v>36</v>
       </c>
       <c r="L34" t="s">
-        <v>142</v>
+        <v>245</v>
       </c>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N34" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>246</v>
+      </c>
+      <c r="P34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>181</v>
+        <v>248</v>
       </c>
       <c r="B35" t="s">
-        <v>46</v>
+        <v>249</v>
       </c>
       <c r="C35" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>250</v>
+      </c>
+      <c r="H35">
         <v>2000</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2012</v>
       </c>
-      <c r="I35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J35" t="s">
-        <v>31</v>
+        <v>251</v>
       </c>
       <c r="K35" t="s">
-        <v>182</v>
+        <v>36</v>
       </c>
       <c r="L35" t="s">
-        <v>49</v>
+        <v>252</v>
       </c>
       <c r="M35" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N35" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>184</v>
+        <v>255</v>
       </c>
       <c r="B36" t="s">
-        <v>46</v>
+        <v>256</v>
       </c>
       <c r="C36" t="s">
-        <v>185</v>
+        <v>56</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>257</v>
       </c>
       <c r="E36" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>1999</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2022</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>258</v>
       </c>
       <c r="N36" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>259</v>
+      </c>
+      <c r="P36" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>189</v>
+        <v>261</v>
       </c>
       <c r="B37" t="s">
-        <v>46</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E37" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>250</v>
       </c>
       <c r="H37">
         <v>2005</v>
       </c>
-      <c r="I37" t="s">
-        <v>86</v>
+      <c r="I37">
+        <v>2004</v>
       </c>
       <c r="J37" t="s">
-        <v>31</v>
+        <v>251</v>
       </c>
       <c r="K37" t="s">
-        <v>91</v>
+        <v>36</v>
       </c>
       <c r="L37" t="s">
-        <v>49</v>
+        <v>119</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
+        <v>56</v>
+      </c>
+      <c r="D38" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>250</v>
+      </c>
+      <c r="H38">
+        <v>2005</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>251</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>267</v>
+      </c>
+      <c r="M38" t="s">
+        <v>59</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>268</v>
+      </c>
+      <c r="P38" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>270</v>
+      </c>
+      <c r="B39" t="s">
+        <v>271</v>
+      </c>
+      <c r="C39" t="s">
+        <v>56</v>
+      </c>
+      <c r="D39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>250</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>112</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>272</v>
+      </c>
+      <c r="M39" t="s">
+        <v>59</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>273</v>
+      </c>
+      <c r="P39" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>275</v>
+      </c>
+      <c r="B40" t="s">
+        <v>276</v>
+      </c>
+      <c r="C40" t="s">
+        <v>56</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>112</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>277</v>
+      </c>
+      <c r="M40" t="s">
+        <v>59</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>278</v>
+      </c>
+      <c r="P40" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>280</v>
+      </c>
+      <c r="B41" t="s">
+        <v>281</v>
+      </c>
+      <c r="C41" t="s">
+        <v>56</v>
+      </c>
+      <c r="D41" t="s">
+        <v>282</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2008</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>112</v>
+      </c>
+      <c r="K41" t="s">
+        <v>96</v>
+      </c>
+      <c r="L41" t="s">
+        <v>283</v>
+      </c>
+      <c r="M41" t="s">
+        <v>59</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>284</v>
+      </c>
+      <c r="P41" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>286</v>
+      </c>
+      <c r="B42" t="s">
+        <v>287</v>
+      </c>
+      <c r="C42" t="s">
+        <v>56</v>
+      </c>
+      <c r="D42" t="s">
+        <v>288</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>8</v>
+      </c>
+      <c r="H42">
+        <v>2014</v>
+      </c>
+      <c r="I42">
+        <v>2025</v>
+      </c>
+      <c r="J42" t="s">
+        <v>251</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>258</v>
+      </c>
+      <c r="N42" t="s">
+        <v>289</v>
+      </c>
+      <c r="O42" t="s">
+        <v>290</v>
+      </c>
+      <c r="P42" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>292</v>
+      </c>
+      <c r="B43" t="s">
+        <v>293</v>
+      </c>
+      <c r="C43" t="s">
+        <v>294</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>94</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>34</v>
+      </c>
+      <c r="H43">
+        <v>1984</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>190</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C38" t="s">
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" t="s">
+        <v>295</v>
+      </c>
+      <c r="M43" t="s">
+        <v>296</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>297</v>
+      </c>
+      <c r="P43" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B44" t="s">
+        <v>300</v>
+      </c>
+      <c r="C44" t="s">
+        <v>207</v>
+      </c>
+      <c r="D44" t="s">
+        <v>42</v>
+      </c>
+      <c r="E44" t="s">
+        <v>94</v>
+      </c>
+      <c r="F44" t="s">
+        <v>95</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2003</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
+      <c r="J44" t="s">
         <v>35</v>
       </c>
-      <c r="D38" t="s">
-[...201 lines deleted...]
-      <c r="N42" t="s">
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44" t="s">
+        <v>301</v>
+      </c>
+      <c r="M44" t="s">
+        <v>302</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>303</v>
+      </c>
+      <c r="P44" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>305</v>
+      </c>
+      <c r="B45" t="s">
+        <v>306</v>
+      </c>
+      <c r="C45" t="s">
+        <v>307</v>
+      </c>
+      <c r="D45" t="s">
+        <v>42</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>105</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
         <v>208</v>
       </c>
-    </row>
-[...116 lines deleted...]
-      </c>
       <c r="K45" t="s">
-        <v>220</v>
+        <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>221</v>
+        <v>308</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>309</v>
       </c>
       <c r="N45" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>310</v>
+      </c>
+      <c r="P45" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>223</v>
+        <v>312</v>
       </c>
       <c r="B46" t="s">
-        <v>139</v>
+        <v>313</v>
       </c>
       <c r="C46" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="D46" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E46" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>95</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
-      <c r="I46" t="s">
-        <v>140</v>
+      <c r="I46">
+        <v>2011</v>
       </c>
       <c r="J46" t="s">
-        <v>74</v>
-[...4 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="K46" t="s">
+        <v>96</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="N46" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>314</v>
+      </c>
+      <c r="P46"/>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>225</v>
+        <v>315</v>
       </c>
       <c r="B47" t="s">
-        <v>139</v>
+        <v>316</v>
       </c>
       <c r="C47" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="D47" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E47" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>95</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2013</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2014</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>317</v>
       </c>
       <c r="N47" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>318</v>
+      </c>
+      <c r="P47" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>228</v>
+        <v>320</v>
       </c>
       <c r="B48" t="s">
-        <v>139</v>
+        <v>321</v>
       </c>
       <c r="C48" t="s">
-        <v>28</v>
+        <v>189</v>
       </c>
       <c r="D48" t="s">
-        <v>72</v>
+        <v>33</v>
       </c>
       <c r="E48" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>95</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
-      <c r="I48" t="s">
-        <v>140</v>
+      <c r="I48">
+        <v>2011</v>
       </c>
       <c r="J48" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="K48" t="s">
-        <v>229</v>
+        <v>36</v>
       </c>
       <c r="L48" t="s">
-        <v>226</v>
+        <v>322</v>
       </c>
       <c r="M48" t="s">
+        <v>317</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>323</v>
+      </c>
+      <c r="P48" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>325</v>
+      </c>
+      <c r="B49" t="s">
+        <v>326</v>
+      </c>
+      <c r="C49" t="s">
+        <v>207</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+      <c r="E49" t="s">
+        <v>94</v>
+      </c>
+      <c r="F49" t="s">
+        <v>49</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>327</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" t="s">
+        <v>328</v>
+      </c>
+      <c r="M49" t="s">
+        <v>329</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>330</v>
+      </c>
+      <c r="P49" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>332</v>
+      </c>
+      <c r="B50" t="s">
+        <v>333</v>
+      </c>
+      <c r="C50" t="s">
+        <v>334</v>
+      </c>
+      <c r="D50" t="s">
+        <v>42</v>
+      </c>
+      <c r="E50" t="s">
+        <v>94</v>
+      </c>
+      <c r="F50" t="s">
+        <v>95</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1996</v>
+      </c>
+      <c r="I50">
+        <v>2012</v>
+      </c>
+      <c r="J50" t="s">
+        <v>335</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>336</v>
+      </c>
+      <c r="M50" t="s">
+        <v>337</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>338</v>
+      </c>
+      <c r="P50" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>340</v>
+      </c>
+      <c r="B51" t="s">
+        <v>341</v>
+      </c>
+      <c r="C51" t="s">
+        <v>334</v>
+      </c>
+      <c r="D51" t="s">
+        <v>134</v>
+      </c>
+      <c r="E51" t="s">
+        <v>94</v>
+      </c>
+      <c r="F51" t="s">
+        <v>95</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1996</v>
+      </c>
+      <c r="I51">
+        <v>2010</v>
+      </c>
+      <c r="J51" t="s">
+        <v>335</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>337</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>342</v>
+      </c>
+      <c r="P51" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>343</v>
+      </c>
+      <c r="B52" t="s">
+        <v>344</v>
+      </c>
+      <c r="C52" t="s">
+        <v>345</v>
+      </c>
+      <c r="D52" t="s">
+        <v>82</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1996</v>
+      </c>
+      <c r="I52">
+        <v>2017</v>
+      </c>
+      <c r="J52" t="s">
+        <v>239</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>346</v>
+      </c>
+      <c r="M52" t="s">
+        <v>347</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>348</v>
+      </c>
+      <c r="P52" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>350</v>
+      </c>
+      <c r="B53" t="s">
+        <v>351</v>
+      </c>
+      <c r="C53" t="s">
+        <v>345</v>
+      </c>
+      <c r="D53" t="s">
+        <v>82</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>49</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
+      <c r="J53" t="s">
+        <v>239</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>347</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>352</v>
+      </c>
+      <c r="P53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>354</v>
+      </c>
+      <c r="B54" t="s">
+        <v>355</v>
+      </c>
+      <c r="C54" t="s">
+        <v>356</v>
+      </c>
+      <c r="D54" t="s">
+        <v>42</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>105</v>
+      </c>
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
+        <v>2009</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>335</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>357</v>
+      </c>
+      <c r="M54" t="s">
+        <v>358</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>359</v>
+      </c>
+      <c r="P54" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>361</v>
+      </c>
+      <c r="B55" t="s">
+        <v>362</v>
+      </c>
+      <c r="C55" t="s">
+        <v>356</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>34</v>
+      </c>
+      <c r="H55">
+        <v>2013</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>335</v>
+      </c>
+      <c r="K55" t="s">
+        <v>96</v>
+      </c>
+      <c r="L55" t="s">
+        <v>363</v>
+      </c>
+      <c r="M55" t="s">
+        <v>358</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>364</v>
+      </c>
+      <c r="P55" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>365</v>
+      </c>
+      <c r="B56" t="s">
+        <v>366</v>
+      </c>
+      <c r="C56" t="s">
+        <v>367</v>
+      </c>
+      <c r="D56" t="s">
+        <v>368</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>112</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56" t="s">
+        <v>369</v>
+      </c>
+      <c r="M56" t="s">
+        <v>370</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>371</v>
+      </c>
+      <c r="P56" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>373</v>
+      </c>
+      <c r="B57" t="s">
+        <v>374</v>
+      </c>
+      <c r="C57" t="s">
+        <v>375</v>
+      </c>
+      <c r="D57" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2016</v>
+      </c>
+      <c r="I57">
+        <v>2018</v>
+      </c>
+      <c r="J57" t="s">
+        <v>239</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>376</v>
+      </c>
+      <c r="M57" t="s">
+        <v>377</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>378</v>
+      </c>
+      <c r="P57" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>380</v>
+      </c>
+      <c r="B58" t="s">
+        <v>381</v>
+      </c>
+      <c r="C58" t="s">
+        <v>334</v>
+      </c>
+      <c r="D58" t="s">
+        <v>42</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1994</v>
+      </c>
+      <c r="I58">
+        <v>2003</v>
+      </c>
+      <c r="J58" t="s">
+        <v>335</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>336</v>
+      </c>
+      <c r="M58" t="s">
+        <v>337</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>382</v>
+      </c>
+      <c r="P58" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>384</v>
+      </c>
+      <c r="B59" t="s">
+        <v>385</v>
+      </c>
+      <c r="C59" t="s">
+        <v>386</v>
+      </c>
+      <c r="D59" t="s">
+        <v>42</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>34</v>
+      </c>
+      <c r="H59">
+        <v>2002</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>190</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>387</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>388</v>
+      </c>
+      <c r="P59" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>390</v>
+      </c>
+      <c r="B60" t="s">
+        <v>391</v>
+      </c>
+      <c r="C60" t="s">
+        <v>334</v>
+      </c>
+      <c r="D60" t="s">
+        <v>33</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2011</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>335</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>337</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>392</v>
+      </c>
+      <c r="P60" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>393</v>
+      </c>
+      <c r="B61" t="s">
+        <v>394</v>
+      </c>
+      <c r="C61" t="s">
+        <v>334</v>
+      </c>
+      <c r="D61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>1994</v>
+      </c>
+      <c r="I61">
+        <v>2004</v>
+      </c>
+      <c r="J61" t="s">
+        <v>335</v>
+      </c>
+      <c r="K61" t="s">
+        <v>36</v>
+      </c>
+      <c r="L61" t="s">
+        <v>395</v>
+      </c>
+      <c r="M61" t="s">
+        <v>337</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>396</v>
+      </c>
+      <c r="P61" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>397</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62" t="s">
+        <v>189</v>
+      </c>
+      <c r="D62" t="s">
+        <v>42</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>34</v>
+      </c>
+      <c r="H62">
+        <v>2009</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>174</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>192</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>398</v>
+      </c>
+      <c r="P62" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>400</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63" t="s">
+        <v>189</v>
+      </c>
+      <c r="D63" t="s">
+        <v>401</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>34</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>174</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>192</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>402</v>
+      </c>
+      <c r="P63" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>403</v>
+      </c>
+      <c r="B64" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" t="s">
+        <v>207</v>
+      </c>
+      <c r="D64" t="s">
+        <v>405</v>
+      </c>
+      <c r="E64" t="s">
+        <v>94</v>
+      </c>
+      <c r="F64" t="s">
+        <v>406</v>
+      </c>
+      <c r="G64" t="s">
+        <v>34</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>327</v>
+      </c>
+      <c r="K64" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>407</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>408</v>
+      </c>
+      <c r="P64" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>410</v>
+      </c>
+      <c r="B65" t="s">
+        <v>411</v>
+      </c>
+      <c r="C65" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" t="s">
+        <v>405</v>
+      </c>
+      <c r="E65" t="s">
+        <v>94</v>
+      </c>
+      <c r="F65" t="s">
+        <v>406</v>
+      </c>
+      <c r="G65" t="s">
+        <v>34</v>
+      </c>
+      <c r="H65">
+        <v>2015</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>327</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>329</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>412</v>
+      </c>
+      <c r="P65" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>414</v>
+      </c>
+      <c r="B66" t="s">
+        <v>415</v>
+      </c>
+      <c r="C66" t="s">
+        <v>207</v>
+      </c>
+      <c r="D66" t="s">
+        <v>405</v>
+      </c>
+      <c r="E66" t="s">
+        <v>94</v>
+      </c>
+      <c r="F66" t="s">
+        <v>406</v>
+      </c>
+      <c r="G66" t="s">
+        <v>34</v>
+      </c>
+      <c r="H66">
+        <v>2015</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>327</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>329</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>416</v>
+      </c>
+      <c r="P66" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>418</v>
+      </c>
+      <c r="B67" t="s">
+        <v>419</v>
+      </c>
+      <c r="C67" t="s">
+        <v>207</v>
+      </c>
+      <c r="D67" t="s">
+        <v>420</v>
+      </c>
+      <c r="E67" t="s">
+        <v>94</v>
+      </c>
+      <c r="F67" t="s">
+        <v>406</v>
+      </c>
+      <c r="G67" t="s">
+        <v>34</v>
+      </c>
+      <c r="H67">
+        <v>2015</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>327</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>329</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>421</v>
+      </c>
+      <c r="P67" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>423</v>
+      </c>
+      <c r="B68" t="s">
+        <v>424</v>
+      </c>
+      <c r="C68" t="s">
+        <v>207</v>
+      </c>
+      <c r="D68" t="s">
+        <v>420</v>
+      </c>
+      <c r="E68" t="s">
+        <v>94</v>
+      </c>
+      <c r="F68" t="s">
+        <v>406</v>
+      </c>
+      <c r="G68" t="s">
+        <v>34</v>
+      </c>
+      <c r="H68">
+        <v>2015</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>327</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>329</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>425</v>
+      </c>
+      <c r="P68" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>427</v>
+      </c>
+      <c r="B69" t="s">
+        <v>428</v>
+      </c>
+      <c r="C69" t="s">
+        <v>207</v>
+      </c>
+      <c r="D69" t="s">
+        <v>33</v>
+      </c>
+      <c r="E69" t="s">
+        <v>94</v>
+      </c>
+      <c r="F69" t="s">
+        <v>406</v>
+      </c>
+      <c r="G69" t="s">
+        <v>34</v>
+      </c>
+      <c r="H69">
+        <v>2015</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>215</v>
+      </c>
+      <c r="K69" t="s">
+        <v>429</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>329</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>430</v>
+      </c>
+      <c r="P69" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>432</v>
+      </c>
+      <c r="B70" t="s">
+        <v>433</v>
+      </c>
+      <c r="C70" t="s">
+        <v>434</v>
+      </c>
+      <c r="D70" t="s">
+        <v>42</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>49</v>
+      </c>
+      <c r="G70" t="s">
+        <v>34</v>
+      </c>
+      <c r="H70">
+        <v>2002</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>223</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>435</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>436</v>
+      </c>
+      <c r="P70" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>438</v>
+      </c>
+      <c r="B71" t="s">
+        <v>439</v>
+      </c>
+      <c r="C71" t="s">
+        <v>434</v>
+      </c>
+      <c r="D71" t="s">
+        <v>42</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>49</v>
+      </c>
+      <c r="G71" t="s">
+        <v>34</v>
+      </c>
+      <c r="H71">
+        <v>2007</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>223</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71" t="s">
+        <v>440</v>
+      </c>
+      <c r="M71" t="s">
+        <v>435</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>441</v>
+      </c>
+      <c r="P71" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>443</v>
+      </c>
+      <c r="B72" t="s">
+        <v>444</v>
+      </c>
+      <c r="C72" t="s">
+        <v>93</v>
+      </c>
+      <c r="D72" t="s">
+        <v>42</v>
+      </c>
+      <c r="E72" t="s">
+        <v>94</v>
+      </c>
+      <c r="F72" t="s">
+        <v>95</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1993</v>
+      </c>
+      <c r="I72">
+        <v>2010</v>
+      </c>
+      <c r="J72" t="s">
+        <v>445</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72" t="s">
+        <v>446</v>
+      </c>
+      <c r="M72" t="s">
+        <v>447</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>448</v>
+      </c>
+      <c r="P72" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>450</v>
+      </c>
+      <c r="B73" t="s">
+        <v>451</v>
+      </c>
+      <c r="C73" t="s">
+        <v>93</v>
+      </c>
+      <c r="D73" t="s">
+        <v>42</v>
+      </c>
+      <c r="E73" t="s">
+        <v>94</v>
+      </c>
+      <c r="F73" t="s">
+        <v>95</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>1993</v>
+      </c>
+      <c r="I73">
+        <v>2013</v>
+      </c>
+      <c r="J73" t="s">
+        <v>445</v>
+      </c>
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73" t="s">
+        <v>452</v>
+      </c>
+      <c r="M73" t="s">
+        <v>447</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>453</v>
+      </c>
+      <c r="P73" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>455</v>
+      </c>
+      <c r="B74" t="s">
+        <v>456</v>
+      </c>
+      <c r="C74" t="s">
+        <v>457</v>
+      </c>
+      <c r="D74" t="s">
+        <v>42</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>49</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2011</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>223</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74" t="s">
+        <v>458</v>
+      </c>
+      <c r="M74" t="s">
+        <v>459</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>460</v>
+      </c>
+      <c r="P74" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>462</v>
+      </c>
+      <c r="B75" t="s">
+        <v>463</v>
+      </c>
+      <c r="C75" t="s">
+        <v>464</v>
+      </c>
+      <c r="D75" t="s">
+        <v>465</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>105</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>2017</v>
+      </c>
+      <c r="I75">
+        <v>2021</v>
+      </c>
+      <c r="J75" t="s">
+        <v>466</v>
+      </c>
+      <c r="K75" t="s">
+        <v>467</v>
+      </c>
+      <c r="L75" t="s">
+        <v>468</v>
+      </c>
+      <c r="M75" t="s">
+        <v>469</v>
+      </c>
+      <c r="N75" t="s">
+        <v>470</v>
+      </c>
+      <c r="O75" t="s">
+        <v>471</v>
+      </c>
+      <c r="P75" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>473</v>
+      </c>
+      <c r="B76" t="s">
+        <v>474</v>
+      </c>
+      <c r="C76" t="s">
+        <v>475</v>
+      </c>
+      <c r="D76" t="s">
+        <v>104</v>
+      </c>
+      <c r="E76" t="s">
+        <v>94</v>
+      </c>
+      <c r="F76" t="s">
+        <v>105</v>
+      </c>
+      <c r="G76" t="s">
+        <v>173</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>335</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76" t="s">
+        <v>106</v>
+      </c>
+      <c r="M76" t="s">
+        <v>476</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>477</v>
+      </c>
+      <c r="P76" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>479</v>
+      </c>
+      <c r="B77" t="s">
+        <v>480</v>
+      </c>
+      <c r="C77" t="s">
+        <v>481</v>
+      </c>
+      <c r="D77" t="s">
+        <v>482</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77">
+        <v>2016</v>
+      </c>
+      <c r="J77" t="s">
+        <v>35</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>483</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>484</v>
+      </c>
+      <c r="P77" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>486</v>
+      </c>
+      <c r="B78" t="s">
+        <v>487</v>
+      </c>
+      <c r="C78" t="s">
+        <v>488</v>
+      </c>
+      <c r="D78" t="s">
+        <v>489</v>
+      </c>
+      <c r="E78" t="s">
+        <v>94</v>
+      </c>
+      <c r="F78" t="s">
+        <v>49</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2015</v>
+      </c>
+      <c r="I78">
+        <v>2018</v>
+      </c>
+      <c r="J78" t="s">
+        <v>239</v>
+      </c>
+      <c r="K78" t="s">
         <v>24</v>
       </c>
-      <c r="N48" t="s">
-[...64 lines deleted...]
-      <c r="G50">
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>490</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>491</v>
+      </c>
+      <c r="P78" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>493</v>
+      </c>
+      <c r="B79" t="s">
+        <v>494</v>
+      </c>
+      <c r="C79" t="s">
+        <v>495</v>
+      </c>
+      <c r="D79" t="s">
+        <v>33</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>49</v>
+      </c>
+      <c r="G79" t="s">
+        <v>34</v>
+      </c>
+      <c r="H79">
+        <v>2014</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>445</v>
+      </c>
+      <c r="K79" t="s">
+        <v>96</v>
+      </c>
+      <c r="L79" t="s">
+        <v>496</v>
+      </c>
+      <c r="M79" t="s">
+        <v>497</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>498</v>
+      </c>
+      <c r="P79" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>500</v>
+      </c>
+      <c r="B80" t="s">
+        <v>501</v>
+      </c>
+      <c r="C80" t="s">
+        <v>502</v>
+      </c>
+      <c r="D80" t="s">
+        <v>503</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>49</v>
+      </c>
+      <c r="G80" t="s">
+        <v>34</v>
+      </c>
+      <c r="H80">
+        <v>2018</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>50</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>504</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>505</v>
+      </c>
+      <c r="P80" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>507</v>
+      </c>
+      <c r="B81" t="s">
+        <v>508</v>
+      </c>
+      <c r="C81" t="s">
+        <v>509</v>
+      </c>
+      <c r="D81" t="s">
+        <v>42</v>
+      </c>
+      <c r="E81" t="s">
+        <v>94</v>
+      </c>
+      <c r="F81" t="s">
+        <v>105</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2013</v>
+      </c>
+      <c r="I81">
+        <v>2016</v>
+      </c>
+      <c r="J81" t="s">
+        <v>174</v>
+      </c>
+      <c r="K81" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81" t="s">
+        <v>510</v>
+      </c>
+      <c r="M81" t="s">
+        <v>511</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>512</v>
+      </c>
+      <c r="P81" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>514</v>
+      </c>
+      <c r="B82" t="s">
+        <v>515</v>
+      </c>
+      <c r="C82" t="s">
+        <v>509</v>
+      </c>
+      <c r="D82" t="s">
+        <v>33</v>
+      </c>
+      <c r="E82" t="s">
+        <v>94</v>
+      </c>
+      <c r="F82" t="s">
+        <v>105</v>
+      </c>
+      <c r="G82" t="s">
+        <v>34</v>
+      </c>
+      <c r="H82">
+        <v>2014</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>174</v>
+      </c>
+      <c r="K82" t="s">
+        <v>429</v>
+      </c>
+      <c r="L82" t="s">
+        <v>516</v>
+      </c>
+      <c r="M82" t="s">
+        <v>511</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>517</v>
+      </c>
+      <c r="P82" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>519</v>
+      </c>
+      <c r="B83" t="s">
+        <v>520</v>
+      </c>
+      <c r="C83" t="s">
+        <v>521</v>
+      </c>
+      <c r="D83" t="s">
+        <v>42</v>
+      </c>
+      <c r="E83" t="s">
+        <v>94</v>
+      </c>
+      <c r="F83" t="s">
+        <v>95</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
         <v>1996</v>
       </c>
-      <c r="H50">
+      <c r="I83">
         <v>2012</v>
       </c>
-      <c r="I50" t="s">
-[...37 lines deleted...]
-      <c r="G51">
+      <c r="J83" t="s">
+        <v>445</v>
+      </c>
+      <c r="K83" t="s">
+        <v>36</v>
+      </c>
+      <c r="L83" t="s">
+        <v>522</v>
+      </c>
+      <c r="M83" t="s">
+        <v>523</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>524</v>
+      </c>
+      <c r="P83" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>526</v>
+      </c>
+      <c r="B84" t="s">
+        <v>527</v>
+      </c>
+      <c r="C84" t="s">
+        <v>521</v>
+      </c>
+      <c r="D84" t="s">
+        <v>42</v>
+      </c>
+      <c r="E84" t="s">
+        <v>94</v>
+      </c>
+      <c r="F84" t="s">
+        <v>95</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
         <v>1996</v>
       </c>
-      <c r="H51">
-[...425 lines deleted...]
-      <c r="H61">
+      <c r="I84">
+        <v>2012</v>
+      </c>
+      <c r="J84" t="s">
+        <v>445</v>
+      </c>
+      <c r="K84" t="s">
+        <v>36</v>
+      </c>
+      <c r="L84" t="s">
+        <v>528</v>
+      </c>
+      <c r="M84" t="s">
+        <v>523</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>529</v>
+      </c>
+      <c r="P84" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>531</v>
+      </c>
+      <c r="B85" t="s">
+        <v>532</v>
+      </c>
+      <c r="C85" t="s">
+        <v>521</v>
+      </c>
+      <c r="D85" t="s">
+        <v>42</v>
+      </c>
+      <c r="E85" t="s">
+        <v>94</v>
+      </c>
+      <c r="F85" t="s">
+        <v>95</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
         <v>2004</v>
       </c>
-      <c r="I61" t="s">
-[...397 lines deleted...]
-      <c r="G71">
+      <c r="I85">
+        <v>2012</v>
+      </c>
+      <c r="J85" t="s">
+        <v>445</v>
+      </c>
+      <c r="K85" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85" t="s">
+        <v>522</v>
+      </c>
+      <c r="M85" t="s">
+        <v>523</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>533</v>
+      </c>
+      <c r="P85" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>535</v>
+      </c>
+      <c r="B86" t="s">
+        <v>536</v>
+      </c>
+      <c r="C86" t="s">
+        <v>521</v>
+      </c>
+      <c r="D86" t="s">
+        <v>42</v>
+      </c>
+      <c r="E86" t="s">
+        <v>94</v>
+      </c>
+      <c r="F86" t="s">
+        <v>95</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2005</v>
+      </c>
+      <c r="I86">
+        <v>2012</v>
+      </c>
+      <c r="J86" t="s">
+        <v>445</v>
+      </c>
+      <c r="K86" t="s">
+        <v>36</v>
+      </c>
+      <c r="L86" t="s">
+        <v>537</v>
+      </c>
+      <c r="M86" t="s">
+        <v>523</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>538</v>
+      </c>
+      <c r="P86" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>540</v>
+      </c>
+      <c r="B87" t="s">
+        <v>541</v>
+      </c>
+      <c r="C87" t="s">
+        <v>521</v>
+      </c>
+      <c r="D87" t="s">
+        <v>42</v>
+      </c>
+      <c r="E87" t="s">
+        <v>94</v>
+      </c>
+      <c r="F87" t="s">
+        <v>95</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
         <v>2007</v>
       </c>
-      <c r="H71"/>
-[...305 lines deleted...]
-      <c r="J78" t="s">
+      <c r="I87">
+        <v>2012</v>
+      </c>
+      <c r="J87" t="s">
+        <v>445</v>
+      </c>
+      <c r="K87" t="s">
+        <v>36</v>
+      </c>
+      <c r="L87" t="s">
+        <v>542</v>
+      </c>
+      <c r="M87" t="s">
+        <v>523</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>543</v>
+      </c>
+      <c r="P87" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>545</v>
+      </c>
+      <c r="B88" t="s">
+        <v>546</v>
+      </c>
+      <c r="C88" t="s">
+        <v>547</v>
+      </c>
+      <c r="D88" t="s">
+        <v>33</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
         <v>21</v>
       </c>
-      <c r="K78"/>
-[...418 lines deleted...]
-        <v>2016</v>
+      <c r="G88" t="s">
+        <v>22</v>
       </c>
       <c r="H88">
         <v>2016</v>
       </c>
-      <c r="I88" t="s">
-        <v>128</v>
+      <c r="I88">
+        <v>2016</v>
       </c>
       <c r="J88" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="K88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
+        <v>548</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>549</v>
+      </c>
+      <c r="P88" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>551</v>
+      </c>
+      <c r="B89" t="s">
+        <v>552</v>
+      </c>
+      <c r="C89" t="s">
+        <v>181</v>
+      </c>
+      <c r="D89" t="s">
+        <v>33</v>
+      </c>
+      <c r="E89" t="s">
+        <v>94</v>
+      </c>
+      <c r="F89" t="s">
+        <v>95</v>
+      </c>
+      <c r="G89" t="s">
+        <v>34</v>
+      </c>
+      <c r="H89">
+        <v>2017</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>50</v>
+      </c>
+      <c r="K89" t="s">
+        <v>96</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>553</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>554</v>
+      </c>
+      <c r="P89" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>556</v>
+      </c>
+      <c r="B90" t="s">
+        <v>556</v>
+      </c>
+      <c r="C90" t="s">
+        <v>557</v>
+      </c>
+      <c r="D90" t="s">
+        <v>42</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>105</v>
+      </c>
+      <c r="G90" t="s">
+        <v>34</v>
+      </c>
+      <c r="H90">
+        <v>2012</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>466</v>
+      </c>
+      <c r="K90" t="s">
+        <v>36</v>
+      </c>
+      <c r="L90" t="s">
+        <v>558</v>
+      </c>
+      <c r="M90" t="s">
+        <v>559</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>560</v>
+      </c>
+      <c r="P90" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>562</v>
+      </c>
+      <c r="B91" t="s">
+        <v>563</v>
+      </c>
+      <c r="C91" t="s">
+        <v>521</v>
+      </c>
+      <c r="D91" t="s">
+        <v>82</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>105</v>
+      </c>
+      <c r="G91" t="s">
+        <v>34</v>
+      </c>
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>208</v>
+      </c>
+      <c r="K91" t="s">
+        <v>96</v>
+      </c>
+      <c r="L91" t="s">
+        <v>564</v>
+      </c>
+      <c r="M91" t="s">
+        <v>565</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>566</v>
+      </c>
+      <c r="P91" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>568</v>
+      </c>
+      <c r="B92" t="s">
+        <v>569</v>
+      </c>
+      <c r="C92" t="s">
+        <v>570</v>
+      </c>
+      <c r="D92" t="s">
+        <v>571</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>34</v>
+      </c>
+      <c r="H92">
+        <v>2016</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>174</v>
+      </c>
+      <c r="K92" t="s">
+        <v>36</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>572</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>573</v>
+      </c>
+      <c r="P92" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>575</v>
+      </c>
+      <c r="B93" t="s">
+        <v>576</v>
+      </c>
+      <c r="C93" t="s">
+        <v>570</v>
+      </c>
+      <c r="D93" t="s">
+        <v>577</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>49</v>
+      </c>
+      <c r="G93" t="s">
+        <v>34</v>
+      </c>
+      <c r="H93">
+        <v>2017</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>174</v>
+      </c>
+      <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="N88" t="s">
-[...22 lines deleted...]
-      <c r="G89">
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>572</v>
+      </c>
+      <c r="N93" t="s">
+        <v>470</v>
+      </c>
+      <c r="O93" t="s">
+        <v>578</v>
+      </c>
+      <c r="P93" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>580</v>
+      </c>
+      <c r="B94" t="s">
+        <v>581</v>
+      </c>
+      <c r="C94" t="s">
+        <v>155</v>
+      </c>
+      <c r="D94" t="s">
+        <v>582</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>583</v>
+      </c>
+      <c r="H94">
+        <v>2021</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>158</v>
+      </c>
+      <c r="K94" t="s">
+        <v>36</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>159</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>584</v>
+      </c>
+      <c r="P94" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>586</v>
+      </c>
+      <c r="B95" t="s">
+        <v>587</v>
+      </c>
+      <c r="C95" t="s">
+        <v>155</v>
+      </c>
+      <c r="D95" t="s">
+        <v>42</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2008</v>
+      </c>
+      <c r="I95">
+        <v>2015</v>
+      </c>
+      <c r="J95" t="s">
+        <v>158</v>
+      </c>
+      <c r="K95" t="s">
+        <v>36</v>
+      </c>
+      <c r="L95" t="s">
+        <v>588</v>
+      </c>
+      <c r="M95" t="s">
+        <v>159</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>589</v>
+      </c>
+      <c r="P95" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>591</v>
+      </c>
+      <c r="B96" t="s">
+        <v>592</v>
+      </c>
+      <c r="C96" t="s">
+        <v>155</v>
+      </c>
+      <c r="D96" t="s">
+        <v>42</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2009</v>
+      </c>
+      <c r="I96">
+        <v>2013</v>
+      </c>
+      <c r="J96" t="s">
+        <v>158</v>
+      </c>
+      <c r="K96" t="s">
+        <v>36</v>
+      </c>
+      <c r="L96" t="s">
+        <v>588</v>
+      </c>
+      <c r="M96" t="s">
+        <v>159</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>593</v>
+      </c>
+      <c r="P96" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>595</v>
+      </c>
+      <c r="B97" t="s">
+        <v>596</v>
+      </c>
+      <c r="C97" t="s">
+        <v>481</v>
+      </c>
+      <c r="D97" t="s">
+        <v>597</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>49</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2009</v>
+      </c>
+      <c r="I97">
+        <v>2016</v>
+      </c>
+      <c r="J97" t="s">
+        <v>35</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>483</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>598</v>
+      </c>
+      <c r="P97" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>600</v>
+      </c>
+      <c r="B98" t="s">
+        <v>601</v>
+      </c>
+      <c r="C98" t="s">
+        <v>87</v>
+      </c>
+      <c r="D98" t="s">
+        <v>70</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>49</v>
+      </c>
+      <c r="G98" t="s">
+        <v>34</v>
+      </c>
+      <c r="H98">
+        <v>2021</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>88</v>
+      </c>
+      <c r="K98" t="s">
+        <v>36</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98"/>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>602</v>
+      </c>
+      <c r="P98" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>600</v>
+      </c>
+      <c r="B99" t="s">
+        <v>604</v>
+      </c>
+      <c r="C99" t="s">
+        <v>87</v>
+      </c>
+      <c r="D99" t="s">
+        <v>70</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>34</v>
+      </c>
+      <c r="H99">
+        <v>2021</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>88</v>
+      </c>
+      <c r="K99" t="s">
+        <v>36</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99"/>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>605</v>
+      </c>
+      <c r="P99" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>607</v>
+      </c>
+      <c r="B100" t="s">
+        <v>608</v>
+      </c>
+      <c r="C100" t="s">
+        <v>375</v>
+      </c>
+      <c r="D100" t="s">
+        <v>609</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>105</v>
+      </c>
+      <c r="G100" t="s">
+        <v>34</v>
+      </c>
+      <c r="H100">
+        <v>2016</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>610</v>
+      </c>
+      <c r="K100" t="s">
+        <v>36</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>611</v>
+      </c>
+      <c r="N100" t="s">
+        <v>470</v>
+      </c>
+      <c r="O100" t="s">
+        <v>612</v>
+      </c>
+      <c r="P100" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>614</v>
+      </c>
+      <c r="B101" t="s">
+        <v>615</v>
+      </c>
+      <c r="C101" t="s">
+        <v>616</v>
+      </c>
+      <c r="D101" t="s">
+        <v>42</v>
+      </c>
+      <c r="E101" t="s">
+        <v>94</v>
+      </c>
+      <c r="F101" t="s">
+        <v>95</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2004</v>
+      </c>
+      <c r="I101">
+        <v>2020</v>
+      </c>
+      <c r="J101" t="s">
+        <v>50</v>
+      </c>
+      <c r="K101" t="s">
+        <v>36</v>
+      </c>
+      <c r="L101" t="s">
+        <v>617</v>
+      </c>
+      <c r="M101" t="s">
+        <v>618</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>619</v>
+      </c>
+      <c r="P101" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>621</v>
+      </c>
+      <c r="B102" t="s">
+        <v>622</v>
+      </c>
+      <c r="C102" t="s">
+        <v>616</v>
+      </c>
+      <c r="D102" t="s">
+        <v>33</v>
+      </c>
+      <c r="E102" t="s">
+        <v>94</v>
+      </c>
+      <c r="F102" t="s">
+        <v>95</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2012</v>
+      </c>
+      <c r="I102">
+        <v>2020</v>
+      </c>
+      <c r="J102" t="s">
+        <v>174</v>
+      </c>
+      <c r="K102" t="s">
+        <v>96</v>
+      </c>
+      <c r="L102" t="s">
+        <v>623</v>
+      </c>
+      <c r="M102" t="s">
+        <v>624</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>625</v>
+      </c>
+      <c r="P102" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>627</v>
+      </c>
+      <c r="B103" t="s">
+        <v>628</v>
+      </c>
+      <c r="C103" t="s">
+        <v>207</v>
+      </c>
+      <c r="D103" t="s">
+        <v>42</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>1978</v>
+      </c>
+      <c r="I103">
         <v>2017</v>
       </c>
-      <c r="H89"/>
-      <c r="I89" t="s">
+      <c r="J103" t="s">
+        <v>208</v>
+      </c>
+      <c r="K103" t="s">
+        <v>36</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>629</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>630</v>
+      </c>
+      <c r="P103" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>632</v>
+      </c>
+      <c r="B104" t="s">
+        <v>633</v>
+      </c>
+      <c r="C104" t="s">
+        <v>207</v>
+      </c>
+      <c r="D104" t="s">
+        <v>405</v>
+      </c>
+      <c r="E104" t="s">
+        <v>94</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>34</v>
+      </c>
+      <c r="H104">
+        <v>2014</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>327</v>
+      </c>
+      <c r="K104" t="s">
+        <v>36</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>629</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>634</v>
+      </c>
+      <c r="P104" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>636</v>
+      </c>
+      <c r="B105" t="s">
+        <v>637</v>
+      </c>
+      <c r="C105" t="s">
+        <v>207</v>
+      </c>
+      <c r="D105" t="s">
+        <v>405</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>34</v>
+      </c>
+      <c r="H105">
+        <v>2017</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>327</v>
+      </c>
+      <c r="K105" t="s">
+        <v>36</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>629</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>638</v>
+      </c>
+      <c r="P105" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>640</v>
+      </c>
+      <c r="B106" t="s">
+        <v>641</v>
+      </c>
+      <c r="C106" t="s">
+        <v>207</v>
+      </c>
+      <c r="D106" t="s">
+        <v>420</v>
+      </c>
+      <c r="E106" t="s">
+        <v>94</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>34</v>
+      </c>
+      <c r="H106">
+        <v>2013</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>327</v>
+      </c>
+      <c r="K106" t="s">
+        <v>36</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>629</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>642</v>
+      </c>
+      <c r="P106" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>644</v>
+      </c>
+      <c r="B107" t="s">
+        <v>645</v>
+      </c>
+      <c r="C107" t="s">
+        <v>646</v>
+      </c>
+      <c r="D107" t="s">
+        <v>82</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>49</v>
+      </c>
+      <c r="G107" t="s">
+        <v>22</v>
+      </c>
+      <c r="H107">
+        <v>2011</v>
+      </c>
+      <c r="I107">
+        <v>2014</v>
+      </c>
+      <c r="J107" t="s">
+        <v>208</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107" t="s">
+        <v>647</v>
+      </c>
+      <c r="M107" t="s">
+        <v>648</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>649</v>
+      </c>
+      <c r="P107" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>644</v>
+      </c>
+      <c r="B108" t="s">
+        <v>651</v>
+      </c>
+      <c r="C108" t="s">
+        <v>646</v>
+      </c>
+      <c r="D108" t="s">
+        <v>82</v>
+      </c>
+      <c r="E108" t="s">
+        <v>94</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2015</v>
+      </c>
+      <c r="I108">
+        <v>2017</v>
+      </c>
+      <c r="J108" t="s">
+        <v>208</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108" t="s">
+        <v>652</v>
+      </c>
+      <c r="M108" t="s">
+        <v>648</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>653</v>
+      </c>
+      <c r="P108" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>654</v>
+      </c>
+      <c r="B109" t="s">
+        <v>655</v>
+      </c>
+      <c r="C109" t="s">
+        <v>646</v>
+      </c>
+      <c r="D109" t="s">
+        <v>656</v>
+      </c>
+      <c r="E109" t="s">
+        <v>94</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>34</v>
+      </c>
+      <c r="H109">
+        <v>2021</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>208</v>
+      </c>
+      <c r="K109" t="s">
+        <v>36</v>
+      </c>
+      <c r="L109" t="s">
+        <v>657</v>
+      </c>
+      <c r="M109" t="s">
+        <v>648</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>658</v>
+      </c>
+      <c r="P109"/>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>654</v>
+      </c>
+      <c r="B110" t="s">
+        <v>655</v>
+      </c>
+      <c r="C110" t="s">
+        <v>646</v>
+      </c>
+      <c r="D110" t="s">
+        <v>656</v>
+      </c>
+      <c r="E110" t="s">
+        <v>94</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>34</v>
+      </c>
+      <c r="H110">
+        <v>2021</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>208</v>
+      </c>
+      <c r="K110" t="s">
+        <v>36</v>
+      </c>
+      <c r="L110" t="s">
+        <v>657</v>
+      </c>
+      <c r="M110" t="s">
+        <v>648</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>659</v>
+      </c>
+      <c r="P110"/>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>660</v>
+      </c>
+      <c r="B111" t="s">
+        <v>661</v>
+      </c>
+      <c r="C111" t="s">
+        <v>662</v>
+      </c>
+      <c r="D111" t="s">
+        <v>104</v>
+      </c>
+      <c r="E111" t="s">
+        <v>94</v>
+      </c>
+      <c r="F111" t="s">
+        <v>105</v>
+      </c>
+      <c r="G111" t="s">
+        <v>34</v>
+      </c>
+      <c r="H111">
+        <v>2016</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>223</v>
+      </c>
+      <c r="K111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L111" t="s">
+        <v>106</v>
+      </c>
+      <c r="M111" t="s">
+        <v>663</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>664</v>
+      </c>
+      <c r="P111" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>666</v>
+      </c>
+      <c r="B112" t="s">
+        <v>667</v>
+      </c>
+      <c r="C112" t="s">
+        <v>668</v>
+      </c>
+      <c r="D112" t="s">
         <v>42</v>
       </c>
-      <c r="J89" t="s">
-[...778 lines deleted...]
-      <c r="G108">
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>105</v>
+      </c>
+      <c r="G112" t="s">
+        <v>34</v>
+      </c>
+      <c r="H112">
         <v>2011</v>
       </c>
-      <c r="H108">
-[...172 lines deleted...]
-      </c>
+      <c r="I112"/>
       <c r="J112" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      </c>
+        <v>669</v>
+      </c>
+      <c r="K112" t="s">
+        <v>36</v>
+      </c>
+      <c r="L112"/>
       <c r="M112" t="s">
-        <v>24</v>
+        <v>670</v>
       </c>
       <c r="N112" t="s">
-        <v>459</v>
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>671</v>
+      </c>
+      <c r="P112" t="s">
+        <v>672</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>