--- v1 (2025-12-05)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="673">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="674">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -889,50 +889,53 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
@@ -2426,51 +2429,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -4404,3476 +4407,3476 @@
       </c>
       <c r="P40" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>280</v>
       </c>
       <c r="B41" t="s">
         <v>281</v>
       </c>
       <c r="C41" t="s">
         <v>56</v>
       </c>
       <c r="D41" t="s">
         <v>282</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>283</v>
       </c>
       <c r="H41">
         <v>2008</v>
       </c>
       <c r="I41">
         <v>2015</v>
       </c>
       <c r="J41" t="s">
-        <v>112</v>
+        <v>251</v>
       </c>
       <c r="K41" t="s">
         <v>96</v>
       </c>
       <c r="L41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="M41" t="s">
         <v>59</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="P41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C42" t="s">
         <v>56</v>
       </c>
       <c r="D42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>8</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42">
         <v>2025</v>
       </c>
       <c r="J42" t="s">
         <v>251</v>
       </c>
       <c r="K42" t="s">
         <v>36</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
         <v>258</v>
       </c>
       <c r="N42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B43" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C43" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>94</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>34</v>
       </c>
       <c r="H43">
         <v>1984</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>190</v>
       </c>
       <c r="K43" t="s">
         <v>36</v>
       </c>
       <c r="L43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C44" t="s">
         <v>207</v>
       </c>
       <c r="D44" t="s">
         <v>42</v>
       </c>
       <c r="E44" t="s">
         <v>94</v>
       </c>
       <c r="F44" t="s">
         <v>95</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2003</v>
       </c>
       <c r="I44">
         <v>2012</v>
       </c>
       <c r="J44" t="s">
         <v>35</v>
       </c>
       <c r="K44" t="s">
         <v>36</v>
       </c>
       <c r="L44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="M44" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="P44" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D45" t="s">
         <v>42</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>105</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2002</v>
       </c>
       <c r="I45">
         <v>2012</v>
       </c>
       <c r="J45" t="s">
         <v>208</v>
       </c>
       <c r="K45" t="s">
         <v>36</v>
       </c>
       <c r="L45" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M45" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="P45" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B46" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C46" t="s">
         <v>189</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
         <v>94</v>
       </c>
       <c r="F46" t="s">
         <v>95</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46">
         <v>2011</v>
       </c>
       <c r="J46" t="s">
         <v>190</v>
       </c>
       <c r="K46" t="s">
         <v>96</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
         <v>192</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P46"/>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C47" t="s">
         <v>189</v>
       </c>
       <c r="D47" t="s">
         <v>33</v>
       </c>
       <c r="E47" t="s">
         <v>94</v>
       </c>
       <c r="F47" t="s">
         <v>95</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47">
         <v>2014</v>
       </c>
       <c r="J47" t="s">
         <v>190</v>
       </c>
       <c r="K47" t="s">
         <v>36</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="P47" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C48" t="s">
         <v>189</v>
       </c>
       <c r="D48" t="s">
         <v>33</v>
       </c>
       <c r="E48" t="s">
         <v>94</v>
       </c>
       <c r="F48" t="s">
         <v>95</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2011</v>
       </c>
       <c r="I48">
         <v>2011</v>
       </c>
       <c r="J48" t="s">
         <v>190</v>
       </c>
       <c r="K48" t="s">
         <v>36</v>
       </c>
       <c r="L48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="M48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P48" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C49" t="s">
         <v>207</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>94</v>
       </c>
       <c r="F49" t="s">
         <v>49</v>
       </c>
       <c r="G49" t="s">
         <v>34</v>
       </c>
       <c r="H49">
         <v>2022</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K49" t="s">
         <v>36</v>
       </c>
       <c r="L49" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M49" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="P49" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C50" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D50" t="s">
         <v>42</v>
       </c>
       <c r="E50" t="s">
         <v>94</v>
       </c>
       <c r="F50" t="s">
         <v>95</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>1996</v>
       </c>
       <c r="I50">
         <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K50" t="s">
         <v>36</v>
       </c>
       <c r="L50" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M50" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P50" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B51" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D51" t="s">
         <v>134</v>
       </c>
       <c r="E51" t="s">
         <v>94</v>
       </c>
       <c r="F51" t="s">
         <v>95</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>1996</v>
       </c>
       <c r="I51">
         <v>2010</v>
       </c>
       <c r="J51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K51" t="s">
         <v>36</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="P51" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B52" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="C52" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D52" t="s">
         <v>82</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>1996</v>
       </c>
       <c r="I52">
         <v>2017</v>
       </c>
       <c r="J52" t="s">
         <v>239</v>
       </c>
       <c r="K52" t="s">
         <v>36</v>
       </c>
       <c r="L52" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M52" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P52" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B53" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D53" t="s">
         <v>82</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>49</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1996</v>
       </c>
       <c r="I53">
         <v>2017</v>
       </c>
       <c r="J53" t="s">
         <v>239</v>
       </c>
       <c r="K53" t="s">
         <v>36</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="P53" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B54" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D54" t="s">
         <v>42</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>105</v>
       </c>
       <c r="G54" t="s">
         <v>34</v>
       </c>
       <c r="H54">
         <v>2009</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K54" t="s">
         <v>36</v>
       </c>
       <c r="L54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="M54" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="P54" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C55" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>34</v>
       </c>
       <c r="H55">
         <v>2013</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K55" t="s">
         <v>96</v>
       </c>
       <c r="L55" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="M55" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="P55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B56" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C56" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D56" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
         <v>112</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M56" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="P56" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B57" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C57" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D57" t="s">
         <v>42</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2016</v>
       </c>
       <c r="I57">
         <v>2018</v>
       </c>
       <c r="J57" t="s">
         <v>239</v>
       </c>
       <c r="K57" t="s">
         <v>36</v>
       </c>
       <c r="L57" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M57" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P57" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C58" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D58" t="s">
         <v>42</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>1994</v>
       </c>
       <c r="I58">
         <v>2003</v>
       </c>
       <c r="J58" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K58" t="s">
         <v>36</v>
       </c>
       <c r="L58" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="M58" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P58" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B59" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C59" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D59" t="s">
         <v>42</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>34</v>
       </c>
       <c r="H59">
         <v>2002</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
         <v>190</v>
       </c>
       <c r="K59" t="s">
         <v>36</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="P59" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C60" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2011</v>
       </c>
       <c r="I60">
         <v>2015</v>
       </c>
       <c r="J60" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K60" t="s">
         <v>36</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="P60" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B61" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C61" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D61" t="s">
         <v>42</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
         <v>1994</v>
       </c>
       <c r="I61">
         <v>2004</v>
       </c>
       <c r="J61" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K61" t="s">
         <v>36</v>
       </c>
       <c r="L61" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="M61" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="P61" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
         <v>189</v>
       </c>
       <c r="D62" t="s">
         <v>42</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
         <v>34</v>
       </c>
       <c r="H62">
         <v>2009</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
         <v>174</v>
       </c>
       <c r="K62" t="s">
         <v>36</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
         <v>192</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P62" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
         <v>189</v>
       </c>
       <c r="D63" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
         <v>34</v>
       </c>
       <c r="H63">
         <v>2010</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>174</v>
       </c>
       <c r="K63" t="s">
         <v>36</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
         <v>192</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="B64" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C64" t="s">
         <v>207</v>
       </c>
       <c r="D64" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E64" t="s">
         <v>94</v>
       </c>
       <c r="F64" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G64" t="s">
         <v>34</v>
       </c>
       <c r="H64">
         <v>2015</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K64" t="s">
         <v>36</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P64" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B65" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C65" t="s">
         <v>207</v>
       </c>
       <c r="D65" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E65" t="s">
         <v>94</v>
       </c>
       <c r="F65" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G65" t="s">
         <v>34</v>
       </c>
       <c r="H65">
         <v>2015</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K65" t="s">
         <v>36</v>
       </c>
       <c r="L65"/>
       <c r="M65" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P65" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C66" t="s">
         <v>207</v>
       </c>
       <c r="D66" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E66" t="s">
         <v>94</v>
       </c>
       <c r="F66" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G66" t="s">
         <v>34</v>
       </c>
       <c r="H66">
         <v>2015</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K66" t="s">
         <v>36</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="P66" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C67" t="s">
         <v>207</v>
       </c>
       <c r="D67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E67" t="s">
         <v>94</v>
       </c>
       <c r="F67" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G67" t="s">
         <v>34</v>
       </c>
       <c r="H67">
         <v>2015</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K67" t="s">
         <v>36</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="P67" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B68" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C68" t="s">
         <v>207</v>
       </c>
       <c r="D68" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E68" t="s">
         <v>94</v>
       </c>
       <c r="F68" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G68" t="s">
         <v>34</v>
       </c>
       <c r="H68">
         <v>2015</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K68" t="s">
         <v>36</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P68" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B69" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C69" t="s">
         <v>207</v>
       </c>
       <c r="D69" t="s">
         <v>33</v>
       </c>
       <c r="E69" t="s">
         <v>94</v>
       </c>
       <c r="F69" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G69" t="s">
         <v>34</v>
       </c>
       <c r="H69">
         <v>2015</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>215</v>
       </c>
       <c r="K69" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="P69" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B70" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C70" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D70" t="s">
         <v>42</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>49</v>
       </c>
       <c r="G70" t="s">
         <v>34</v>
       </c>
       <c r="H70">
         <v>2002</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>223</v>
       </c>
       <c r="K70" t="s">
         <v>36</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="P70" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B71" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C71" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D71" t="s">
         <v>42</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>49</v>
       </c>
       <c r="G71" t="s">
         <v>34</v>
       </c>
       <c r="H71">
         <v>2007</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>223</v>
       </c>
       <c r="K71" t="s">
         <v>36</v>
       </c>
       <c r="L71" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="M71" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="P71" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B72" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C72" t="s">
         <v>93</v>
       </c>
       <c r="D72" t="s">
         <v>42</v>
       </c>
       <c r="E72" t="s">
         <v>94</v>
       </c>
       <c r="F72" t="s">
         <v>95</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>1993</v>
       </c>
       <c r="I72">
         <v>2010</v>
       </c>
       <c r="J72" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K72" t="s">
         <v>36</v>
       </c>
       <c r="L72" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="M72" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="P72" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="B73" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C73" t="s">
         <v>93</v>
       </c>
       <c r="D73" t="s">
         <v>42</v>
       </c>
       <c r="E73" t="s">
         <v>94</v>
       </c>
       <c r="F73" t="s">
         <v>95</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>1993</v>
       </c>
       <c r="I73">
         <v>2013</v>
       </c>
       <c r="J73" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K73" t="s">
         <v>36</v>
       </c>
       <c r="L73" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M73" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P73" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B74" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C74" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D74" t="s">
         <v>42</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>49</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>2011</v>
       </c>
       <c r="I74">
         <v>2014</v>
       </c>
       <c r="J74" t="s">
         <v>223</v>
       </c>
       <c r="K74" t="s">
         <v>36</v>
       </c>
       <c r="L74" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M74" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P74" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B75" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C75" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D75" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>105</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2017</v>
       </c>
       <c r="I75">
         <v>2021</v>
       </c>
       <c r="J75" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K75" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="L75" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="M75" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="N75" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="O75" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P75" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B76" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C76" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D76" t="s">
         <v>104</v>
       </c>
       <c r="E76" t="s">
         <v>94</v>
       </c>
       <c r="F76" t="s">
         <v>105</v>
       </c>
       <c r="G76" t="s">
         <v>173</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="K76" t="s">
         <v>36</v>
       </c>
       <c r="L76" t="s">
         <v>106</v>
       </c>
       <c r="M76" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P76" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B77" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C77" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D77" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>21</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2009</v>
       </c>
       <c r="I77">
         <v>2016</v>
       </c>
       <c r="J77" t="s">
         <v>35</v>
       </c>
       <c r="K77" t="s">
         <v>36</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P77" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B78" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C78" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D78" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E78" t="s">
         <v>94</v>
       </c>
       <c r="F78" t="s">
         <v>49</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2015</v>
       </c>
       <c r="I78">
         <v>2018</v>
       </c>
       <c r="J78" t="s">
         <v>239</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="P78" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B79" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C79" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D79" t="s">
         <v>33</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>49</v>
       </c>
       <c r="G79" t="s">
         <v>34</v>
       </c>
       <c r="H79">
         <v>2014</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K79" t="s">
         <v>96</v>
       </c>
       <c r="L79" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="M79" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P79" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B80" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C80" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D80" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>49</v>
       </c>
       <c r="G80" t="s">
         <v>34</v>
       </c>
       <c r="H80">
         <v>2018</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>50</v>
       </c>
       <c r="K80" t="s">
         <v>36</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="P80" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B81" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C81" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D81" t="s">
         <v>42</v>
       </c>
       <c r="E81" t="s">
         <v>94</v>
       </c>
       <c r="F81" t="s">
         <v>105</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2013</v>
       </c>
       <c r="I81">
         <v>2016</v>
       </c>
       <c r="J81" t="s">
         <v>174</v>
       </c>
       <c r="K81" t="s">
         <v>36</v>
       </c>
       <c r="L81" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M81" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="P81" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B82" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C82" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D82" t="s">
         <v>33</v>
       </c>
       <c r="E82" t="s">
         <v>94</v>
       </c>
       <c r="F82" t="s">
         <v>105</v>
       </c>
       <c r="G82" t="s">
         <v>34</v>
       </c>
       <c r="H82">
         <v>2014</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>174</v>
       </c>
       <c r="K82" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="L82" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="M82" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="P82" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B83" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C83" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D83" t="s">
         <v>42</v>
       </c>
       <c r="E83" t="s">
         <v>94</v>
       </c>
       <c r="F83" t="s">
         <v>95</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>1996</v>
       </c>
       <c r="I83">
         <v>2012</v>
       </c>
       <c r="J83" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K83" t="s">
         <v>36</v>
       </c>
       <c r="L83" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M83" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P83" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B84" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C84" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D84" t="s">
         <v>42</v>
       </c>
       <c r="E84" t="s">
         <v>94</v>
       </c>
       <c r="F84" t="s">
         <v>95</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84">
         <v>1996</v>
       </c>
       <c r="I84">
         <v>2012</v>
       </c>
       <c r="J84" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K84" t="s">
         <v>36</v>
       </c>
       <c r="L84" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="M84" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P84" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B85" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C85" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D85" t="s">
         <v>42</v>
       </c>
       <c r="E85" t="s">
         <v>94</v>
       </c>
       <c r="F85" t="s">
         <v>95</v>
       </c>
       <c r="G85" t="s">
         <v>22</v>
       </c>
       <c r="H85">
         <v>2004</v>
       </c>
       <c r="I85">
         <v>2012</v>
       </c>
       <c r="J85" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K85" t="s">
         <v>36</v>
       </c>
       <c r="L85" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M85" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="P85" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B86" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C86" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D86" t="s">
         <v>42</v>
       </c>
       <c r="E86" t="s">
         <v>94</v>
       </c>
       <c r="F86" t="s">
         <v>95</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2005</v>
       </c>
       <c r="I86">
         <v>2012</v>
       </c>
       <c r="J86" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K86" t="s">
         <v>36</v>
       </c>
       <c r="L86" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M86" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="P86" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B87" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C87" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D87" t="s">
         <v>42</v>
       </c>
       <c r="E87" t="s">
         <v>94</v>
       </c>
       <c r="F87" t="s">
         <v>95</v>
       </c>
       <c r="G87" t="s">
         <v>22</v>
       </c>
       <c r="H87">
         <v>2007</v>
       </c>
       <c r="I87">
         <v>2012</v>
       </c>
       <c r="J87" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K87" t="s">
         <v>36</v>
       </c>
       <c r="L87" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="M87" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="P87" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B88" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C88" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D88" t="s">
         <v>33</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2016</v>
       </c>
       <c r="I88">
         <v>2016</v>
       </c>
       <c r="J88" t="s">
         <v>174</v>
       </c>
       <c r="K88" t="s">
         <v>36</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="P88" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B89" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C89" t="s">
         <v>181</v>
       </c>
       <c r="D89" t="s">
         <v>33</v>
       </c>
       <c r="E89" t="s">
         <v>94</v>
       </c>
       <c r="F89" t="s">
         <v>95</v>
       </c>
       <c r="G89" t="s">
         <v>34</v>
       </c>
       <c r="H89">
         <v>2017</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
         <v>50</v>
       </c>
       <c r="K89" t="s">
         <v>96</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P89" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B90" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C90" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D90" t="s">
         <v>42</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>105</v>
       </c>
       <c r="G90" t="s">
         <v>34</v>
       </c>
       <c r="H90">
         <v>2012</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="K90" t="s">
         <v>36</v>
       </c>
       <c r="L90" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M90" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P90" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B91" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C91" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D91" t="s">
         <v>82</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
         <v>105</v>
       </c>
       <c r="G91" t="s">
         <v>34</v>
       </c>
       <c r="H91">
         <v>2013</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
         <v>208</v>
       </c>
       <c r="K91" t="s">
         <v>96</v>
       </c>
       <c r="L91" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M91" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P91" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B92" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C92" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D92" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>21</v>
       </c>
       <c r="G92" t="s">
         <v>34</v>
       </c>
       <c r="H92">
         <v>2016</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>174</v>
       </c>
       <c r="K92" t="s">
         <v>36</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P92" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B93" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C93" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D93" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>49</v>
       </c>
       <c r="G93" t="s">
         <v>34</v>
       </c>
       <c r="H93">
         <v>2017</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>174</v>
       </c>
       <c r="K93" t="s">
         <v>24</v>
       </c>
       <c r="L93"/>
       <c r="M93" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="N93" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="O93" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="P93" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B94" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C94" t="s">
         <v>155</v>
       </c>
       <c r="D94" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H94">
         <v>2021</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
         <v>158</v>
       </c>
       <c r="K94" t="s">
         <v>36</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
         <v>159</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="P94" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B95" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C95" t="s">
         <v>155</v>
       </c>
       <c r="D95" t="s">
         <v>42</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2008</v>
       </c>
       <c r="I95">
         <v>2015</v>
       </c>
       <c r="J95" t="s">
         <v>158</v>
       </c>
       <c r="K95" t="s">
         <v>36</v>
       </c>
       <c r="L95" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M95" t="s">
         <v>159</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P95" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B96" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C96" t="s">
         <v>155</v>
       </c>
       <c r="D96" t="s">
         <v>42</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>2009</v>
       </c>
       <c r="I96">
         <v>2013</v>
       </c>
       <c r="J96" t="s">
         <v>158</v>
       </c>
       <c r="K96" t="s">
         <v>36</v>
       </c>
       <c r="L96" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="M96" t="s">
         <v>159</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="P96" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B97" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C97" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D97" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>49</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
         <v>2009</v>
       </c>
       <c r="I97">
         <v>2016</v>
       </c>
       <c r="J97" t="s">
         <v>35</v>
       </c>
       <c r="K97" t="s">
         <v>24</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="P97" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B98" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C98" t="s">
         <v>87</v>
       </c>
       <c r="D98" t="s">
         <v>70</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>49</v>
       </c>
       <c r="G98" t="s">
         <v>34</v>
       </c>
       <c r="H98">
         <v>2021</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>88</v>
       </c>
       <c r="K98" t="s">
         <v>36</v>
       </c>
       <c r="L98"/>
       <c r="M98"/>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="P98" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B99" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C99" t="s">
         <v>87</v>
       </c>
       <c r="D99" t="s">
         <v>70</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>34</v>
       </c>
       <c r="H99">
         <v>2021</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>88</v>
       </c>
       <c r="K99" t="s">
         <v>36</v>
       </c>
       <c r="L99"/>
       <c r="M99"/>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="P99" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B100" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C100" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D100" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>105</v>
       </c>
       <c r="G100" t="s">
         <v>34</v>
       </c>
       <c r="H100">
         <v>2016</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="K100" t="s">
         <v>36</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="N100" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="O100" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="P100" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B101" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C101" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D101" t="s">
         <v>42</v>
       </c>
       <c r="E101" t="s">
         <v>94</v>
       </c>
       <c r="F101" t="s">
         <v>95</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
         <v>2004</v>
       </c>
       <c r="I101">
         <v>2020</v>
       </c>
       <c r="J101" t="s">
         <v>50</v>
       </c>
       <c r="K101" t="s">
         <v>36</v>
       </c>
       <c r="L101" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M101" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="P101" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B102" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C102" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D102" t="s">
         <v>33</v>
       </c>
       <c r="E102" t="s">
         <v>94</v>
       </c>
       <c r="F102" t="s">
         <v>95</v>
       </c>
       <c r="G102" t="s">
         <v>22</v>
       </c>
       <c r="H102">
         <v>2012</v>
       </c>
       <c r="I102">
         <v>2020</v>
       </c>
       <c r="J102" t="s">
         <v>174</v>
       </c>
       <c r="K102" t="s">
         <v>96</v>
       </c>
       <c r="L102" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="M102" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="P102" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B103" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C103" t="s">
         <v>207</v>
       </c>
       <c r="D103" t="s">
         <v>42</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>21</v>
       </c>
       <c r="G103" t="s">
         <v>22</v>
       </c>
       <c r="H103">
         <v>1978</v>
       </c>
       <c r="I103">
         <v>2017</v>
       </c>
       <c r="J103" t="s">
         <v>208</v>
       </c>
       <c r="K103" t="s">
         <v>36</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="P103" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B104" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C104" t="s">
         <v>207</v>
       </c>
       <c r="D104" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E104" t="s">
         <v>94</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
         <v>34</v>
       </c>
       <c r="H104">
         <v>2014</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K104" t="s">
         <v>36</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P104" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B105" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C105" t="s">
         <v>207</v>
       </c>
       <c r="D105" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
         <v>34</v>
       </c>
       <c r="H105">
         <v>2017</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K105" t="s">
         <v>36</v>
       </c>
       <c r="L105"/>
       <c r="M105" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="P105" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B106" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C106" t="s">
         <v>207</v>
       </c>
       <c r="D106" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E106" t="s">
         <v>94</v>
       </c>
       <c r="F106" t="s">
         <v>21</v>
       </c>
       <c r="G106" t="s">
         <v>34</v>
       </c>
       <c r="H106">
         <v>2013</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K106" t="s">
         <v>36</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P106" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B107" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C107" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D107" t="s">
         <v>82</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>49</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2011</v>
       </c>
       <c r="I107">
         <v>2014</v>
       </c>
       <c r="J107" t="s">
         <v>208</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="M107" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P107" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="B108" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C108" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D108" t="s">
         <v>82</v>
       </c>
       <c r="E108" t="s">
         <v>94</v>
       </c>
       <c r="F108" t="s">
         <v>21</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2015</v>
       </c>
       <c r="I108">
         <v>2017</v>
       </c>
       <c r="J108" t="s">
         <v>208</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="M108" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="P108" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B109" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C109" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D109" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E109" t="s">
         <v>94</v>
       </c>
       <c r="F109" t="s">
         <v>21</v>
       </c>
       <c r="G109" t="s">
         <v>34</v>
       </c>
       <c r="H109">
         <v>2021</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
         <v>208</v>
       </c>
       <c r="K109" t="s">
         <v>36</v>
       </c>
       <c r="L109" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M109" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="P109"/>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B110" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C110" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D110" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E110" t="s">
         <v>94</v>
       </c>
       <c r="F110" t="s">
         <v>21</v>
       </c>
       <c r="G110" t="s">
         <v>34</v>
       </c>
       <c r="H110">
         <v>2021</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>208</v>
       </c>
       <c r="K110" t="s">
         <v>36</v>
       </c>
       <c r="L110" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="M110" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="P110"/>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B111" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C111" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D111" t="s">
         <v>104</v>
       </c>
       <c r="E111" t="s">
         <v>94</v>
       </c>
       <c r="F111" t="s">
         <v>105</v>
       </c>
       <c r="G111" t="s">
         <v>34</v>
       </c>
       <c r="H111">
         <v>2016</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>223</v>
       </c>
       <c r="K111" t="s">
         <v>36</v>
       </c>
       <c r="L111" t="s">
         <v>106</v>
       </c>
       <c r="M111" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="P111" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="B112" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C112" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D112" t="s">
         <v>42</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
         <v>105</v>
       </c>
       <c r="G112" t="s">
         <v>34</v>
       </c>
       <c r="H112">
         <v>2011</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="K112" t="s">
         <v>36</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P112" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">