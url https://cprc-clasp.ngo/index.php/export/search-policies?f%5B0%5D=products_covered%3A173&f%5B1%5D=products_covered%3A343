--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -833,66 +833,66 @@
   <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
     <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
     <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
     <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
     <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -3702,51 +3702,51 @@
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>265</v>
       </c>
       <c r="B37" t="s">
         <v>266</v>
       </c>
       <c r="C37" t="s">
         <v>139</v>
       </c>
       <c r="D37" t="s">
         <v>267</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>51</v>
       </c>
       <c r="G37" t="s">
         <v>60</v>
       </c>
       <c r="H37">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
         <v>268</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>269</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>270</v>
       </c>
       <c r="P37" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
         <v>272</v>