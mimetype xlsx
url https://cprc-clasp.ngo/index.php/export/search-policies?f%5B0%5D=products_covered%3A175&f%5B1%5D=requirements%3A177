--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,644 +12,843 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 17896-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for tubular fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to independent type of magnetic and electronic ballasts working under 220V and 50Hz AC used for tubular fluorescent lamps with rated power range of 4W-120W. Does NOT apply to non-preheating type electronic ballasts.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB 29144-2012, GB 17625.1-2012</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E425D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 17896-2022 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for gas discharge lamps for general lighting</t>
+  </si>
+  <si>
+    <t>This standards revised minimum energy performance standards and rating for
+ballasts for tubular fluorescent lamps with a rated power of 4 W to 120 W, supplied by AC power at 220 V and 50 Hz;
+electronic ballasts for external electrode fluorescent lamps with a rated power of 30 W to 400 W;
+independent and built-in electromagnetic and electronic ballasts for metal halide lamps with a rated power of 20 W to 1,500 W;
+and independent and built-in electromagnetic ballasts for high-pressure sodium lamps with a rated power of 70 W to 1,000 W. It replaces GB 17896-2012,GB 29143-2012,GB 20053-2015,GB 19574-2004</t>
+  </si>
+  <si>
+    <t>Lighting, Fluorescent and HID Lighting</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-17896-2022-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=F113142E3FE54B65E05397BE0A0A5AB9</t>
+  </si>
+  <si>
+    <t>GB 19574-2004 Limited values of energy efficiency and evaluating values of energy conservation of ballast for high-pressure sodium lamps</t>
+  </si>
+  <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V rated frequency of 50Hz and rated power of 70W-1000W.</t>
+  </si>
+  <si>
+    <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-19574-2004-limited-values-energy-efficiency-and-evaluating-values-energy-conservation</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C60DD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20053-2015 Limited values of energy efficiency and rating criteria for ballast of metal-halide lamps</t>
+  </si>
+  <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic and electronic ballasts for single capped metal halide lamps with rated 220V; frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
+    <t>GB/T 2829; GB/T 15042; GB 17625.1; GB 17743; GB 19510.10; GB 19510.13; GB/T 26697; QB/T 2511; QB/T 2878</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gb-20053-2015-limited-values-energy-efficiency-and-rating-criteria-ballast-metal-halide</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80E93D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 29143-2012 Minimum allowable values of energy efficiency and energy efficiency grades of ballasts for electrodeless fluorescent lamps</t>
+  </si>
+  <si>
+    <t>This policy applies to out-coupling electrodeless ballasts which have rated power between 30W and 400W, use 220V and 50Hz AC power supply and are used for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
-    <t>GB 29144-2012, GB 17625.1-2012</t>
-[...43 lines deleted...]
-  <si>
     <t>GB 29143</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29143-2012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E62ED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Ballasts for Fluorescent Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>Ballasts for fluorescent lamps manufactured in or imported into Australia or New Zealand must comply with Minimum Energy Performance Standards (MEPS) requirements which are set out in AS/NZS 4783.2.MEPS DOES apply to the following types of ballasts:  ferromagnetic and electronic ballasts used with linear fluorescent lamps from 15W to 70W;  rated for 50 Hz and 230/240/250V supply (or a range that includes these);  ballasts supplied as separate components or as part of a luminaire. MEPS DOES NOT apply to the following types of ballasts:  primarily for use on DC supplies or batteries;  primarily for the production of light (radiation) outside the visible spectrum;  to exit signs within the scope of AS/NZS 2293;  to hazardous area lighting equipment within the scope of AS/NZS 2380 AS/NZS 60079 and AS/NZS 61241.  "</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4783.1:2001</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-ballasts-fluorescent-lamps-determination-2012</t>
   </si>
   <si>
+    <t>http://www.comlaw.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>ISIRI 10759:2005, 1st Edition- technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers electric fluorescent ballast and tube fluorescent lamps 20-40 W, frequency 50hz, and 220-240 volts</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>34C/682/INF: 2005, 34C/693/NP: 2005</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-107592005-1st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>KS 2447-1:2013 Performance of electrical lighting equipment- Ballasts for fluorescent lamps Part 1: Energy labeling and minimum energy performance standards requirements</t>
   </si>
   <si>
+    <t>Specifies requirements for the classsification of ballasts for a range of fluorescent lamp types according to their energy efficiency index</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>KS 2447-2:2013</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2447-12013-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10054&amp;search=ballast</t>
+  </si>
+  <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Provision No. 246</t>
   </si>
   <si>
+    <t>This policy establishes the mandatory labeling for electromagnetic and electronic ballasts for fluorescent lamps, suitable for operation connected to the 220V power grid and 50HZ, which are marketed in the country either independently or as part of a luminaire, as established in IRAM standard n ° 62407.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62407</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-246</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=4000</t>
+  </si>
+  <si>
     <t>Resolucion No. 40122/16</t>
   </si>
   <si>
+    <t>Lighting (residential and public) LED, tungsten and filament halogen lamps</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-no-4012216</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10180/23517/36906-Resolucion-40122-8Feb2016.pdf</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SLS 1200 Energy efficiency rating for fluorescent lamp ballasts</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1200:2012</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7897:2013 Electronic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electronic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>TCVN 7541-2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78972013-electronic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7897-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8248:2013 Electromagnetic ballasts for fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for electromagnetic ballasts for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82482013-electromagnetic-ballasts-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8248-2013-balat-dien-tu-dung-cho-bong-den-huynh-quang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This standard specifies safety requirements for ballasts, excluding resistance types, for use on A.C. supplies up to 1000 V at 50 Hz or 60 Hz, associated with fluorescent lamps with or without pre-heated cathodes operated with or without a starter or starting device and having rated wattages, dimensions and characteristics.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-23-2521-thai-industrial-standard-ballast-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-23-2558p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2337-2557 (2014) Ballasts for tubular fluorescent lamps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements and the measurement of the power consumption of ballasts for fluorescent lamps and determines the energy efficiency index, which is generally shown on the ballast. This standard also specifies the minimum energy performance standards (MEPS) requirements of ballasts for fluorescent lamps. The ballasts covered by this standard are the ferromagnetic or electronic types, that are used with fluorescent lamps with a rated lamp power from 10 W to 70 W, for use on 50 Hz supplies of 220/230/240V. This standard covers ballasts that are supplied as separate components or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2337-2557-2014-ballasts-tubular-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2337-2557.pdf</t>
+  </si>
+  <si>
     <t>US 904-1:2011 Performance of electrical lighting equipment-ballasts for fluorescent lamps - Part 1: Energy labeling and Minimum Energy Performance Standards requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies requirements for the classification of ballasts for a range of fluorescent lamp types according to their Energy Efficiency Index -EEI- and the form of labeling of the EEI; which is generally shown on the ballast rating plate</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-904-12011-performance-electrical-lighting-equipment-ballasts-fluorescent-lamps-part-1</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=543&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -913,1543 +1112,1746 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="969.62" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...28 lines deleted...]
-      <c r="G3">
+      <c r="H3">
         <v>2006</v>
       </c>
-      <c r="H3">
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="I3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="L3" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="M3" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>73</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>74</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8">
+        <v>2000</v>
+      </c>
+      <c r="I8">
+        <v>2012</v>
+      </c>
+      <c r="J8" t="s">
+        <v>81</v>
+      </c>
+      <c r="K8" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...191 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>83</v>
       </c>
       <c r="N8" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="B9" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>1999</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2022</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="N9" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2005</v>
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>80</v>
       </c>
       <c r="H10">
         <v>2005</v>
       </c>
-      <c r="I10" t="s">
-        <v>65</v>
+      <c r="I10">
+        <v>2004</v>
       </c>
       <c r="J10" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
-        <v>75</v>
+        <v>35</v>
       </c>
       <c r="L10" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="M10" t="s">
+        <v>83</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>80</v>
+      </c>
+      <c r="H11">
+        <v>2005</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12">
+        <v>2000</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" t="s">
+        <v>83</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>120</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2018</v>
+      </c>
+      <c r="J15" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
+        <v>129</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>132</v>
+      </c>
+      <c r="B16" t="s">
+        <v>133</v>
+      </c>
+      <c r="C16" t="s">
+        <v>134</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1994</v>
+      </c>
+      <c r="I16">
+        <v>2003</v>
+      </c>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
+        <v>136</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>142</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C18" t="s">
+        <v>134</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1994</v>
+      </c>
+      <c r="I18">
+        <v>2004</v>
+      </c>
+      <c r="J18" t="s">
+        <v>119</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>136</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>149</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>153</v>
+      </c>
+      <c r="P19" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>155</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20" t="s">
+        <v>156</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2010</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>64</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>152</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>158</v>
+      </c>
+      <c r="B21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C21" t="s">
+        <v>160</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>161</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2002</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>167</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>161</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2007</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>161</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2011</v>
+      </c>
+      <c r="I23">
+        <v>2014</v>
+      </c>
+      <c r="J23" t="s">
+        <v>162</v>
+      </c>
+      <c r="K23" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23" t="s">
+        <v>174</v>
+      </c>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>180</v>
+      </c>
+      <c r="D24" t="s">
+        <v>181</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2009</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>187</v>
+      </c>
+      <c r="D25" t="s">
+        <v>188</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>161</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>46</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>189</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>190</v>
+      </c>
+      <c r="P25" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>192</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>193</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>45</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>194</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>195</v>
+      </c>
+      <c r="M26" t="s">
+        <v>196</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>197</v>
+      </c>
+      <c r="P26" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>199</v>
+      </c>
+      <c r="B27" t="s">
+        <v>200</v>
+      </c>
+      <c r="C27" t="s">
+        <v>201</v>
+      </c>
+      <c r="D27" t="s">
+        <v>202</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>64</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>203</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>204</v>
+      </c>
+      <c r="P27" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>206</v>
+      </c>
+      <c r="B28" t="s">
+        <v>207</v>
+      </c>
+      <c r="C28" t="s">
+        <v>201</v>
+      </c>
+      <c r="D28" t="s">
+        <v>208</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>161</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>64</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N10" t="s">
-[...25 lines deleted...]
-      <c r="H11">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>203</v>
+      </c>
+      <c r="N28" t="s">
+        <v>209</v>
+      </c>
+      <c r="O28" t="s">
+        <v>210</v>
+      </c>
+      <c r="P28" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>212</v>
+      </c>
+      <c r="B29" t="s">
+        <v>213</v>
+      </c>
+      <c r="C29" t="s">
+        <v>53</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>56</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" t="s">
+        <v>214</v>
+      </c>
+      <c r="M29" t="s">
+        <v>57</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>215</v>
+      </c>
+      <c r="P29" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>53</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>56</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
+      <c r="M30" t="s">
+        <v>57</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>219</v>
+      </c>
+      <c r="P30" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>221</v>
+      </c>
+      <c r="B31" t="s">
+        <v>222</v>
+      </c>
+      <c r="C31" t="s">
+        <v>180</v>
+      </c>
+      <c r="D31" t="s">
+        <v>223</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>161</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2009</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>182</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>224</v>
+      </c>
+      <c r="P31" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" t="s">
+        <v>227</v>
+      </c>
+      <c r="C32" t="s">
+        <v>228</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1978</v>
+      </c>
+      <c r="I32">
         <v>2017</v>
       </c>
-      <c r="I11" t="s">
-[...277 lines deleted...]
-      <c r="A18" t="s">
+      <c r="J32" t="s">
         <v>111</v>
       </c>
-      <c r="B18" t="s">
-[...220 lines deleted...]
-      <c r="G23">
+      <c r="K32" t="s">
+        <v>35</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>229</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>230</v>
+      </c>
+      <c r="P32" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>232</v>
+      </c>
+      <c r="B33" t="s">
+        <v>233</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>234</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
+        <v>2017</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>235</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>229</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>236</v>
+      </c>
+      <c r="P33" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>238</v>
+      </c>
+      <c r="B34" t="s">
+        <v>239</v>
+      </c>
+      <c r="C34" t="s">
+        <v>240</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>44</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
         <v>2011</v>
       </c>
-      <c r="H23">
-[...462 lines deleted...]
-      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="K34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="N34" t="s">
-        <v>180</v>
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>243</v>
+      </c>
+      <c r="P34" t="s">
+        <v>244</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>