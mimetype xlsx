--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,503 +12,660 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-461226-2010. CQC Mark Certification - High Pressure Sodium Vapor Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to independent and or built-in magnetic ballasts for high pressure sodium lamps which work under rated voltage of 220V; rated frequency of 50Hz; and rated power of 70W-1000W.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 19574-2004 GB/T 7451 GB/T 13434 GB 19510.10</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461226-2010-cqc-mark-certification-high-pressure-sodium-vapor-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492717.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461227-2010. CQC Mark Certification - Metal-Halide Lamps Ballast</t>
   </si>
   <si>
+    <t>Applies to LC peak lead type of independent and built-in type magnetic ballasts for single capped metal halide lamps with rated 220V frequency 50Hz and power 175W-1500W.</t>
+  </si>
+  <si>
     <t>GB 20053-2006 GB/T 15042 GB 15910.10 QB/T 2511 QB/T 2515</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461227-2010-cqc-mark-certification-metal-halide-lamps-ballast</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492715.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461229-2014. CQC Mark Certification - AC electronic ballast for single-capped electrodeless fluorescent lamps</t>
   </si>
   <si>
+    <t>Applies to electronic ballasts working under 220V and 50Hz AC; used for single-capped electrodeless fluorescent lamps with rated power range of 30W-400W.</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461229-2014-cqc-mark-certification-ac-electronic-ballast-single-capped-electrodeless</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/510012.shtml</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Fluorescent Lamp with Embedded Ballasts; No. En-Tech 10205010111</t>
   </si>
   <si>
+    <t>Products shall meet the requirements of CNS 927: Ballasts for fluorescent lamp or CNS 13755: AC supplied electronic ballasts for fluorescent lamp.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 927 or CNS 13755</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-fluorescent-lamp-embedded-ballasts-no-en</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=50</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Fluorescent lamp Ballast Efficiency Factor</t>
   </si>
   <si>
+    <t>This standard program is regulated by CNS 1375. Fluorescent lamp Ballast includes conventional ballast and electronic ballast.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>CNS 1375 CNS 691</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-lamp-ballast-efficiency-factor</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Green Label Scheme - TGL-23-R2-12 Electronic Ballasts</t>
   </si>
   <si>
+    <t>Electronic ballasts for fluorescent lamps</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1506-2542; TIS 1449; TIS 623; CIE No. 25</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-label-scheme-tgl-23-r2-12-electronic-ballasts</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/application-electric.html</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Self-ballasted Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers self-ballasted lamps (with built-in ballast) which are pre-assembled by the manufacturer and applies to single-phase alternating current (AC) rated voltage of 220 volts, frequency of 50 hertz. The following self-ballasted lamps are not included: (1) lamps that provide a spectrum other than the visible; (2) color viewing lamps; (3) lamps used in industrial or agricultural; (4) medical lamps; and (5) lamps for specific use (not intended use as general)</t>
+  </si>
+  <si>
     <t>Lighting, Drivers/ Controls, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>https://www.dede.go.th/</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-self-ballasted-lamps-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048415</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ballasts for fluorescent lamps which are used for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts, which applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz. The following fluorescent lamps are not included: (1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-ballasts-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048413</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electronic Ballasts for Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electronic ballasts for fluorescent lamps or cylindrical fluorescent lamps (straight tube type) with a power of 18 watts or 36 watts or a circular tube with a power of 32 watts which applies to one-phase alternating current rated voltage of 220 volts, frequency 50 hertz. The following fluorescent lamps are not included:(1) fluorescent lamps used to provide a spectrum other than the visible; (2) fluorescent lamps used as an exit sign; and (3) fluorescent lamps used to illuminate hazardous areas.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electronic-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048414</t>
+  </si>
+  <si>
     <t>Procel Seal - Electromagnetic Ballasts for Sodium Vapor Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electromagnetic ballasts for sodium vapor lamps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 13593 NBR 14305</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electromagnetic-ballasts-sodium-vapor-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Electronic Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for electronic ballasts for tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>NBR 5114 NBR 5172</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-electronic-ballasts-tubular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 15 - Ballasts</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for ballasts covering electromagnetic ballasts and electronic ballasts for single and double capped tubular fluorescent lamps (TFL).</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1534 (Part 1):1977, IS 13021 (Part 1 &amp; 2):1991</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-15-ballasts</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule-15ballast.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4104 - Ballasts for T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps ballasts, electronic or electromagnetic, quick or instant start, with or without dimming options.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent lamps or U shape, with T8 tube (2.54cm), and operating at one or several of the following lamp power ratings: 17, 25, 31, 32 or 59 W.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / NMX-J-156-ANCE / NMX-J-197-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4104-ballasts-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4104_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4105 - Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps from 39W to 400W. With rated supply voltage of 120V and 480V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / NMX-J-547-ANCE / ANSI ANSLG C78.42 / ANSI ANSLG C78.43 / ANSI C82.4 / ANSI C82.14 / ANSI C82.6 / IEC 90662</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4105-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4105_09.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4130 - Ballasts for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for ballasts with preheat, rapid, programmed rapid or instant start for CFLs with T4 and T5 tube or circular fluorescent lamps T5 and T9.With nominal voltages at the ballast of 120, 127, 220 or 277 Volts, at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4130-ballasts-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4130_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4131 - Ballasts for T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps ballasts of programmed quick start.With nominal voltages at the ballast of 120, 127, 220, 240, 254, 277 or 440V, at an operating frequency of 60 Hertz, feeding 1,2,3 or 4 linear fluorescent T5 tube (16mm) lamps, and operating at one or several of the following lamp power ratings: 14W, 21W, 28W, 35W or 24WHO, 39WHO, 54WHO or 80WHO.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-198-ANCE / NMX-J-513-ANCE / ANSI C82.2 / ANSI C82.11 / ANSI C82.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4131-ballasts-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4131_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4136 - Dimming Ballasts for High Intensity Discharge Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for HID lamps dimming ballasts of the self-regulated electromagnetic type or electronic type for high pressure sodium lamps, pulse start metal additives or metal halide lamps. Operating at a low frequency (60Hz to 400Hz) with a sine or square waveform, or operating at a high frequency (70Hz to 350Hz) with a sine waveform. With a supply voltage of 120V, 127V, 220V, 240V, 254V or 277V or at any range of the aforementioned voltages at a 60Hz frequency.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-230-ANCE / NMX-J-503-ANCE / NMX-J-510-ANCE / NMX-J-559-ANCE / IEC 90662 / NEMA LSD 14-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4136-dimming-ballasts-high-intensity-discharge-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4136_02.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2310-2556 (2013) self-ballasted lamps for general lighting services: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency requirements of self­ ballasted lamps for general lighting services with a rated voltage of 220 V to 240 V 50 Hz, in accordance with the scope of TIS 2233. This standard specifies requirements for lamps intended for use indoor and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2310-2556-2013-self-ballasted-lamps-general-lighting-services-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/188/9.PDF</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
+  </si>
+  <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -772,1219 +929,1378 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="222.803" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
-        <v>20</v>
+      <c r="I2">
+        <v>2010</v>
       </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H3">
         <v>2010</v>
       </c>
-      <c r="I3" t="s">
-        <v>20</v>
+      <c r="I3">
+        <v>2010</v>
       </c>
       <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...19 lines deleted...]
-      <c r="F4" t="s">
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...2 lines deleted...]
-      <c r="H4">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1993</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2003</v>
+      </c>
+      <c r="I9">
+        <v>2012</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1996</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
+        <v>63</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>101</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>110</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1993</v>
+      </c>
+      <c r="I14">
+        <v>2010</v>
+      </c>
+      <c r="J14" t="s">
+        <v>111</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>112</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1993</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>125</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>132</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" t="s">
+        <v>134</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>140</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>46</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>141</v>
+      </c>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>147</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2012</v>
+      </c>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
+      <c r="M19" t="s">
+        <v>149</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>111</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>154</v>
+      </c>
+      <c r="M20" t="s">
+        <v>149</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>147</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2004</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>111</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>148</v>
+      </c>
+      <c r="M21" t="s">
+        <v>149</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2005</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>111</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" t="s">
+        <v>149</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>147</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>111</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
+        <v>149</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2004</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>175</v>
+      </c>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>77</v>
+      </c>
+      <c r="D25" t="s">
+        <v>93</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G25" t="s">
+        <v>63</v>
+      </c>
+      <c r="H25">
         <v>2014</v>
       </c>
-      <c r="I4" t="s">
-[...11 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>95</v>
+      </c>
+      <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...36 lines deleted...]
-      <c r="M5" t="s">
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>186</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>63</v>
+      </c>
+      <c r="H26">
+        <v>2016</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>64</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...769 lines deleted...]
-      <c r="N23" t="s">
+      <c r="L26" t="s">
         <v>124</v>
       </c>
-    </row>
-[...118 lines deleted...]
-      </c>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N26" t="s">
-        <v>137</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>