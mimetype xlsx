--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,364 +12,463 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for DVD Players|Recorders</t>
   </si>
   <si>
+    <t>The applicable products shall be household DVD players or recorders which meet the requirements of CNS-13438; CNS-13439; CNS-14336 or CNS-14408; or have been recognized by the competent authority as household DVD player; recorder products.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>IEC62301</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-dvd-playersrecorders</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=25</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4146 - Audio and Video Systems</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for audio visual systems: home theater systems, DVD players, and Blu-ray players operating at nominal voltages of 110, 115, 127, 220, 230V, at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Home Theater Equipment, DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NMX-I-122-NYCE / NOM-001-SCFI / NOM-008-SCFI / NOM-024-SCFI / IEC 62087</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4146-audio-and-video-systems</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4146.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Video Media Players / Recorders TGL-39-04</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to mains-powered electronic equipment designed to reproduce video-audio signals recorded in data storage media video cassette tape, VCD, DVD, etc. in connection with other visual display units and sound speaker units such as TVs.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Certificate of conformity and test results. (with quality and environmental requirements).
 ,   
                     Standby power consumption of the applied product shall comply with the following requirements: The power consumption of the applied product in on-mode not exceeded 15W. Exempted from this are audio-DVD combination units.</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-video-media-players-recorders-tgl-39-04</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-39-04.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -633,731 +732,818 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:P15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="287.787" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>35</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-        <v>31</v>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>49</v>
+      </c>
+      <c r="G7" t="s">
         <v>33</v>
-      </c>
-[...128 lines deleted...]
-        <v>2007</v>
       </c>
       <c r="H7">
         <v>2007</v>
       </c>
-      <c r="I7" t="s">
-        <v>53</v>
+      <c r="I7">
+        <v>2007</v>
       </c>
       <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8">
+        <v>1996</v>
+      </c>
+      <c r="I8">
+        <v>2010</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>60</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>49</v>
+      </c>
+      <c r="G9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2009</v>
+      </c>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2004</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...9 lines deleted...]
-        <v>56</v>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
       </c>
     </row>
-    <row r="8" spans="1:14">
-[...12 lines deleted...]
-      <c r="E8" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>40</v>
       </c>
-      <c r="F8" t="s">
-[...8 lines deleted...]
-      <c r="I8" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>108</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>114</v>
+      </c>
+      <c r="E14" t="s">
         <v>48</v>
       </c>
-      <c r="J8" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>116</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14"/>
     </row>
-    <row r="9" spans="1:14">
-[...12 lines deleted...]
-      <c r="E9" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>112</v>
+      </c>
+      <c r="C15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E15" t="s">
+        <v>48</v>
+      </c>
+      <c r="F15" t="s">
         <v>40</v>
       </c>
-      <c r="F9" t="s">
-[...88 lines deleted...]
-      <c r="G11">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2021</v>
       </c>
-      <c r="H11"/>
-[...162 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="K15" t="s">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>88</v>
+        <v>116</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
-        <v>90</v>
-      </c>
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>