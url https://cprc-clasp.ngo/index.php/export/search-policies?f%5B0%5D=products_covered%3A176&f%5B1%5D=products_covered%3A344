--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,350 +12,437 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -619,687 +706,768 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>2017</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1996</v>
+      </c>
+      <c r="I7">
+        <v>2010</v>
+      </c>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8">
+        <v>2024</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>37</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>77</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9">
+        <v>2025</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>86</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>61</v>
+      </c>
+      <c r="G12" t="s">
+        <v>51</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...8 lines deleted...]
-      </c>
+      <c r="G13" t="s">
+        <v>51</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13"/>
     </row>
-    <row r="4" spans="1:14">
-[...27 lines deleted...]
-      <c r="J4" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...11 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G14" t="s">
+        <v>51</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>107</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>108</v>
+      </c>
+      <c r="M14" t="s">
+        <v>109</v>
+      </c>
+      <c r="N14" t="s">
         <v>37</v>
       </c>
-      <c r="B5" t="s">
-[...401 lines deleted...]
-      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>