--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,305 +12,377 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>November 2020</t>
-[...2 lines deleted...]
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -574,563 +646,626 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1998</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...2 lines deleted...]
-      <c r="H2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2000</v>
+      </c>
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>43</v>
+      </c>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1996</v>
+      </c>
+      <c r="I5">
+        <v>2010</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7">
+        <v>2021</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...12 lines deleted...]
-      <c r="E3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...22 lines deleted...]
-        <v>28</v>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>80</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="G10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10"/>
     </row>
-    <row r="5" spans="1:14">
-      <c r="A5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
         <v>39</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="F11" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...14 lines deleted...]
-      <c r="I5" t="s">
+      <c r="G11" t="s">
         <v>41</v>
       </c>
-      <c r="J5" t="s">
-[...74 lines deleted...]
-      <c r="G7">
+      <c r="H11">
         <v>2021</v>
       </c>
-      <c r="H7"/>
-[...28 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
         <v>26</v>
       </c>
-      <c r="F8" t="s">
-[...145 lines deleted...]
-      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>