--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -574,69 +574,69 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...11 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
     <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
   </si>
   <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
   </si>
@@ -4138,127 +4138,127 @@
         <v>136</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23"/>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>180</v>
       </c>
       <c r="P23" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>182</v>
       </c>
       <c r="B24" t="s">
         <v>183</v>
       </c>
       <c r="C24" t="s">
-        <v>125</v>
+        <v>179</v>
       </c>
       <c r="D24" t="s">
         <v>160</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1992</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
         <v>184</v>
       </c>
       <c r="K24" t="s">
         <v>45</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>145</v>
+        <v>185</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>182</v>
       </c>
       <c r="B25" t="s">
         <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>179</v>
+        <v>125</v>
       </c>
       <c r="D25" t="s">
         <v>160</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>1992</v>
       </c>
       <c r="I25">
         <v>2013</v>
       </c>
       <c r="J25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K25" t="s">
         <v>45</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>188</v>
+        <v>145</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
         <v>189</v>
       </c>
       <c r="P25" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>191</v>
       </c>
       <c r="B26" t="s">
         <v>192</v>
       </c>
       <c r="C26" t="s">
         <v>97</v>
       </c>
       <c r="D26" t="s">
         <v>193</v>
       </c>
       <c r="E26" t="s">