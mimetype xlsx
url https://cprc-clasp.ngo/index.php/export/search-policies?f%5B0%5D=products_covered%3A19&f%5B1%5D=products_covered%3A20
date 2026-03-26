--- v0 (2026-02-02)
+++ v1 (2026-03-26)
@@ -1323,63 +1323,63 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
   </si>
   <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -10947,136 +10947,136 @@
         <v>279</v>
       </c>
       <c r="K72" t="s">
         <v>24</v>
       </c>
       <c r="L72"/>
       <c r="M72"/>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>421</v>
       </c>
       <c r="P72" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>423</v>
       </c>
       <c r="B73" t="s">
         <v>424</v>
       </c>
       <c r="C73" t="s">
-        <v>260</v>
+        <v>420</v>
       </c>
       <c r="D73" t="s">
         <v>335</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>21</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>1992</v>
       </c>
       <c r="I73">
         <v>2013</v>
       </c>
       <c r="J73" t="s">
-        <v>425</v>
+        <v>386</v>
       </c>
       <c r="K73" t="s">
         <v>45</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>286</v>
+        <v>425</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>426</v>
       </c>
       <c r="P73" t="s">
-        <v>427</v>
+        <v>357</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>423</v>
       </c>
       <c r="B74" t="s">
         <v>424</v>
       </c>
       <c r="C74" t="s">
-        <v>420</v>
+        <v>260</v>
       </c>
       <c r="D74" t="s">
         <v>335</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>21</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>1992</v>
       </c>
       <c r="I74">
         <v>2013</v>
       </c>
       <c r="J74" t="s">
-        <v>386</v>
+        <v>427</v>
       </c>
       <c r="K74" t="s">
         <v>45</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
+        <v>286</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
         <v>428</v>
       </c>
-      <c r="N74" t="s">
-[...2 lines deleted...]
-      <c r="O74" t="s">
+      <c r="P74" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>430</v>
       </c>
       <c r="B75" t="s">
         <v>431</v>
       </c>
       <c r="C75" t="s">
         <v>432</v>
       </c>
       <c r="D75" t="s">
         <v>433</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>121</v>
       </c>
       <c r="G75" t="s">
         <v>55</v>
       </c>
       <c r="H75">