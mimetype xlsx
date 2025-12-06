--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,1844 +12,2659 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="569">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="825">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
+  </si>
+  <si>
+    <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/4472</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-031. Electric Clothes Washers</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does not apply to those with washing capacity no larger than 1.0kg and those without dehydration function. For washer-dryer type only washing performance is considered.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GB/T 4288 2008 GB 12021.4-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-031-electric-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B65_%E7%94%B5%E5%8A%A8%E6%B4%97%E8%A1%A3%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC62-448121-2013. CQC Mark Certification - Electric Washing Machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to those with washing capacity no larger than 1.0kg.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc62-448121-2013-cqc-mark-certification-electric-washing-machines</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492565.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Disposition 684|2013</t>
   </si>
   <si>
+    <t>Through Resolution of former SE No. 684/2013 a minimum standard of energy efficiency is established for the commercialization of electric washing machines</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/disposition-6842013</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
+  </si>
+  <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-677/</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Washers</t>
   </si>
   <si>
+    <t>The product shall meet the definition of C.C.C. Code: 8450 under the clothes washers category or recognized by the Bureau of Energy of MOEA as Washing Machines and shall also meet the requirements of CNS 3765-7. Covers both top-loading and front-loading types.</t>
+  </si>
+  <si>
     <t>JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-label-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=6</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Irons</t>
   </si>
   <si>
+    <t>This program covers electric irons types: dry types, steam types, and steam iron system types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Irons</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60311 Edition 4.1:2006-02</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-irons</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/iron.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Washing Machines</t>
   </si>
   <si>
+    <t>This program covers the following washing machine types: top load, twin tub, and front load.</t>
+  </si>
+  <si>
     <t>TIS 2537-2562 (or IEC 60456 : 2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-washing-machines</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wash.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Washing Machine</t>
+  </si>
+  <si>
+    <t>This policy mandates energy performance standards for star labeled washing machine (with or without heating devices utilizing cold or hot water supply) for household and similar use.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>IEC 60456:2010 
 ,   
                     IS 302-7-7:2010</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-washing-machine</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/WM%20Notification%20e-gazette.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Washers Version 8.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Clothes Washer or Commercial Clothes Washer as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of:
+i) products with a clothes container volume of less than 1.6 cubic feet,
+ii) products configured in any way other than a front- or top-loading design,
+iii) Combination All-in-One Washer-Dryers,
+iv) Residential Clothes Washers with an Optional Dry Cycle, and
+v) Commercial Clothes Washers with a clothes container volume larger than 6.0 cubic feet</t>
+  </si>
+  <si>
     <t>10 CFR 430, Subpart B, Appendix J2; 10 CFR 430, Subpart B, Appendix J1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-clothes-washers-version-81</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_washers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 12021.4-2013 The maximum allowable values of the energy water consumption and grades for household electric washing machines</t>
   </si>
   <si>
+    <t>Applies to household electric washing machines with washing capacity no larger than 13kg. Does NOT apply to washing machines with rated wash capacity below 1.0kg or single tub washing machines without centrifugal drying functions; Does NOT apply to agitator-type washing machines. For washing and drying machines; only washing functions will be assessed.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120214-2013-maximum-allowable-values-energy-water-consumption-and-grades-household</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6BED3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+  </si>
+  <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
+    <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
+  </si>
+  <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Clothes Washing Machines) Determination 2015</t>
   </si>
   <si>
+    <t>This policy applies to clothes washers which are intended for household or similar use.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 2040.1:2005 AS/NZS 2040:2:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-clothes-washing-machines-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2015L01816</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
+    <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
+  </si>
+  <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n23-clothes-washers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 170 of 05 April 2019</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for household washing machines.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
+  </si>
+  <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
+    <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
+    <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 3477-2, 1st Edition, Specification for energy consumption and energy labeling of electrical household washing machines</t>
   </si>
   <si>
+    <t>Fully automatic residential clothes washer</t>
+  </si>
+  <si>
     <t>95/12/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3477-2-1st-edition-specification-energy-consumption-and-energy-labeling-electrical</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
+    <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>LI 2443 Energy Commission Clothes Washing Machines Regulations</t>
   </si>
   <si>
+    <t>This policy includes energy efficiency standards and labeling guidelines for clothes washing machines in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2443-energy-commission-clothes-washing-machines-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
+    <t>http://www.environment.gov.mv/v2/en/news/7964</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%27 , http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%26,</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-washing-machines-0</t>
   </si>
   <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Clothes Washers, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin hub, and front load) with a rated voltage not exceeding 250 V for a single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063742</t>
+  </si>
+  <si>
+    <t>The ministerial regulation covers clothes washing machines (top load, twin tub, front load), with a rated voltage not exceeding 250 V for single-phase AC supply and an electric frequency of 50 hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-clothes-washers-be-2564-2021-0</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>NOM-005-ENER-2016</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household electric clothes washers.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-585-ANCE-2014</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-005-ener-2016</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5460980&amp;fecha=15/11/2016#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for washing machines.</t>
+  </si>
+  <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
+    <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
   <si>
+    <t>This protocol provides specifications for certifying efficiency of clothes washers for domestic use, with or without heating devices, operating with cold or hot water.</t>
+  </si>
+  <si>
     <t>SEC PE Nº1/06/2 / UNIT 1171:2010 / UNIT 1171:2010 / IRAM 2141-3 (2010)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-70-labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1073368</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
     <t>Schedule 12 - Washing Machines</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for all types of washing machines covered under the scope of IEC 60456 and IS 302-2-7 meant for household and similar use, being manufactured, imported and sold in India. The label is voluntary until December 31, 2020, and is expected to become mandatory in 2021.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010, IS 302-7-7:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-12-washing-machines</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule12-WM.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4115 - Domestic Clothes Washers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for automatic clothes washers.</t>
+  </si>
+  <si>
     <t>NOM-005-ENER / NOM-003-SCFI / NOM-008-SCFI / NMX-J-585-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4115-domestic-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP4115_2.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8526:2013 Clothes washing machines for household use - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
+  </si>
+  <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Clothes Washing Machines for Household Use TGL-13-R2-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to washing machines for residential and similar applications with AC power supply characteristics.</t>
+  </si>
+  <si>
     <t>TIS 1462-2540</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-clothes-washing-machines-household-use-tgl-13-r2-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-13-R2-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric irons TGL-87-13</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to dry electric irons and electric steam irons, including electric irons with separate water containers or boilers with a capacity of no more than 5 liters for home use and similar purposes and a rated voltage that does not exceed 250 volts.</t>
   </si>
   <si>
     <t>TIS 366 
 ,   
                     IEC 60311</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-irons-tgl-87-13</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>TIS 1462-2562 (2019) Clothes washing machines for household use - Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines the minimum energy efficiency requirements of clothes washing machines for household and similar purposes with a rated voltage not exceeding 250 V for single-phase AC supply, with or without heating devices, and for cold and/or hot water supply, and having standard washing capacity not exceeding 30 kg.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-1462-2562-2019-clothes-washing-machines-household-use-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS1462-2562p.pdf</t>
+  </si>
+  <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
+  </si>
+  <si>
     <t>Laundry, Irons</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=2590-2557</t>
+  </si>
+  <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
+    <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
+    <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
+  </si>
+  <si>
     <t>Tunisia Clothes Washer MEPS &amp; label</t>
   </si>
   <si>
     <t>Tunisia</t>
   </si>
   <si>
     <t>National Agency for Energy Conservation (ANME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tunisia-clothes-washer-meps-label</t>
   </si>
   <si>
+    <t>http://130.226.56.176/sites/default/files/EE%20Labelling%20and%20MEPS%20Programmes%20for%20Household%20Appliances-Tunisia%20Case%20Study.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
+  </si>
+  <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2113,5853 +2928,6670 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N136"/>
+  <dimension ref="A1:P136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>1980</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2006</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
+      <c r="G7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>44</v>
       </c>
-      <c r="D5" t="s">
-[...109 lines deleted...]
-      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
         <v>62</v>
       </c>
-      <c r="B8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8">
         <v>2017</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>64</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>29</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>63</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
         <v>72</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
         <v>36</v>
       </c>
-      <c r="F10" t="s">
-[...46 lines deleted...]
-      <c r="G11">
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K12"/>
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>31</v>
+        <v>105</v>
       </c>
       <c r="N12" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>109</v>
       </c>
       <c r="C13" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>43</v>
+      </c>
+      <c r="G13" t="s">
+        <v>72</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>98</v>
+      </c>
+      <c r="K13" t="s">
+        <v>111</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>112</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>43</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1995</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>104</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>117</v>
+      </c>
+      <c r="M14" t="s">
+        <v>105</v>
+      </c>
+      <c r="N14" t="s">
+        <v>112</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1995</v>
+      </c>
+      <c r="I15">
+        <v>2023</v>
+      </c>
+      <c r="J15" t="s">
+        <v>123</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1995</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>104</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>117</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>72</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2023</v>
+      </c>
+      <c r="J18" t="s">
+        <v>123</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>143</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>72</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>98</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>146</v>
+      </c>
+      <c r="B20" t="s">
+        <v>147</v>
+      </c>
+      <c r="C20" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" t="s">
+        <v>148</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>72</v>
+      </c>
+      <c r="H20">
+        <v>2015</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>98</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
         <v>36</v>
       </c>
-      <c r="F13" t="s">
-[...28 lines deleted...]
-      <c r="C14" t="s">
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" t="s">
+        <v>148</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
         <v>72</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>104</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>105</v>
+      </c>
+      <c r="N21" t="s">
         <v>36</v>
       </c>
-      <c r="F14" t="s">
-[...17 lines deleted...]
-      <c r="L14" t="s">
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
         <v>78</v>
       </c>
-      <c r="M14" t="s">
-[...303 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="E22" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>157</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
-        <v>114</v>
+      <c r="I22">
+        <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
       <c r="K22" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" t="s">
+        <v>62</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>157</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2012</v>
+      </c>
+      <c r="I23">
+        <v>2016</v>
+      </c>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>165</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>166</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>169</v>
+      </c>
+      <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
+        <v>91</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>157</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2013</v>
+      </c>
+      <c r="J24" t="s">
+        <v>158</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>92</v>
+      </c>
+      <c r="M24" t="s">
+        <v>160</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>170</v>
+      </c>
+      <c r="P24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>172</v>
+      </c>
+      <c r="B25" t="s">
+        <v>173</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>175</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>176</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2023</v>
+      </c>
+      <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>184</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>72</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>177</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>185</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>191</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>72</v>
+      </c>
+      <c r="H27">
+        <v>2020</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>192</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>193</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>198</v>
+      </c>
+      <c r="D28" t="s">
+        <v>91</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>72</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>199</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>200</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>205</v>
+      </c>
+      <c r="D29" t="s">
+        <v>91</v>
+      </c>
+      <c r="E29" t="s">
+        <v>206</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>207</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" t="s">
+        <v>209</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" t="s">
+        <v>62</v>
+      </c>
+      <c r="E30" t="s">
+        <v>206</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>207</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>54</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>216</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>217</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>91</v>
+      </c>
+      <c r="E31" t="s">
+        <v>206</v>
+      </c>
+      <c r="F31" t="s">
+        <v>219</v>
+      </c>
+      <c r="G31" t="s">
+        <v>207</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>54</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>220</v>
+      </c>
+      <c r="M31" t="s">
+        <v>221</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>222</v>
+      </c>
+      <c r="P31" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>224</v>
+      </c>
+      <c r="B32" t="s">
+        <v>225</v>
+      </c>
+      <c r="C32" t="s">
+        <v>226</v>
+      </c>
+      <c r="D32" t="s">
+        <v>122</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>43</v>
+      </c>
+      <c r="G32" t="s">
+        <v>207</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>227</v>
+      </c>
+      <c r="K32" t="s">
         <v>24</v>
       </c>
-      <c r="N22" t="s">
-[...22 lines deleted...]
-      <c r="G23">
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>228</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>229</v>
+      </c>
+      <c r="P32" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
+        <v>233</v>
+      </c>
+      <c r="D33" t="s">
+        <v>234</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>219</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>54</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>235</v>
+      </c>
+      <c r="M33" t="s">
+        <v>236</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>237</v>
+      </c>
+      <c r="P33" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>239</v>
+      </c>
+      <c r="B34" t="s">
+        <v>240</v>
+      </c>
+      <c r="C34" t="s">
+        <v>241</v>
+      </c>
+      <c r="D34" t="s">
+        <v>122</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>157</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2001</v>
+      </c>
+      <c r="I34">
+        <v>2002</v>
+      </c>
+      <c r="J34" t="s">
+        <v>242</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>243</v>
+      </c>
+      <c r="M34" t="s">
+        <v>244</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>247</v>
+      </c>
+      <c r="B35" t="s">
+        <v>248</v>
+      </c>
+      <c r="C35" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" t="s">
+        <v>91</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>157</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
+        <v>2010</v>
+      </c>
+      <c r="J35" t="s">
+        <v>242</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>249</v>
+      </c>
+      <c r="M35" t="s">
+        <v>244</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>250</v>
+      </c>
+      <c r="P35" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>252</v>
+      </c>
+      <c r="B36" t="s">
+        <v>253</v>
+      </c>
+      <c r="C36" t="s">
+        <v>254</v>
+      </c>
+      <c r="D36" t="s">
+        <v>91</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2009</v>
+      </c>
+      <c r="J36" t="s">
+        <v>255</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>256</v>
+      </c>
+      <c r="M36" t="s">
+        <v>257</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>260</v>
+      </c>
+      <c r="B37" t="s">
+        <v>261</v>
+      </c>
+      <c r="C37" t="s">
+        <v>254</v>
+      </c>
+      <c r="D37" t="s">
+        <v>262</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>43</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2009</v>
+      </c>
+      <c r="J37" t="s">
+        <v>255</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>256</v>
+      </c>
+      <c r="M37" t="s">
+        <v>257</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>263</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>264</v>
+      </c>
+      <c r="B38" t="s">
+        <v>265</v>
+      </c>
+      <c r="C38" t="s">
+        <v>266</v>
+      </c>
+      <c r="D38" t="s">
+        <v>267</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>43</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
         <v>2012</v>
       </c>
-      <c r="H23">
+      <c r="I38">
+        <v>2019</v>
+      </c>
+      <c r="J38" t="s">
+        <v>268</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>269</v>
+      </c>
+      <c r="M38" t="s">
+        <v>270</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>271</v>
+      </c>
+      <c r="P38" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>273</v>
+      </c>
+      <c r="B39" t="s">
+        <v>274</v>
+      </c>
+      <c r="C39" t="s">
+        <v>266</v>
+      </c>
+      <c r="D39" t="s">
+        <v>62</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>43</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39">
+        <v>2019</v>
+      </c>
+      <c r="J39" t="s">
+        <v>275</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>276</v>
+      </c>
+      <c r="M39" t="s">
+        <v>270</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>277</v>
+      </c>
+      <c r="P39" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>279</v>
+      </c>
+      <c r="B40" t="s">
+        <v>280</v>
+      </c>
+      <c r="C40" t="s">
+        <v>266</v>
+      </c>
+      <c r="D40" t="s">
+        <v>91</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>43</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40">
+        <v>2019</v>
+      </c>
+      <c r="J40" t="s">
+        <v>275</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>281</v>
+      </c>
+      <c r="M40" t="s">
+        <v>270</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>282</v>
+      </c>
+      <c r="P40" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>284</v>
+      </c>
+      <c r="B41" t="s">
+        <v>285</v>
+      </c>
+      <c r="C41" t="s">
+        <v>286</v>
+      </c>
+      <c r="D41" t="s">
+        <v>91</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>157</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1997</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>54</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>287</v>
+      </c>
+      <c r="M41" t="s">
+        <v>288</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>289</v>
+      </c>
+      <c r="P41" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>291</v>
+      </c>
+      <c r="B42" t="s">
+        <v>292</v>
+      </c>
+      <c r="C42" t="s">
+        <v>293</v>
+      </c>
+      <c r="D42" t="s">
+        <v>91</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>219</v>
+      </c>
+      <c r="G42" t="s">
+        <v>72</v>
+      </c>
+      <c r="H42">
+        <v>2023</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>294</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>295</v>
+      </c>
+      <c r="M42" t="s">
+        <v>296</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>297</v>
+      </c>
+      <c r="P42" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>299</v>
+      </c>
+      <c r="B43" t="s">
+        <v>300</v>
+      </c>
+      <c r="C43" t="s">
+        <v>301</v>
+      </c>
+      <c r="D43" t="s">
+        <v>302</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>219</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2016</v>
       </c>
-      <c r="I23" t="s">
-[...81 lines deleted...]
-      <c r="G25">
+      <c r="I43">
+        <v>2019</v>
+      </c>
+      <c r="J43" t="s">
+        <v>54</v>
+      </c>
+      <c r="K43" t="s">
+        <v>45</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>303</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>304</v>
+      </c>
+      <c r="P43" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>306</v>
+      </c>
+      <c r="B44" t="s">
+        <v>307</v>
+      </c>
+      <c r="C44" t="s">
+        <v>308</v>
+      </c>
+      <c r="D44" t="s">
+        <v>309</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>310</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44">
         <v>2011</v>
       </c>
-      <c r="H25">
-[...218 lines deleted...]
-      <c r="A31" t="s">
+      <c r="J44" t="s">
+        <v>311</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>312</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>313</v>
+      </c>
+      <c r="P44" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>315</v>
+      </c>
+      <c r="B45" t="s">
+        <v>316</v>
+      </c>
+      <c r="C45" t="s">
+        <v>97</v>
+      </c>
+      <c r="D45" t="s">
+        <v>91</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
         <v>157</v>
       </c>
-      <c r="B31" t="s">
-[...611 lines deleted...]
-        <v>2015</v>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
-      <c r="I45" t="s">
-        <v>143</v>
+      <c r="I45">
+        <v>2015</v>
       </c>
       <c r="J45" t="s">
-        <v>29</v>
+        <v>199</v>
       </c>
       <c r="K45" t="s">
+        <v>34</v>
+      </c>
+      <c r="L45" t="s">
+        <v>25</v>
+      </c>
+      <c r="M45" t="s">
+        <v>317</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>318</v>
+      </c>
+      <c r="P45" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>315</v>
+      </c>
+      <c r="B46" t="s">
+        <v>320</v>
+      </c>
+      <c r="C46" t="s">
+        <v>97</v>
+      </c>
+      <c r="D46" t="s">
+        <v>262</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>157</v>
+      </c>
+      <c r="G46" t="s">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H46">
         <v>2015</v>
       </c>
-      <c r="I46" t="s">
-        <v>143</v>
+      <c r="I46">
+        <v>2015</v>
       </c>
       <c r="J46" t="s">
-        <v>29</v>
+        <v>199</v>
       </c>
       <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46" t="s">
+        <v>25</v>
+      </c>
+      <c r="M46" t="s">
+        <v>317</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>321</v>
+      </c>
+      <c r="P46" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>322</v>
+      </c>
+      <c r="B47" t="s">
+        <v>323</v>
+      </c>
+      <c r="C47" t="s">
+        <v>324</v>
+      </c>
+      <c r="D47" t="s">
+        <v>122</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>157</v>
+      </c>
+      <c r="G47" t="s">
         <v>22</v>
       </c>
-      <c r="L46" t="s">
-[...2 lines deleted...]
-      <c r="M46" t="s">
+      <c r="H47">
+        <v>2014</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>54</v>
+      </c>
+      <c r="K47" t="s">
         <v>24</v>
       </c>
-      <c r="N46" t="s">
-[...7 lines deleted...]
-      <c r="B47" t="s">
+      <c r="L47" t="s">
+        <v>325</v>
+      </c>
+      <c r="M47" t="s">
+        <v>326</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>327</v>
+      </c>
+      <c r="P47" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>329</v>
+      </c>
+      <c r="B48" t="s">
+        <v>330</v>
+      </c>
+      <c r="C48" t="s">
+        <v>324</v>
+      </c>
+      <c r="D48" t="s">
+        <v>91</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>157</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1997</v>
+      </c>
+      <c r="I48">
+        <v>2018</v>
+      </c>
+      <c r="J48" t="s">
+        <v>54</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48" t="s">
+        <v>331</v>
+      </c>
+      <c r="M48" t="s">
+        <v>326</v>
+      </c>
+      <c r="N48" t="s">
+        <v>112</v>
+      </c>
+      <c r="O48" t="s">
+        <v>332</v>
+      </c>
+      <c r="P48" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>334</v>
+      </c>
+      <c r="B49" t="s">
+        <v>335</v>
+      </c>
+      <c r="C49" t="s">
+        <v>214</v>
+      </c>
+      <c r="D49" t="s">
+        <v>62</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>219</v>
+      </c>
+      <c r="G49" t="s">
+        <v>72</v>
+      </c>
+      <c r="H49">
+        <v>2023</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>294</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>221</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>336</v>
+      </c>
+      <c r="P49" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>338</v>
+      </c>
+      <c r="B50" t="s">
+        <v>339</v>
+      </c>
+      <c r="C50" t="s">
+        <v>78</v>
+      </c>
+      <c r="D50" t="s">
+        <v>91</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1989</v>
+      </c>
+      <c r="I50">
+        <v>2013</v>
+      </c>
+      <c r="J50" t="s">
+        <v>158</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>92</v>
+      </c>
+      <c r="M50" t="s">
+        <v>81</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>340</v>
+      </c>
+      <c r="P50" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>342</v>
+      </c>
+      <c r="B51" t="s">
+        <v>343</v>
+      </c>
+      <c r="C51" t="s">
+        <v>78</v>
+      </c>
+      <c r="D51" t="s">
+        <v>62</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2011</v>
+      </c>
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>158</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>86</v>
+      </c>
+      <c r="M51" t="s">
+        <v>81</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>344</v>
+      </c>
+      <c r="P51" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>346</v>
+      </c>
+      <c r="B52" t="s">
+        <v>347</v>
+      </c>
+      <c r="C52" t="s">
+        <v>78</v>
+      </c>
+      <c r="D52" t="s">
+        <v>62</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52">
+        <v>2017</v>
+      </c>
+      <c r="J52" t="s">
+        <v>158</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>348</v>
+      </c>
+      <c r="M52" t="s">
+        <v>81</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>349</v>
+      </c>
+      <c r="P52" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>351</v>
+      </c>
+      <c r="B53" t="s">
+        <v>352</v>
+      </c>
+      <c r="C53" t="s">
+        <v>353</v>
+      </c>
+      <c r="D53" t="s">
+        <v>354</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>355</v>
+      </c>
+      <c r="G53" t="s">
+        <v>356</v>
+      </c>
+      <c r="H53">
+        <v>2024</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>357</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>358</v>
+      </c>
+      <c r="N53" t="s">
+        <v>112</v>
+      </c>
+      <c r="O53" t="s">
+        <v>359</v>
+      </c>
+      <c r="P53" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>361</v>
+      </c>
+      <c r="B54" t="s">
+        <v>362</v>
+      </c>
+      <c r="C54" t="s">
+        <v>78</v>
+      </c>
+      <c r="D54" t="s">
+        <v>363</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>157</v>
+      </c>
+      <c r="G54" t="s">
+        <v>72</v>
+      </c>
+      <c r="H54">
+        <v>2021</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>54</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>364</v>
+      </c>
+      <c r="M54" t="s">
+        <v>365</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>366</v>
+      </c>
+      <c r="P54" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>368</v>
+      </c>
+      <c r="B55" t="s">
+        <v>369</v>
+      </c>
+      <c r="C55" t="s">
+        <v>370</v>
+      </c>
+      <c r="D55" t="s">
+        <v>91</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>72</v>
+      </c>
+      <c r="H55">
+        <v>1984</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>242</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>371</v>
+      </c>
+      <c r="M55" t="s">
+        <v>372</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>373</v>
+      </c>
+      <c r="P55" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>375</v>
+      </c>
+      <c r="B56" t="s">
+        <v>376</v>
+      </c>
+      <c r="C56" t="s">
+        <v>370</v>
+      </c>
+      <c r="D56" t="s">
+        <v>91</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>43</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2011</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>242</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>377</v>
+      </c>
+      <c r="M56" t="s">
+        <v>372</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>378</v>
+      </c>
+      <c r="P56" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>380</v>
+      </c>
+      <c r="B57" t="s">
+        <v>381</v>
+      </c>
+      <c r="C57" t="s">
+        <v>382</v>
+      </c>
+      <c r="D57" t="s">
+        <v>91</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>219</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2024</v>
+      </c>
+      <c r="J57" t="s">
+        <v>383</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>384</v>
+      </c>
+      <c r="M57" t="s">
+        <v>385</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>386</v>
+      </c>
+      <c r="P57" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>388</v>
+      </c>
+      <c r="B58" t="s">
+        <v>389</v>
+      </c>
+      <c r="C58" t="s">
+        <v>390</v>
+      </c>
+      <c r="D58" t="s">
+        <v>91</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>219</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1989</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>275</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58" t="s">
+        <v>391</v>
+      </c>
+      <c r="M58" t="s">
+        <v>392</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>393</v>
+      </c>
+      <c r="P58" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>395</v>
+      </c>
+      <c r="B59" t="s">
+        <v>396</v>
+      </c>
+      <c r="C59" t="s">
+        <v>390</v>
+      </c>
+      <c r="D59" t="s">
+        <v>62</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59">
+        <v>2024</v>
+      </c>
+      <c r="J59" t="s">
+        <v>397</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>398</v>
+      </c>
+      <c r="M59" t="s">
+        <v>392</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>399</v>
+      </c>
+      <c r="P59" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>401</v>
+      </c>
+      <c r="B60" t="s">
+        <v>402</v>
+      </c>
+      <c r="C60" t="s">
+        <v>390</v>
+      </c>
+      <c r="D60" t="s">
+        <v>122</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>219</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1989</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>275</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>403</v>
+      </c>
+      <c r="M60" t="s">
+        <v>392</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>404</v>
+      </c>
+      <c r="P60" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>406</v>
+      </c>
+      <c r="B61" t="s">
+        <v>407</v>
+      </c>
+      <c r="C61" t="s">
+        <v>241</v>
+      </c>
+      <c r="D61" t="s">
+        <v>91</v>
+      </c>
+      <c r="E61" t="s">
+        <v>42</v>
+      </c>
+      <c r="F61" t="s">
+        <v>157</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2002</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>242</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>408</v>
+      </c>
+      <c r="M61" t="s">
+        <v>244</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>409</v>
+      </c>
+      <c r="P61" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>411</v>
+      </c>
+      <c r="B62" t="s">
+        <v>412</v>
+      </c>
+      <c r="C62" t="s">
+        <v>241</v>
+      </c>
+      <c r="D62" t="s">
+        <v>122</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>157</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2001</v>
+      </c>
+      <c r="I62">
+        <v>2013</v>
+      </c>
+      <c r="J62" t="s">
+        <v>242</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>244</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>413</v>
+      </c>
+      <c r="P62" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>415</v>
+      </c>
+      <c r="B63" t="s">
+        <v>416</v>
+      </c>
+      <c r="C63" t="s">
+        <v>382</v>
+      </c>
+      <c r="D63" t="s">
+        <v>91</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>219</v>
+      </c>
+      <c r="G63" t="s">
+        <v>417</v>
+      </c>
+      <c r="H63">
+        <v>2018</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>418</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>419</v>
+      </c>
+      <c r="M63" t="s">
+        <v>385</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>420</v>
+      </c>
+      <c r="P63" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>422</v>
+      </c>
+      <c r="B64" t="s">
+        <v>423</v>
+      </c>
+      <c r="C64" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" t="s">
+        <v>91</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>219</v>
+      </c>
+      <c r="G64" t="s">
+        <v>72</v>
+      </c>
+      <c r="H64">
+        <v>2023</v>
+      </c>
+      <c r="I64">
+        <v>2024</v>
+      </c>
+      <c r="J64" t="s">
+        <v>357</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>424</v>
+      </c>
+      <c r="M64" t="s">
+        <v>185</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>425</v>
+      </c>
+      <c r="P64" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>427</v>
+      </c>
+      <c r="B65" t="s">
+        <v>428</v>
+      </c>
+      <c r="C65" t="s">
+        <v>429</v>
+      </c>
+      <c r="D65" t="s">
+        <v>91</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>43</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>1984</v>
+      </c>
+      <c r="I65">
+        <v>2019</v>
+      </c>
+      <c r="J65" t="s">
+        <v>311</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>430</v>
+      </c>
+      <c r="M65" t="s">
+        <v>431</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>432</v>
+      </c>
+      <c r="P65" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>434</v>
+      </c>
+      <c r="B66" t="s">
+        <v>435</v>
+      </c>
+      <c r="C66" t="s">
+        <v>436</v>
+      </c>
+      <c r="D66" t="s">
+        <v>91</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>72</v>
+      </c>
+      <c r="H66">
+        <v>2016</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>437</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>438</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>439</v>
+      </c>
+      <c r="P66" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>441</v>
+      </c>
+      <c r="B67" t="s">
+        <v>442</v>
+      </c>
+      <c r="C67" t="s">
+        <v>436</v>
+      </c>
+      <c r="D67" t="s">
+        <v>91</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>72</v>
+      </c>
+      <c r="H67">
+        <v>2016</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>437</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>438</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>443</v>
+      </c>
+      <c r="P67" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>445</v>
+      </c>
+      <c r="B68" t="s">
+        <v>446</v>
+      </c>
+      <c r="C68" t="s">
+        <v>436</v>
+      </c>
+      <c r="D68" t="s">
+        <v>91</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>43</v>
+      </c>
+      <c r="G68" t="s">
+        <v>72</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>437</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>438</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>447</v>
+      </c>
+      <c r="P68" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>449</v>
+      </c>
+      <c r="B69" t="s">
+        <v>450</v>
+      </c>
+      <c r="C69" t="s">
+        <v>451</v>
+      </c>
+      <c r="D69" t="s">
+        <v>62</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>219</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2007</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
+        <v>255</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69" t="s">
+        <v>452</v>
+      </c>
+      <c r="M69" t="s">
+        <v>453</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>454</v>
+      </c>
+      <c r="P69" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>456</v>
+      </c>
+      <c r="B70" t="s">
+        <v>457</v>
+      </c>
+      <c r="C70" t="s">
+        <v>451</v>
+      </c>
+      <c r="D70" t="s">
+        <v>91</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>219</v>
+      </c>
+      <c r="G70" t="s">
+        <v>72</v>
+      </c>
+      <c r="H70">
+        <v>2002</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>255</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>458</v>
+      </c>
+      <c r="M70" t="s">
+        <v>453</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>459</v>
+      </c>
+      <c r="P70" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>460</v>
+      </c>
+      <c r="B71" t="s">
+        <v>461</v>
+      </c>
+      <c r="C71" t="s">
+        <v>451</v>
+      </c>
+      <c r="D71" t="s">
+        <v>267</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>219</v>
+      </c>
+      <c r="G71" t="s">
+        <v>72</v>
+      </c>
+      <c r="H71">
+        <v>2009</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>255</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71" t="s">
+        <v>462</v>
+      </c>
+      <c r="M71" t="s">
+        <v>453</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>463</v>
+      </c>
+      <c r="P71" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>464</v>
+      </c>
+      <c r="B72" t="s">
+        <v>465</v>
+      </c>
+      <c r="C72" t="s">
+        <v>466</v>
+      </c>
+      <c r="D72" t="s">
+        <v>262</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2013</v>
+      </c>
+      <c r="I72">
+        <v>2014</v>
+      </c>
+      <c r="J72" t="s">
+        <v>158</v>
+      </c>
+      <c r="K72" t="s">
+        <v>111</v>
+      </c>
+      <c r="L72" t="s">
+        <v>467</v>
+      </c>
+      <c r="M72" t="s">
+        <v>468</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>469</v>
+      </c>
+      <c r="P72" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>471</v>
+      </c>
+      <c r="B73" t="s">
+        <v>472</v>
+      </c>
+      <c r="C73" t="s">
+        <v>466</v>
+      </c>
+      <c r="D73" t="s">
+        <v>262</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2012</v>
+      </c>
+      <c r="I73">
+        <v>2013</v>
+      </c>
+      <c r="J73" t="s">
+        <v>158</v>
+      </c>
+      <c r="K73" t="s">
+        <v>111</v>
+      </c>
+      <c r="L73" t="s">
+        <v>473</v>
+      </c>
+      <c r="M73" t="s">
+        <v>468</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>474</v>
+      </c>
+      <c r="P73" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>476</v>
+      </c>
+      <c r="B74" t="s">
+        <v>477</v>
+      </c>
+      <c r="C74" t="s">
+        <v>466</v>
+      </c>
+      <c r="D74" t="s">
+        <v>122</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>2012</v>
+      </c>
+      <c r="I74">
+        <v>2013</v>
+      </c>
+      <c r="J74" t="s">
+        <v>158</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>467</v>
+      </c>
+      <c r="M74" t="s">
+        <v>468</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>478</v>
+      </c>
+      <c r="P74" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>480</v>
+      </c>
+      <c r="B75" t="s">
+        <v>480</v>
+      </c>
+      <c r="C75" t="s">
+        <v>61</v>
+      </c>
+      <c r="D75" t="s">
+        <v>122</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>43</v>
+      </c>
+      <c r="G75" t="s">
+        <v>72</v>
+      </c>
+      <c r="H75">
+        <v>1990</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>242</v>
+      </c>
+      <c r="K75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L75" t="s">
+        <v>481</v>
+      </c>
+      <c r="M75" t="s">
+        <v>65</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>482</v>
+      </c>
+      <c r="P75" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>484</v>
+      </c>
+      <c r="B76" t="s">
+        <v>484</v>
+      </c>
+      <c r="C76" t="s">
+        <v>61</v>
+      </c>
+      <c r="D76" t="s">
+        <v>91</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>43</v>
+      </c>
+      <c r="G76" t="s">
+        <v>72</v>
+      </c>
+      <c r="H76">
+        <v>1990</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>242</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>485</v>
+      </c>
+      <c r="M76" t="s">
+        <v>65</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>486</v>
+      </c>
+      <c r="P76" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>488</v>
+      </c>
+      <c r="B77" t="s">
+        <v>489</v>
+      </c>
+      <c r="C77" t="s">
+        <v>490</v>
+      </c>
+      <c r="D77" t="s">
+        <v>91</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>72</v>
+      </c>
+      <c r="H77">
+        <v>2022</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>491</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>492</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>493</v>
+      </c>
+      <c r="P77" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>495</v>
+      </c>
+      <c r="B78" t="s">
+        <v>496</v>
+      </c>
+      <c r="C78" t="s">
+        <v>286</v>
+      </c>
+      <c r="D78" t="s">
+        <v>497</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>219</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2008</v>
+      </c>
+      <c r="I78">
+        <v>2020</v>
+      </c>
+      <c r="J78" t="s">
+        <v>44</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>498</v>
+      </c>
+      <c r="M78" t="s">
+        <v>499</v>
+      </c>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>500</v>
+      </c>
+      <c r="P78" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>502</v>
+      </c>
+      <c r="B79" t="s">
+        <v>503</v>
+      </c>
+      <c r="C79" t="s">
         <v>233</v>
       </c>
-      <c r="C47" t="s">
-[...11 lines deleted...]
-      <c r="G47">
+      <c r="D79" t="s">
+        <v>122</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>43</v>
+      </c>
+      <c r="G79" t="s">
+        <v>8</v>
+      </c>
+      <c r="H79">
+        <v>2009</v>
+      </c>
+      <c r="I79">
         <v>2014</v>
       </c>
-      <c r="H47">
-[...5 lines deleted...]
-      <c r="J47" t="s">
+      <c r="J79" t="s">
+        <v>275</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79" t="s">
+        <v>504</v>
+      </c>
+      <c r="M79" t="s">
+        <v>505</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>506</v>
+      </c>
+      <c r="P79" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>508</v>
+      </c>
+      <c r="B80" t="s">
+        <v>509</v>
+      </c>
+      <c r="C80" t="s">
+        <v>233</v>
+      </c>
+      <c r="D80" t="s">
+        <v>510</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>43</v>
+      </c>
+      <c r="G80" t="s">
+        <v>72</v>
+      </c>
+      <c r="H80">
+        <v>2025</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>511</v>
+      </c>
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>505</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>512</v>
+      </c>
+      <c r="P80" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>513</v>
+      </c>
+      <c r="B81" t="s">
+        <v>514</v>
+      </c>
+      <c r="C81" t="s">
+        <v>515</v>
+      </c>
+      <c r="D81" t="s">
+        <v>91</v>
+      </c>
+      <c r="E81" t="s">
+        <v>206</v>
+      </c>
+      <c r="F81" t="s">
+        <v>219</v>
+      </c>
+      <c r="G81" t="s">
+        <v>207</v>
+      </c>
+      <c r="H81"/>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>516</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>517</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>518</v>
+      </c>
+      <c r="P81" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>520</v>
+      </c>
+      <c r="B82" t="s">
+        <v>514</v>
+      </c>
+      <c r="C82" t="s">
+        <v>521</v>
+      </c>
+      <c r="D82" t="s">
+        <v>91</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>219</v>
+      </c>
+      <c r="G82" t="s">
+        <v>207</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>516</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>522</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>523</v>
+      </c>
+      <c r="P82" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>520</v>
+      </c>
+      <c r="B83" t="s">
+        <v>514</v>
+      </c>
+      <c r="C83" t="s">
+        <v>525</v>
+      </c>
+      <c r="D83" t="s">
+        <v>91</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K47" t="s">
-[...5 lines deleted...]
-      <c r="M47" t="s">
+      <c r="G83" t="s">
+        <v>207</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>63</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>526</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>527</v>
+      </c>
+      <c r="P83" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>529</v>
+      </c>
+      <c r="B84" t="s">
+        <v>530</v>
+      </c>
+      <c r="C84" t="s">
+        <v>233</v>
+      </c>
+      <c r="D84" t="s">
+        <v>122</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>8</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84">
+        <v>2022</v>
+      </c>
+      <c r="J84" t="s">
+        <v>275</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>531</v>
+      </c>
+      <c r="M84" t="s">
+        <v>505</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>532</v>
+      </c>
+      <c r="P84" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>534</v>
+      </c>
+      <c r="B85" t="s">
+        <v>535</v>
+      </c>
+      <c r="C85" t="s">
+        <v>233</v>
+      </c>
+      <c r="D85" t="s">
+        <v>510</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>72</v>
+      </c>
+      <c r="H85">
+        <v>2025</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>511</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>505</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>536</v>
+      </c>
+      <c r="P85" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>537</v>
+      </c>
+      <c r="B86" t="s">
+        <v>538</v>
+      </c>
+      <c r="C86" t="s">
+        <v>254</v>
+      </c>
+      <c r="D86" t="s">
+        <v>91</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2002</v>
+      </c>
+      <c r="I86">
+        <v>2006</v>
+      </c>
+      <c r="J86" t="s">
+        <v>255</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>256</v>
+      </c>
+      <c r="M86" t="s">
+        <v>257</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>539</v>
+      </c>
+      <c r="P86" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>541</v>
+      </c>
+      <c r="B87" t="s">
+        <v>542</v>
+      </c>
+      <c r="C87" t="s">
+        <v>254</v>
+      </c>
+      <c r="D87" t="s">
+        <v>91</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2004</v>
+      </c>
+      <c r="J87" t="s">
+        <v>255</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87" t="s">
+        <v>256</v>
+      </c>
+      <c r="M87" t="s">
+        <v>257</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>543</v>
+      </c>
+      <c r="P87" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>544</v>
+      </c>
+      <c r="B88" t="s">
+        <v>545</v>
+      </c>
+      <c r="C88" t="s">
+        <v>266</v>
+      </c>
+      <c r="D88" t="s">
+        <v>53</v>
+      </c>
+      <c r="E88" t="s">
+        <v>206</v>
+      </c>
+      <c r="F88" t="s">
+        <v>546</v>
+      </c>
+      <c r="G88" t="s">
+        <v>72</v>
+      </c>
+      <c r="H88">
+        <v>2021</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>547</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>548</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>549</v>
+      </c>
+      <c r="P88" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>544</v>
+      </c>
+      <c r="B89" t="s">
+        <v>551</v>
+      </c>
+      <c r="C89" t="s">
+        <v>266</v>
+      </c>
+      <c r="D89" t="s">
+        <v>53</v>
+      </c>
+      <c r="E89" t="s">
+        <v>42</v>
+      </c>
+      <c r="F89" t="s">
+        <v>546</v>
+      </c>
+      <c r="G89" t="s">
+        <v>72</v>
+      </c>
+      <c r="H89">
+        <v>2021</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>547</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>548</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>552</v>
+      </c>
+      <c r="P89" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>553</v>
+      </c>
+      <c r="B90" t="s">
+        <v>554</v>
+      </c>
+      <c r="C90" t="s">
+        <v>370</v>
+      </c>
+      <c r="D90" t="s">
+        <v>555</v>
+      </c>
+      <c r="E90" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" t="s">
+        <v>72</v>
+      </c>
+      <c r="H90">
+        <v>2012</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>242</v>
+      </c>
+      <c r="K90" t="s">
         <v>24</v>
       </c>
-      <c r="N47" t="s">
-[...10 lines deleted...]
-      <c r="C48" t="s">
+      <c r="L90" t="s">
+        <v>556</v>
+      </c>
+      <c r="M90" t="s">
+        <v>557</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>558</v>
+      </c>
+      <c r="P90" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>560</v>
+      </c>
+      <c r="B91" t="s">
+        <v>561</v>
+      </c>
+      <c r="C91" t="s">
+        <v>205</v>
+      </c>
+      <c r="D91" t="s">
+        <v>122</v>
+      </c>
+      <c r="E91" t="s">
+        <v>42</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
         <v>72</v>
       </c>
-      <c r="D48" t="s">
-[...66 lines deleted...]
-      <c r="M49" t="s">
+      <c r="H91">
+        <v>2013</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>44</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
+        <v>562</v>
+      </c>
+      <c r="M91" t="s">
+        <v>209</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>563</v>
+      </c>
+      <c r="P91" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>565</v>
+      </c>
+      <c r="B92" t="s">
+        <v>566</v>
+      </c>
+      <c r="C92" t="s">
+        <v>567</v>
+      </c>
+      <c r="D92" t="s">
+        <v>91</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>219</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2010</v>
+      </c>
+      <c r="I92">
+        <v>2016</v>
+      </c>
+      <c r="J92" t="s">
+        <v>275</v>
+      </c>
+      <c r="K92" t="s">
+        <v>34</v>
+      </c>
+      <c r="L92" t="s">
+        <v>568</v>
+      </c>
+      <c r="M92" t="s">
+        <v>569</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>570</v>
+      </c>
+      <c r="P92" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>572</v>
+      </c>
+      <c r="B93" t="s">
+        <v>573</v>
+      </c>
+      <c r="C93" t="s">
+        <v>574</v>
+      </c>
+      <c r="D93" t="s">
+        <v>575</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>157</v>
+      </c>
+      <c r="G93" t="s">
+        <v>72</v>
+      </c>
+      <c r="H93">
+        <v>2014</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>227</v>
+      </c>
+      <c r="K93" t="s">
         <v>24</v>
       </c>
-      <c r="N49" t="s">
-[...10 lines deleted...]
-      <c r="C50" t="s">
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>576</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>577</v>
+      </c>
+      <c r="P93" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>579</v>
+      </c>
+      <c r="B94" t="s">
+        <v>580</v>
+      </c>
+      <c r="C94" t="s">
+        <v>581</v>
+      </c>
+      <c r="D94" t="s">
+        <v>582</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
         <v>72</v>
       </c>
-      <c r="D50" t="s">
-[...11 lines deleted...]
-      <c r="H50">
+      <c r="H94">
+        <v>2011</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>44</v>
+      </c>
+      <c r="K94" t="s">
+        <v>34</v>
+      </c>
+      <c r="L94" t="s">
+        <v>583</v>
+      </c>
+      <c r="M94" t="s">
+        <v>584</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>585</v>
+      </c>
+      <c r="P94" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>587</v>
+      </c>
+      <c r="B95" t="s">
+        <v>588</v>
+      </c>
+      <c r="C95" t="s">
+        <v>183</v>
+      </c>
+      <c r="D95" t="s">
+        <v>91</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>43</v>
+      </c>
+      <c r="G95" t="s">
+        <v>72</v>
+      </c>
+      <c r="H95">
         <v>2013</v>
       </c>
-      <c r="I50" t="s">
-[...37 lines deleted...]
-      <c r="G51">
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>199</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
+        <v>589</v>
+      </c>
+      <c r="M95" t="s">
+        <v>185</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>590</v>
+      </c>
+      <c r="P95" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>592</v>
+      </c>
+      <c r="B96" t="s">
+        <v>593</v>
+      </c>
+      <c r="C96" t="s">
+        <v>429</v>
+      </c>
+      <c r="D96" t="s">
+        <v>91</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>157</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>1993</v>
+      </c>
+      <c r="I96">
+        <v>2010</v>
+      </c>
+      <c r="J96" t="s">
+        <v>311</v>
+      </c>
+      <c r="K96" t="s">
+        <v>34</v>
+      </c>
+      <c r="L96" t="s">
+        <v>594</v>
+      </c>
+      <c r="M96" t="s">
+        <v>595</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>596</v>
+      </c>
+      <c r="P96" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>598</v>
+      </c>
+      <c r="B97" t="s">
+        <v>599</v>
+      </c>
+      <c r="C97" t="s">
+        <v>198</v>
+      </c>
+      <c r="D97" t="s">
+        <v>91</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>43</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2007</v>
+      </c>
+      <c r="I97">
         <v>2011</v>
       </c>
-      <c r="H51">
-[...95 lines deleted...]
-      <c r="L53" t="s">
+      <c r="J97" t="s">
+        <v>199</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>200</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>600</v>
+      </c>
+      <c r="P97" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>601</v>
+      </c>
+      <c r="B98" t="s">
+        <v>602</v>
+      </c>
+      <c r="C98" t="s">
         <v>254</v>
       </c>
-      <c r="M53" t="s">
-[...1871 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="E98" t="s">
-        <v>113</v>
+        <v>42</v>
       </c>
       <c r="F98" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>157</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
       </c>
       <c r="H98">
         <v>2012</v>
       </c>
-      <c r="I98" t="s">
-        <v>184</v>
+      <c r="I98">
+        <v>2012</v>
       </c>
       <c r="J98" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="K98" t="s">
+        <v>34</v>
+      </c>
+      <c r="L98"/>
       <c r="M98" t="s">
+        <v>257</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>603</v>
+      </c>
+      <c r="P98" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>604</v>
+      </c>
+      <c r="B99" t="s">
+        <v>605</v>
+      </c>
+      <c r="C99" t="s">
+        <v>606</v>
+      </c>
+      <c r="D99" t="s">
+        <v>607</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>219</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2017</v>
+      </c>
+      <c r="I99">
+        <v>2021</v>
+      </c>
+      <c r="J99" t="s">
+        <v>418</v>
+      </c>
+      <c r="K99" t="s">
+        <v>608</v>
+      </c>
+      <c r="L99" t="s">
+        <v>609</v>
+      </c>
+      <c r="M99" t="s">
+        <v>610</v>
+      </c>
+      <c r="N99" t="s">
+        <v>36</v>
+      </c>
+      <c r="O99" t="s">
+        <v>611</v>
+      </c>
+      <c r="P99" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>613</v>
+      </c>
+      <c r="B100" t="s">
+        <v>614</v>
+      </c>
+      <c r="C100" t="s">
+        <v>615</v>
+      </c>
+      <c r="D100" t="s">
+        <v>354</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>616</v>
+      </c>
+      <c r="G100" t="s">
+        <v>356</v>
+      </c>
+      <c r="H100">
+        <v>2024</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>617</v>
+      </c>
+      <c r="K100" t="s">
+        <v>34</v>
+      </c>
+      <c r="L100" t="s">
+        <v>618</v>
+      </c>
+      <c r="M100" t="s">
+        <v>619</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>620</v>
+      </c>
+      <c r="P100" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>622</v>
+      </c>
+      <c r="B101" t="s">
+        <v>623</v>
+      </c>
+      <c r="C101" t="s">
+        <v>624</v>
+      </c>
+      <c r="D101" t="s">
+        <v>625</v>
+      </c>
+      <c r="E101" t="s">
+        <v>42</v>
+      </c>
+      <c r="F101" t="s">
+        <v>43</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2015</v>
+      </c>
+      <c r="I101">
+        <v>2018</v>
+      </c>
+      <c r="J101" t="s">
+        <v>437</v>
+      </c>
+      <c r="K101" t="s">
         <v>24</v>
       </c>
-      <c r="N98" t="s">
-[...22 lines deleted...]
-      <c r="G99">
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>626</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>627</v>
+      </c>
+      <c r="P101" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>629</v>
+      </c>
+      <c r="B102" t="s">
+        <v>630</v>
+      </c>
+      <c r="C102" t="s">
+        <v>631</v>
+      </c>
+      <c r="D102" t="s">
+        <v>122</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>43</v>
+      </c>
+      <c r="G102" t="s">
+        <v>72</v>
+      </c>
+      <c r="H102">
         <v>2017</v>
       </c>
-      <c r="H99">
-[...82 lines deleted...]
-      <c r="G101">
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>311</v>
+      </c>
+      <c r="K102" t="s">
+        <v>34</v>
+      </c>
+      <c r="L102" t="s">
+        <v>632</v>
+      </c>
+      <c r="M102" t="s">
+        <v>633</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>634</v>
+      </c>
+      <c r="P102" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>636</v>
+      </c>
+      <c r="B103" t="s">
+        <v>637</v>
+      </c>
+      <c r="C103" t="s">
+        <v>631</v>
+      </c>
+      <c r="D103" t="s">
+        <v>91</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>43</v>
+      </c>
+      <c r="G103" t="s">
+        <v>72</v>
+      </c>
+      <c r="H103">
         <v>2015</v>
       </c>
-      <c r="H101">
-[...68 lines deleted...]
-      <c r="C103" t="s">
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>311</v>
+      </c>
+      <c r="K103" t="s">
+        <v>34</v>
+      </c>
+      <c r="L103" t="s">
+        <v>638</v>
+      </c>
+      <c r="M103" t="s">
+        <v>633</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>639</v>
+      </c>
+      <c r="P103" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>641</v>
+      </c>
+      <c r="B104" t="s">
+        <v>642</v>
+      </c>
+      <c r="C104" t="s">
+        <v>226</v>
+      </c>
+      <c r="D104" t="s">
+        <v>643</v>
+      </c>
+      <c r="E104" t="s">
+        <v>42</v>
+      </c>
+      <c r="F104" t="s">
+        <v>43</v>
+      </c>
+      <c r="G104" t="s">
         <v>72</v>
       </c>
-      <c r="D103" t="s">
-[...50 lines deleted...]
-      <c r="G104">
+      <c r="H104">
         <v>2014</v>
       </c>
-      <c r="H104"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I104"/>
       <c r="J104" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
       <c r="M104" t="s">
-        <v>24</v>
+        <v>228</v>
       </c>
       <c r="N104" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>644</v>
+      </c>
+      <c r="P104" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>452</v>
+        <v>646</v>
       </c>
       <c r="B105" t="s">
-        <v>163</v>
+        <v>647</v>
       </c>
       <c r="C105" t="s">
-        <v>453</v>
+        <v>226</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>648</v>
       </c>
       <c r="E105" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
         <v>2008</v>
       </c>
-      <c r="H105">
+      <c r="I105">
         <v>2013</v>
       </c>
-      <c r="I105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J105" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="K105" t="s">
+        <v>34</v>
+      </c>
+      <c r="L105" t="s">
+        <v>25</v>
+      </c>
+      <c r="M105" t="s">
+        <v>228</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>649</v>
+      </c>
+      <c r="P105" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>651</v>
+      </c>
+      <c r="B106" t="s">
+        <v>652</v>
+      </c>
+      <c r="C106" t="s">
+        <v>653</v>
+      </c>
+      <c r="D106" t="s">
+        <v>654</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>219</v>
+      </c>
+      <c r="G106" t="s">
+        <v>72</v>
+      </c>
+      <c r="H106">
+        <v>2019</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>516</v>
+      </c>
+      <c r="K106" t="s">
+        <v>34</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>655</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>656</v>
+      </c>
+      <c r="P106" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>658</v>
+      </c>
+      <c r="B107" t="s">
+        <v>659</v>
+      </c>
+      <c r="C107" t="s">
+        <v>660</v>
+      </c>
+      <c r="D107" t="s">
+        <v>122</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>219</v>
+      </c>
+      <c r="G107" t="s">
         <v>22</v>
-      </c>
-[...70 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H107">
         <v>2018</v>
       </c>
-      <c r="I107" t="s">
-        <v>52</v>
+      <c r="I107">
+        <v>2018</v>
       </c>
       <c r="J107" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="K107" t="s">
+        <v>34</v>
+      </c>
+      <c r="L107"/>
       <c r="M107" t="s">
+        <v>661</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>662</v>
+      </c>
+      <c r="P107" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>664</v>
+      </c>
+      <c r="B108" t="s">
+        <v>665</v>
+      </c>
+      <c r="C108" t="s">
+        <v>660</v>
+      </c>
+      <c r="D108" t="s">
+        <v>110</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>219</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2007</v>
+      </c>
+      <c r="I108">
+        <v>2018</v>
+      </c>
+      <c r="J108" t="s">
+        <v>63</v>
+      </c>
+      <c r="K108" t="s">
+        <v>34</v>
+      </c>
+      <c r="L108" t="s">
+        <v>666</v>
+      </c>
+      <c r="M108" t="s">
+        <v>661</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>667</v>
+      </c>
+      <c r="P108" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>668</v>
+      </c>
+      <c r="B109" t="s">
+        <v>669</v>
+      </c>
+      <c r="C109" t="s">
+        <v>293</v>
+      </c>
+      <c r="D109" t="s">
+        <v>91</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>219</v>
+      </c>
+      <c r="G109" t="s">
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>2011</v>
+      </c>
+      <c r="I109">
+        <v>2019</v>
+      </c>
+      <c r="J109" t="s">
+        <v>54</v>
+      </c>
+      <c r="K109" t="s">
+        <v>34</v>
+      </c>
+      <c r="L109" t="s">
+        <v>670</v>
+      </c>
+      <c r="M109" t="s">
+        <v>296</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>671</v>
+      </c>
+      <c r="P109" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>673</v>
+      </c>
+      <c r="B110" t="s">
+        <v>674</v>
+      </c>
+      <c r="C110" t="s">
+        <v>567</v>
+      </c>
+      <c r="D110" t="s">
+        <v>91</v>
+      </c>
+      <c r="E110" t="s">
+        <v>42</v>
+      </c>
+      <c r="F110" t="s">
+        <v>157</v>
+      </c>
+      <c r="G110" t="s">
+        <v>22</v>
+      </c>
+      <c r="H110">
+        <v>2000</v>
+      </c>
+      <c r="I110">
+        <v>2012</v>
+      </c>
+      <c r="J110" t="s">
+        <v>311</v>
+      </c>
+      <c r="K110" t="s">
+        <v>34</v>
+      </c>
+      <c r="L110" t="s">
+        <v>675</v>
+      </c>
+      <c r="M110" t="s">
+        <v>676</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>677</v>
+      </c>
+      <c r="P110" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>679</v>
+      </c>
+      <c r="B111" t="s">
+        <v>680</v>
+      </c>
+      <c r="C111" t="s">
+        <v>567</v>
+      </c>
+      <c r="D111" t="s">
+        <v>582</v>
+      </c>
+      <c r="E111" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" t="s">
+        <v>157</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2001</v>
+      </c>
+      <c r="I111">
+        <v>2015</v>
+      </c>
+      <c r="J111" t="s">
+        <v>311</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>681</v>
+      </c>
+      <c r="M111" t="s">
+        <v>676</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>682</v>
+      </c>
+      <c r="P111" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>684</v>
+      </c>
+      <c r="B112" t="s">
+        <v>685</v>
+      </c>
+      <c r="C112" t="s">
+        <v>567</v>
+      </c>
+      <c r="D112" t="s">
+        <v>582</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
+        <v>219</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2008</v>
+      </c>
+      <c r="I112">
+        <v>2014</v>
+      </c>
+      <c r="J112" t="s">
+        <v>275</v>
+      </c>
+      <c r="K112" t="s">
+        <v>34</v>
+      </c>
+      <c r="L112" t="s">
+        <v>686</v>
+      </c>
+      <c r="M112" t="s">
+        <v>569</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>687</v>
+      </c>
+      <c r="P112" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>689</v>
+      </c>
+      <c r="B113" t="s">
+        <v>690</v>
+      </c>
+      <c r="C113" t="s">
+        <v>691</v>
+      </c>
+      <c r="D113" t="s">
+        <v>692</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>72</v>
+      </c>
+      <c r="H113">
+        <v>2016</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>54</v>
+      </c>
+      <c r="K113" t="s">
+        <v>34</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>693</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>694</v>
+      </c>
+      <c r="P113" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>696</v>
+      </c>
+      <c r="B114" t="s">
+        <v>697</v>
+      </c>
+      <c r="C114" t="s">
+        <v>691</v>
+      </c>
+      <c r="D114" t="s">
+        <v>698</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>43</v>
+      </c>
+      <c r="G114" t="s">
+        <v>72</v>
+      </c>
+      <c r="H114">
+        <v>2017</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>54</v>
+      </c>
+      <c r="K114" t="s">
         <v>24</v>
       </c>
-      <c r="N107" t="s">
-[...16 lines deleted...]
-      <c r="E108" t="s">
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>693</v>
+      </c>
+      <c r="N114" t="s">
+        <v>36</v>
+      </c>
+      <c r="O114" t="s">
+        <v>699</v>
+      </c>
+      <c r="P114" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>701</v>
+      </c>
+      <c r="B115" t="s">
+        <v>702</v>
+      </c>
+      <c r="C115" t="s">
+        <v>174</v>
+      </c>
+      <c r="D115" t="s">
+        <v>62</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>72</v>
+      </c>
+      <c r="H115">
+        <v>2014</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>177</v>
+      </c>
+      <c r="K115" t="s">
+        <v>34</v>
+      </c>
+      <c r="L115" t="s">
+        <v>703</v>
+      </c>
+      <c r="M115" t="s">
+        <v>178</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>704</v>
+      </c>
+      <c r="P115" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>706</v>
+      </c>
+      <c r="B116" t="s">
+        <v>707</v>
+      </c>
+      <c r="C116" t="s">
+        <v>174</v>
+      </c>
+      <c r="D116" t="s">
+        <v>91</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2010</v>
+      </c>
+      <c r="I116">
+        <v>2013</v>
+      </c>
+      <c r="J116" t="s">
+        <v>177</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>708</v>
+      </c>
+      <c r="M116" t="s">
+        <v>178</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>709</v>
+      </c>
+      <c r="P116" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>711</v>
+      </c>
+      <c r="B117" t="s">
+        <v>712</v>
+      </c>
+      <c r="C117" t="s">
+        <v>713</v>
+      </c>
+      <c r="D117" t="s">
+        <v>714</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>43</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>2009</v>
+      </c>
+      <c r="I117">
+        <v>2016</v>
+      </c>
+      <c r="J117" t="s">
+        <v>33</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>715</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>716</v>
+      </c>
+      <c r="P117" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>718</v>
+      </c>
+      <c r="B118" t="s">
+        <v>719</v>
+      </c>
+      <c r="C118" t="s">
+        <v>266</v>
+      </c>
+      <c r="D118" t="s">
+        <v>91</v>
+      </c>
+      <c r="E118" t="s">
+        <v>42</v>
+      </c>
+      <c r="F118" t="s">
+        <v>157</v>
+      </c>
+      <c r="G118" t="s">
+        <v>22</v>
+      </c>
+      <c r="H118">
+        <v>2007</v>
+      </c>
+      <c r="I118">
+        <v>2012</v>
+      </c>
+      <c r="J118" t="s">
+        <v>268</v>
+      </c>
+      <c r="K118" t="s">
+        <v>34</v>
+      </c>
+      <c r="L118" t="s">
+        <v>720</v>
+      </c>
+      <c r="M118" t="s">
+        <v>721</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>722</v>
+      </c>
+      <c r="P118" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>724</v>
+      </c>
+      <c r="B119" t="s">
+        <v>725</v>
+      </c>
+      <c r="C119" t="s">
+        <v>266</v>
+      </c>
+      <c r="D119" t="s">
+        <v>267</v>
+      </c>
+      <c r="E119" t="s">
+        <v>42</v>
+      </c>
+      <c r="F119" t="s">
+        <v>157</v>
+      </c>
+      <c r="G119" t="s">
+        <v>72</v>
+      </c>
+      <c r="H119">
+        <v>2013</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>268</v>
+      </c>
+      <c r="K119" t="s">
+        <v>34</v>
+      </c>
+      <c r="L119" t="s">
+        <v>726</v>
+      </c>
+      <c r="M119" t="s">
+        <v>721</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>727</v>
+      </c>
+      <c r="P119" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>729</v>
+      </c>
+      <c r="B120" t="s">
+        <v>730</v>
+      </c>
+      <c r="C120" t="s">
+        <v>266</v>
+      </c>
+      <c r="D120" t="s">
+        <v>62</v>
+      </c>
+      <c r="E120" t="s">
+        <v>42</v>
+      </c>
+      <c r="F120" t="s">
+        <v>157</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2013</v>
+      </c>
+      <c r="I120">
+        <v>2021</v>
+      </c>
+      <c r="J120" t="s">
+        <v>268</v>
+      </c>
+      <c r="K120" t="s">
+        <v>34</v>
+      </c>
+      <c r="L120" t="s">
+        <v>731</v>
+      </c>
+      <c r="M120" t="s">
+        <v>721</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>732</v>
+      </c>
+      <c r="P120" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>734</v>
+      </c>
+      <c r="B121" t="s">
+        <v>735</v>
+      </c>
+      <c r="C121" t="s">
+        <v>97</v>
+      </c>
+      <c r="D121" t="s">
+        <v>110</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>21</v>
+      </c>
+      <c r="G121" t="s">
+        <v>72</v>
+      </c>
+      <c r="H121">
+        <v>2021</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>98</v>
+      </c>
+      <c r="K121" t="s">
+        <v>34</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121"/>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>736</v>
+      </c>
+      <c r="P121" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>738</v>
+      </c>
+      <c r="B122" t="s">
+        <v>739</v>
+      </c>
+      <c r="C122" t="s">
+        <v>266</v>
+      </c>
+      <c r="D122" t="s">
+        <v>53</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>1997</v>
+      </c>
+      <c r="I122">
+        <v>2022</v>
+      </c>
+      <c r="J122" t="s">
+        <v>275</v>
+      </c>
+      <c r="K122" t="s">
+        <v>34</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>740</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>741</v>
+      </c>
+      <c r="P122" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>743</v>
+      </c>
+      <c r="B123" t="s">
+        <v>744</v>
+      </c>
+      <c r="C123" t="s">
+        <v>266</v>
+      </c>
+      <c r="D123" t="s">
+        <v>745</v>
+      </c>
+      <c r="E123" t="s">
+        <v>42</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>746</v>
+      </c>
+      <c r="H123">
+        <v>2014</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>294</v>
+      </c>
+      <c r="K123" t="s">
+        <v>34</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>740</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>747</v>
+      </c>
+      <c r="P123" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>749</v>
+      </c>
+      <c r="B124" t="s">
+        <v>750</v>
+      </c>
+      <c r="C124" t="s">
+        <v>266</v>
+      </c>
+      <c r="D124" t="s">
+        <v>267</v>
+      </c>
+      <c r="E124" t="s">
+        <v>42</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2014</v>
+      </c>
+      <c r="I124">
+        <v>2024</v>
+      </c>
+      <c r="J124" t="s">
+        <v>294</v>
+      </c>
+      <c r="K124" t="s">
+        <v>34</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>740</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>751</v>
+      </c>
+      <c r="P124" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>753</v>
+      </c>
+      <c r="B125" t="s">
+        <v>514</v>
+      </c>
+      <c r="C125" t="s">
+        <v>754</v>
+      </c>
+      <c r="D125" t="s">
+        <v>91</v>
+      </c>
+      <c r="E125" t="s">
+        <v>206</v>
+      </c>
+      <c r="F125" t="s">
+        <v>219</v>
+      </c>
+      <c r="G125" t="s">
+        <v>207</v>
+      </c>
+      <c r="H125"/>
+      <c r="I125"/>
+      <c r="J125" t="s">
+        <v>54</v>
+      </c>
+      <c r="K125" t="s">
+        <v>34</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>755</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>756</v>
+      </c>
+      <c r="P125" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>758</v>
+      </c>
+      <c r="B126" t="s">
+        <v>759</v>
+      </c>
+      <c r="C126" t="s">
+        <v>760</v>
+      </c>
+      <c r="D126" t="s">
+        <v>122</v>
+      </c>
+      <c r="E126" t="s">
+        <v>42</v>
+      </c>
+      <c r="F126" t="s">
+        <v>43</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2002</v>
+      </c>
+      <c r="I126">
+        <v>2015</v>
+      </c>
+      <c r="J126" t="s">
+        <v>437</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126" t="s">
+        <v>761</v>
+      </c>
+      <c r="M126" t="s">
+        <v>762</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>763</v>
+      </c>
+      <c r="P126" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>765</v>
+      </c>
+      <c r="B127" t="s">
+        <v>766</v>
+      </c>
+      <c r="C127" t="s">
+        <v>760</v>
+      </c>
+      <c r="D127" t="s">
+        <v>122</v>
+      </c>
+      <c r="E127" t="s">
+        <v>42</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>2013</v>
+      </c>
+      <c r="I127">
+        <v>2015</v>
+      </c>
+      <c r="J127" t="s">
+        <v>437</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>767</v>
+      </c>
+      <c r="M127" t="s">
+        <v>762</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>768</v>
+      </c>
+      <c r="P127" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>769</v>
+      </c>
+      <c r="B128" t="s">
+        <v>770</v>
+      </c>
+      <c r="C128" t="s">
+        <v>760</v>
+      </c>
+      <c r="D128" t="s">
+        <v>771</v>
+      </c>
+      <c r="E128" t="s">
+        <v>42</v>
+      </c>
+      <c r="F128" t="s">
+        <v>43</v>
+      </c>
+      <c r="G128" t="s">
+        <v>72</v>
+      </c>
+      <c r="H128">
+        <v>2021</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>275</v>
+      </c>
+      <c r="K128" t="s">
+        <v>34</v>
+      </c>
+      <c r="L128" t="s">
+        <v>772</v>
+      </c>
+      <c r="M128" t="s">
+        <v>762</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>773</v>
+      </c>
+      <c r="P128" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>775</v>
+      </c>
+      <c r="B129" t="s">
+        <v>776</v>
+      </c>
+      <c r="C129" t="s">
+        <v>760</v>
+      </c>
+      <c r="D129" t="s">
+        <v>91</v>
+      </c>
+      <c r="E129" t="s">
+        <v>42</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>22</v>
+      </c>
+      <c r="H129">
+        <v>2011</v>
+      </c>
+      <c r="I129">
+        <v>2021</v>
+      </c>
+      <c r="J129" t="s">
+        <v>275</v>
+      </c>
+      <c r="K129" t="s">
+        <v>34</v>
+      </c>
+      <c r="L129" t="s">
+        <v>777</v>
+      </c>
+      <c r="M129" t="s">
+        <v>762</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>778</v>
+      </c>
+      <c r="P129" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>780</v>
+      </c>
+      <c r="B130" t="s">
+        <v>781</v>
+      </c>
+      <c r="C130" t="s">
+        <v>760</v>
+      </c>
+      <c r="D130" t="s">
+        <v>62</v>
+      </c>
+      <c r="E130" t="s">
+        <v>42</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>72</v>
+      </c>
+      <c r="H130">
+        <v>2021</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>275</v>
+      </c>
+      <c r="K130" t="s">
+        <v>34</v>
+      </c>
+      <c r="L130" t="s">
+        <v>782</v>
+      </c>
+      <c r="M130" t="s">
+        <v>762</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>783</v>
+      </c>
+      <c r="P130" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>785</v>
+      </c>
+      <c r="B131" t="s">
+        <v>786</v>
+      </c>
+      <c r="C131" t="s">
+        <v>760</v>
+      </c>
+      <c r="D131" t="s">
+        <v>91</v>
+      </c>
+      <c r="E131" t="s">
+        <v>42</v>
+      </c>
+      <c r="F131" t="s">
+        <v>43</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2002</v>
+      </c>
+      <c r="I131">
+        <v>2021</v>
+      </c>
+      <c r="J131" t="s">
+        <v>275</v>
+      </c>
+      <c r="K131" t="s">
+        <v>34</v>
+      </c>
+      <c r="L131" t="s">
+        <v>787</v>
+      </c>
+      <c r="M131" t="s">
+        <v>762</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>788</v>
+      </c>
+      <c r="P131" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>790</v>
+      </c>
+      <c r="B132" t="s">
+        <v>791</v>
+      </c>
+      <c r="C132" t="s">
+        <v>792</v>
+      </c>
+      <c r="D132" t="s">
+        <v>575</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>219</v>
+      </c>
+      <c r="G132" t="s">
+        <v>72</v>
+      </c>
+      <c r="H132">
+        <v>2013</v>
+      </c>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>199</v>
+      </c>
+      <c r="K132" t="s">
+        <v>34</v>
+      </c>
+      <c r="L132" t="s">
+        <v>793</v>
+      </c>
+      <c r="M132" t="s">
+        <v>794</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>795</v>
+      </c>
+      <c r="P132" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>797</v>
+      </c>
+      <c r="B133" t="s">
+        <v>798</v>
+      </c>
+      <c r="C133" t="s">
+        <v>799</v>
+      </c>
+      <c r="D133" t="s">
+        <v>800</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>219</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2012</v>
+      </c>
+      <c r="I133">
+        <v>2014</v>
+      </c>
+      <c r="J133" t="s">
+        <v>311</v>
+      </c>
+      <c r="K133" t="s">
+        <v>34</v>
+      </c>
+      <c r="L133" t="s">
+        <v>801</v>
+      </c>
+      <c r="M133" t="s">
+        <v>802</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>803</v>
+      </c>
+      <c r="P133" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>805</v>
+      </c>
+      <c r="B134" t="s">
+        <v>806</v>
+      </c>
+      <c r="C134" t="s">
+        <v>205</v>
+      </c>
+      <c r="D134" t="s">
+        <v>807</v>
+      </c>
+      <c r="E134" t="s">
+        <v>42</v>
+      </c>
+      <c r="F134" t="s">
+        <v>43</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2014</v>
+      </c>
+      <c r="I134">
+        <v>2017</v>
+      </c>
+      <c r="J134" t="s">
         <v>158</v>
       </c>
-      <c r="F108" t="s">
-[...40 lines deleted...]
-      <c r="E109" t="s">
+      <c r="K134" t="s">
+        <v>34</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>209</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>808</v>
+      </c>
+      <c r="P134" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>810</v>
+      </c>
+      <c r="B135" t="s">
+        <v>811</v>
+      </c>
+      <c r="C135" t="s">
+        <v>390</v>
+      </c>
+      <c r="D135" t="s">
+        <v>812</v>
+      </c>
+      <c r="E135" t="s">
+        <v>42</v>
+      </c>
+      <c r="F135" t="s">
+        <v>43</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>2015</v>
+      </c>
+      <c r="I135">
+        <v>2016</v>
+      </c>
+      <c r="J135" t="s">
+        <v>418</v>
+      </c>
+      <c r="K135" t="s">
+        <v>813</v>
+      </c>
+      <c r="L135" t="s">
+        <v>814</v>
+      </c>
+      <c r="M135" t="s">
+        <v>815</v>
+      </c>
+      <c r="N135" t="s">
+        <v>816</v>
+      </c>
+      <c r="O135" t="s">
+        <v>817</v>
+      </c>
+      <c r="P135" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>819</v>
+      </c>
+      <c r="B136" t="s">
+        <v>820</v>
+      </c>
+      <c r="C136" t="s">
+        <v>293</v>
+      </c>
+      <c r="D136" t="s">
+        <v>821</v>
+      </c>
+      <c r="E136" t="s">
+        <v>42</v>
+      </c>
+      <c r="F136" t="s">
+        <v>157</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>2011</v>
+      </c>
+      <c r="I136">
+        <v>2017</v>
+      </c>
+      <c r="J136" t="s">
         <v>158</v>
       </c>
-      <c r="F109" t="s">
-[...1163 lines deleted...]
-      </c>
+      <c r="K136" t="s">
+        <v>813</v>
+      </c>
+      <c r="L136"/>
       <c r="M136" t="s">
-        <v>563</v>
+        <v>822</v>
       </c>
       <c r="N136" t="s">
-        <v>568</v>
+        <v>816</v>
+      </c>
+      <c r="O136" t="s">
+        <v>823</v>
+      </c>
+      <c r="P136" t="s">
+        <v>824</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>