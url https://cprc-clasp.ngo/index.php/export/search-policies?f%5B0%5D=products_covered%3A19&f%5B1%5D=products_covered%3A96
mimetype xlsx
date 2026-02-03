--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="825">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="826">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -174,50 +174,53 @@
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>4100/2006 Energy Efficiency of Households and similar Electrical appliances methods for measuring and calculation energy consumption of washing machine</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency specifications for washing machines.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Laundry, Washing Machines</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60465/2003+cor1/2005
 ,   
                       IEC-60335-1/2001-Amd 1</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/41002006-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
   </si>
   <si>
     <t>http://www.eos.org.eg/en/standard/4472</t>
   </si>
   <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
     <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
   </si>
   <si>
@@ -608,71 +611,50 @@
     <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
   </si>
   <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
     <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
   </si>
   <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
     <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
-  </si>
-[...19 lines deleted...]
-    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>DMS: 202:2020 Energy efficiency and labelling requirement-Household washing machine</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household washing machine</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>MS 202</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dms-2022020-energy-efficiency-and-labelling-requirement-household-washing-machine</t>
   </si>
@@ -991,50 +973,53 @@
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
     <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>clothes washer</t>
+  </si>
+  <si>
+    <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>clothes washer and dryer</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
     <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
   </si>
   <si>
     <t>United States of America*, Canada</t>
   </si>
@@ -1119,72 +1104,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
   </si>
   <si>
     <t>Laundry, Washing Machines, Space Heating and Space Cooling, Air Conditioning, Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021, GB/T 32355.1-2015,GB/T 32355.2-2015, GB/T35758-2017</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-397611-2021-green-product-assessment-household-electric-appliances-part-1</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=D055E567F29672FD38B65A479656CA26</t>
   </si>
   <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
@@ -1396,51 +1375,51 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-170-05-april-2019</t>
   </si>
   <si>
     <t>https://www.in.gov.br/en/web/dou/-/portaria-n-170-de-5-de-abril-de-2019-71924511</t>
   </si>
   <si>
     <t>INTE E20-1 2016</t>
   </si>
   <si>
     <t>This standard establishes the levels of the energy factor, water consumption factor, and energy consumption to be met by household electric clothes washers. The standard does not apply to washers that do not use electricity or washers for industrial and commercial use.</t>
   </si>
   <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e20-1-2016</t>
   </si>
   <si>
-    <t>https://www.inteco.org/shop/product/inte-e20-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-factor-de-energia-fe-y-factor-de-consumo-de-agua-fca-parte-1-requisitos-1184?search=INTE+28</t>
+    <t>https://inteco.org/tienda/catalogo/INTEE2012016</t>
   </si>
   <si>
     <t>INTE E21-1 2016</t>
   </si>
   <si>
     <t>This national standard establishes the levels of washing efficiency that must be met by household appliances washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; Manual clothes washer.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-1-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-1-2016-eficiencia-energetica-lavadoras-de-ropa-electrodomesticas-parte-1-eficiencia-de-lavado-el-requisitos-1210?search=INTE+28</t>
   </si>
   <si>
     <t>INTE E21-2 2016</t>
   </si>
   <si>
     <t>This national standard specifies the content of the washing efficiency label to be met by household appliance washing machines. Applies to clothes washers automatic household appliances. This national standard does not apply to:  Washers that do not use electricity; Washers for industrial and commercial use; Semi-automatic clothes washer; or Manual clothes washer.  This standard applies to electric clothes washers for domestic use with electrical connection 115 V to 240 V; at 60 Hz.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e21-2-2016</t>
   </si>
   <si>
     <t>https://www.inteco.org/shop/product/inte-e21-2-2016-eficiencia-energetica-lavadoras-electricas-de-ropa-eficiencia-de-lavado-parte-3-etiquetado-1463?search=INTE+28</t>
   </si>
@@ -1607,63 +1586,63 @@
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
 Energy Consumption (EC) per wash in kWh (all clothes dryers)
 - 1 tick: NA
 - 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
 - 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
 - 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
 - 5 tick: Rated capacity x 0.30 ≥ EC
 Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
   </si>
   <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for automatic washing machines</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>Maldives</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Maldives Energy Authority </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-labeling-schemes-automatic-washing-machines</t>
   </si>
   <si>
     <t>http://www.environment.gov.mv/v2/en/news/7964</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for washing machines</t>
   </si>
@@ -1883,51 +1862,60 @@
   <si>
     <t>Procel Seal - Clothes Washers</t>
   </si>
   <si>
     <t>This webpage contains endorsement label requirements for washing machines.</t>
   </si>
   <si>
     <t>Projeto de Norma ABNT 03:059.05-025 de 07/1999; NBR NM-IEC 335-1 / 1998; IEC 335-2-7 / 02; IEC 335-2-4 / 01</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-clothes-washers</t>
   </si>
   <si>
     <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
   </si>
   <si>
     <t>Provision No. 761|2010</t>
   </si>
   <si>
     <t>Electric washing machines. Part 3 - Energy efficiency labelling</t>
   </si>
   <si>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Secretaria de Energia (Secretary of Energy)</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-7612010</t>
+  </si>
+  <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3425</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
     <t>Drum washing machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
@@ -1935,98 +1923,113 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
   </si>
   <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
     <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
     <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Resolution 684 / 2013</t>
+  </si>
+  <si>
+    <t>This regulation set maximum energy consumption levels and/or minimum energy efficiency levels for electric washing machines.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/resolution-684-2013</t>
+  </si>
+  <si>
+    <t>https://www.argentina.gob.ar/normativa/nacional/resoluci%C3%B3n-684-2013-220747/texto</t>
   </si>
   <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
     <t>This policy specifies labeling requirements for clothes dryers.</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
     <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
   </si>
   <si>
     <t>Resolution No. 70 - Labeling for Clothes Washers</t>
   </si>
@@ -2942,51 +2945,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="457.603" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3174,6388 +3177,6390 @@
       </c>
       <c r="P4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>50</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>52</v>
       </c>
       <c r="D5" t="s">
         <v>53</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="H5">
         <v>2003</v>
       </c>
       <c r="I5">
         <v>2006</v>
       </c>
       <c r="J5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
         <v>34</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>2003</v>
       </c>
       <c r="I6">
         <v>2018</v>
       </c>
       <c r="J6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K6" t="s">
         <v>34</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="P6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>43</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H7">
         <v>2013</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
         <v>44</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H8">
         <v>2017</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
       <c r="I9">
         <v>2012</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>43</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2007</v>
       </c>
       <c r="I10">
         <v>2013</v>
       </c>
       <c r="J10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>43</v>
       </c>
       <c r="G11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>36</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D12" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>43</v>
       </c>
       <c r="G12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H12">
         <v>2015</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H13">
         <v>2019</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L13"/>
       <c r="M13"/>
       <c r="N13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="P13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D14" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>43</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>1995</v>
       </c>
       <c r="I14">
         <v>2019</v>
       </c>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="O14" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="P14" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>43</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1995</v>
       </c>
       <c r="I15">
         <v>2023</v>
       </c>
       <c r="J15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B16" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1995</v>
       </c>
       <c r="I16">
         <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M16"/>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="P16" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B17" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2010</v>
       </c>
       <c r="I17">
         <v>2019</v>
       </c>
       <c r="J17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="M17" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="P17" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B18" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
       <c r="I18">
         <v>2023</v>
       </c>
       <c r="J18" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P18" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B19" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C19" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D19" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="P19" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B20" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C20" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D20" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20"/>
       <c r="N20" t="s">
         <v>36</v>
       </c>
       <c r="O20" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P20" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B21" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H21">
         <v>2015</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N21" t="s">
         <v>36</v>
       </c>
       <c r="O21" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P21" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>42</v>
       </c>
       <c r="F22" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2012</v>
       </c>
       <c r="J22" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P22" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B23" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2016</v>
       </c>
       <c r="J23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P23" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B24" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C24" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D24" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E24" t="s">
         <v>42</v>
       </c>
       <c r="F24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2003</v>
       </c>
       <c r="I24">
         <v>2013</v>
       </c>
       <c r="J24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P24" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B25" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C25" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D25" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2011</v>
       </c>
       <c r="I25">
         <v>2023</v>
       </c>
       <c r="J25" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P25" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C26" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D26" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H26">
         <v>2020</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D27" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H27">
         <v>2020</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="P27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D28" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E28" t="s">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="H28"/>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>199</v>
+        <v>44</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
-      <c r="L28"/>
+      <c r="L28" t="s">
+        <v>202</v>
+      </c>
       <c r="M28" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="P28" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B29" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C29" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D29" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E29" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
-      <c r="L29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29"/>
       <c r="M29" t="s">
         <v>209</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>210</v>
       </c>
-      <c r="P29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
         <v>212</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>208</v>
+      </c>
+      <c r="D30" t="s">
+        <v>92</v>
+      </c>
+      <c r="E30" t="s">
+        <v>200</v>
+      </c>
+      <c r="F30" t="s">
         <v>213</v>
       </c>
-      <c r="C30" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G30" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
-      <c r="L30"/>
+      <c r="L30" t="s">
+        <v>214</v>
+      </c>
       <c r="M30" t="s">
         <v>215</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>216</v>
       </c>
-      <c r="P30"/>
+      <c r="P30" t="s">
+        <v>217</v>
+      </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C31" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="E31" t="s">
-        <v>206</v>
+        <v>42</v>
       </c>
       <c r="F31" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>54</v>
+        <v>221</v>
       </c>
       <c r="K31" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D32" t="s">
-        <v>122</v>
+        <v>228</v>
       </c>
       <c r="E32" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="G32" t="s">
-        <v>207</v>
+        <v>22</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>227</v>
+        <v>55</v>
       </c>
       <c r="K32" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L32"/>
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>229</v>
+      </c>
       <c r="M32" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="P32" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B33" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C33" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D33" t="s">
-        <v>234</v>
+        <v>123</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F33" t="s">
-        <v>219</v>
+        <v>158</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
-      <c r="H33"/>
-      <c r="I33"/>
+      <c r="H33">
+        <v>2001</v>
+      </c>
+      <c r="I33">
+        <v>2002</v>
+      </c>
       <c r="J33" t="s">
-        <v>54</v>
+        <v>236</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="M33" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="P33" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B34" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="C34" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D34" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I34">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="J34" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
         <v>243</v>
       </c>
       <c r="M34" t="s">
+        <v>238</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>244</v>
       </c>
-      <c r="N34" t="s">
-[...2 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>246</v>
+      </c>
+      <c r="B35" t="s">
         <v>247</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>248</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E35" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>157</v>
+        <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="I35">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="J35" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M35" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="P35" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B36" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C36" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="D36" t="s">
-        <v>91</v>
+        <v>256</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2000</v>
       </c>
       <c r="I36">
         <v>2009</v>
       </c>
       <c r="J36" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="K36" t="s">
         <v>34</v>
       </c>
       <c r="L36" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="M36" t="s">
+        <v>251</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
         <v>257</v>
       </c>
-      <c r="N36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>258</v>
+      </c>
+      <c r="B37" t="s">
+        <v>259</v>
+      </c>
+      <c r="C37" t="s">
         <v>260</v>
       </c>
-      <c r="B37" t="s">
+      <c r="D37" t="s">
         <v>261</v>
       </c>
-      <c r="C37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F37" t="s">
         <v>43</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="I37">
-        <v>2009</v>
+        <v>2019</v>
       </c>
       <c r="J37" t="s">
-        <v>255</v>
+        <v>262</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>256</v>
+        <v>263</v>
       </c>
       <c r="M37" t="s">
-        <v>257</v>
+        <v>264</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="P37" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B38" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C38" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D38" t="s">
-        <v>267</v>
+        <v>63</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
         <v>43</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="I38">
         <v>2019</v>
       </c>
       <c r="J38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="M38" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>271</v>
       </c>
       <c r="P38" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>273</v>
       </c>
       <c r="B39" t="s">
         <v>274</v>
       </c>
       <c r="C39" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D39" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I39">
         <v>2019</v>
       </c>
       <c r="J39" t="s">
+        <v>269</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
         <v>275</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="M39" t="s">
+        <v>264</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>276</v>
       </c>
-      <c r="M39" t="s">
-[...5 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>278</v>
+      </c>
+      <c r="B40" t="s">
         <v>279</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>280</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
-        <v>2013</v>
+        <v>1997</v>
       </c>
       <c r="I40">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="J40" t="s">
-        <v>275</v>
+        <v>55</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
         <v>281</v>
       </c>
       <c r="M40" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E41" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>157</v>
+        <v>213</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H41">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
-        <v>54</v>
+        <v>288</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="M41" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="P41" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="B42" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="C42" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D42" t="s">
-        <v>91</v>
+        <v>296</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G42" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>2016</v>
+      </c>
+      <c r="I42">
+        <v>2019</v>
+      </c>
       <c r="J42" t="s">
-        <v>294</v>
+        <v>55</v>
       </c>
       <c r="K42" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P42" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B43" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C43" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D43" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>304</v>
       </c>
       <c r="H43">
-        <v>2016</v>
+        <v>2010</v>
       </c>
       <c r="I43">
-        <v>2019</v>
+        <v>2011</v>
       </c>
       <c r="J43" t="s">
-        <v>54</v>
+        <v>305</v>
       </c>
       <c r="K43" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="P43" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B44" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C44" t="s">
-        <v>308</v>
+        <v>98</v>
       </c>
       <c r="D44" t="s">
-        <v>309</v>
+        <v>92</v>
       </c>
       <c r="E44" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F44" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="G44" t="s">
-        <v>310</v>
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="I44">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J44" t="s">
         <v>311</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
-      <c r="L44"/>
+      <c r="L44" t="s">
+        <v>25</v>
+      </c>
       <c r="M44" t="s">
         <v>312</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>313</v>
       </c>
       <c r="P44" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>309</v>
+      </c>
+      <c r="B45" t="s">
         <v>315</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D45" t="s">
-        <v>91</v>
+        <v>256</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45">
         <v>2015</v>
       </c>
       <c r="J45" t="s">
-        <v>199</v>
+        <v>311</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
         <v>25</v>
       </c>
       <c r="M45" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="P45" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B46" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="C46" t="s">
-        <v>97</v>
+        <v>319</v>
       </c>
       <c r="D46" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="I46">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="J46" t="s">
-        <v>199</v>
+        <v>55</v>
       </c>
       <c r="K46" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>25</v>
+        <v>320</v>
       </c>
       <c r="M46" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P46" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B47" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C47" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="D47" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="E47" t="s">
         <v>42</v>
       </c>
       <c r="F47" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
-        <v>2014</v>
+        <v>1997</v>
       </c>
       <c r="I47">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J47" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K47" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="M47" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="N47" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="O47" t="s">
         <v>327</v>
       </c>
       <c r="P47" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>329</v>
       </c>
       <c r="B48" t="s">
         <v>330</v>
       </c>
       <c r="C48" t="s">
-        <v>324</v>
+        <v>208</v>
       </c>
       <c r="D48" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E48" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>157</v>
+        <v>213</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H48">
-        <v>1997</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I48"/>
       <c r="J48" t="s">
-        <v>54</v>
+        <v>288</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
-      <c r="L48" t="s">
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>215</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
         <v>331</v>
       </c>
-      <c r="M48" t="s">
-[...5 lines deleted...]
-      <c r="O48" t="s">
+      <c r="P48" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>333</v>
+      </c>
+      <c r="B49" t="s">
         <v>334</v>
       </c>
-      <c r="B49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" t="s">
-        <v>214</v>
+        <v>79</v>
       </c>
       <c r="D49" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>219</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H49">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I49"/>
+        <v>1989</v>
+      </c>
+      <c r="I49">
+        <v>2013</v>
+      </c>
       <c r="J49" t="s">
-        <v>294</v>
+        <v>159</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
-      <c r="L49"/>
+      <c r="L49" t="s">
+        <v>93</v>
+      </c>
       <c r="M49" t="s">
-        <v>221</v>
+        <v>82</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
+        <v>335</v>
+      </c>
+      <c r="P49" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>337</v>
+      </c>
+      <c r="B50" t="s">
         <v>338</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C50" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D50" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>1989</v>
+        <v>2011</v>
       </c>
       <c r="I50">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="J50" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="M50" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>339</v>
+      </c>
+      <c r="P50" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>341</v>
+      </c>
+      <c r="B51" t="s">
         <v>342</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D51" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2011</v>
       </c>
       <c r="I51">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="J51" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>86</v>
+        <v>343</v>
       </c>
       <c r="M51" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>344</v>
       </c>
       <c r="P51" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>346</v>
       </c>
       <c r="B52" t="s">
         <v>347</v>
       </c>
       <c r="C52" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D52" t="s">
-        <v>62</v>
+        <v>348</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>21</v>
+        <v>349</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H52">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="I52">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="J52" t="s">
-        <v>158</v>
+        <v>350</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
-      <c r="L52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>81</v>
+        <v>351</v>
       </c>
       <c r="N52" t="s">
-        <v>27</v>
+        <v>113</v>
       </c>
       <c r="O52" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="P52" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B53" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C53" t="s">
-        <v>353</v>
+        <v>79</v>
       </c>
       <c r="D53" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>355</v>
+        <v>158</v>
       </c>
       <c r="G53" t="s">
-        <v>356</v>
+        <v>73</v>
       </c>
       <c r="H53">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
+        <v>55</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
         <v>357</v>
       </c>
-      <c r="K53" t="s">
-[...2 lines deleted...]
-      <c r="L53"/>
       <c r="M53" t="s">
         <v>358</v>
       </c>
       <c r="N53" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
         <v>359</v>
       </c>
       <c r="P53" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>361</v>
       </c>
       <c r="B54" t="s">
         <v>362</v>
       </c>
       <c r="C54" t="s">
-        <v>78</v>
+        <v>363</v>
       </c>
       <c r="D54" t="s">
-        <v>363</v>
+        <v>92</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
-        <v>157</v>
+        <v>21</v>
       </c>
       <c r="G54" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H54">
-        <v>2021</v>
+        <v>1984</v>
       </c>
       <c r="I54"/>
       <c r="J54" t="s">
-        <v>54</v>
+        <v>236</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
         <v>364</v>
       </c>
       <c r="M54" t="s">
         <v>365</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
         <v>366</v>
       </c>
       <c r="P54" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>368</v>
       </c>
       <c r="B55" t="s">
         <v>369</v>
       </c>
       <c r="C55" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="D55" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G55" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H55">
-        <v>1984</v>
-[...1 lines deleted...]
-      <c r="I55"/>
+        <v>2011</v>
+      </c>
+      <c r="I55">
+        <v>2014</v>
+      </c>
       <c r="J55" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
+        <v>370</v>
+      </c>
+      <c r="M55" t="s">
+        <v>365</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
         <v>371</v>
       </c>
-      <c r="M55" t="s">
+      <c r="P55" t="s">
         <v>372</v>
-      </c>
-[...7 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>373</v>
+      </c>
+      <c r="B56" t="s">
+        <v>374</v>
+      </c>
+      <c r="C56" t="s">
         <v>375</v>
       </c>
-      <c r="B56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E56" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F56" t="s">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I56">
-        <v>2014</v>
+        <v>2024</v>
       </c>
       <c r="J56" t="s">
-        <v>242</v>
+        <v>376</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
         <v>377</v>
       </c>
       <c r="M56" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="P56" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B57" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D57" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
+        <v>1989</v>
       </c>
       <c r="I57">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J57" t="s">
-        <v>383</v>
+        <v>269</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
         <v>384</v>
       </c>
       <c r="M57" t="s">
         <v>385</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
         <v>386</v>
       </c>
       <c r="P57" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
         <v>388</v>
       </c>
       <c r="B58" t="s">
         <v>389</v>
       </c>
       <c r="C58" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D58" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>219</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
-        <v>1989</v>
+        <v>2003</v>
       </c>
       <c r="I58">
-        <v>2015</v>
+        <v>2024</v>
       </c>
       <c r="J58" t="s">
-        <v>275</v>
+        <v>390</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
         <v>391</v>
       </c>
       <c r="M58" t="s">
+        <v>385</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
         <v>392</v>
       </c>
-      <c r="N58" t="s">
-[...2 lines deleted...]
-      <c r="O58" t="s">
+      <c r="P58" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>394</v>
+      </c>
+      <c r="B59" t="s">
         <v>395</v>
       </c>
-      <c r="B59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D59" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
-        <v>21</v>
+        <v>213</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
-        <v>2003</v>
+        <v>1989</v>
       </c>
       <c r="I59">
-        <v>2024</v>
+        <v>2015</v>
       </c>
       <c r="J59" t="s">
+        <v>269</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>396</v>
+      </c>
+      <c r="M59" t="s">
+        <v>385</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
         <v>397</v>
       </c>
-      <c r="K59" t="s">
-[...2 lines deleted...]
-      <c r="L59" t="s">
+      <c r="P59" t="s">
         <v>398</v>
-      </c>
-[...10 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B60" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="C60" t="s">
-        <v>390</v>
+        <v>235</v>
       </c>
       <c r="D60" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="E60" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F60" t="s">
-        <v>219</v>
+        <v>158</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
-        <v>1989</v>
+        <v>2002</v>
       </c>
       <c r="I60">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J60" t="s">
-        <v>275</v>
+        <v>236</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
+        <v>401</v>
+      </c>
+      <c r="M60" t="s">
+        <v>238</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>402</v>
+      </c>
+      <c r="P60" t="s">
         <v>403</v>
-      </c>
-[...10 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="B61" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C61" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="D61" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="E61" t="s">
         <v>42</v>
       </c>
       <c r="F61" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G61" t="s">
         <v>22</v>
       </c>
       <c r="H61">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="I61">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J61" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
-      <c r="L61" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L61"/>
       <c r="M61" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="P61" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>408</v>
+      </c>
+      <c r="B62" t="s">
+        <v>409</v>
+      </c>
+      <c r="C62" t="s">
+        <v>375</v>
+      </c>
+      <c r="D62" t="s">
+        <v>92</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>213</v>
+      </c>
+      <c r="G62" t="s">
+        <v>410</v>
+      </c>
+      <c r="H62">
+        <v>2018</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
         <v>411</v>
       </c>
-      <c r="B62" t="s">
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
         <v>412</v>
       </c>
-      <c r="C62" t="s">
-[...26 lines deleted...]
-      <c r="L62"/>
       <c r="M62" t="s">
-        <v>244</v>
+        <v>378</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
         <v>413</v>
       </c>
       <c r="P62" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
         <v>415</v>
       </c>
       <c r="B63" t="s">
         <v>416</v>
       </c>
       <c r="C63" t="s">
-        <v>382</v>
+        <v>184</v>
       </c>
       <c r="D63" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G63" t="s">
+        <v>73</v>
+      </c>
+      <c r="H63">
+        <v>2023</v>
+      </c>
+      <c r="I63">
+        <v>2024</v>
+      </c>
+      <c r="J63" t="s">
+        <v>350</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
         <v>417</v>
       </c>
-      <c r="H63">
-[...3 lines deleted...]
-      <c r="J63" t="s">
+      <c r="M63" t="s">
+        <v>186</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
         <v>418</v>
       </c>
-      <c r="K63" t="s">
-[...2 lines deleted...]
-      <c r="L63" t="s">
+      <c r="P63" t="s">
         <v>419</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
+        <v>420</v>
+      </c>
+      <c r="B64" t="s">
+        <v>421</v>
+      </c>
+      <c r="C64" t="s">
         <v>422</v>
       </c>
-      <c r="B64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="G64" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>2023</v>
+        <v>1984</v>
       </c>
       <c r="I64">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="J64" t="s">
-        <v>357</v>
+        <v>305</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64" t="s">
+        <v>423</v>
+      </c>
+      <c r="M64" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
         <v>425</v>
       </c>
       <c r="P64" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>427</v>
       </c>
       <c r="B65" t="s">
         <v>428</v>
       </c>
       <c r="C65" t="s">
         <v>429</v>
       </c>
       <c r="D65" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H65">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I65"/>
       <c r="J65" t="s">
-        <v>311</v>
+        <v>430</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
-      <c r="L65" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L65"/>
       <c r="M65" t="s">
         <v>431</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>432</v>
       </c>
       <c r="P65" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
         <v>434</v>
       </c>
       <c r="B66" t="s">
         <v>435</v>
       </c>
       <c r="C66" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="D66" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H66">
         <v>2016</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="P66" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B67" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="C67" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="D67" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G67" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H67">
         <v>2016</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="P67" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B68" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C68" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="D68" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="G68" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H68">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="I68"/>
+        <v>2007</v>
+      </c>
+      <c r="I68">
+        <v>2012</v>
+      </c>
       <c r="J68" t="s">
-        <v>437</v>
+        <v>249</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
-      <c r="L68"/>
+      <c r="L68" t="s">
+        <v>445</v>
+      </c>
       <c r="M68" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
         <v>447</v>
       </c>
       <c r="P68" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>449</v>
       </c>
       <c r="B69" t="s">
         <v>450</v>
       </c>
       <c r="C69" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="D69" t="s">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H69">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
+        <v>451</v>
+      </c>
+      <c r="M69" t="s">
+        <v>446</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
         <v>452</v>
       </c>
-      <c r="M69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P69" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="B70" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="C70" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="D70" t="s">
-        <v>91</v>
+        <v>261</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G70" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H70">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="M70" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="P70" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B71" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="C71" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="D71" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="G71" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H71">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I71"/>
+        <v>2013</v>
+      </c>
+      <c r="I71">
+        <v>2014</v>
+      </c>
       <c r="J71" t="s">
-        <v>255</v>
+        <v>159</v>
       </c>
       <c r="K71" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
       <c r="L71" t="s">
+        <v>460</v>
+      </c>
+      <c r="M71" t="s">
+        <v>461</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
         <v>462</v>
       </c>
-      <c r="M71" t="s">
-[...5 lines deleted...]
-      <c r="O71" t="s">
+      <c r="P71" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>464</v>
       </c>
       <c r="B72" t="s">
         <v>465</v>
       </c>
       <c r="C72" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="D72" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
         <v>2013</v>
       </c>
-      <c r="I72">
-[...1 lines deleted...]
-      </c>
       <c r="J72" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K72" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L72" t="s">
+        <v>466</v>
+      </c>
+      <c r="M72" t="s">
+        <v>461</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
         <v>467</v>
       </c>
-      <c r="M72" t="s">
+      <c r="P72" t="s">
         <v>468</v>
-      </c>
-[...7 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="B73" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="C73" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="D73" t="s">
-        <v>262</v>
+        <v>123</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2012</v>
       </c>
       <c r="I73">
         <v>2013</v>
       </c>
       <c r="J73" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K73" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
       <c r="L73" t="s">
-        <v>473</v>
+        <v>460</v>
       </c>
       <c r="M73" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="P73" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="B74" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C74" t="s">
-        <v>466</v>
+        <v>62</v>
       </c>
       <c r="D74" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>43</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H74">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>158</v>
+        <v>236</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="M74" t="s">
-        <v>468</v>
+        <v>66</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="P74" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="B75" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C75" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D75" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>43</v>
       </c>
       <c r="G75" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H75">
         <v>1990</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="M75" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="P75" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="B76" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="C76" t="s">
-        <v>61</v>
+        <v>483</v>
       </c>
       <c r="D76" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H76">
-        <v>1990</v>
+        <v>2022</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>242</v>
+        <v>484</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
-      <c r="L76" t="s">
+      <c r="L76"/>
+      <c r="M76" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>486</v>
       </c>
       <c r="P76" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>488</v>
       </c>
       <c r="B77" t="s">
         <v>489</v>
       </c>
       <c r="C77" t="s">
+        <v>280</v>
+      </c>
+      <c r="D77" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>213</v>
       </c>
       <c r="G77" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I77"/>
+        <v>2008</v>
+      </c>
+      <c r="I77">
+        <v>2020</v>
+      </c>
       <c r="J77" t="s">
+        <v>44</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
         <v>491</v>
       </c>
-      <c r="K77" t="s">
-[...2 lines deleted...]
-      <c r="L77"/>
       <c r="M77" t="s">
         <v>492</v>
       </c>
       <c r="N77" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O77" t="s">
         <v>493</v>
       </c>
       <c r="P77" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
         <v>495</v>
       </c>
       <c r="B78" t="s">
         <v>496</v>
       </c>
       <c r="C78" t="s">
-        <v>286</v>
+        <v>227</v>
       </c>
       <c r="D78" t="s">
-        <v>497</v>
+        <v>123</v>
       </c>
       <c r="E78" t="s">
         <v>20</v>
       </c>
       <c r="F78" t="s">
-        <v>219</v>
+        <v>43</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H78">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I78">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="J78" t="s">
-        <v>44</v>
+        <v>269</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
+        <v>497</v>
+      </c>
+      <c r="M78" t="s">
         <v>498</v>
       </c>
-      <c r="M78" t="s">
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
         <v>499</v>
       </c>
-      <c r="N78" t="s">
-[...2 lines deleted...]
-      <c r="O78" t="s">
+      <c r="P78" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
+        <v>501</v>
+      </c>
+      <c r="B79" t="s">
         <v>502</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
+        <v>227</v>
+      </c>
+      <c r="D79" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>43</v>
       </c>
       <c r="G79" t="s">
-        <v>8</v>
+        <v>73</v>
       </c>
       <c r="H79">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>275</v>
+        <v>504</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
-      <c r="L79" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L79"/>
       <c r="M79" t="s">
+        <v>498</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
         <v>505</v>
       </c>
-      <c r="N79" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P79" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
+        <v>506</v>
+      </c>
+      <c r="B80" t="s">
+        <v>507</v>
+      </c>
+      <c r="C80" t="s">
         <v>508</v>
       </c>
-      <c r="B80" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>510</v>
+        <v>92</v>
       </c>
       <c r="E80" t="s">
-        <v>20</v>
+        <v>200</v>
       </c>
       <c r="F80" t="s">
-        <v>43</v>
+        <v>213</v>
       </c>
       <c r="G80" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="H80"/>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="K80" t="s">
         <v>34</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
+        <v>511</v>
+      </c>
+      <c r="P80" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>513</v>
       </c>
       <c r="B81" t="s">
+        <v>507</v>
+      </c>
+      <c r="C81" t="s">
         <v>514</v>
       </c>
-      <c r="C81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E81" t="s">
-        <v>206</v>
+        <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G81" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
       <c r="J81" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
+        <v>515</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>516</v>
+      </c>
+      <c r="P81" t="s">
         <v>517</v>
-      </c>
-[...7 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>520</v>
+        <v>513</v>
       </c>
       <c r="B82" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="C82" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="D82" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
-        <v>219</v>
+        <v>21</v>
       </c>
       <c r="G82" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
       <c r="J82" t="s">
-        <v>516</v>
+        <v>64</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>522</v>
+        <v>519</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="P82" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="B83" t="s">
-        <v>514</v>
+        <v>523</v>
       </c>
       <c r="C83" t="s">
-        <v>525</v>
+        <v>227</v>
       </c>
       <c r="D83" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-      <c r="I83"/>
+        <v>8</v>
+      </c>
+      <c r="H83">
+        <v>2014</v>
+      </c>
+      <c r="I83">
+        <v>2022</v>
+      </c>
       <c r="J83" t="s">
-        <v>63</v>
+        <v>269</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
-      <c r="L83"/>
+      <c r="L83" t="s">
+        <v>524</v>
+      </c>
       <c r="M83" t="s">
+        <v>498</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>525</v>
+      </c>
+      <c r="P83" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="B84" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="C84" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D84" t="s">
-        <v>122</v>
+        <v>503</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
         <v>21</v>
       </c>
       <c r="G84" t="s">
-        <v>8</v>
+        <v>73</v>
       </c>
       <c r="H84">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I84"/>
       <c r="J84" t="s">
-        <v>275</v>
+        <v>504</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
-      <c r="L84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L84"/>
       <c r="M84" t="s">
-        <v>505</v>
+        <v>498</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="P84" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="B85" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="C85" t="s">
-        <v>233</v>
+        <v>248</v>
       </c>
       <c r="D85" t="s">
-        <v>510</v>
+        <v>92</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="H85">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I85"/>
+        <v>2002</v>
+      </c>
+      <c r="I85">
+        <v>2006</v>
+      </c>
       <c r="J85" t="s">
-        <v>511</v>
+        <v>249</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
-      <c r="L85"/>
+      <c r="L85" t="s">
+        <v>250</v>
+      </c>
       <c r="M85" t="s">
-        <v>505</v>
+        <v>251</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="P85" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B86" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="C86" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="D86" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>22</v>
       </c>
       <c r="H86">
         <v>2002</v>
       </c>
       <c r="I86">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="J86" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="M86" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="P86" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
+        <v>537</v>
+      </c>
+      <c r="B87" t="s">
+        <v>538</v>
+      </c>
+      <c r="C87" t="s">
+        <v>260</v>
+      </c>
+      <c r="D87" t="s">
+        <v>53</v>
+      </c>
+      <c r="E87" t="s">
+        <v>200</v>
+      </c>
+      <c r="F87" t="s">
+        <v>539</v>
+      </c>
+      <c r="G87" t="s">
+        <v>73</v>
+      </c>
+      <c r="H87">
+        <v>2021</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>540</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
         <v>541</v>
       </c>
-      <c r="B87" t="s">
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
         <v>542</v>
       </c>
-      <c r="C87" t="s">
-[...35 lines deleted...]
-      <c r="O87" t="s">
+      <c r="P87" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
+        <v>537</v>
+      </c>
+      <c r="B88" t="s">
         <v>544</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D88" t="s">
         <v>53</v>
       </c>
       <c r="E88" t="s">
-        <v>206</v>
+        <v>42</v>
       </c>
       <c r="F88" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="G88" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H88">
         <v>2021</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="P88" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B89" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="C89" t="s">
-        <v>266</v>
+        <v>363</v>
       </c>
       <c r="D89" t="s">
-        <v>53</v>
+        <v>548</v>
       </c>
       <c r="E89" t="s">
         <v>42</v>
       </c>
       <c r="F89" t="s">
-        <v>546</v>
+        <v>43</v>
       </c>
       <c r="G89" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H89">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="I89"/>
       <c r="J89" t="s">
-        <v>547</v>
+        <v>236</v>
       </c>
       <c r="K89" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L89"/>
+        <v>24</v>
+      </c>
+      <c r="L89" t="s">
+        <v>549</v>
+      </c>
       <c r="M89" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
+        <v>551</v>
+      </c>
+      <c r="P89" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
         <v>553</v>
       </c>
       <c r="B90" t="s">
         <v>554</v>
       </c>
       <c r="C90" t="s">
-        <v>370</v>
+        <v>199</v>
       </c>
       <c r="D90" t="s">
-        <v>555</v>
+        <v>123</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G90" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H90">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
-        <v>242</v>
+        <v>44</v>
       </c>
       <c r="K90" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L90" t="s">
+        <v>555</v>
+      </c>
+      <c r="M90" t="s">
+        <v>203</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
         <v>556</v>
       </c>
-      <c r="M90" t="s">
+      <c r="P90" t="s">
         <v>557</v>
-      </c>
-[...7 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
+        <v>558</v>
+      </c>
+      <c r="B91" t="s">
+        <v>559</v>
+      </c>
+      <c r="C91" t="s">
         <v>560</v>
       </c>
-      <c r="B91" t="s">
+      <c r="D91" t="s">
+        <v>92</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>213</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2010</v>
+      </c>
+      <c r="I91">
+        <v>2016</v>
+      </c>
+      <c r="J91" t="s">
+        <v>269</v>
+      </c>
+      <c r="K91" t="s">
+        <v>34</v>
+      </c>
+      <c r="L91" t="s">
         <v>561</v>
       </c>
-      <c r="C91" t="s">
-[...24 lines deleted...]
-      <c r="L91" t="s">
+      <c r="M91" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
         <v>563</v>
       </c>
       <c r="P91" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>565</v>
       </c>
       <c r="B92" t="s">
         <v>566</v>
       </c>
       <c r="C92" t="s">
         <v>567</v>
       </c>
       <c r="D92" t="s">
-        <v>91</v>
+        <v>568</v>
       </c>
       <c r="E92" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F92" t="s">
-        <v>219</v>
+        <v>158</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="H92">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I92"/>
       <c r="J92" t="s">
-        <v>275</v>
+        <v>221</v>
       </c>
       <c r="K92" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
         <v>569</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
         <v>570</v>
       </c>
       <c r="P92" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
         <v>572</v>
       </c>
       <c r="B93" t="s">
         <v>573</v>
       </c>
       <c r="C93" t="s">
         <v>574</v>
       </c>
       <c r="D93" t="s">
         <v>575</v>
       </c>
       <c r="E93" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>157</v>
+        <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H93">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>227</v>
+        <v>44</v>
       </c>
       <c r="K93" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L93"/>
+        <v>34</v>
+      </c>
+      <c r="L93" t="s">
+        <v>576</v>
+      </c>
       <c r="M93" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="P93" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B94" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C94" t="s">
-        <v>581</v>
+        <v>184</v>
       </c>
       <c r="D94" t="s">
-        <v>582</v>
+        <v>92</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G94" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H94">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>44</v>
+        <v>311</v>
       </c>
       <c r="K94" t="s">
         <v>34</v>
       </c>
       <c r="L94" t="s">
+        <v>582</v>
+      </c>
+      <c r="M94" t="s">
+        <v>186</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
         <v>583</v>
       </c>
-      <c r="M94" t="s">
+      <c r="P94" t="s">
         <v>584</v>
-      </c>
-[...7 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
+        <v>585</v>
+      </c>
+      <c r="B95" t="s">
+        <v>586</v>
+      </c>
+      <c r="C95" t="s">
+        <v>422</v>
+      </c>
+      <c r="D95" t="s">
+        <v>92</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>158</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>1993</v>
+      </c>
+      <c r="I95">
+        <v>2010</v>
+      </c>
+      <c r="J95" t="s">
+        <v>305</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95" t="s">
         <v>587</v>
       </c>
-      <c r="B95" t="s">
+      <c r="M95" t="s">
         <v>588</v>
       </c>
-      <c r="C95" t="s">
-[...24 lines deleted...]
-      <c r="L95" t="s">
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
         <v>589</v>
       </c>
-      <c r="M95" t="s">
-[...5 lines deleted...]
-      <c r="O95" t="s">
+      <c r="P95" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
+        <v>591</v>
+      </c>
+      <c r="B96" t="s">
         <v>592</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>593</v>
       </c>
-      <c r="C96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E96" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>157</v>
+        <v>43</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>1993</v>
+        <v>2007</v>
       </c>
       <c r="I96">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="J96" t="s">
         <v>311</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
-      <c r="L96" t="s">
+      <c r="L96"/>
+      <c r="M96" t="s">
         <v>594</v>
       </c>
-      <c r="M96" t="s">
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
         <v>595</v>
       </c>
-      <c r="N96" t="s">
-[...2 lines deleted...]
-      <c r="O96" t="s">
+      <c r="P96" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
+        <v>597</v>
+      </c>
+      <c r="B97" t="s">
         <v>598</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>198</v>
+        <v>248</v>
       </c>
       <c r="D97" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E97" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F97" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="I97">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="J97" t="s">
-        <v>199</v>
+        <v>249</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>200</v>
+        <v>251</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="P97" t="s">
-        <v>202</v>
+        <v>533</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
+        <v>600</v>
+      </c>
+      <c r="B98" t="s">
         <v>601</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>602</v>
       </c>
-      <c r="C98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>91</v>
+        <v>603</v>
       </c>
       <c r="E98" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>157</v>
+        <v>213</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I98">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="J98" t="s">
-        <v>255</v>
+        <v>411</v>
       </c>
       <c r="K98" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L98"/>
+        <v>604</v>
+      </c>
+      <c r="L98" t="s">
+        <v>605</v>
+      </c>
       <c r="M98" t="s">
-        <v>257</v>
+        <v>606</v>
       </c>
       <c r="N98" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O98" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="P98" t="s">
-        <v>540</v>
+        <v>608</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="B99" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="C99" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="D99" t="s">
-        <v>607</v>
+        <v>348</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>219</v>
+        <v>612</v>
       </c>
       <c r="G99" t="s">
-        <v>22</v>
+        <v>613</v>
       </c>
       <c r="H99">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2024</v>
+      </c>
+      <c r="I99"/>
       <c r="J99" t="s">
-        <v>418</v>
+        <v>614</v>
       </c>
       <c r="K99" t="s">
-        <v>608</v>
+        <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="M99" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="N99" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="P99" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="B100" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C100" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="D100" t="s">
-        <v>354</v>
+        <v>622</v>
       </c>
       <c r="E100" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F100" t="s">
-        <v>616</v>
+        <v>43</v>
       </c>
       <c r="G100" t="s">
-        <v>356</v>
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I100"/>
+        <v>2015</v>
+      </c>
+      <c r="I100">
+        <v>2018</v>
+      </c>
       <c r="J100" t="s">
-        <v>617</v>
+        <v>430</v>
       </c>
       <c r="K100" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L100"/>
       <c r="M100" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="P100" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="B101" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="C101" t="s">
-        <v>624</v>
+        <v>593</v>
       </c>
       <c r="D101" t="s">
-        <v>625</v>
+        <v>92</v>
       </c>
       <c r="E101" t="s">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="G101" t="s">
-        <v>22</v>
+        <v>613</v>
       </c>
       <c r="H101">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I101"/>
       <c r="J101" t="s">
-        <v>437</v>
+        <v>311</v>
       </c>
       <c r="K101" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L101"/>
       <c r="M101" t="s">
-        <v>626</v>
+        <v>594</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P101" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B102" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C102" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D102" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
         <v>43</v>
       </c>
       <c r="G102" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H102">
         <v>2017</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M102" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="P102" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="B103" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C103" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D103" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>43</v>
       </c>
       <c r="G103" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H103">
         <v>2015</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="K103" t="s">
         <v>34</v>
       </c>
       <c r="L103" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="M103" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="P103" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B104" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C104" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="D104" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E104" t="s">
         <v>42</v>
       </c>
       <c r="F104" t="s">
         <v>43</v>
       </c>
       <c r="G104" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H104">
         <v>2014</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="K104" t="s">
         <v>34</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="P104" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B105" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C105" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="D105" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>43</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2008</v>
       </c>
       <c r="I105">
         <v>2013</v>
       </c>
       <c r="J105" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
         <v>25</v>
       </c>
       <c r="M105" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="P105" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B106" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="C106" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D106" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G106" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H106">
         <v>2019</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="P106" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B107" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C107" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D107" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2018</v>
       </c>
       <c r="I107">
         <v>2018</v>
       </c>
       <c r="J107" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K107" t="s">
         <v>34</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N107" t="s">
         <v>27</v>
       </c>
       <c r="O107" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="P107" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B108" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C108" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D108" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
         <v>2007</v>
       </c>
       <c r="I108">
         <v>2018</v>
       </c>
       <c r="J108" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="M108" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="P108" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B109" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C109" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D109" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E109" t="s">
         <v>42</v>
       </c>
       <c r="F109" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
         <v>2011</v>
       </c>
       <c r="I109">
         <v>2019</v>
       </c>
       <c r="J109" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="M109" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="P109" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B110" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C110" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D110" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E110" t="s">
         <v>42</v>
       </c>
       <c r="F110" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2000</v>
       </c>
       <c r="I110">
         <v>2012</v>
       </c>
       <c r="J110" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="K110" t="s">
         <v>34</v>
       </c>
       <c r="L110" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="M110" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="N110" t="s">
         <v>27</v>
       </c>
       <c r="O110" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="P110" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B111" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="C111" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D111" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="E111" t="s">
         <v>42</v>
       </c>
       <c r="F111" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
         <v>2001</v>
       </c>
       <c r="I111">
         <v>2015</v>
       </c>
       <c r="J111" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="M111" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="P111" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B112" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C112" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="D112" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2008</v>
       </c>
       <c r="I112">
         <v>2014</v>
       </c>
       <c r="J112" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K112" t="s">
         <v>34</v>
       </c>
       <c r="L112" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="M112" t="s">
-        <v>569</v>
+        <v>562</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="P112" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B113" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C113" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D113" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
         <v>21</v>
       </c>
       <c r="G113" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H113">
         <v>2016</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K113" t="s">
         <v>34</v>
       </c>
       <c r="L113"/>
       <c r="M113" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="P113" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B114" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C114" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D114" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
         <v>43</v>
       </c>
       <c r="G114" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H114">
         <v>2017</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="N114" t="s">
         <v>36</v>
       </c>
       <c r="O114" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="P114" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B115" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C115" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D115" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
         <v>21</v>
       </c>
       <c r="G115" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H115">
         <v>2014</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K115" t="s">
         <v>34</v>
       </c>
       <c r="L115" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="M115" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="P115" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B116" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C116" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D116" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
         <v>21</v>
       </c>
       <c r="G116" t="s">
         <v>22</v>
       </c>
       <c r="H116">
         <v>2010</v>
       </c>
       <c r="I116">
         <v>2013</v>
       </c>
       <c r="J116" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="K116" t="s">
         <v>34</v>
       </c>
       <c r="L116" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="M116" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N116" t="s">
         <v>27</v>
       </c>
       <c r="O116" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="P116" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B117" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C117" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D117" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
         <v>43</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2009</v>
       </c>
       <c r="I117">
         <v>2016</v>
       </c>
       <c r="J117" t="s">
         <v>33</v>
       </c>
       <c r="K117" t="s">
         <v>24</v>
       </c>
       <c r="L117"/>
       <c r="M117" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="P117" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B118" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C118" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D118" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E118" t="s">
         <v>42</v>
       </c>
       <c r="F118" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>2007</v>
       </c>
       <c r="I118">
         <v>2012</v>
       </c>
       <c r="J118" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="M118" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="P118" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B119" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C119" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D119" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="E119" t="s">
         <v>42</v>
       </c>
       <c r="F119" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G119" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H119">
         <v>2013</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="K119" t="s">
         <v>34</v>
       </c>
       <c r="L119" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="M119" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="P119" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B120" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C120" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D120" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E120" t="s">
         <v>42</v>
       </c>
       <c r="F120" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
         <v>2013</v>
       </c>
       <c r="I120">
         <v>2021</v>
       </c>
       <c r="J120" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="K120" t="s">
         <v>34</v>
       </c>
       <c r="L120" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="M120" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="P120" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="B121" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C121" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D121" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E121" t="s">
         <v>20</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H121">
         <v>2021</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121"/>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="P121" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B122" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="C122" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D122" t="s">
         <v>53</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
         <v>21</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>1997</v>
       </c>
       <c r="I122">
         <v>2022</v>
       </c>
       <c r="J122" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K122" t="s">
         <v>34</v>
       </c>
       <c r="L122"/>
       <c r="M122" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="P122" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="B123" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C123" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D123" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="E123" t="s">
         <v>42</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H123">
         <v>2014</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123"/>
       <c r="M123" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P123" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="B124" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C124" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="D124" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="E124" t="s">
         <v>42</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
         <v>2014</v>
       </c>
       <c r="I124">
         <v>2024</v>
       </c>
       <c r="J124" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="P124" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B125" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="C125" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D125" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E125" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="F125" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G125" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="H125"/>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K125" t="s">
         <v>34</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="N125" t="s">
         <v>27</v>
       </c>
       <c r="O125" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="P125" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B126" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C126" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D126" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E126" t="s">
         <v>42</v>
       </c>
       <c r="F126" t="s">
         <v>43</v>
       </c>
       <c r="G126" t="s">
         <v>22</v>
       </c>
       <c r="H126">
         <v>2002</v>
       </c>
       <c r="I126">
         <v>2015</v>
       </c>
       <c r="J126" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="K126" t="s">
         <v>24</v>
       </c>
       <c r="L126" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="M126" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="P126" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B127" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C127" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D127" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E127" t="s">
         <v>42</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2013</v>
       </c>
       <c r="I127">
         <v>2015</v>
       </c>
       <c r="J127" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="K127" t="s">
         <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="M127" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="P127" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B128" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C128" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D128" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="E128" t="s">
         <v>42</v>
       </c>
       <c r="F128" t="s">
         <v>43</v>
       </c>
       <c r="G128" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H128">
         <v>2021</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K128" t="s">
         <v>34</v>
       </c>
       <c r="L128" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="M128" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="P128" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B129" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C129" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D129" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E129" t="s">
         <v>42</v>
       </c>
       <c r="F129" t="s">
         <v>21</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2011</v>
       </c>
       <c r="I129">
         <v>2021</v>
       </c>
       <c r="J129" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K129" t="s">
         <v>34</v>
       </c>
       <c r="L129" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="M129" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="P129" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B130" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C130" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D130" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E130" t="s">
         <v>42</v>
       </c>
       <c r="F130" t="s">
         <v>21</v>
       </c>
       <c r="G130" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H130">
         <v>2021</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="M130" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="P130" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="B131" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C131" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D131" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E131" t="s">
         <v>42</v>
       </c>
       <c r="F131" t="s">
         <v>43</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2002</v>
       </c>
       <c r="I131">
         <v>2021</v>
       </c>
       <c r="J131" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M131" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="P131" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B132" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C132" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D132" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="E132" t="s">
         <v>20</v>
       </c>
       <c r="F132" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G132" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H132">
         <v>2013</v>
       </c>
       <c r="I132"/>
       <c r="J132" t="s">
-        <v>199</v>
+        <v>311</v>
       </c>
       <c r="K132" t="s">
         <v>34</v>
       </c>
       <c r="L132" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="M132" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="P132" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="B133" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C133" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D133" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E133" t="s">
         <v>20</v>
       </c>
       <c r="F133" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="G133" t="s">
         <v>22</v>
       </c>
       <c r="H133">
         <v>2012</v>
       </c>
       <c r="I133">
         <v>2014</v>
       </c>
       <c r="J133" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="M133" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="P133" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B134" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C134" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D134" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="E134" t="s">
         <v>42</v>
       </c>
       <c r="F134" t="s">
         <v>43</v>
       </c>
       <c r="G134" t="s">
         <v>22</v>
       </c>
       <c r="H134">
         <v>2014</v>
       </c>
       <c r="I134">
         <v>2017</v>
       </c>
       <c r="J134" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K134" t="s">
         <v>34</v>
       </c>
       <c r="L134"/>
       <c r="M134" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="P134" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B135" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C135" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D135" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E135" t="s">
         <v>42</v>
       </c>
       <c r="F135" t="s">
         <v>43</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2015</v>
       </c>
       <c r="I135">
         <v>2016</v>
       </c>
       <c r="J135" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="K135" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="L135" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="M135" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="N135" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="O135" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="P135" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B136" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C136" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="D136" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="E136" t="s">
         <v>42</v>
       </c>
       <c r="F136" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2011</v>
       </c>
       <c r="I136">
         <v>2017</v>
       </c>
       <c r="J136" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K136" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="L136"/>
       <c r="M136" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="N136" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="O136" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="P136" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">