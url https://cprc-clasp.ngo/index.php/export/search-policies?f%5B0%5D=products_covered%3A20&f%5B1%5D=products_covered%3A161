--- v0 (2026-02-03)
+++ v1 (2026-03-29)
@@ -1423,66 +1423,66 @@
   <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>COMPULSORY SPECIFICATION FOR ENERGY EFFICIENCY AND FUNCTIONAL PERFORMANCE REQUIREMENTS OF GENERAL SERVICE LAMPS (GSLs) - VC 9109</t>
   </si>
   <si>
     <t>This compulsory specification on general service lamps will cover the energy efficiency and functional performance for general lighting directional and non -directional lamps of all shapes and finishes; using incandescent, halogen, fluorescent, light emitting diode (LED), and other light source technologies (not including high- intensity discharge lamps).
 Under this policy general service lamps must meet a standard of 90 lumens per Watt (lm/W). By May of 2026, the efficiency standard will be raised further to 105 Lm/W.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>June 2024</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/compulsory-specification-energy-efficiency-and-functional-performance-requirements-general</t>
@@ -12650,136 +12650,136 @@
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>344</v>
       </c>
       <c r="N78" t="s">
         <v>36</v>
       </c>
       <c r="O78" t="s">
         <v>452</v>
       </c>
       <c r="P78" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
         <v>454</v>
       </c>
       <c r="B79" t="s">
         <v>455</v>
       </c>
       <c r="C79" t="s">
-        <v>318</v>
+        <v>456</v>
       </c>
       <c r="D79" t="s">
         <v>377</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>21</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>1992</v>
       </c>
       <c r="I79">
         <v>2013</v>
       </c>
       <c r="J79" t="s">
-        <v>456</v>
+        <v>44</v>
       </c>
       <c r="K79" t="s">
         <v>63</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>344</v>
+        <v>457</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="P79" t="s">
-        <v>458</v>
+        <v>399</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>454</v>
       </c>
       <c r="B80" t="s">
         <v>455</v>
       </c>
       <c r="C80" t="s">
-        <v>459</v>
+        <v>318</v>
       </c>
       <c r="D80" t="s">
         <v>377</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>1992</v>
       </c>
       <c r="I80">
         <v>2013</v>
       </c>
       <c r="J80" t="s">
-        <v>44</v>
+        <v>459</v>
       </c>
       <c r="K80" t="s">
         <v>63</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
+        <v>344</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
         <v>460</v>
       </c>
-      <c r="N80" t="s">
-[...2 lines deleted...]
-      <c r="O80" t="s">
+      <c r="P80" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>462</v>
       </c>
       <c r="B81" t="s">
         <v>463</v>
       </c>
       <c r="C81" t="s">
         <v>464</v>
       </c>
       <c r="D81" t="s">
         <v>465</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>466</v>
       </c>
       <c r="H81">