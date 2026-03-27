--- v0 (2026-02-02)
+++ v1 (2026-03-27)
@@ -1385,66 +1385,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
   </si>
   <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -11676,136 +11676,136 @@
       </c>
       <c r="L79" t="s">
         <v>25</v>
       </c>
       <c r="M79" t="s">
         <v>332</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
         <v>443</v>
       </c>
       <c r="P79" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
         <v>445</v>
       </c>
       <c r="B80" t="s">
         <v>446</v>
       </c>
       <c r="C80" t="s">
-        <v>306</v>
+        <v>447</v>
       </c>
       <c r="D80" t="s">
         <v>366</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>1992</v>
       </c>
       <c r="I80">
         <v>2013</v>
       </c>
       <c r="J80" t="s">
-        <v>447</v>
+        <v>406</v>
       </c>
       <c r="K80" t="s">
         <v>45</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>332</v>
+        <v>448</v>
       </c>
       <c r="N80" t="s">
         <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="P80" t="s">
-        <v>449</v>
+        <v>387</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
         <v>445</v>
       </c>
       <c r="B81" t="s">
         <v>446</v>
       </c>
       <c r="C81" t="s">
-        <v>450</v>
+        <v>306</v>
       </c>
       <c r="D81" t="s">
         <v>366</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>1992</v>
       </c>
       <c r="I81">
         <v>2013</v>
       </c>
       <c r="J81" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="K81" t="s">
         <v>45</v>
       </c>
       <c r="L81"/>
       <c r="M81" t="s">
+        <v>332</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
         <v>451</v>
       </c>
-      <c r="N81" t="s">
-[...2 lines deleted...]
-      <c r="O81" t="s">
+      <c r="P81" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
         <v>453</v>
       </c>
       <c r="B82" t="s">
         <v>454</v>
       </c>
       <c r="C82" t="s">
         <v>455</v>
       </c>
       <c r="D82" t="s">
         <v>456</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>120</v>
       </c>
       <c r="G82" t="s">
         <v>55</v>
       </c>
       <c r="H82">