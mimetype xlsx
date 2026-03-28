--- v0 (2026-02-03)
+++ v1 (2026-03-28)
@@ -1207,66 +1207,66 @@
   <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
     <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
   </si>
   <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
     <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
   </si>
@@ -9490,136 +9490,136 @@
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66"/>
       <c r="M66" t="s">
         <v>274</v>
       </c>
       <c r="N66" t="s">
         <v>36</v>
       </c>
       <c r="O66" t="s">
         <v>384</v>
       </c>
       <c r="P66" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>386</v>
       </c>
       <c r="B67" t="s">
         <v>387</v>
       </c>
       <c r="C67" t="s">
-        <v>248</v>
+        <v>388</v>
       </c>
       <c r="D67" t="s">
         <v>309</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>1992</v>
       </c>
       <c r="I67">
         <v>2013</v>
       </c>
       <c r="J67" t="s">
-        <v>388</v>
+        <v>354</v>
       </c>
       <c r="K67" t="s">
         <v>45</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>274</v>
+        <v>389</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P67" t="s">
-        <v>390</v>
+        <v>331</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>386</v>
       </c>
       <c r="B68" t="s">
         <v>387</v>
       </c>
       <c r="C68" t="s">
-        <v>391</v>
+        <v>248</v>
       </c>
       <c r="D68" t="s">
         <v>309</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1992</v>
       </c>
       <c r="I68">
         <v>2013</v>
       </c>
       <c r="J68" t="s">
-        <v>354</v>
+        <v>391</v>
       </c>
       <c r="K68" t="s">
         <v>45</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
+        <v>274</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
         <v>392</v>
       </c>
-      <c r="N68" t="s">
-[...2 lines deleted...]
-      <c r="O68" t="s">
+      <c r="P68" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>394</v>
       </c>
       <c r="B69" t="s">
         <v>395</v>
       </c>
       <c r="C69" t="s">
         <v>396</v>
       </c>
       <c r="D69" t="s">
         <v>397</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>115</v>
       </c>
       <c r="G69" t="s">
         <v>55</v>
       </c>
       <c r="H69">