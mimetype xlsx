--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,299 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -568,575 +647,644 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="517.731" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2014</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...11 lines deleted...]
-      <c r="F3" t="s">
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...3 lines deleted...]
-      <c r="I3" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>28</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>49</v>
+      </c>
+      <c r="P6" t="s">
+        <v>46</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...22 lines deleted...]
-      <c r="I4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>53</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...112 lines deleted...]
-        <v>2016</v>
+      <c r="G7" t="s">
+        <v>54</v>
       </c>
       <c r="H7">
         <v>2016</v>
       </c>
-      <c r="I7" t="s">
-        <v>43</v>
+      <c r="I7">
+        <v>2016</v>
       </c>
       <c r="J7" t="s">
+        <v>55</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>57</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...32 lines deleted...]
-        <v>2016</v>
+      <c r="G8" t="s">
+        <v>54</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I8" t="s">
-        <v>43</v>
+      <c r="I8">
+        <v>2016</v>
       </c>
       <c r="J8" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>57</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>55</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-        <v>49</v>
+      <c r="L9" t="s">
+        <v>67</v>
+      </c>
+      <c r="M9" t="s">
+        <v>57</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
       </c>
     </row>
-    <row r="9" spans="1:14">
-[...15 lines deleted...]
-      <c r="F9" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
         <v>19</v>
       </c>
-      <c r="G9">
-[...15 lines deleted...]
-      <c r="M9" t="s">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>73</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>74</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N9" t="s">
-        <v>52</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>76</v>
+      </c>
+      <c r="P10" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="10" spans="1:14">
-[...3 lines deleted...]
-      <c r="B10" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>78</v>
+      </c>
+      <c r="B11" t="s">
+        <v>79</v>
+      </c>
+      <c r="C11" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>82</v>
+      </c>
+      <c r="F11" t="s">
+        <v>83</v>
+      </c>
+      <c r="G11" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
-[...53 lines deleted...]
-      <c r="G11">
+      <c r="H11">
         <v>2017</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2021</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="K11" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="L11" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="N11" t="s">
-        <v>69</v>
+        <v>88</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>