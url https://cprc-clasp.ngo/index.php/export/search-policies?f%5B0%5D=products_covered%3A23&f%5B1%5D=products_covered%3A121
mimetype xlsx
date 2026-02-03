--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,741 +12,943 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1010,1827 +1212,2064 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N41"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1075.737" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2016</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...26 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G5" t="s">
         <v>36</v>
-      </c>
-[...65 lines deleted...]
-        <v>2024</v>
       </c>
       <c r="H5">
         <v>2024</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2024</v>
+      </c>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>59</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>59</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>59</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>74</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>48</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>83</v>
+      </c>
+      <c r="L9" t="s">
+        <v>48</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>88</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>89</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>93</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" t="s">
+        <v>100</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>101</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>102</v>
+      </c>
+      <c r="M11" t="s">
+        <v>103</v>
+      </c>
+      <c r="N11" t="s">
+        <v>59</v>
+      </c>
+      <c r="O11" t="s">
+        <v>104</v>
+      </c>
+      <c r="P11" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>106</v>
+      </c>
+      <c r="B12" t="s">
+        <v>107</v>
+      </c>
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>46</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>48</v>
+      </c>
+      <c r="M12" t="s">
         <v>49</v>
       </c>
-      <c r="J5" t="s">
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...23 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
         <v>47</v>
       </c>
-      <c r="F6" t="s">
+      <c r="L13" t="s">
+        <v>48</v>
+      </c>
+      <c r="M13" t="s">
+        <v>49</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...6 lines deleted...]
-      <c r="J6" t="s">
+      <c r="E14" t="s">
+        <v>99</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...21 lines deleted...]
-      <c r="E7" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2020</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
         <v>47</v>
       </c>
-      <c r="F7" t="s">
-[...306 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="M14" t="s">
-        <v>75</v>
+        <v>117</v>
       </c>
       <c r="N14" t="s">
         <v>93</v>
       </c>
-    </row>
-    <row r="15" spans="1:14">
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15"/>
       <c r="D15" t="s">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>99</v>
       </c>
       <c r="F15" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="G15"/>
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>123</v>
+      </c>
       <c r="H15"/>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
+        <v>82</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>48</v>
+      </c>
+      <c r="M15" t="s">
+        <v>124</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" t="s">
+        <v>48</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>131</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>55</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>134</v>
+      </c>
+      <c r="G17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>135</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>59</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>142</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>144</v>
+      </c>
+      <c r="M18" t="s">
+        <v>145</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>115</v>
+      </c>
+      <c r="D19" t="s">
+        <v>55</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>56</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>150</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
         <v>40</v>
       </c>
-      <c r="K15" t="s">
-[...5 lines deleted...]
-      <c r="M15" t="s">
+      <c r="O19" t="s">
+        <v>152</v>
+      </c>
+      <c r="P19" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>154</v>
+      </c>
+      <c r="B20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20" t="s">
+        <v>48</v>
+      </c>
+      <c r="M20" t="s">
+        <v>157</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>162</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...4 lines deleted...]
-      <c r="A16" t="s">
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>163</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>164</v>
+      </c>
+      <c r="P21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>166</v>
+      </c>
+      <c r="B22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>162</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>163</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>82</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" t="s">
+        <v>48</v>
+      </c>
+      <c r="M23" t="s">
+        <v>173</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>174</v>
+      </c>
+      <c r="P23" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" t="s">
+        <v>177</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
         <v>99</v>
       </c>
-      <c r="B16" t="s">
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>89</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>90</v>
+      </c>
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24" t="s">
+        <v>48</v>
+      </c>
+      <c r="M24" t="s">
+        <v>178</v>
+      </c>
+      <c r="N24" t="s">
+        <v>93</v>
+      </c>
+      <c r="O24" t="s">
+        <v>179</v>
+      </c>
+      <c r="P24" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>182</v>
+      </c>
+      <c r="C25" t="s">
+        <v>183</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>99</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25">
+        <v>2018</v>
+      </c>
+      <c r="I25">
+        <v>2022</v>
+      </c>
+      <c r="J25" t="s">
+        <v>82</v>
+      </c>
+      <c r="K25" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25" t="s">
+        <v>48</v>
+      </c>
+      <c r="M25" t="s">
+        <v>184</v>
+      </c>
+      <c r="N25" t="s">
         <v>27</v>
       </c>
-      <c r="C16" t="s">
-[...8 lines deleted...]
-      <c r="F16" t="s">
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
+      <c r="E26" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>36</v>
+      </c>
+      <c r="H26">
+        <v>2018</v>
+      </c>
+      <c r="I26">
         <v>2022</v>
       </c>
-      <c r="H16"/>
-      <c r="I16" t="s">
+      <c r="J26" t="s">
+        <v>82</v>
+      </c>
+      <c r="K26" t="s">
+        <v>83</v>
+      </c>
+      <c r="L26" t="s">
+        <v>48</v>
+      </c>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>114</v>
+      </c>
+      <c r="C27" t="s">
+        <v>191</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>99</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>89</v>
+      </c>
+      <c r="H27">
+        <v>2023</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>192</v>
+      </c>
+      <c r="K27" t="s">
+        <v>47</v>
+      </c>
+      <c r="L27" t="s">
+        <v>48</v>
+      </c>
+      <c r="M27" t="s">
+        <v>193</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>194</v>
+      </c>
+      <c r="P27" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>196</v>
+      </c>
+      <c r="B28" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" t="s">
+        <v>198</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>99</v>
+      </c>
+      <c r="F28" t="s">
         <v>100</v>
       </c>
-      <c r="J16" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2010</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>199</v>
+      </c>
+      <c r="K28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>200</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>205</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>34</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2020</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>143</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" t="s">
+        <v>48</v>
+      </c>
+      <c r="M29" t="s">
+        <v>206</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>209</v>
+      </c>
+      <c r="C30" t="s">
+        <v>210</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>99</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>143</v>
+      </c>
+      <c r="K30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L30" t="s">
+        <v>48</v>
+      </c>
+      <c r="M30" t="s">
+        <v>211</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30"/>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>123</v>
+      </c>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>82</v>
+      </c>
+      <c r="K31" t="s">
+        <v>47</v>
+      </c>
+      <c r="L31" t="s">
+        <v>48</v>
+      </c>
+      <c r="M31" t="s">
+        <v>84</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>215</v>
+      </c>
+      <c r="P31"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
+        <v>218</v>
+      </c>
+      <c r="D32" t="s">
+        <v>219</v>
+      </c>
+      <c r="E32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F32" t="s">
+        <v>134</v>
+      </c>
+      <c r="G32" t="s">
+        <v>36</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32">
+        <v>2021</v>
+      </c>
+      <c r="J32" t="s">
+        <v>74</v>
+      </c>
+      <c r="K32" t="s">
+        <v>220</v>
+      </c>
+      <c r="L32" t="s">
+        <v>221</v>
+      </c>
+      <c r="M32" t="s">
+        <v>222</v>
+      </c>
+      <c r="N32" t="s">
+        <v>59</v>
+      </c>
+      <c r="O32" t="s">
+        <v>223</v>
+      </c>
+      <c r="P32" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>225</v>
+      </c>
+      <c r="B33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" t="s">
+        <v>227</v>
+      </c>
+      <c r="D33" t="s">
+        <v>228</v>
+      </c>
+      <c r="E33" t="s">
+        <v>99</v>
+      </c>
+      <c r="F33" t="s">
+        <v>134</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2024</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>229</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>230</v>
+      </c>
+      <c r="M33" t="s">
+        <v>231</v>
+      </c>
+      <c r="N33" t="s">
         <v>40</v>
       </c>
-      <c r="K16" t="s">
-[...5 lines deleted...]
-      <c r="M16" t="s">
+      <c r="O33" t="s">
+        <v>232</v>
+      </c>
+      <c r="P33" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>235</v>
+      </c>
+      <c r="C34" t="s">
+        <v>236</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>34</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>82</v>
+      </c>
+      <c r="K34" t="s">
+        <v>47</v>
+      </c>
+      <c r="L34" t="s">
+        <v>48</v>
+      </c>
+      <c r="M34" t="s">
+        <v>237</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>238</v>
+      </c>
+      <c r="P34" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>240</v>
+      </c>
+      <c r="B35" t="s">
+        <v>241</v>
+      </c>
+      <c r="C35" t="s">
+        <v>242</v>
+      </c>
+      <c r="D35" t="s">
+        <v>243</v>
+      </c>
+      <c r="E35" t="s">
+        <v>99</v>
+      </c>
+      <c r="F35" t="s">
+        <v>100</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>46</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>244</v>
+      </c>
+      <c r="N35" t="s">
+        <v>40</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C36" t="s">
+        <v>249</v>
+      </c>
+      <c r="D36" t="s">
+        <v>250</v>
+      </c>
+      <c r="E36" t="s">
+        <v>34</v>
+      </c>
+      <c r="F36" t="s">
+        <v>56</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2019</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>251</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
+        <v>253</v>
+      </c>
+      <c r="O36" t="s">
+        <v>254</v>
+      </c>
+      <c r="P36" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>256</v>
+      </c>
+      <c r="B37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" t="s">
+        <v>257</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...10 lines deleted...]
-      <c r="C17" t="s">
+      <c r="L37" t="s">
+        <v>25</v>
+      </c>
+      <c r="M37" t="s">
+        <v>258</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>259</v>
+      </c>
+      <c r="P37" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>261</v>
+      </c>
+      <c r="B38" t="s">
+        <v>262</v>
+      </c>
+      <c r="C38" t="s">
+        <v>257</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>25</v>
+      </c>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>263</v>
+      </c>
+      <c r="P38"/>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>264</v>
+      </c>
+      <c r="B39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C39" t="s">
+        <v>265</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>34</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>36</v>
+      </c>
+      <c r="H39">
+        <v>2016</v>
+      </c>
+      <c r="I39">
+        <v>2017</v>
+      </c>
+      <c r="J39" t="s">
         <v>46</v>
       </c>
-      <c r="D17" t="s">
-[...17 lines deleted...]
-      <c r="J17" t="s">
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39" t="s">
+        <v>48</v>
+      </c>
+      <c r="M39" t="s">
+        <v>266</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>267</v>
+      </c>
+      <c r="P39" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>269</v>
+      </c>
+      <c r="B40" t="s">
+        <v>72</v>
+      </c>
+      <c r="C40" t="s">
+        <v>270</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>34</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
-[...28 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>143</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40" t="s">
+        <v>48</v>
+      </c>
+      <c r="M40" t="s">
+        <v>271</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>272</v>
+      </c>
+      <c r="P40" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>274</v>
+      </c>
+      <c r="B41" t="s">
+        <v>275</v>
+      </c>
+      <c r="C41" t="s">
+        <v>276</v>
+      </c>
+      <c r="D41" t="s">
         <v>19</v>
       </c>
-      <c r="G18">
+      <c r="E41" t="s">
+        <v>99</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2021</v>
       </c>
-      <c r="H18"/>
-[...32 lines deleted...]
-      <c r="E19" t="s">
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>143</v>
+      </c>
+      <c r="K41" t="s">
         <v>47</v>
       </c>
-      <c r="F19" t="s">
-[...938 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>212</v>
+        <v>48</v>
       </c>
       <c r="M41" t="s">
-        <v>24</v>
+        <v>277</v>
       </c>
       <c r="N41" t="s">
-        <v>213</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>