--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -952,68 +952,68 @@
   <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>