--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,713 +12,933 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -982,1863 +1202,2100 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>1998</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2000</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>37</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>78</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>80</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>86</v>
+      </c>
+      <c r="H9">
+        <v>2023</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>90</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>35</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>99</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>90</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" t="s">
+        <v>62</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>110</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14"/>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>79</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>63</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>134</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>37</v>
+      </c>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E18" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G18" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>145</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>79</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>86</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>87</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>90</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>61</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>79</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>79</v>
+      </c>
+      <c r="K23" t="s">
+        <v>80</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="M23" t="s">
+        <v>162</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>167</v>
+      </c>
+      <c r="P23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" t="s">
+        <v>101</v>
+      </c>
+      <c r="C24" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>61</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>86</v>
+      </c>
+      <c r="H24">
+        <v>2023</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>170</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>171</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>172</v>
+      </c>
+      <c r="P24" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>174</v>
+      </c>
+      <c r="B25" t="s">
+        <v>175</v>
+      </c>
+      <c r="C25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>61</v>
+      </c>
+      <c r="F25" t="s">
+        <v>62</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>177</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>178</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>63</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>37</v>
+      </c>
+      <c r="M26" t="s">
+        <v>184</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>185</v>
+      </c>
+      <c r="P26" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>188</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>61</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>63</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>189</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>117</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>79</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="M28" t="s">
+        <v>81</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" t="s">
+        <v>196</v>
+      </c>
+      <c r="D29" t="s">
+        <v>197</v>
+      </c>
+      <c r="E29" t="s">
+        <v>61</v>
+      </c>
+      <c r="F29" t="s">
+        <v>198</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2024</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>199</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>200</v>
+      </c>
+      <c r="M29" t="s">
+        <v>201</v>
+      </c>
+      <c r="N29" t="s">
+        <v>48</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>79</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>37</v>
+      </c>
+      <c r="M30" t="s">
+        <v>207</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>208</v>
+      </c>
+      <c r="P30" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" t="s">
+        <v>212</v>
+      </c>
+      <c r="D31" t="s">
+        <v>213</v>
+      </c>
+      <c r="E31" t="s">
+        <v>61</v>
+      </c>
+      <c r="F31" t="s">
+        <v>62</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>214</v>
+      </c>
+      <c r="N31" t="s">
+        <v>48</v>
+      </c>
+      <c r="O31" t="s">
+        <v>215</v>
+      </c>
+      <c r="P31" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>217</v>
+      </c>
+      <c r="B32" t="s">
+        <v>218</v>
+      </c>
+      <c r="C32" t="s">
+        <v>219</v>
+      </c>
+      <c r="D32" t="s">
+        <v>220</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>221</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>222</v>
+      </c>
+      <c r="N32" t="s">
+        <v>223</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>45</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>48</v>
+      </c>
+      <c r="O33" t="s">
+        <v>229</v>
+      </c>
+      <c r="P33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>228</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>53</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>48</v>
+      </c>
+      <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
+        <v>235</v>
+      </c>
+      <c r="C35" t="s">
+        <v>127</v>
+      </c>
+      <c r="D35" t="s">
+        <v>236</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>198</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2016</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>237</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>238</v>
+      </c>
+      <c r="N35" t="s">
+        <v>239</v>
+      </c>
+      <c r="O35" t="s">
+        <v>240</v>
+      </c>
+      <c r="P35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>242</v>
+      </c>
+      <c r="B36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" t="s">
+        <v>243</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M36" t="s">
+        <v>244</v>
+      </c>
+      <c r="N36" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
+        <v>243</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>25</v>
+      </c>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>249</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>250</v>
+      </c>
+      <c r="B38" t="s">
+        <v>251</v>
+      </c>
+      <c r="C38" t="s">
+        <v>252</v>
+      </c>
+      <c r="D38" t="s">
+        <v>253</v>
+      </c>
+      <c r="E38" t="s">
+        <v>61</v>
+      </c>
+      <c r="F38" t="s">
+        <v>53</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>254</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>255</v>
+      </c>
+      <c r="M38" t="s">
+        <v>256</v>
+      </c>
+      <c r="N38" t="s">
+        <v>48</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38"/>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>250</v>
+      </c>
+      <c r="B39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C39" t="s">
+        <v>252</v>
+      </c>
+      <c r="D39" t="s">
+        <v>253</v>
+      </c>
+      <c r="E39" t="s">
+        <v>61</v>
+      </c>
+      <c r="F39" t="s">
+        <v>53</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>254</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>255</v>
+      </c>
+      <c r="M39" t="s">
+        <v>256</v>
+      </c>
+      <c r="N39" t="s">
+        <v>48</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>259</v>
+      </c>
+      <c r="B40" t="s">
+        <v>31</v>
+      </c>
+      <c r="C40" t="s">
+        <v>260</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>34</v>
+      </c>
+      <c r="H40">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I40">
+        <v>2017</v>
+      </c>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>37</v>
+      </c>
+      <c r="M40" t="s">
+        <v>261</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>262</v>
+      </c>
+      <c r="P40" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>264</v>
+      </c>
+      <c r="B41" t="s">
+        <v>69</v>
+      </c>
+      <c r="C41" t="s">
+        <v>265</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>63</v>
+      </c>
+      <c r="K41" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L41" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="J4" t="s">
+      <c r="M41" t="s">
+        <v>266</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>267</v>
+      </c>
+      <c r="P41" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>269</v>
+      </c>
+      <c r="B42" t="s">
+        <v>270</v>
+      </c>
+      <c r="C42" t="s">
+        <v>271</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>61</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...14 lines deleted...]
-      <c r="B5" t="s">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>63</v>
+      </c>
+      <c r="K42" t="s">
         <v>36</v>
       </c>
-      <c r="C5" t="s">
+      <c r="L42" t="s">
         <v>37</v>
       </c>
-      <c r="D5" t="s">
-[...203 lines deleted...]
-      <c r="B10" t="s">
+      <c r="M42" t="s">
+        <v>272</v>
+      </c>
+      <c r="N42" t="s">
         <v>27</v>
       </c>
-      <c r="C10" t="s">
-[...1364 lines deleted...]
-      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>