--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1135 +12,1520 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1404,3143 +1789,3564 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:P72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>57</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>60</v>
+      </c>
+      <c r="O5" t="s">
+        <v>61</v>
+      </c>
+      <c r="P5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D6" t="s">
+        <v>66</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>67</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M6" t="s">
+        <v>69</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>70</v>
+      </c>
+      <c r="P6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>80</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>81</v>
+      </c>
+      <c r="M8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>69</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D10" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J10" t="s">
+        <v>44</v>
+      </c>
+      <c r="K10" t="s">
+        <v>93</v>
+      </c>
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>60</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>102</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2007</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>103</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>104</v>
+      </c>
+      <c r="M11" t="s">
+        <v>105</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>106</v>
+      </c>
+      <c r="P11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
+        <v>110</v>
+      </c>
+      <c r="D12" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
+        <v>112</v>
+      </c>
+      <c r="G12" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>113</v>
+      </c>
+      <c r="M12" t="s">
+        <v>114</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C13" t="s">
+        <v>119</v>
+      </c>
+      <c r="D13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>112</v>
+      </c>
+      <c r="G13" t="s">
+        <v>121</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>74</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>122</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>123</v>
+      </c>
+      <c r="P13" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>125</v>
+      </c>
+      <c r="B14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>66</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>102</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14" t="s">
+        <v>127</v>
+      </c>
+      <c r="M14" t="s">
+        <v>128</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>129</v>
+      </c>
+      <c r="P14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>131</v>
+      </c>
+      <c r="B15" t="s">
+        <v>132</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G15" t="s">
+        <v>56</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>67</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>133</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>134</v>
+      </c>
+      <c r="P15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>136</v>
+      </c>
+      <c r="B16" t="s">
+        <v>137</v>
+      </c>
+      <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" t="s">
+        <v>66</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>102</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>74</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16" t="s">
+        <v>138</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>139</v>
+      </c>
+      <c r="P16" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" t="s">
+        <v>66</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2013</v>
+      </c>
+      <c r="J17" t="s">
+        <v>74</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>142</v>
+      </c>
+      <c r="M17" t="s">
+        <v>128</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>143</v>
+      </c>
+      <c r="P17" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>53</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" t="s">
+        <v>56</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>148</v>
+      </c>
+      <c r="K18" t="s">
+        <v>93</v>
+      </c>
+      <c r="L18" t="s">
+        <v>94</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>60</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>155</v>
+      </c>
+      <c r="G19" t="s">
+        <v>56</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>157</v>
+      </c>
+      <c r="L19" t="s">
+        <v>94</v>
+      </c>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>60</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>163</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>112</v>
+      </c>
+      <c r="G20" t="s">
+        <v>56</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>167</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" t="s">
+        <v>168</v>
+      </c>
+      <c r="H21">
+        <v>2023</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>169</v>
+      </c>
+      <c r="K21" t="s">
+        <v>93</v>
+      </c>
+      <c r="L21" t="s">
+        <v>170</v>
+      </c>
+      <c r="M21" t="s">
+        <v>171</v>
+      </c>
+      <c r="N21" t="s">
+        <v>172</v>
+      </c>
+      <c r="O21" t="s">
+        <v>173</v>
+      </c>
+      <c r="P21" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>175</v>
+      </c>
+      <c r="B22" t="s">
+        <v>176</v>
+      </c>
+      <c r="C22" t="s">
+        <v>177</v>
+      </c>
+      <c r="D22" t="s">
+        <v>111</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>112</v>
+      </c>
+      <c r="G22" t="s">
+        <v>121</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>178</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>179</v>
+      </c>
+      <c r="M22" t="s">
+        <v>180</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>181</v>
+      </c>
+      <c r="P22" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>183</v>
+      </c>
+      <c r="B23" t="s">
+        <v>184</v>
+      </c>
+      <c r="C23" t="s">
+        <v>185</v>
+      </c>
+      <c r="D23" t="s">
+        <v>186</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>112</v>
+      </c>
+      <c r="G23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H23">
+        <v>2017</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>187</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>188</v>
+      </c>
+      <c r="M23" t="s">
+        <v>189</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>190</v>
+      </c>
+      <c r="P23" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>192</v>
+      </c>
+      <c r="B24" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" t="s">
+        <v>194</v>
+      </c>
+      <c r="D24" t="s">
+        <v>195</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>112</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>45</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>196</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>197</v>
+      </c>
+      <c r="P24" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>199</v>
+      </c>
+      <c r="B25" t="s">
+        <v>200</v>
+      </c>
+      <c r="C25" t="s">
+        <v>201</v>
+      </c>
+      <c r="D25" t="s">
+        <v>66</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>102</v>
+      </c>
+      <c r="G25" t="s">
+        <v>56</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>74</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>202</v>
+      </c>
+      <c r="M25" t="s">
+        <v>203</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>204</v>
+      </c>
+      <c r="P25" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>206</v>
+      </c>
+      <c r="B26" t="s">
+        <v>207</v>
+      </c>
+      <c r="C26" t="s">
+        <v>201</v>
+      </c>
+      <c r="D26" t="s">
+        <v>66</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>102</v>
+      </c>
+      <c r="G26" t="s">
+        <v>56</v>
+      </c>
+      <c r="H26">
+        <v>2001</v>
+      </c>
+      <c r="I26">
+        <v>2018</v>
+      </c>
+      <c r="J26" t="s">
+        <v>74</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>208</v>
+      </c>
+      <c r="M26" t="s">
+        <v>203</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>209</v>
+      </c>
+      <c r="P26" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>211</v>
+      </c>
+      <c r="B27" t="s">
+        <v>212</v>
+      </c>
+      <c r="C27" t="s">
+        <v>201</v>
+      </c>
+      <c r="D27" t="s">
+        <v>66</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>102</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1995</v>
+      </c>
+      <c r="I27">
+        <v>2015</v>
+      </c>
+      <c r="J27" t="s">
+        <v>74</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>213</v>
+      </c>
+      <c r="M27" t="s">
+        <v>203</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>214</v>
+      </c>
+      <c r="P27" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" t="s">
+        <v>217</v>
+      </c>
+      <c r="C28" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" t="s">
+        <v>56</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>44</v>
+      </c>
+      <c r="K28" t="s">
+        <v>93</v>
+      </c>
+      <c r="L28" t="s">
+        <v>94</v>
+      </c>
+      <c r="M28" t="s">
+        <v>95</v>
+      </c>
+      <c r="N28" t="s">
+        <v>60</v>
+      </c>
+      <c r="O28" t="s">
+        <v>218</v>
+      </c>
+      <c r="P28" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>220</v>
+      </c>
+      <c r="B29" t="s">
+        <v>221</v>
+      </c>
+      <c r="C29" t="s">
+        <v>92</v>
+      </c>
+      <c r="D29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" t="s">
+        <v>56</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>156</v>
+      </c>
+      <c r="K29" t="s">
+        <v>93</v>
+      </c>
+      <c r="L29" t="s">
+        <v>94</v>
+      </c>
+      <c r="M29" t="s">
+        <v>95</v>
+      </c>
+      <c r="N29" t="s">
+        <v>60</v>
+      </c>
+      <c r="O29" t="s">
+        <v>222</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>223</v>
+      </c>
+      <c r="B30" t="s">
+        <v>224</v>
+      </c>
+      <c r="C30" t="s">
+        <v>147</v>
+      </c>
+      <c r="D30" t="s">
+        <v>163</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G30" t="s">
+        <v>56</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>103</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30" t="s">
+        <v>164</v>
+      </c>
+      <c r="M30" t="s">
+        <v>149</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>137</v>
+      </c>
+      <c r="C31" t="s">
+        <v>65</v>
+      </c>
+      <c r="D31" t="s">
+        <v>66</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
         <v>22</v>
-      </c>
-[...1222 lines deleted...]
-        <v>2008</v>
       </c>
       <c r="H31">
         <v>2008</v>
       </c>
-      <c r="I31" t="s">
-        <v>61</v>
+      <c r="I31">
+        <v>2008</v>
       </c>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="K31" t="s">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="N31" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>228</v>
+      </c>
+      <c r="P31" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>171</v>
+        <v>230</v>
       </c>
       <c r="B32" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="C32" t="s">
+        <v>65</v>
+      </c>
+      <c r="D32" t="s">
+        <v>66</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>56</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>67</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>68</v>
+      </c>
+      <c r="M32" t="s">
+        <v>231</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>236</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
         <v>55</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32">
+      <c r="G33" t="s">
+        <v>56</v>
+      </c>
+      <c r="H33">
         <v>2020</v>
       </c>
-      <c r="H32"/>
-      <c r="I32" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>237</v>
+      </c>
+      <c r="K33" t="s">
+        <v>93</v>
+      </c>
+      <c r="L33" t="s">
+        <v>94</v>
+      </c>
+      <c r="M33" t="s">
+        <v>238</v>
+      </c>
+      <c r="N33" t="s">
+        <v>172</v>
+      </c>
+      <c r="O33" t="s">
+        <v>239</v>
+      </c>
+      <c r="P33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34"/>
+      <c r="D34" t="s">
+        <v>243</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" t="s">
+        <v>121</v>
+      </c>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>156</v>
+      </c>
+      <c r="K34" t="s">
+        <v>93</v>
+      </c>
+      <c r="L34" t="s">
+        <v>94</v>
+      </c>
+      <c r="M34" t="s">
+        <v>244</v>
+      </c>
+      <c r="N34" t="s">
+        <v>60</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34"/>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>246</v>
+      </c>
+      <c r="B35" t="s">
+        <v>235</v>
+      </c>
+      <c r="C35" t="s">
+        <v>65</v>
+      </c>
+      <c r="D35" t="s">
+        <v>243</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" t="s">
         <v>56</v>
       </c>
-      <c r="J32" t="s">
-[...114 lines deleted...]
-      <c r="G35">
+      <c r="H35">
         <v>2022</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>74</v>
+        <v>247</v>
       </c>
       <c r="K35" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="L35" t="s">
-        <v>185</v>
+        <v>94</v>
       </c>
       <c r="M35" t="s">
-        <v>51</v>
+        <v>248</v>
       </c>
       <c r="N35" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>60</v>
+      </c>
+      <c r="O35" t="s">
+        <v>249</v>
+      </c>
+      <c r="P35" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>187</v>
+        <v>251</v>
       </c>
       <c r="B36" t="s">
-        <v>188</v>
+        <v>252</v>
       </c>
       <c r="C36" t="s">
+        <v>253</v>
+      </c>
+      <c r="D36" t="s">
+        <v>66</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>56</v>
+      </c>
+      <c r="H36">
+        <v>2009</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>254</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>255</v>
+      </c>
+      <c r="M36" t="s">
+        <v>256</v>
+      </c>
+      <c r="N36" t="s">
+        <v>36</v>
+      </c>
+      <c r="O36" t="s">
+        <v>257</v>
+      </c>
+      <c r="P36" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B37" t="s">
+        <v>260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>261</v>
+      </c>
+      <c r="D37" t="s">
+        <v>53</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
         <v>55</v>
       </c>
-      <c r="D36" t="s">
-[...50 lines deleted...]
-      <c r="G37">
+      <c r="G37" t="s">
+        <v>56</v>
+      </c>
+      <c r="H37">
         <v>2021</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
         <v>74</v>
       </c>
       <c r="K37" t="s">
-        <v>195</v>
+        <v>93</v>
       </c>
       <c r="L37" t="s">
-        <v>196</v>
+        <v>262</v>
       </c>
       <c r="M37" t="s">
+        <v>263</v>
+      </c>
+      <c r="N37" t="s">
+        <v>60</v>
+      </c>
+      <c r="O37" t="s">
+        <v>264</v>
+      </c>
+      <c r="P37" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>266</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>267</v>
+      </c>
+      <c r="D38" t="s">
+        <v>243</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>55</v>
+      </c>
+      <c r="G38" t="s">
+        <v>56</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>268</v>
+      </c>
+      <c r="K38" t="s">
+        <v>93</v>
+      </c>
+      <c r="L38" t="s">
+        <v>94</v>
+      </c>
+      <c r="M38" t="s">
+        <v>269</v>
+      </c>
+      <c r="N38" t="s">
+        <v>60</v>
+      </c>
+      <c r="O38" t="s">
+        <v>270</v>
+      </c>
+      <c r="P38" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>272</v>
+      </c>
+      <c r="B39" t="s">
         <v>51</v>
       </c>
-      <c r="N37" t="s">
-[...22 lines deleted...]
-      <c r="G38">
+      <c r="C39" t="s">
+        <v>273</v>
+      </c>
+      <c r="D39" t="s">
+        <v>53</v>
+      </c>
+      <c r="E39" t="s">
+        <v>54</v>
+      </c>
+      <c r="F39" t="s">
+        <v>55</v>
+      </c>
+      <c r="G39" t="s">
+        <v>56</v>
+      </c>
+      <c r="H39">
         <v>2022</v>
       </c>
-      <c r="H38"/>
-[...12 lines deleted...]
-      <c r="M38" t="s">
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>274</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>58</v>
+      </c>
+      <c r="M39" t="s">
+        <v>275</v>
+      </c>
+      <c r="N39" t="s">
+        <v>60</v>
+      </c>
+      <c r="O39" t="s">
+        <v>276</v>
+      </c>
+      <c r="P39" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>278</v>
+      </c>
+      <c r="B40" t="s">
         <v>51</v>
       </c>
-      <c r="N38" t="s">
-[...22 lines deleted...]
-      <c r="G39">
+      <c r="C40" t="s">
+        <v>273</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>55</v>
+      </c>
+      <c r="G40" t="s">
+        <v>56</v>
+      </c>
+      <c r="H40">
         <v>2022</v>
       </c>
-      <c r="H39"/>
-[...38 lines deleted...]
-      <c r="G40">
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>274</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>279</v>
+      </c>
+      <c r="M40" t="s">
+        <v>275</v>
+      </c>
+      <c r="N40" t="s">
+        <v>60</v>
+      </c>
+      <c r="O40" t="s">
+        <v>280</v>
+      </c>
+      <c r="P40" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>282</v>
+      </c>
+      <c r="B41" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" t="s">
+        <v>284</v>
+      </c>
+      <c r="D41" t="s">
+        <v>66</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>168</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>285</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>286</v>
+      </c>
+      <c r="M41" t="s">
+        <v>287</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>288</v>
+      </c>
+      <c r="P41" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>290</v>
+      </c>
+      <c r="B42" t="s">
+        <v>291</v>
+      </c>
+      <c r="C42" t="s">
+        <v>292</v>
+      </c>
+      <c r="D42" t="s">
+        <v>66</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2012</v>
+      </c>
+      <c r="J42" t="s">
+        <v>293</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>294</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>295</v>
+      </c>
+      <c r="P42" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>297</v>
+      </c>
+      <c r="B43" t="s">
+        <v>298</v>
+      </c>
+      <c r="C43" t="s">
+        <v>284</v>
+      </c>
+      <c r="D43" t="s">
+        <v>66</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>168</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>285</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>299</v>
+      </c>
+      <c r="M43" t="s">
+        <v>287</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>300</v>
+      </c>
+      <c r="P43" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>302</v>
+      </c>
+      <c r="B44" t="s">
+        <v>303</v>
+      </c>
+      <c r="C44" t="s">
+        <v>304</v>
+      </c>
+      <c r="D44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>55</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2019</v>
+      </c>
+      <c r="I44">
         <v>2022</v>
       </c>
-      <c r="H40"/>
-[...26 lines deleted...]
-      <c r="C41" t="s">
+      <c r="J44" t="s">
+        <v>156</v>
+      </c>
+      <c r="K44" t="s">
+        <v>93</v>
+      </c>
+      <c r="L44" t="s">
+        <v>94</v>
+      </c>
+      <c r="M44" t="s">
+        <v>305</v>
+      </c>
+      <c r="N44" t="s">
+        <v>60</v>
+      </c>
+      <c r="O44" t="s">
+        <v>306</v>
+      </c>
+      <c r="P44" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>308</v>
+      </c>
+      <c r="B45" t="s">
+        <v>235</v>
+      </c>
+      <c r="C45" t="s">
+        <v>309</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
         <v>55</v>
       </c>
-      <c r="D41" t="s">
-[...38 lines deleted...]
-      <c r="C42" t="s">
+      <c r="G45" t="s">
+        <v>168</v>
+      </c>
+      <c r="H45">
+        <v>2022</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>169</v>
+      </c>
+      <c r="K45" t="s">
+        <v>93</v>
+      </c>
+      <c r="L45" t="s">
+        <v>94</v>
+      </c>
+      <c r="M45" t="s">
+        <v>310</v>
+      </c>
+      <c r="N45" t="s">
+        <v>172</v>
+      </c>
+      <c r="O45" t="s">
+        <v>311</v>
+      </c>
+      <c r="P45" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>313</v>
+      </c>
+      <c r="B46" t="s">
+        <v>314</v>
+      </c>
+      <c r="C46" t="s">
+        <v>147</v>
+      </c>
+      <c r="D46" t="s">
+        <v>101</v>
+      </c>
+      <c r="E46" t="s">
+        <v>42</v>
+      </c>
+      <c r="F46" t="s">
+        <v>43</v>
+      </c>
+      <c r="G46" t="s">
+        <v>56</v>
+      </c>
+      <c r="H46">
+        <v>2017</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>315</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>149</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>316</v>
+      </c>
+      <c r="P46" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>317</v>
+      </c>
+      <c r="B47" t="s">
+        <v>318</v>
+      </c>
+      <c r="C47" t="s">
+        <v>319</v>
+      </c>
+      <c r="D47" t="s">
+        <v>53</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
         <v>55</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2018</v>
+      </c>
+      <c r="I47">
+        <v>2022</v>
+      </c>
+      <c r="J47" t="s">
+        <v>156</v>
+      </c>
+      <c r="K47" t="s">
+        <v>93</v>
+      </c>
+      <c r="L47" t="s">
+        <v>94</v>
+      </c>
+      <c r="M47" t="s">
+        <v>320</v>
+      </c>
+      <c r="N47" t="s">
+        <v>60</v>
+      </c>
+      <c r="O47" t="s">
+        <v>321</v>
+      </c>
+      <c r="P47" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>323</v>
+      </c>
+      <c r="B48" t="s">
+        <v>324</v>
+      </c>
+      <c r="C48" t="s">
+        <v>319</v>
+      </c>
+      <c r="D48" t="s">
+        <v>53</v>
+      </c>
+      <c r="E48" t="s">
+        <v>42</v>
+      </c>
+      <c r="F48" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2018</v>
+      </c>
+      <c r="I48">
+        <v>2022</v>
+      </c>
+      <c r="J48" t="s">
+        <v>156</v>
+      </c>
+      <c r="K48" t="s">
+        <v>157</v>
+      </c>
+      <c r="L48" t="s">
+        <v>94</v>
+      </c>
+      <c r="M48" t="s">
+        <v>320</v>
+      </c>
+      <c r="N48" t="s">
+        <v>60</v>
+      </c>
+      <c r="O48" t="s">
+        <v>325</v>
+      </c>
+      <c r="P48" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>326</v>
+      </c>
+      <c r="B49" t="s">
+        <v>327</v>
+      </c>
+      <c r="C49" t="s">
+        <v>328</v>
+      </c>
+      <c r="D49" t="s">
+        <v>66</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>112</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2006</v>
+      </c>
+      <c r="I49">
+        <v>2025</v>
+      </c>
+      <c r="J49" t="s">
+        <v>329</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49" t="s">
+        <v>330</v>
+      </c>
+      <c r="M49" t="s">
+        <v>331</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>332</v>
+      </c>
+      <c r="P49" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>334</v>
+      </c>
+      <c r="B50" t="s">
+        <v>235</v>
+      </c>
+      <c r="C50" t="s">
+        <v>335</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>168</v>
+      </c>
+      <c r="H50">
+        <v>2023</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>336</v>
+      </c>
+      <c r="K50" t="s">
+        <v>93</v>
+      </c>
+      <c r="L50" t="s">
+        <v>94</v>
+      </c>
+      <c r="M50" t="s">
+        <v>337</v>
+      </c>
+      <c r="N50" t="s">
+        <v>60</v>
+      </c>
+      <c r="O50" t="s">
+        <v>338</v>
+      </c>
+      <c r="P50" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>340</v>
+      </c>
+      <c r="B51" t="s">
+        <v>341</v>
+      </c>
+      <c r="C51" t="s">
+        <v>342</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>102</v>
+      </c>
+      <c r="G51" t="s">
+        <v>56</v>
+      </c>
+      <c r="H51">
         <v>2010</v>
       </c>
-      <c r="H42">
-[...26 lines deleted...]
-      <c r="C43" t="s">
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>343</v>
+      </c>
+      <c r="K51" t="s">
+        <v>93</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>344</v>
+      </c>
+      <c r="N51" t="s">
+        <v>60</v>
+      </c>
+      <c r="O51" t="s">
+        <v>345</v>
+      </c>
+      <c r="P51" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>347</v>
+      </c>
+      <c r="B52" t="s">
+        <v>348</v>
+      </c>
+      <c r="C52" t="s">
+        <v>349</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>55</v>
       </c>
-      <c r="D43" t="s">
-[...390 lines deleted...]
-      <c r="G52">
+      <c r="G52" t="s">
+        <v>56</v>
+      </c>
+      <c r="H52">
         <v>2020</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
         <v>74</v>
       </c>
       <c r="K52" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="L52" t="s">
-        <v>260</v>
+        <v>94</v>
       </c>
       <c r="M52" t="s">
-        <v>51</v>
+        <v>350</v>
       </c>
       <c r="N52" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>60</v>
+      </c>
+      <c r="O52" t="s">
+        <v>351</v>
+      </c>
+      <c r="P52" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>258</v>
+        <v>347</v>
       </c>
       <c r="B53" t="s">
-        <v>262</v>
+        <v>353</v>
       </c>
       <c r="C53" t="s">
-        <v>44</v>
+        <v>354</v>
       </c>
       <c r="D53" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E53" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>55</v>
+      </c>
+      <c r="G53" t="s">
+        <v>56</v>
+      </c>
+      <c r="H53">
         <v>2021</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
         <v>74</v>
       </c>
       <c r="K53" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="L53" t="s">
-        <v>263</v>
+        <v>94</v>
       </c>
       <c r="M53" t="s">
+        <v>355</v>
+      </c>
+      <c r="N53" t="s">
+        <v>60</v>
+      </c>
+      <c r="O53" t="s">
+        <v>356</v>
+      </c>
+      <c r="P53"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>357</v>
+      </c>
+      <c r="B54" t="s">
+        <v>358</v>
+      </c>
+      <c r="C54" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" t="s">
+        <v>243</v>
+      </c>
+      <c r="E54" t="s">
+        <v>54</v>
+      </c>
+      <c r="F54" t="s">
+        <v>55</v>
+      </c>
+      <c r="G54" t="s">
+        <v>121</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>156</v>
+      </c>
+      <c r="K54" t="s">
+        <v>93</v>
+      </c>
+      <c r="L54" t="s">
+        <v>94</v>
+      </c>
+      <c r="M54" t="s">
+        <v>158</v>
+      </c>
+      <c r="N54" t="s">
+        <v>60</v>
+      </c>
+      <c r="O54" t="s">
+        <v>359</v>
+      </c>
+      <c r="P54"/>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>360</v>
+      </c>
+      <c r="B55" t="s">
+        <v>361</v>
+      </c>
+      <c r="C55" t="s">
+        <v>362</v>
+      </c>
+      <c r="D55" t="s">
+        <v>111</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>112</v>
+      </c>
+      <c r="G55" t="s">
+        <v>121</v>
+      </c>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>254</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>113</v>
+      </c>
+      <c r="M55" t="s">
+        <v>363</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>364</v>
+      </c>
+      <c r="P55" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>366</v>
+      </c>
+      <c r="B56" t="s">
+        <v>367</v>
+      </c>
+      <c r="C56" t="s">
+        <v>368</v>
+      </c>
+      <c r="D56" t="s">
+        <v>369</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>370</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1982</v>
+      </c>
+      <c r="I56">
+        <v>2024</v>
+      </c>
+      <c r="J56" t="s">
+        <v>371</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>372</v>
+      </c>
+      <c r="N56" t="s">
+        <v>373</v>
+      </c>
+      <c r="O56" t="s">
+        <v>374</v>
+      </c>
+      <c r="P56" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>376</v>
+      </c>
+      <c r="B57" t="s">
+        <v>377</v>
+      </c>
+      <c r="C57" t="s">
+        <v>378</v>
+      </c>
+      <c r="D57" t="s">
+        <v>66</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>43</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2010</v>
+      </c>
+      <c r="I57">
+        <v>2016</v>
+      </c>
+      <c r="J57" t="s">
+        <v>44</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>379</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>380</v>
+      </c>
+      <c r="P57" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>382</v>
+      </c>
+      <c r="B58" t="s">
+        <v>383</v>
+      </c>
+      <c r="C58" t="s">
+        <v>384</v>
+      </c>
+      <c r="D58" t="s">
+        <v>101</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>112</v>
+      </c>
+      <c r="G58" t="s">
+        <v>56</v>
+      </c>
+      <c r="H58">
+        <v>2019</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>103</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>385</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>386</v>
+      </c>
+      <c r="P58" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>388</v>
+      </c>
+      <c r="B59" t="s">
+        <v>389</v>
+      </c>
+      <c r="C59" t="s">
+        <v>390</v>
+      </c>
+      <c r="D59" t="s">
+        <v>391</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>43</v>
+      </c>
+      <c r="G59" t="s">
+        <v>56</v>
+      </c>
+      <c r="H59">
+        <v>2018</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>44</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>392</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>393</v>
+      </c>
+      <c r="P59" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>395</v>
+      </c>
+      <c r="B60" t="s">
+        <v>396</v>
+      </c>
+      <c r="C60" t="s">
+        <v>397</v>
+      </c>
+      <c r="D60" t="s">
+        <v>398</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>112</v>
+      </c>
+      <c r="G60" t="s">
+        <v>56</v>
+      </c>
+      <c r="H60">
+        <v>2024</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>23</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>399</v>
+      </c>
+      <c r="M60" t="s">
+        <v>400</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>401</v>
+      </c>
+      <c r="P60" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>403</v>
+      </c>
+      <c r="B61" t="s">
+        <v>404</v>
+      </c>
+      <c r="C61" t="s">
+        <v>405</v>
+      </c>
+      <c r="D61" t="s">
+        <v>53</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>55</v>
+      </c>
+      <c r="G61" t="s">
+        <v>56</v>
+      </c>
+      <c r="H61">
+        <v>2021</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>156</v>
+      </c>
+      <c r="K61" t="s">
+        <v>93</v>
+      </c>
+      <c r="L61" t="s">
+        <v>94</v>
+      </c>
+      <c r="M61" t="s">
+        <v>406</v>
+      </c>
+      <c r="N61" t="s">
+        <v>60</v>
+      </c>
+      <c r="O61" t="s">
+        <v>407</v>
+      </c>
+      <c r="P61" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>409</v>
+      </c>
+      <c r="B62" t="s">
+        <v>410</v>
+      </c>
+      <c r="C62" t="s">
+        <v>411</v>
+      </c>
+      <c r="D62" t="s">
+        <v>101</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>112</v>
+      </c>
+      <c r="G62" t="s">
+        <v>56</v>
+      </c>
+      <c r="H62">
+        <v>2004</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>178</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>412</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>413</v>
+      </c>
+      <c r="P62" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>415</v>
+      </c>
+      <c r="B63" t="s">
+        <v>416</v>
+      </c>
+      <c r="C63" t="s">
+        <v>284</v>
+      </c>
+      <c r="D63" t="s">
+        <v>417</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>102</v>
+      </c>
+      <c r="G63" t="s">
+        <v>56</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>44</v>
+      </c>
+      <c r="K63" t="s">
+        <v>93</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>418</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>419</v>
+      </c>
+      <c r="P63" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>421</v>
+      </c>
+      <c r="B64" t="s">
+        <v>422</v>
+      </c>
+      <c r="C64" t="s">
+        <v>423</v>
+      </c>
+      <c r="D64" t="s">
+        <v>424</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>56</v>
+      </c>
+      <c r="H64">
+        <v>2019</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>103</v>
+      </c>
+      <c r="K64" t="s">
+        <v>93</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>425</v>
+      </c>
+      <c r="N64" t="s">
+        <v>426</v>
+      </c>
+      <c r="O64" t="s">
+        <v>427</v>
+      </c>
+      <c r="P64" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>429</v>
+      </c>
+      <c r="B65" t="s">
+        <v>430</v>
+      </c>
+      <c r="C65" t="s">
+        <v>328</v>
+      </c>
+      <c r="D65" t="s">
+        <v>431</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>112</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2002</v>
+      </c>
+      <c r="I65">
+        <v>2007</v>
+      </c>
+      <c r="J65" t="s">
+        <v>285</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>432</v>
+      </c>
+      <c r="M65" t="s">
+        <v>331</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>433</v>
+      </c>
+      <c r="P65" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>435</v>
+      </c>
+      <c r="B66" t="s">
         <v>51</v>
       </c>
-      <c r="N53" t="s">
-[...27 lines deleted...]
-      <c r="J54" t="s">
+      <c r="C66" t="s">
+        <v>436</v>
+      </c>
+      <c r="D66" t="s">
+        <v>53</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>55</v>
+      </c>
+      <c r="G66" t="s">
+        <v>56</v>
+      </c>
+      <c r="H66">
+        <v>2017</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>57</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>58</v>
+      </c>
+      <c r="M66" t="s">
+        <v>437</v>
+      </c>
+      <c r="N66" t="s">
+        <v>60</v>
+      </c>
+      <c r="O66" t="s">
+        <v>438</v>
+      </c>
+      <c r="P66" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>440</v>
+      </c>
+      <c r="B67" t="s">
+        <v>441</v>
+      </c>
+      <c r="C67" t="s">
+        <v>436</v>
+      </c>
+      <c r="D67" t="s">
+        <v>53</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>55</v>
+      </c>
+      <c r="G67" t="s">
+        <v>56</v>
+      </c>
+      <c r="H67">
+        <v>2020</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>57</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>58</v>
+      </c>
+      <c r="M67" t="s">
+        <v>437</v>
+      </c>
+      <c r="N67" t="s">
+        <v>60</v>
+      </c>
+      <c r="O67" t="s">
+        <v>442</v>
+      </c>
+      <c r="P67"/>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>443</v>
+      </c>
+      <c r="B68" t="s">
+        <v>444</v>
+      </c>
+      <c r="C68" t="s">
+        <v>445</v>
+      </c>
+      <c r="D68" t="s">
+        <v>111</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>112</v>
+      </c>
+      <c r="G68" t="s">
+        <v>56</v>
+      </c>
+      <c r="H68">
+        <v>2016</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>187</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>113</v>
+      </c>
+      <c r="M68" t="s">
+        <v>446</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>447</v>
+      </c>
+      <c r="P68" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>449</v>
+      </c>
+      <c r="B69" t="s">
+        <v>91</v>
+      </c>
+      <c r="C69" t="s">
+        <v>450</v>
+      </c>
+      <c r="D69" t="s">
+        <v>53</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>55</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2016</v>
+      </c>
+      <c r="I69">
+        <v>2017</v>
+      </c>
+      <c r="J69" t="s">
+        <v>44</v>
+      </c>
+      <c r="K69" t="s">
+        <v>93</v>
+      </c>
+      <c r="L69" t="s">
+        <v>94</v>
+      </c>
+      <c r="M69" t="s">
+        <v>451</v>
+      </c>
+      <c r="N69" t="s">
+        <v>60</v>
+      </c>
+      <c r="O69" t="s">
+        <v>452</v>
+      </c>
+      <c r="P69" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>454</v>
+      </c>
+      <c r="B70" t="s">
+        <v>455</v>
+      </c>
+      <c r="C70" t="s">
+        <v>456</v>
+      </c>
+      <c r="D70" t="s">
+        <v>66</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>112</v>
+      </c>
+      <c r="G70" t="s">
+        <v>56</v>
+      </c>
+      <c r="H70">
+        <v>2014</v>
+      </c>
+      <c r="I70">
+        <v>2019</v>
+      </c>
+      <c r="J70" t="s">
         <v>74</v>
       </c>
-      <c r="K54" t="s">
-[...101 lines deleted...]
-      <c r="C57" t="s">
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>457</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>458</v>
+      </c>
+      <c r="P70" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>460</v>
+      </c>
+      <c r="B71" t="s">
+        <v>146</v>
+      </c>
+      <c r="C71" t="s">
+        <v>461</v>
+      </c>
+      <c r="D71" t="s">
+        <v>53</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>55</v>
       </c>
-      <c r="D57" t="s">
-[...172 lines deleted...]
-      <c r="G61">
+      <c r="G71" t="s">
+        <v>56</v>
+      </c>
+      <c r="H71">
         <v>2021</v>
       </c>
-      <c r="H61"/>
-[...420 lines deleted...]
-      </c>
+      <c r="I71"/>
       <c r="J71" t="s">
         <v>74</v>
       </c>
       <c r="K71" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="L71" t="s">
-        <v>340</v>
+        <v>94</v>
       </c>
       <c r="M71" t="s">
-        <v>51</v>
+        <v>462</v>
       </c>
       <c r="N71" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:14">
+        <v>60</v>
+      </c>
+      <c r="O71" t="s">
+        <v>463</v>
+      </c>
+      <c r="P71" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>342</v>
+        <v>465</v>
       </c>
       <c r="B72" t="s">
-        <v>343</v>
+        <v>466</v>
       </c>
       <c r="C72" t="s">
-        <v>44</v>
+        <v>467</v>
       </c>
       <c r="D72" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E72" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F72" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="G72">
+        <v>55</v>
+      </c>
+      <c r="G72" t="s">
+        <v>56</v>
+      </c>
+      <c r="H72">
         <v>2021</v>
       </c>
-      <c r="H72"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I72"/>
       <c r="J72" t="s">
         <v>74</v>
       </c>
       <c r="K72" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="L72" t="s">
-        <v>344</v>
+        <v>94</v>
       </c>
       <c r="M72" t="s">
-        <v>51</v>
+        <v>468</v>
       </c>
       <c r="N72" t="s">
-        <v>345</v>
-      </c>
+        <v>60</v>
+      </c>
+      <c r="O72" t="s">
+        <v>469</v>
+      </c>
+      <c r="P72"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>