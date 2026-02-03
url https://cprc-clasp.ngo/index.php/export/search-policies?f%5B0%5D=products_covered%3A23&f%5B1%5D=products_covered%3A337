--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="470">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -907,67 +907,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
     <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
     <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
   </si>
   <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
@@ -1327,50 +1327,53 @@
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
     <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
     <t>entity:node/1349</t>
   </si>
@@ -4905,411 +4908,411 @@
       </c>
       <c r="P64" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
         <v>429</v>
       </c>
       <c r="B65" t="s">
         <v>430</v>
       </c>
       <c r="C65" t="s">
         <v>328</v>
       </c>
       <c r="D65" t="s">
         <v>431</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>112</v>
       </c>
       <c r="G65" t="s">
-        <v>22</v>
+        <v>432</v>
       </c>
       <c r="H65">
         <v>2002</v>
       </c>
       <c r="I65">
         <v>2007</v>
       </c>
       <c r="J65" t="s">
         <v>285</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M65" t="s">
         <v>331</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P65" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B66" t="s">
         <v>51</v>
       </c>
       <c r="C66" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D66" t="s">
         <v>53</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>55</v>
       </c>
       <c r="G66" t="s">
         <v>56</v>
       </c>
       <c r="H66">
         <v>2017</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>57</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
         <v>58</v>
       </c>
       <c r="M66" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N66" t="s">
         <v>60</v>
       </c>
       <c r="O66" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="P66" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B67" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C67" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D67" t="s">
         <v>53</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>55</v>
       </c>
       <c r="G67" t="s">
         <v>56</v>
       </c>
       <c r="H67">
         <v>2020</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
         <v>57</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
         <v>58</v>
       </c>
       <c r="M67" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="N67" t="s">
         <v>60</v>
       </c>
       <c r="O67" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="P67"/>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B68" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C68" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D68" t="s">
         <v>111</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>112</v>
       </c>
       <c r="G68" t="s">
         <v>56</v>
       </c>
       <c r="H68">
         <v>2016</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>187</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
         <v>113</v>
       </c>
       <c r="M68" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="P68" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B69" t="s">
         <v>91</v>
       </c>
       <c r="C69" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D69" t="s">
         <v>53</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>55</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69">
         <v>2017</v>
       </c>
       <c r="J69" t="s">
         <v>44</v>
       </c>
       <c r="K69" t="s">
         <v>93</v>
       </c>
       <c r="L69" t="s">
         <v>94</v>
       </c>
       <c r="M69" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="N69" t="s">
         <v>60</v>
       </c>
       <c r="O69" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="P69" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B70" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C70" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D70" t="s">
         <v>66</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>112</v>
       </c>
       <c r="G70" t="s">
         <v>56</v>
       </c>
       <c r="H70">
         <v>2014</v>
       </c>
       <c r="I70">
         <v>2019</v>
       </c>
       <c r="J70" t="s">
         <v>74</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P70" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B71" t="s">
         <v>146</v>
       </c>
       <c r="C71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D71" t="s">
         <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
         <v>55</v>
       </c>
       <c r="G71" t="s">
         <v>56</v>
       </c>
       <c r="H71">
         <v>2021</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
         <v>74</v>
       </c>
       <c r="K71" t="s">
         <v>93</v>
       </c>
       <c r="L71" t="s">
         <v>94</v>
       </c>
       <c r="M71" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="N71" t="s">
         <v>60</v>
       </c>
       <c r="O71" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="P71" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C72" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D72" t="s">
         <v>53</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>55</v>
       </c>
       <c r="G72" t="s">
         <v>56</v>
       </c>
       <c r="H72">
         <v>2021</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>74</v>
       </c>
       <c r="K72" t="s">
         <v>93</v>
       </c>
       <c r="L72" t="s">
         <v>94</v>
       </c>
       <c r="M72" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="N72" t="s">
         <v>60</v>
       </c>
       <c r="O72" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="P72"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>