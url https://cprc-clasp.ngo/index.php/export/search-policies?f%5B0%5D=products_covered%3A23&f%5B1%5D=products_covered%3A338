--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,932 +12,1214 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
+  </si>
+  <si>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
-    <t>China</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
   <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
     <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
   </si>
   <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
     <t>JS 2103</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>SASO 2885:2018 MEPS and labeling schemes for washing machines</t>
   </si>
   <si>
+    <t>This standards applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>SASO 2693/2007</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28852018-meps-and-labeling-schemes-washing-machines</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1201,2251 +1483,2550 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>72</v>
+      </c>
+      <c r="L7" t="s">
+        <v>37</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>82</v>
+      </c>
+      <c r="O8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>87</v>
+      </c>
+      <c r="D9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2000</v>
+      </c>
+      <c r="I9">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-[...12 lines deleted...]
-      <c r="M2" t="s">
+      <c r="J9" t="s">
+        <v>89</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>91</v>
+      </c>
+      <c r="N9" t="s">
+        <v>57</v>
+      </c>
+      <c r="O9" t="s">
+        <v>92</v>
+      </c>
+      <c r="P9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" t="s">
+        <v>96</v>
+      </c>
+      <c r="D10" t="s">
+        <v>97</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>98</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...14 lines deleted...]
-      <c r="N3" t="s">
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>99</v>
+      </c>
+      <c r="K10" t="s">
+        <v>100</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>101</v>
+      </c>
+      <c r="N10" t="s">
+        <v>57</v>
+      </c>
+      <c r="O10" t="s">
+        <v>102</v>
+      </c>
+      <c r="P10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>106</v>
+      </c>
+      <c r="F11" t="s">
+        <v>107</v>
+      </c>
+      <c r="G11" t="s">
         <v>34</v>
-      </c>
-[...315 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-        <v>86</v>
+      <c r="I11">
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
+        <v>108</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>109</v>
+      </c>
+      <c r="M11" t="s">
+        <v>110</v>
+      </c>
+      <c r="N11" t="s">
+        <v>57</v>
+      </c>
+      <c r="O11" t="s">
+        <v>111</v>
+      </c>
+      <c r="P11" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>113</v>
+      </c>
+      <c r="B12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>106</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...2 lines deleted...]
-      <c r="L11" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>35</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>115</v>
+      </c>
+      <c r="P12" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>71</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="M13" t="s">
+        <v>38</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D14" t="s">
+        <v>123</v>
+      </c>
+      <c r="E14" t="s">
+        <v>106</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2024</v>
+      </c>
+      <c r="J14" t="s">
+        <v>124</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>125</v>
+      </c>
+      <c r="N14" t="s">
+        <v>47</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>131</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="M15" t="s">
+        <v>132</v>
+      </c>
+      <c r="N15" t="s">
+        <v>82</v>
+      </c>
+      <c r="O15" t="s">
+        <v>133</v>
+      </c>
+      <c r="P15" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16" t="s">
+        <v>137</v>
+      </c>
+      <c r="E16" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>71</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="M16" t="s">
+        <v>139</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>137</v>
+      </c>
+      <c r="E17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>142</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>37</v>
+      </c>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C18" t="s">
+        <v>148</v>
+      </c>
+      <c r="D18" t="s">
         <v>88</v>
       </c>
-      <c r="M11" t="s">
-[...10 lines deleted...]
-      <c r="B12" t="s">
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>45</v>
+      </c>
+      <c r="G18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>149</v>
+      </c>
+      <c r="K18" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" t="s">
+        <v>150</v>
+      </c>
+      <c r="M18" t="s">
+        <v>151</v>
+      </c>
+      <c r="N18" t="s">
+        <v>57</v>
+      </c>
+      <c r="O18" t="s">
+        <v>152</v>
+      </c>
+      <c r="P18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>154</v>
+      </c>
+      <c r="B19" t="s">
+        <v>155</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>88</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>53</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2013</v>
+      </c>
+      <c r="J19" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>156</v>
+      </c>
+      <c r="M19" t="s">
+        <v>151</v>
+      </c>
+      <c r="N19" t="s">
+        <v>57</v>
+      </c>
+      <c r="O19" t="s">
+        <v>157</v>
+      </c>
+      <c r="P19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>159</v>
+      </c>
+      <c r="B20" t="s">
+        <v>160</v>
+      </c>
+      <c r="C20" t="s">
+        <v>161</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>162</v>
+      </c>
+      <c r="M20" t="s">
+        <v>163</v>
+      </c>
+      <c r="N20" t="s">
         <v>27</v>
       </c>
-      <c r="C12" t="s">
-[...8 lines deleted...]
-      <c r="F12" t="s">
+      <c r="O20" t="s">
+        <v>164</v>
+      </c>
+      <c r="P20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>166</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>167</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>168</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>169</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>170</v>
+      </c>
+      <c r="P21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>172</v>
+      </c>
+      <c r="B22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" t="s">
+        <v>173</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G12">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>174</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>176</v>
+      </c>
+      <c r="P22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" t="s">
+        <v>173</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>174</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>179</v>
+      </c>
+      <c r="M23" t="s">
+        <v>175</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>180</v>
+      </c>
+      <c r="P23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24">
+        <v>2022</v>
+      </c>
+      <c r="J24" t="s">
+        <v>71</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>185</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>186</v>
+      </c>
+      <c r="P24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
+        <v>189</v>
+      </c>
+      <c r="C25" t="s">
+        <v>190</v>
+      </c>
+      <c r="D25" t="s">
+        <v>191</v>
+      </c>
+      <c r="E25" t="s">
+        <v>106</v>
+      </c>
+      <c r="F25" t="s">
+        <v>45</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>192</v>
+      </c>
+      <c r="K25" t="s">
+        <v>193</v>
+      </c>
+      <c r="L25" t="s">
+        <v>194</v>
+      </c>
+      <c r="M25" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" t="s">
+        <v>57</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
+        <v>129</v>
+      </c>
+      <c r="C26" t="s">
+        <v>199</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>106</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>78</v>
+      </c>
+      <c r="H26">
+        <v>2022</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>79</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>37</v>
+      </c>
+      <c r="M26" t="s">
+        <v>200</v>
+      </c>
+      <c r="N26" t="s">
+        <v>82</v>
+      </c>
+      <c r="O26" t="s">
+        <v>201</v>
+      </c>
+      <c r="P26" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
+        <v>204</v>
+      </c>
+      <c r="C27" t="s">
+        <v>205</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>106</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>34</v>
+      </c>
+      <c r="H27">
+        <v>2018</v>
+      </c>
+      <c r="I27">
+        <v>2022</v>
+      </c>
+      <c r="J27" t="s">
+        <v>71</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>206</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>106</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2018</v>
+      </c>
+      <c r="I28">
+        <v>2022</v>
+      </c>
+      <c r="J28" t="s">
+        <v>71</v>
+      </c>
+      <c r="K28" t="s">
+        <v>72</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="M28" t="s">
+        <v>206</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>211</v>
+      </c>
+      <c r="P28" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>212</v>
+      </c>
+      <c r="B29" t="s">
+        <v>129</v>
+      </c>
+      <c r="C29" t="s">
+        <v>213</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>106</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>78</v>
+      </c>
+      <c r="H29">
+        <v>2023</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>214</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="M29" t="s">
+        <v>215</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>216</v>
+      </c>
+      <c r="P29" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>218</v>
+      </c>
+      <c r="B30" t="s">
+        <v>219</v>
+      </c>
+      <c r="C30" t="s">
+        <v>220</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>106</v>
+      </c>
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2010</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>221</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>222</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>223</v>
+      </c>
+      <c r="P30" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>225</v>
+      </c>
+      <c r="B31" t="s">
+        <v>226</v>
+      </c>
+      <c r="C31" t="s">
+        <v>227</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>149</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>37</v>
+      </c>
+      <c r="M31" t="s">
+        <v>228</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>229</v>
+      </c>
+      <c r="P31" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B32" t="s">
+        <v>231</v>
+      </c>
+      <c r="C32" t="s">
+        <v>232</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>106</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>149</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>37</v>
+      </c>
+      <c r="M32" t="s">
+        <v>233</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>234</v>
+      </c>
+      <c r="P32"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>235</v>
+      </c>
+      <c r="B33" t="s">
+        <v>236</v>
+      </c>
+      <c r="C33" t="s">
+        <v>69</v>
+      </c>
+      <c r="D33" t="s">
+        <v>137</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>138</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>71</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>37</v>
+      </c>
+      <c r="M33" t="s">
+        <v>73</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>237</v>
+      </c>
+      <c r="P33"/>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>238</v>
+      </c>
+      <c r="B34" t="s">
+        <v>239</v>
+      </c>
+      <c r="C34" t="s">
+        <v>240</v>
+      </c>
+      <c r="D34" t="s">
+        <v>241</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>98</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
         <v>2017</v>
       </c>
-      <c r="H12"/>
-[...3 lines deleted...]
-      <c r="J12" t="s">
+      <c r="I34">
+        <v>2021</v>
+      </c>
+      <c r="J34" t="s">
+        <v>63</v>
+      </c>
+      <c r="K34" t="s">
+        <v>242</v>
+      </c>
+      <c r="L34" t="s">
+        <v>243</v>
+      </c>
+      <c r="M34" t="s">
+        <v>244</v>
+      </c>
+      <c r="N34" t="s">
+        <v>245</v>
+      </c>
+      <c r="O34" t="s">
+        <v>246</v>
+      </c>
+      <c r="P34" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>250</v>
+      </c>
+      <c r="D35" t="s">
+        <v>123</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>251</v>
+      </c>
+      <c r="G35" t="s">
+        <v>78</v>
+      </c>
+      <c r="H35">
+        <v>2024</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>252</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>253</v>
+      </c>
+      <c r="M35" t="s">
+        <v>254</v>
+      </c>
+      <c r="N35" t="s">
+        <v>57</v>
+      </c>
+      <c r="O35" t="s">
+        <v>255</v>
+      </c>
+      <c r="P35" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>257</v>
+      </c>
+      <c r="B36" t="s">
+        <v>258</v>
+      </c>
+      <c r="C36" t="s">
+        <v>259</v>
+      </c>
+      <c r="D36" t="s">
+        <v>260</v>
+      </c>
+      <c r="E36" t="s">
+        <v>106</v>
+      </c>
+      <c r="F36" t="s">
+        <v>45</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>261</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>262</v>
+      </c>
+      <c r="N36" t="s">
+        <v>57</v>
+      </c>
+      <c r="O36" t="s">
+        <v>263</v>
+      </c>
+      <c r="P36" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>265</v>
+      </c>
+      <c r="B37" t="s">
+        <v>266</v>
+      </c>
+      <c r="C37" t="s">
+        <v>267</v>
+      </c>
+      <c r="D37" t="s">
+        <v>44</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>98</v>
+      </c>
+      <c r="G37" t="s">
+        <v>34</v>
+      </c>
+      <c r="H37">
+        <v>2007</v>
+      </c>
+      <c r="I37">
+        <v>2018</v>
+      </c>
+      <c r="J37" t="s">
+        <v>268</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>269</v>
+      </c>
+      <c r="M37" t="s">
+        <v>270</v>
+      </c>
+      <c r="N37" t="s">
+        <v>57</v>
+      </c>
+      <c r="O37" t="s">
+        <v>271</v>
+      </c>
+      <c r="P37" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>273</v>
+      </c>
+      <c r="B38" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" t="s">
+        <v>275</v>
+      </c>
+      <c r="D38" t="s">
+        <v>276</v>
+      </c>
+      <c r="E38" t="s">
+        <v>106</v>
+      </c>
+      <c r="F38" t="s">
+        <v>98</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2024</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>277</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>278</v>
+      </c>
+      <c r="M38" t="s">
+        <v>279</v>
+      </c>
+      <c r="N38" t="s">
+        <v>57</v>
+      </c>
+      <c r="O38" t="s">
+        <v>280</v>
+      </c>
+      <c r="P38" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>282</v>
+      </c>
+      <c r="B39" t="s">
+        <v>283</v>
+      </c>
+      <c r="C39" t="s">
+        <v>284</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>33</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>71</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>37</v>
+      </c>
+      <c r="M39" t="s">
+        <v>285</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>286</v>
+      </c>
+      <c r="P39" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>288</v>
+      </c>
+      <c r="B40" t="s">
+        <v>289</v>
+      </c>
+      <c r="C40" t="s">
+        <v>290</v>
+      </c>
+      <c r="D40" t="s">
+        <v>291</v>
+      </c>
+      <c r="E40" t="s">
+        <v>106</v>
+      </c>
+      <c r="F40" t="s">
+        <v>107</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2017</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>35</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>292</v>
+      </c>
+      <c r="N40" t="s">
+        <v>57</v>
+      </c>
+      <c r="O40" t="s">
+        <v>293</v>
+      </c>
+      <c r="P40" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>295</v>
+      </c>
+      <c r="B41" t="s">
+        <v>296</v>
+      </c>
+      <c r="C41" t="s">
+        <v>297</v>
+      </c>
+      <c r="D41" t="s">
+        <v>298</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>53</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2019</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>299</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>300</v>
+      </c>
+      <c r="N41" t="s">
+        <v>301</v>
+      </c>
+      <c r="O41" t="s">
+        <v>302</v>
+      </c>
+      <c r="P41" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>304</v>
+      </c>
+      <c r="B42" t="s">
+        <v>305</v>
+      </c>
+      <c r="C42" t="s">
+        <v>306</v>
+      </c>
+      <c r="D42" t="s">
+        <v>307</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>53</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>99</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>308</v>
+      </c>
+      <c r="N42" t="s">
+        <v>57</v>
+      </c>
+      <c r="O42" t="s">
+        <v>309</v>
+      </c>
+      <c r="P42" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>311</v>
+      </c>
+      <c r="B43" t="s">
+        <v>312</v>
+      </c>
+      <c r="C43" t="s">
+        <v>306</v>
+      </c>
+      <c r="D43" t="s">
+        <v>313</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>45</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>99</v>
+      </c>
+      <c r="K43" t="s">
+        <v>193</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>308</v>
+      </c>
+      <c r="N43" t="s">
+        <v>245</v>
+      </c>
+      <c r="O43" t="s">
+        <v>314</v>
+      </c>
+      <c r="P43" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>316</v>
+      </c>
+      <c r="B44" t="s">
+        <v>317</v>
+      </c>
+      <c r="C44" t="s">
+        <v>43</v>
+      </c>
+      <c r="D44" t="s">
+        <v>44</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>53</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2021</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>23</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>57</v>
+      </c>
+      <c r="O44" t="s">
+        <v>318</v>
+      </c>
+      <c r="P44" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>320</v>
+      </c>
+      <c r="B45" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" t="s">
+        <v>321</v>
+      </c>
+      <c r="D45" t="s">
+        <v>19</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>23</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>25</v>
+      </c>
+      <c r="M45" t="s">
+        <v>322</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>323</v>
+      </c>
+      <c r="P45" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>325</v>
+      </c>
+      <c r="B46" t="s">
+        <v>326</v>
+      </c>
+      <c r="C46" t="s">
+        <v>321</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2020</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>23</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>25</v>
+      </c>
+      <c r="M46" t="s">
+        <v>322</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>327</v>
+      </c>
+      <c r="P46"/>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>328</v>
+      </c>
+      <c r="B47" t="s">
         <v>31</v>
       </c>
-      <c r="K12" t="s">
-[...2 lines deleted...]
-      <c r="L12" t="s">
+      <c r="C47" t="s">
+        <v>329</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" t="s">
         <v>33</v>
       </c>
-      <c r="M12" t="s">
+      <c r="F47" t="s">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47">
+        <v>2017</v>
+      </c>
+      <c r="J47" t="s">
+        <v>35</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
+      </c>
+      <c r="M47" t="s">
+        <v>330</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>331</v>
+      </c>
+      <c r="P47" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>333</v>
+      </c>
+      <c r="B48" t="s">
+        <v>61</v>
+      </c>
+      <c r="C48" t="s">
+        <v>334</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>149</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" t="s">
+        <v>37</v>
+      </c>
+      <c r="M48" t="s">
+        <v>335</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>336</v>
+      </c>
+      <c r="P48" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>338</v>
+      </c>
+      <c r="B49" t="s">
+        <v>339</v>
+      </c>
+      <c r="C49" t="s">
+        <v>340</v>
+      </c>
+      <c r="D49" t="s">
+        <v>341</v>
+      </c>
+      <c r="E49" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" t="s">
+        <v>98</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2014</v>
+      </c>
+      <c r="J49" t="s">
+        <v>221</v>
+      </c>
+      <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...7 lines deleted...]
-      <c r="B13" t="s">
+      <c r="L49" t="s">
+        <v>342</v>
+      </c>
+      <c r="M49" t="s">
+        <v>343</v>
+      </c>
+      <c r="N49" t="s">
+        <v>57</v>
+      </c>
+      <c r="O49" t="s">
+        <v>344</v>
+      </c>
+      <c r="P49" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>346</v>
+      </c>
+      <c r="B50" t="s">
+        <v>347</v>
+      </c>
+      <c r="C50" t="s">
+        <v>348</v>
+      </c>
+      <c r="D50" t="s">
+        <v>349</v>
+      </c>
+      <c r="E50" t="s">
+        <v>106</v>
+      </c>
+      <c r="F50" t="s">
+        <v>45</v>
+      </c>
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50">
+        <v>2016</v>
+      </c>
+      <c r="J50" t="s">
+        <v>63</v>
+      </c>
+      <c r="K50" t="s">
+        <v>350</v>
+      </c>
+      <c r="L50" t="s">
+        <v>351</v>
+      </c>
+      <c r="M50" t="s">
+        <v>352</v>
+      </c>
+      <c r="N50" t="s">
+        <v>353</v>
+      </c>
+      <c r="O50" t="s">
+        <v>354</v>
+      </c>
+      <c r="P50" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>356</v>
+      </c>
+      <c r="B51" t="s">
+        <v>357</v>
+      </c>
+      <c r="C51" t="s">
+        <v>358</v>
+      </c>
+      <c r="D51" t="s">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>106</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>149</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>37</v>
+      </c>
+      <c r="M51" t="s">
+        <v>359</v>
+      </c>
+      <c r="N51" t="s">
         <v>27</v>
       </c>
-      <c r="C13" t="s">
-[...1624 lines deleted...]
-      </c>
+      <c r="O51" t="s">
+        <v>360</v>
+      </c>
+      <c r="P51"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>