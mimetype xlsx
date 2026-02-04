--- v0 (2025-10-12)
+++ v1 (2026-02-04)
@@ -12,836 +12,1078 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="326">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1105,2091 +1347,2364 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="831.654" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F6" t="s">
+        <v>64</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>47</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>77</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>84</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>36</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>92</v>
+      </c>
+      <c r="K10" t="s">
+        <v>56</v>
+      </c>
+      <c r="L10" t="s">
+        <v>57</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>40</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>99</v>
+      </c>
+      <c r="G11" t="s">
+        <v>36</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+      <c r="K11" t="s">
+        <v>101</v>
+      </c>
+      <c r="L11" t="s">
+        <v>57</v>
+      </c>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>106</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>107</v>
+      </c>
+      <c r="H12">
+        <v>2023</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>56</v>
+      </c>
+      <c r="L12" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>111</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" t="s">
+        <v>46</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>64</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>117</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>118</v>
+      </c>
+      <c r="M13" t="s">
+        <v>119</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>120</v>
+      </c>
+      <c r="P13" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>46</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>124</v>
+      </c>
+      <c r="M14" t="s">
+        <v>125</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>126</v>
+      </c>
+      <c r="P14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>131</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>132</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2016</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>133</v>
+      </c>
+      <c r="K15" t="s">
+        <v>134</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>135</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>136</v>
+      </c>
+      <c r="P15" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>138</v>
+      </c>
+      <c r="B16" t="s">
+        <v>139</v>
+      </c>
+      <c r="C16" t="s">
+        <v>54</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
+        <v>35</v>
+      </c>
+      <c r="G16" t="s">
+        <v>36</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" t="s">
+        <v>56</v>
+      </c>
+      <c r="L16" t="s">
+        <v>57</v>
+      </c>
+      <c r="M16" t="s">
+        <v>58</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>140</v>
+      </c>
+      <c r="P16" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" t="s">
+        <v>143</v>
+      </c>
+      <c r="C17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" t="s">
+        <v>36</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
+        <v>56</v>
+      </c>
+      <c r="L17" t="s">
+        <v>57</v>
+      </c>
+      <c r="M17" t="s">
+        <v>58</v>
+      </c>
+      <c r="N17" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>145</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>46</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>147</v>
+      </c>
+      <c r="G18" t="s">
+        <v>36</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>71</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>148</v>
+      </c>
+      <c r="M18" t="s">
+        <v>149</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
+        <v>153</v>
+      </c>
+      <c r="C19" t="s">
+        <v>154</v>
+      </c>
+      <c r="D19" t="s">
+        <v>155</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-[...6 lines deleted...]
-      <c r="K3" t="s">
+      <c r="I19">
+        <v>2016</v>
+      </c>
+      <c r="J19" t="s">
+        <v>156</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
+        <v>158</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
+        <v>163</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>147</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>156</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" t="s">
+        <v>158</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>165</v>
+      </c>
+      <c r="P20" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>167</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>169</v>
+      </c>
+      <c r="D21" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="E21" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G21" t="s">
         <v>36</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="H21">
         <v>2020</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>170</v>
+      </c>
+      <c r="K21" t="s">
+        <v>56</v>
+      </c>
+      <c r="L21" t="s">
+        <v>57</v>
+      </c>
+      <c r="M21" t="s">
+        <v>171</v>
+      </c>
+      <c r="N21" t="s">
+        <v>111</v>
+      </c>
+      <c r="O21" t="s">
+        <v>172</v>
+      </c>
+      <c r="P21" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>174</v>
+      </c>
+      <c r="B22" t="s">
+        <v>175</v>
+      </c>
+      <c r="C22"/>
+      <c r="D22" t="s">
+        <v>176</v>
+      </c>
+      <c r="E22" t="s">
+        <v>63</v>
+      </c>
+      <c r="F22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" t="s">
+        <v>177</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>100</v>
+      </c>
+      <c r="K22" t="s">
+        <v>56</v>
+      </c>
+      <c r="L22" t="s">
+        <v>57</v>
+      </c>
+      <c r="M22" t="s">
+        <v>178</v>
+      </c>
+      <c r="N22" t="s">
         <v>40</v>
       </c>
-      <c r="J4" t="s">
-[...19 lines deleted...]
-      <c r="B5" t="s">
+      <c r="O22" t="s">
+        <v>179</v>
+      </c>
+      <c r="P22"/>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>180</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...29 lines deleted...]
-      <c r="M5" t="s">
+      <c r="D23" t="s">
+        <v>176</v>
+      </c>
+      <c r="E23" t="s">
+        <v>63</v>
+      </c>
+      <c r="F23" t="s">
         <v>35</v>
       </c>
-      <c r="N5" t="s">
-[...26 lines deleted...]
-      <c r="I6" t="s">
+      <c r="G23" t="s">
+        <v>36</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" t="s">
+        <v>56</v>
+      </c>
+      <c r="L23" t="s">
+        <v>57</v>
+      </c>
+      <c r="M23" t="s">
+        <v>182</v>
+      </c>
+      <c r="N23" t="s">
         <v>40</v>
       </c>
-      <c r="J6" t="s">
-[...176 lines deleted...]
-      <c r="M10" t="s">
+      <c r="O23" t="s">
+        <v>183</v>
+      </c>
+      <c r="P23" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>185</v>
+      </c>
+      <c r="B24" t="s">
+        <v>186</v>
+      </c>
+      <c r="C24" t="s">
+        <v>187</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>35</v>
       </c>
-      <c r="N10" t="s">
-[...276 lines deleted...]
-      <c r="G17">
+      <c r="G24" t="s">
+        <v>36</v>
+      </c>
+      <c r="H24">
         <v>2021</v>
       </c>
-      <c r="H17"/>
-[...296 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
         <v>47</v>
       </c>
       <c r="K24" t="s">
-        <v>143</v>
+        <v>56</v>
       </c>
       <c r="L24" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="M24" t="s">
+        <v>189</v>
+      </c>
+      <c r="N24" t="s">
+        <v>40</v>
+      </c>
+      <c r="O24" t="s">
+        <v>190</v>
+      </c>
+      <c r="P24" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>192</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>193</v>
+      </c>
+      <c r="D25" t="s">
+        <v>176</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>35</v>
       </c>
-      <c r="N24" t="s">
-[...19 lines deleted...]
-      <c r="F25" t="s">
+      <c r="G25" t="s">
+        <v>36</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>194</v>
+      </c>
+      <c r="K25" t="s">
+        <v>56</v>
+      </c>
+      <c r="L25" t="s">
+        <v>57</v>
+      </c>
+      <c r="M25" t="s">
+        <v>195</v>
+      </c>
+      <c r="N25" t="s">
+        <v>40</v>
+      </c>
+      <c r="O25" t="s">
+        <v>196</v>
+      </c>
+      <c r="P25" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>198</v>
+      </c>
+      <c r="B26" t="s">
         <v>31</v>
       </c>
-      <c r="G25">
+      <c r="C26" t="s">
+        <v>199</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>34</v>
+      </c>
+      <c r="F26" t="s">
+        <v>35</v>
+      </c>
+      <c r="G26" t="s">
+        <v>36</v>
+      </c>
+      <c r="H26">
         <v>2022</v>
       </c>
-      <c r="H25"/>
-[...12 lines deleted...]
-      <c r="M25" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>200</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>38</v>
+      </c>
+      <c r="M26" t="s">
+        <v>201</v>
+      </c>
+      <c r="N26" t="s">
+        <v>40</v>
+      </c>
+      <c r="O26" t="s">
+        <v>202</v>
+      </c>
+      <c r="P26" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>204</v>
+      </c>
+      <c r="B27" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
         <v>35</v>
       </c>
-      <c r="N25" t="s">
-[...22 lines deleted...]
-      <c r="G26">
+      <c r="G27" t="s">
+        <v>36</v>
+      </c>
+      <c r="H27">
         <v>2022</v>
       </c>
-      <c r="H26"/>
-[...6 lines deleted...]
-      <c r="K26" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>200</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>205</v>
+      </c>
+      <c r="M27" t="s">
+        <v>201</v>
+      </c>
+      <c r="N27" t="s">
+        <v>40</v>
+      </c>
+      <c r="O27" t="s">
+        <v>206</v>
+      </c>
+      <c r="P27" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>208</v>
+      </c>
+      <c r="B28" t="s">
+        <v>209</v>
+      </c>
+      <c r="C28" t="s">
+        <v>210</v>
+      </c>
+      <c r="D28" t="s">
         <v>33</v>
       </c>
-      <c r="L26" t="s">
-[...2 lines deleted...]
-      <c r="M26" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>35</v>
       </c>
-      <c r="N26" t="s">
-[...22 lines deleted...]
-      <c r="G27">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2019</v>
+      </c>
+      <c r="I28">
         <v>2022</v>
       </c>
-      <c r="H27"/>
-[...12 lines deleted...]
-      <c r="M27" t="s">
+      <c r="J28" t="s">
+        <v>100</v>
+      </c>
+      <c r="K28" t="s">
+        <v>56</v>
+      </c>
+      <c r="L28" t="s">
+        <v>57</v>
+      </c>
+      <c r="M28" t="s">
+        <v>211</v>
+      </c>
+      <c r="N28" t="s">
+        <v>40</v>
+      </c>
+      <c r="O28" t="s">
+        <v>212</v>
+      </c>
+      <c r="P28" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>214</v>
+      </c>
+      <c r="B29" t="s">
+        <v>215</v>
+      </c>
+      <c r="C29" t="s">
+        <v>216</v>
+      </c>
+      <c r="D29" t="s">
+        <v>217</v>
+      </c>
+      <c r="E29" t="s">
+        <v>63</v>
+      </c>
+      <c r="F29" t="s">
+        <v>132</v>
+      </c>
+      <c r="G29" t="s">
+        <v>36</v>
+      </c>
+      <c r="H29">
+        <v>2014</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>55</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>218</v>
+      </c>
+      <c r="M29" t="s">
+        <v>219</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>220</v>
+      </c>
+      <c r="P29" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>222</v>
+      </c>
+      <c r="B30" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" t="s">
+        <v>223</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>63</v>
+      </c>
+      <c r="F30" t="s">
         <v>35</v>
       </c>
-      <c r="N27" t="s">
-[...25 lines deleted...]
-      <c r="H28">
+      <c r="G30" t="s">
+        <v>107</v>
+      </c>
+      <c r="H30">
         <v>2022</v>
       </c>
-      <c r="I28" t="s">
-[...11 lines deleted...]
-      <c r="M28" t="s">
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>108</v>
+      </c>
+      <c r="K30" t="s">
+        <v>56</v>
+      </c>
+      <c r="L30" t="s">
+        <v>57</v>
+      </c>
+      <c r="M30" t="s">
+        <v>224</v>
+      </c>
+      <c r="N30" t="s">
+        <v>111</v>
+      </c>
+      <c r="O30" t="s">
+        <v>225</v>
+      </c>
+      <c r="P30" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>227</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>229</v>
+      </c>
+      <c r="D31" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" t="s">
+        <v>63</v>
+      </c>
+      <c r="F31" t="s">
         <v>35</v>
       </c>
-      <c r="N28" t="s">
-[...41 lines deleted...]
-      <c r="N29" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31">
+        <v>2022</v>
+      </c>
+      <c r="J31" t="s">
+        <v>100</v>
+      </c>
+      <c r="K31" t="s">
+        <v>56</v>
+      </c>
+      <c r="L31" t="s">
+        <v>57</v>
+      </c>
+      <c r="M31" t="s">
+        <v>230</v>
+      </c>
+      <c r="N31" t="s">
+        <v>40</v>
+      </c>
+      <c r="O31" t="s">
+        <v>231</v>
+      </c>
+      <c r="P31" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>233</v>
+      </c>
+      <c r="B32" t="s">
+        <v>234</v>
+      </c>
+      <c r="C32" t="s">
+        <v>229</v>
+      </c>
+      <c r="D32" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" t="s">
+        <v>63</v>
+      </c>
+      <c r="F32" t="s">
+        <v>35</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>100</v>
+      </c>
+      <c r="K32" t="s">
+        <v>101</v>
+      </c>
+      <c r="L32" t="s">
+        <v>57</v>
+      </c>
+      <c r="M32" t="s">
+        <v>230</v>
+      </c>
+      <c r="N32" t="s">
+        <v>40</v>
+      </c>
+      <c r="O32" t="s">
+        <v>235</v>
+      </c>
+      <c r="P32" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>236</v>
+      </c>
+      <c r="B33" t="s">
         <v>168</v>
       </c>
-    </row>
-[...79 lines deleted...]
-      <c r="M31" t="s">
+      <c r="C33" t="s">
+        <v>237</v>
+      </c>
+      <c r="D33" t="s">
+        <v>33</v>
+      </c>
+      <c r="E33" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" t="s">
         <v>35</v>
       </c>
-      <c r="N31" t="s">
-[...40 lines deleted...]
-      <c r="M32" t="s">
+      <c r="G33" t="s">
+        <v>107</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>238</v>
+      </c>
+      <c r="K33" t="s">
+        <v>56</v>
+      </c>
+      <c r="L33" t="s">
+        <v>57</v>
+      </c>
+      <c r="M33" t="s">
+        <v>239</v>
+      </c>
+      <c r="N33" t="s">
+        <v>40</v>
+      </c>
+      <c r="O33" t="s">
+        <v>240</v>
+      </c>
+      <c r="P33" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>242</v>
+      </c>
+      <c r="B34" t="s">
+        <v>243</v>
+      </c>
+      <c r="C34" t="s">
+        <v>244</v>
+      </c>
+      <c r="D34" t="s">
+        <v>33</v>
+      </c>
+      <c r="E34" t="s">
+        <v>63</v>
+      </c>
+      <c r="F34" t="s">
+        <v>64</v>
+      </c>
+      <c r="G34" t="s">
+        <v>36</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>245</v>
+      </c>
+      <c r="K34" t="s">
+        <v>56</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>246</v>
+      </c>
+      <c r="N34" t="s">
+        <v>40</v>
+      </c>
+      <c r="O34" t="s">
+        <v>247</v>
+      </c>
+      <c r="P34" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>249</v>
+      </c>
+      <c r="B35" t="s">
+        <v>250</v>
+      </c>
+      <c r="C35" t="s">
+        <v>251</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
         <v>35</v>
       </c>
-      <c r="N32" t="s">
-[...104 lines deleted...]
-      <c r="G35">
+      <c r="G35" t="s">
+        <v>36</v>
+      </c>
+      <c r="H35">
         <v>2020</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
         <v>47</v>
       </c>
       <c r="K35" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="L35" t="s">
-        <v>191</v>
+        <v>57</v>
       </c>
       <c r="M35" t="s">
+        <v>252</v>
+      </c>
+      <c r="N35" t="s">
+        <v>40</v>
+      </c>
+      <c r="O35" t="s">
+        <v>253</v>
+      </c>
+      <c r="P35" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>249</v>
+      </c>
+      <c r="B36" t="s">
+        <v>255</v>
+      </c>
+      <c r="C36" t="s">
+        <v>256</v>
+      </c>
+      <c r="D36" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" t="s">
+        <v>63</v>
+      </c>
+      <c r="F36" t="s">
         <v>35</v>
       </c>
-      <c r="N35" t="s">
-[...22 lines deleted...]
-      <c r="G36">
+      <c r="G36" t="s">
+        <v>36</v>
+      </c>
+      <c r="H36">
         <v>2021</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
         <v>47</v>
       </c>
       <c r="K36" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="L36" t="s">
-        <v>194</v>
+        <v>57</v>
       </c>
       <c r="M36" t="s">
+        <v>257</v>
+      </c>
+      <c r="N36" t="s">
+        <v>40</v>
+      </c>
+      <c r="O36" t="s">
+        <v>258</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B37" t="s">
+        <v>260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" t="s">
+        <v>176</v>
+      </c>
+      <c r="E37" t="s">
+        <v>34</v>
+      </c>
+      <c r="F37" t="s">
         <v>35</v>
       </c>
-      <c r="N36" t="s">
-[...22 lines deleted...]
-      <c r="G37"/>
+      <c r="G37" t="s">
+        <v>177</v>
+      </c>
       <c r="H37"/>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="K37" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="L37" t="s">
-        <v>81</v>
+        <v>57</v>
       </c>
       <c r="M37" t="s">
+        <v>102</v>
+      </c>
+      <c r="N37" t="s">
+        <v>40</v>
+      </c>
+      <c r="O37" t="s">
+        <v>261</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>262</v>
+      </c>
+      <c r="B38" t="s">
+        <v>263</v>
+      </c>
+      <c r="C38" t="s">
+        <v>264</v>
+      </c>
+      <c r="D38" t="s">
+        <v>265</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>132</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2021</v>
+      </c>
+      <c r="J38" t="s">
+        <v>92</v>
+      </c>
+      <c r="K38" t="s">
+        <v>266</v>
+      </c>
+      <c r="L38" t="s">
+        <v>267</v>
+      </c>
+      <c r="M38" t="s">
+        <v>268</v>
+      </c>
+      <c r="N38" t="s">
+        <v>269</v>
+      </c>
+      <c r="O38" t="s">
+        <v>270</v>
+      </c>
+      <c r="P38" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>272</v>
+      </c>
+      <c r="B39" t="s">
+        <v>273</v>
+      </c>
+      <c r="C39" t="s">
+        <v>274</v>
+      </c>
+      <c r="D39" t="s">
+        <v>275</v>
+      </c>
+      <c r="E39" t="s">
+        <v>63</v>
+      </c>
+      <c r="F39" t="s">
+        <v>132</v>
+      </c>
+      <c r="G39" t="s">
+        <v>36</v>
+      </c>
+      <c r="H39">
+        <v>2024</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>276</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>277</v>
+      </c>
+      <c r="M39" t="s">
+        <v>278</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>279</v>
+      </c>
+      <c r="P39" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>281</v>
+      </c>
+      <c r="B40" t="s">
+        <v>282</v>
+      </c>
+      <c r="C40" t="s">
+        <v>283</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
         <v>35</v>
       </c>
-      <c r="N37" t="s">
-[...22 lines deleted...]
-      <c r="G38">
+      <c r="G40" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>100</v>
+      </c>
+      <c r="K40" t="s">
+        <v>56</v>
+      </c>
+      <c r="L40" t="s">
+        <v>57</v>
+      </c>
+      <c r="M40" t="s">
+        <v>284</v>
+      </c>
+      <c r="N40" t="s">
+        <v>40</v>
+      </c>
+      <c r="O40" t="s">
+        <v>285</v>
+      </c>
+      <c r="P40" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>287</v>
+      </c>
+      <c r="B41" t="s">
+        <v>288</v>
+      </c>
+      <c r="C41" t="s">
+        <v>289</v>
+      </c>
+      <c r="D41" t="s">
+        <v>290</v>
+      </c>
+      <c r="E41" t="s">
+        <v>63</v>
+      </c>
+      <c r="F41" t="s">
+        <v>64</v>
+      </c>
+      <c r="G41" t="s">
+        <v>36</v>
+      </c>
+      <c r="H41">
         <v>2017</v>
       </c>
-      <c r="H38">
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>55</v>
+      </c>
+      <c r="K41" t="s">
+        <v>56</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>291</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>292</v>
+      </c>
+      <c r="P41" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>294</v>
+      </c>
+      <c r="B42" t="s">
+        <v>295</v>
+      </c>
+      <c r="C42" t="s">
+        <v>296</v>
+      </c>
+      <c r="D42" t="s">
+        <v>297</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>147</v>
+      </c>
+      <c r="G42" t="s">
+        <v>36</v>
+      </c>
+      <c r="H42">
+        <v>2019</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>298</v>
+      </c>
+      <c r="K42" t="s">
+        <v>56</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>299</v>
+      </c>
+      <c r="N42" t="s">
+        <v>300</v>
+      </c>
+      <c r="O42" t="s">
+        <v>301</v>
+      </c>
+      <c r="P42" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>303</v>
+      </c>
+      <c r="B43" t="s">
+        <v>31</v>
+      </c>
+      <c r="C43" t="s">
+        <v>304</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>36</v>
+      </c>
+      <c r="H43">
+        <v>2017</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>37</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>38</v>
+      </c>
+      <c r="M43" t="s">
+        <v>305</v>
+      </c>
+      <c r="N43" t="s">
+        <v>40</v>
+      </c>
+      <c r="O43" t="s">
+        <v>306</v>
+      </c>
+      <c r="P43" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>308</v>
+      </c>
+      <c r="B44" t="s">
+        <v>309</v>
+      </c>
+      <c r="C44" t="s">
+        <v>304</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>35</v>
+      </c>
+      <c r="G44" t="s">
+        <v>36</v>
+      </c>
+      <c r="H44">
+        <v>2020</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>37</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>38</v>
+      </c>
+      <c r="M44" t="s">
+        <v>305</v>
+      </c>
+      <c r="N44" t="s">
+        <v>40</v>
+      </c>
+      <c r="O44" t="s">
+        <v>310</v>
+      </c>
+      <c r="P44"/>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>311</v>
+      </c>
+      <c r="B45" t="s">
+        <v>53</v>
+      </c>
+      <c r="C45" t="s">
+        <v>312</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2016</v>
+      </c>
+      <c r="I45">
+        <v>2017</v>
+      </c>
+      <c r="J45" t="s">
+        <v>55</v>
+      </c>
+      <c r="K45" t="s">
+        <v>56</v>
+      </c>
+      <c r="L45" t="s">
+        <v>57</v>
+      </c>
+      <c r="M45" t="s">
+        <v>313</v>
+      </c>
+      <c r="N45" t="s">
+        <v>40</v>
+      </c>
+      <c r="O45" t="s">
+        <v>314</v>
+      </c>
+      <c r="P45" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>316</v>
+      </c>
+      <c r="B46" t="s">
+        <v>90</v>
+      </c>
+      <c r="C46" t="s">
+        <v>317</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G46" t="s">
+        <v>36</v>
+      </c>
+      <c r="H46">
         <v>2021</v>
       </c>
-      <c r="I38" t="s">
-[...335 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
         <v>47</v>
       </c>
       <c r="K46" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="L46" t="s">
-        <v>241</v>
+        <v>57</v>
       </c>
       <c r="M46" t="s">
+        <v>318</v>
+      </c>
+      <c r="N46" t="s">
+        <v>40</v>
+      </c>
+      <c r="O46" t="s">
+        <v>319</v>
+      </c>
+      <c r="P46" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>321</v>
+      </c>
+      <c r="B47" t="s">
+        <v>322</v>
+      </c>
+      <c r="C47" t="s">
+        <v>323</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+      <c r="E47" t="s">
+        <v>63</v>
+      </c>
+      <c r="F47" t="s">
         <v>35</v>
       </c>
-      <c r="N46" t="s">
-[...22 lines deleted...]
-      <c r="G47">
+      <c r="G47" t="s">
+        <v>36</v>
+      </c>
+      <c r="H47">
         <v>2021</v>
       </c>
-      <c r="H47"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
         <v>47</v>
       </c>
       <c r="K47" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="L47" t="s">
-        <v>245</v>
+        <v>57</v>
       </c>
       <c r="M47" t="s">
-        <v>35</v>
+        <v>324</v>
       </c>
       <c r="N47" t="s">
-        <v>246</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="O47" t="s">
+        <v>325</v>
+      </c>
+      <c r="P47"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>