--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -663,50 +663,53 @@
   <si>
     <t>ANSI/AHAM AC-3-2009 for evaluating the performance of air cleaners</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-air-purifiers</t>
   </si>
   <si>
     <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/#.pdf</t>
   </si>
   <si>
     <t>Energy Efficiency Of Household Electrical Appliances Methods For Measuring And Calculating Energy Efficiency Of Vacuum Cleaners(ES 8057/2017)</t>
   </si>
   <si>
     <t>This standard identifies the methods for measuring and calculating the energy efficiency of vacuum cleaners.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Electronics, Other-Electronics, Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62885-2/2016
 ,   
                     (EU) No 665/2013</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards &amp; Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-household-electrical-appliances-methods-measuring-and-calculating-energy</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/14543</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
@@ -766,53 +769,50 @@
   </si>
   <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
     <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
     <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
   </si>
   <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
     <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
 No policy link available.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-  </si>
-[...1 lines deleted...]
-    <t>Superseded</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-36893-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-air</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=7AC3075CD358B4B1E05397BE0A0AC4DE</t>
   </si>
   <si>
     <t>GB 36893-2024 Minimum allowable values of energy efficiency and energy efficiency grades for air cleaner</t>
   </si>
   <si>
     <t>This standard revised minimum energy performance standards and grades for air cleaners:
  — Air cleaners with a single-phase rated voltage greater than 5 V and not exceeding 250 V, and other rated voltages not exceeding 480 V;
 — Air cleaners with functions for removing particulate matter and gaseous pollutants;
 — Humidifying purifiers and purifying fans with an independent air purification function mode.</t>
   </si>
   <si>
     <t>GB/T 18801—2022</t>
   </si>
@@ -3576,341 +3576,341 @@
       </c>
       <c r="P29" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>212</v>
       </c>
       <c r="B30" t="s">
         <v>213</v>
       </c>
       <c r="C30" t="s">
         <v>214</v>
       </c>
       <c r="D30" t="s">
         <v>215</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
-        <v>36</v>
+        <v>216</v>
       </c>
       <c r="H30">
         <v>2017</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K30" t="s">
         <v>38</v>
       </c>
       <c r="L30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P30" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D31" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2016</v>
       </c>
       <c r="I31">
         <v>2019</v>
       </c>
       <c r="J31" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K31" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="P31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D32" t="s">
         <v>77</v>
       </c>
       <c r="E32" t="s">
         <v>78</v>
       </c>
       <c r="F32" t="s">
         <v>79</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32">
         <v>2019</v>
       </c>
       <c r="J32" t="s">
         <v>80</v>
       </c>
       <c r="K32" t="s">
         <v>38</v>
       </c>
       <c r="L32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="M32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P32" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B33" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D33" t="s">
         <v>47</v>
       </c>
       <c r="E33" t="s">
         <v>78</v>
       </c>
       <c r="F33" t="s">
         <v>79</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2004</v>
       </c>
       <c r="I33">
         <v>2020</v>
       </c>
       <c r="J33" t="s">
         <v>80</v>
       </c>
       <c r="K33" t="s">
         <v>38</v>
       </c>
       <c r="L33" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P33" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C34" t="s">
         <v>56</v>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>78</v>
       </c>
       <c r="F34" t="s">
         <v>35</v>
       </c>
       <c r="G34" t="s">
         <v>36</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>57</v>
       </c>
       <c r="K34" t="s">
         <v>58</v>
       </c>
       <c r="L34" t="s">
         <v>59</v>
       </c>
       <c r="M34" t="s">
         <v>60</v>
       </c>
       <c r="N34" t="s">
         <v>41</v>
       </c>
       <c r="O34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C35" t="s">
         <v>56</v>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>35</v>
       </c>
       <c r="G35" t="s">
         <v>36</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>155</v>
       </c>
       <c r="K35" t="s">
         <v>58</v>
       </c>
       <c r="L35" t="s">
         <v>59</v>
       </c>
       <c r="M35" t="s">
         <v>60</v>
       </c>
       <c r="N35" t="s">
         <v>41</v>
       </c>
       <c r="O35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B36" t="s">
         <v>45</v>
       </c>
       <c r="C36" t="s">
         <v>46</v>
       </c>
       <c r="D36" t="s">
         <v>47</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
-        <v>250</v>
+        <v>216</v>
       </c>
       <c r="H36">
         <v>2018</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>251</v>
       </c>
       <c r="K36" t="s">
         <v>38</v>
       </c>
       <c r="L36" t="s">
         <v>50</v>
       </c>
       <c r="M36" t="s">
         <v>252</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>253</v>
       </c>
       <c r="P36" t="s">
         <v>254</v>
@@ -4477,51 +4477,51 @@
       </c>
       <c r="O48" t="s">
         <v>315</v>
       </c>
       <c r="P48" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
         <v>317</v>
       </c>
       <c r="B49" t="s">
         <v>318</v>
       </c>
       <c r="C49" t="s">
         <v>319</v>
       </c>
       <c r="D49" t="s">
         <v>66</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
         <v>2012</v>
       </c>
       <c r="I49">
         <v>2014</v>
       </c>
       <c r="J49" t="s">
         <v>147</v>
       </c>
       <c r="K49" t="s">
         <v>38</v>
       </c>
       <c r="L49" t="s">
         <v>320</v>
       </c>
       <c r="M49" t="s">
         <v>321</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
@@ -4719,51 +4719,51 @@
       </c>
       <c r="O53" t="s">
         <v>345</v>
       </c>
       <c r="P53" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>347</v>
       </c>
       <c r="B54" t="s">
         <v>348</v>
       </c>
       <c r="C54" t="s">
         <v>349</v>
       </c>
       <c r="D54" t="s">
         <v>350</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2008</v>
       </c>
       <c r="I54">
         <v>2020</v>
       </c>
       <c r="J54" t="s">
         <v>57</v>
       </c>
       <c r="K54" t="s">
         <v>38</v>
       </c>
       <c r="L54" t="s">
         <v>351</v>
       </c>
       <c r="M54" t="s">
         <v>352</v>
       </c>
       <c r="N54" t="s">
         <v>264</v>
       </c>
@@ -4973,51 +4973,51 @@
         <v>366</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
         <v>171</v>
       </c>
       <c r="D59" t="s">
         <v>77</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2011</v>
       </c>
       <c r="I59">
         <v>2018</v>
       </c>
       <c r="J59" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K59" t="s">
         <v>38</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
         <v>367</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>368</v>
       </c>
       <c r="P59" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
         <v>370</v>
       </c>
       <c r="B60" t="s">
         <v>371</v>
       </c>
@@ -5535,101 +5535,101 @@
       <c r="N70" t="s">
         <v>41</v>
       </c>
       <c r="O70" t="s">
         <v>432</v>
       </c>
       <c r="P70"/>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
         <v>433</v>
       </c>
       <c r="B71" t="s">
         <v>434</v>
       </c>
       <c r="C71" t="s">
         <v>435</v>
       </c>
       <c r="D71" t="s">
         <v>436</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2017</v>
       </c>
       <c r="I71">
         <v>2021</v>
       </c>
       <c r="J71" t="s">
         <v>140</v>
       </c>
       <c r="K71" t="s">
         <v>437</v>
       </c>
       <c r="L71" t="s">
         <v>438</v>
       </c>
       <c r="M71" t="s">
         <v>439</v>
       </c>
       <c r="N71" t="s">
         <v>264</v>
       </c>
       <c r="O71" t="s">
         <v>440</v>
       </c>
       <c r="P71" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
         <v>442</v>
       </c>
       <c r="B72" t="s">
         <v>443</v>
       </c>
       <c r="C72" t="s">
         <v>444</v>
       </c>
       <c r="D72" t="s">
         <v>93</v>
       </c>
       <c r="E72" t="s">
         <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G72" t="s">
         <v>162</v>
       </c>
       <c r="H72">
         <v>2024</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>445</v>
       </c>
       <c r="K72" t="s">
         <v>38</v>
       </c>
       <c r="L72" t="s">
         <v>446</v>
       </c>
       <c r="M72" t="s">
         <v>447</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>448</v>
@@ -5683,51 +5683,51 @@
       </c>
       <c r="O73" t="s">
         <v>452</v>
       </c>
       <c r="P73" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>454</v>
       </c>
       <c r="B74" t="s">
         <v>455</v>
       </c>
       <c r="C74" t="s">
         <v>456</v>
       </c>
       <c r="D74" t="s">
         <v>457</v>
       </c>
       <c r="E74" t="s">
         <v>78</v>
       </c>
       <c r="F74" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G74" t="s">
         <v>36</v>
       </c>
       <c r="H74">
         <v>2024</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>23</v>
       </c>
       <c r="K74" t="s">
         <v>38</v>
       </c>
       <c r="L74" t="s">
         <v>458</v>
       </c>
       <c r="M74" t="s">
         <v>459</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>460</v>
@@ -5787,51 +5787,51 @@
     <row r="76" spans="1:16">
       <c r="A76" t="s">
         <v>468</v>
       </c>
       <c r="B76" t="s">
         <v>469</v>
       </c>
       <c r="C76" t="s">
         <v>470</v>
       </c>
       <c r="D76" t="s">
         <v>471</v>
       </c>
       <c r="E76" t="s">
         <v>78</v>
       </c>
       <c r="F76" t="s">
         <v>79</v>
       </c>
       <c r="G76" t="s">
         <v>472</v>
       </c>
       <c r="H76"/>
       <c r="I76"/>
       <c r="J76" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K76" t="s">
         <v>38</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
         <v>473</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
         <v>474</v>
       </c>
       <c r="P76" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
         <v>476</v>
       </c>
       <c r="B77" t="s">
         <v>477</v>
       </c>