--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,732 +12,941 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Schedule 38 - Energy Efficiency Requirements for Grid Connected Solar Inverters</t>
+  </si>
+  <si>
+    <t>This schedule specifies the requirement for participating in the energy labeling program for both single-phase and three-phase grid-connected solar inverters without storage up to and including 100 kW rated output power being manufactured, imported and sold in India. This schedule specifies the minimum overall efficiency requirement of the inverter based on static maximum power point tracking (MPPT) efficiency measurement and the steady state conversion efficiency prescribed in IS 17980:2022/ IEC 62891:2020. The schedule does not cover the dynamic MPPT efficiency. Only BIS certified solar inverters complied with IS 16221-2:2015 are eligible to take part in the BEE Standards and Labeling program.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Renewable Energy Systems</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>IS 17980:2022/ IEC 62891:2020 
 ,   
                     IS 12834:2023/ IEC 61836:2016
 ,   
                     IS 16221-2:2015/ IEC 62109-2: 2011 
 ,   
                     IS 16169:2019/IEC 62116:2014</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-38-energy-efficiency-requirements-grid-connected-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/Schedule_38_Solar_Inverter.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1001,1791 +1210,2022 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N40"/>
+  <dimension ref="A1:P40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>45</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2023</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>37</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7">
+        <v>2023</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>73</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>35</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>79</v>
+      </c>
+      <c r="P8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2021</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>89</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>48</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>101</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2020</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>107</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>73</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13"/>
+      <c r="D13" t="s">
+        <v>113</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="M13" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2022</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>132</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="M16" t="s">
+        <v>133</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C17" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>138</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>143</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>148</v>
+      </c>
+      <c r="D19" t="s">
+        <v>149</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>150</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>151</v>
+      </c>
+      <c r="M19" t="s">
+        <v>152</v>
+      </c>
+      <c r="N19" t="s">
+        <v>153</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>34</v>
+      </c>
+      <c r="H20">
+        <v>2019</v>
+      </c>
+      <c r="I20">
+        <v>2022</v>
+      </c>
+      <c r="J20" t="s">
+        <v>62</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="M20" t="s">
+        <v>159</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>160</v>
+      </c>
+      <c r="P20" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>162</v>
+      </c>
+      <c r="B21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" t="s">
+        <v>163</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>69</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>70</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>164</v>
+      </c>
+      <c r="N21" t="s">
+        <v>73</v>
+      </c>
+      <c r="O21" t="s">
+        <v>165</v>
+      </c>
+      <c r="P21" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>167</v>
+      </c>
+      <c r="B22" t="s">
+        <v>168</v>
+      </c>
+      <c r="C22" t="s">
+        <v>169</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>78</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>62</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="M22" t="s">
+        <v>170</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>171</v>
+      </c>
+      <c r="P22" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>173</v>
+      </c>
+      <c r="B23" t="s">
+        <v>174</v>
+      </c>
+      <c r="C23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>78</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23">
+        <v>2022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>62</v>
+      </c>
+      <c r="K23" t="s">
+        <v>63</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>105</v>
+      </c>
+      <c r="C24" t="s">
+        <v>177</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>78</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>69</v>
+      </c>
+      <c r="H24">
+        <v>2023</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>179</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>78</v>
+      </c>
+      <c r="F25" t="s">
+        <v>185</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2020</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>125</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>37</v>
+      </c>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>197</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>78</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2021</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>125</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>37</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27"/>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" t="s">
+        <v>113</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>114</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>62</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="M28" t="s">
+        <v>64</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>204</v>
+      </c>
+      <c r="C29" t="s">
+        <v>205</v>
+      </c>
+      <c r="D29" t="s">
+        <v>206</v>
+      </c>
+      <c r="E29" t="s">
+        <v>78</v>
+      </c>
+      <c r="F29" t="s">
+        <v>150</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2024</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>207</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>208</v>
+      </c>
+      <c r="M29" t="s">
+        <v>209</v>
+      </c>
+      <c r="N29" t="s">
+        <v>48</v>
+      </c>
+      <c r="O29" t="s">
+        <v>210</v>
+      </c>
+      <c r="P29" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>212</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2021</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>62</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>37</v>
+      </c>
+      <c r="M30" t="s">
+        <v>215</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>216</v>
+      </c>
+      <c r="P30" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>218</v>
+      </c>
+      <c r="B31" t="s">
+        <v>219</v>
+      </c>
+      <c r="C31" t="s">
+        <v>220</v>
+      </c>
+      <c r="D31" t="s">
+        <v>221</v>
+      </c>
+      <c r="E31" t="s">
+        <v>78</v>
+      </c>
+      <c r="F31" t="s">
+        <v>185</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>35</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>222</v>
+      </c>
+      <c r="N31" t="s">
+        <v>48</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B32" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" t="s">
+        <v>227</v>
+      </c>
+      <c r="D32" t="s">
+        <v>228</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>88</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>229</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>230</v>
+      </c>
+      <c r="N32" t="s">
+        <v>231</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" t="s">
+        <v>87</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>88</v>
+      </c>
+      <c r="G33" t="s">
+        <v>69</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>46</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>47</v>
+      </c>
+      <c r="N33" t="s">
+        <v>48</v>
+      </c>
+      <c r="O33" t="s">
+        <v>236</v>
+      </c>
+      <c r="P33" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>238</v>
+      </c>
+      <c r="B34" t="s">
+        <v>239</v>
+      </c>
+      <c r="C34" t="s">
+        <v>43</v>
+      </c>
+      <c r="D34" t="s">
+        <v>240</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>88</v>
+      </c>
+      <c r="G34" t="s">
+        <v>69</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>46</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>47</v>
+      </c>
+      <c r="N34" t="s">
+        <v>48</v>
+      </c>
+      <c r="O34" t="s">
+        <v>241</v>
+      </c>
+      <c r="P34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>148</v>
+      </c>
+      <c r="D35" t="s">
+        <v>87</v>
+      </c>
+      <c r="E35" t="s">
+        <v>78</v>
+      </c>
+      <c r="F35" t="s">
+        <v>185</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2012</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>245</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>246</v>
+      </c>
+      <c r="M35" t="s">
+        <v>247</v>
+      </c>
+      <c r="N35" t="s">
+        <v>153</v>
+      </c>
+      <c r="O35" t="s">
+        <v>248</v>
+      </c>
+      <c r="P35" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>250</v>
+      </c>
+      <c r="B36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" t="s">
+        <v>251</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2017</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L36" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M36" t="s">
+        <v>252</v>
+      </c>
+      <c r="N36" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O36" t="s">
+        <v>253</v>
+      </c>
+      <c r="P36" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>255</v>
+      </c>
+      <c r="B37" t="s">
+        <v>256</v>
+      </c>
+      <c r="C37" t="s">
+        <v>251</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2020</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>25</v>
+      </c>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>257</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>258</v>
+      </c>
+      <c r="B38" t="s">
+        <v>31</v>
+      </c>
+      <c r="C38" t="s">
+        <v>259</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>34</v>
+      </c>
+      <c r="H38">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>35</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>37</v>
+      </c>
+      <c r="M38" t="s">
+        <v>260</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>261</v>
+      </c>
+      <c r="P38" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>263</v>
+      </c>
+      <c r="B39" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" t="s">
+        <v>264</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>125</v>
+      </c>
+      <c r="K39" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L39" t="s">
         <v>37</v>
       </c>
-      <c r="D4" t="s">
-[...17 lines deleted...]
-      <c r="J4" t="s">
+      <c r="M39" t="s">
+        <v>265</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>266</v>
+      </c>
+      <c r="P39" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>268</v>
+      </c>
+      <c r="B40" t="s">
+        <v>269</v>
+      </c>
+      <c r="C40" t="s">
+        <v>270</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>78</v>
+      </c>
+      <c r="F40" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...140 lines deleted...]
-      <c r="B8" t="s">
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>125</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>37</v>
+      </c>
+      <c r="M40" t="s">
+        <v>271</v>
+      </c>
+      <c r="N40" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
-[...1376 lines deleted...]
-      </c>
+      <c r="O40" t="s">
+        <v>272</v>
+      </c>
+      <c r="P40"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>