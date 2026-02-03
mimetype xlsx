--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -198,72 +198,72 @@
   <si>
     <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
     <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
 life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
   </si>
   <si>
     <t>India</t>
@@ -899,51 +899,51 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>64</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>65</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>66</v>
       </c>
       <c r="N6" t="s">
         <v>40</v>
       </c>
       <c r="O6" t="s">
         <v>67</v>
       </c>
       <c r="P6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>69</v>