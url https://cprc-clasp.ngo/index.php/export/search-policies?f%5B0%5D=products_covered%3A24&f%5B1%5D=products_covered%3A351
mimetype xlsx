--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,336 +12,410 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -605,613 +679,688 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>41</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" t="s">
+        <v>41</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" t="s">
+        <v>92</v>
+      </c>
+      <c r="C11" t="s">
+        <v>93</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
-[...8 lines deleted...]
-      <c r="M4" t="s">
+      <c r="F11" t="s">
+        <v>94</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>48</v>
+      </c>
+      <c r="K11" t="s">
+        <v>41</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1997</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...54 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...276 lines deleted...]
-        <v>80</v>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>