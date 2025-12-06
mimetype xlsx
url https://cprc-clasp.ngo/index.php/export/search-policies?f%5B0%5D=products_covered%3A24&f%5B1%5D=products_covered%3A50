--- v0 (2025-10-11)
+++ v1 (2025-12-06)
@@ -12,246 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CEL - Alternative Current Contactor</t>
   </si>
   <si>
+    <t>This policy covers alternative current contractors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Contactors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 14048.1 GB 14048.4</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-alternative-current-contactor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/5%E9%99%84%E4%BB%B620_%E4%BA%A4%E6%B5%81%E6%8E%A5%E8%A7%A6%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
+  </si>
+  <si>
     <t>Mobility</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -515,365 +553,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...116 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
       </c>
       <c r="H5">
         <v>2008</v>
       </c>
-      <c r="I5" t="s">
-        <v>43</v>
+      <c r="I5">
+        <v>2008</v>
       </c>
       <c r="J5" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L5" t="s">
-[...2 lines deleted...]
-      <c r="M5" t="s">
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...26 lines deleted...]
-      <c r="I6" t="s">
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>37</v>
       </c>
-      <c r="J6" t="s">
-[...12 lines deleted...]
-        <v>50</v>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>