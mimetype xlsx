--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,264 +12,308 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-462191-2010. CQC Mark Certification - Socket-outlets and adaptors</t>
   </si>
   <si>
+    <t>Applies to products that are used indoor or outdoor; household or similar type; working under AC current; rated voltage higher than 50V and lower than 250V; rated current 10A and 16A; with or without earth contactor; with conservative stand-by power function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3121-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462191-2010-cqc-mark-certification-socket-outlets-and-adaptors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492763.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC31-499111-2020 Energy Conservation Certification Rules for Motorcycles and Electric Bicycles</t>
+  </si>
+  <si>
+    <t>This policy contains energy conservation certification rules for motorcycles and electric bicycles. It applies to L1 (electric drive), L3 (internal combustion engine drive + electric drive), L4 (internal combustion engine drive), and L5 (internal combustion engine drive) that are driven by internal combustion engines or electric drives and have obtained national compulsory product certification, and electric bicycles (electric drive only) that have obtained national compulsory product certification.</t>
   </si>
   <si>
     <t>Mobility</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB15744-2019
 ,   
                     GB/T 24157-2017
 ,   
                     CQC3174-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-499111-2020-energy-conservation-certification-rules-motorcycles-and-electric</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-03-11/512923.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>SCHEDULE-29 Li-ion traction batteries and Systems</t>
   </si>
   <si>
+    <t>This schedule specifies energy-labelling requirement for high-energy Lithium-Ion based Battery packs and systems for electrically propelled road vehicles. The schedule covers high energy lithium-ion battery packs/modules with specific energy up to 350Wh/kg and Cycle
+life up to 4,000 cycles. For this schedule, the star rating of high-energy Battery pack/module shall be based on specific energy, life cycle and energy efficiency tested in accordance with ISO 12405-4:2018.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 12405-4: 2018.</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-29-li-ion-traction-batteries-and-systems</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Content/Files/SCHEDULE_29.pdf</t>
+  </si>
+  <si>
     <t>TIS 2432-2555 (2012) Plugs and socket-outlets for household and similar purposes: cord extension sets</t>
   </si>
   <si>
+    <t>This standard applies to cord extension sets (rewirable and non-rewirable) with a rated voltage greater than 50 V but not exceeding 440 V and a rated current not exceeding 16 A, intended for household and similar purposes, either indoors or outdoors. This standard does not apply to cord extension sets with means for reeling.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Power Supply and Power Conversion, Power strips</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2432-2555-2012-plugs-and-socket-outlets-household-and-similar-purposes-cord-extension</t>
+  </si>
+  <si>
+    <t>https://service.tisi.go.th/fulltext/TIS-2432-2555m_Auto1849.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -533,407 +577,452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="595.712" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2010</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I2">
+        <v>2010</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...24 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>57</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...6 lines deleted...]
-      <c r="C4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>66</v>
+      </c>
+      <c r="G7" t="s">
         <v>33</v>
       </c>
-      <c r="D4" t="s">
-[...26 lines deleted...]
-      <c r="M4" t="s">
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...121 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="N7" t="s">
-        <v>56</v>
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>