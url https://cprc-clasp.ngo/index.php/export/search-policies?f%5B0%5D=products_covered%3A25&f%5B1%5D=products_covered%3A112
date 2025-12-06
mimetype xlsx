--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,1503 +12,2142 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="665">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CEL- Low Ambient Temperature Air Source Heat Pumps</t>
   </si>
   <si>
+    <t>This policy covers low ambient temperature air source heat pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21362-2008; GB/T 25127.1-2010; GB/T 25127.2-2010; JB/T 12841-2016</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-low-ambient-temperature-air-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E4%BD%8E%E7%8E%AF%E5%A2%83%E6%B8%A9%E5%BA%A6%E7%A9%BA%E6%B0%</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
+    <t>May 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
-    <t>May 2024</t>
-[...4 lines deleted...]
-  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC31-423221-2017 Energy Conservation Certification Rules for Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to industrial boilers including: steam boiler; hot water boiler; and organic heat transfer matrial boilers with a rated steam pressure no larger than 3.8MPa; and fuel source of coal; oil; gas; or biomass.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, Oil</t>
   </si>
   <si>
     <t>CQC3161-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-423221-2017-energy-conservation-certification-rules-industrial-boilers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-05-24/499029.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439803-2018 CQC Energy conservation certification rules for low ambient temperator air source heat pump air heaters</t>
   </si>
   <si>
+    <t>Applies to split air source heat pump air heaters that are motor-compressor driven; of which condensor and evaporator both use air heat exchanger; which can operate under an ambient temperature not lower than 30 and rated heating capapity not larger than 14000W; which are used for indoor environment</t>
+  </si>
+  <si>
     <t>CQC 3165-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439803-2018-cqc-energy-conservation-certification-rules-low-ambient-temperator-air</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-06-22/553630.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439804-2018. Energy Conservation Certification Rules for Multi-Type Low Ambient Temperature Air Source Heat Pump Air Heating Units</t>
   </si>
   <si>
+    <t>Apply to multi-type low ambient temperature air source heat pump air heating units</t>
+  </si>
+  <si>
     <t>CQC 3168-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439804-2018-energy-conservation-certification-rules-multi-type-low-ambient</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/554194.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439806-2020. Energy Conservation Certification Rules for Air Source Heat Pump for Tobacco Curing Barn</t>
   </si>
   <si>
+    <t>Apply to air source heat pump for tobacco curing barn</t>
+  </si>
+  <si>
     <t>CQC 3176-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439806-2020-energy-conservation-certification-rules-air-source-heat-pump-tobacco</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-07/557156.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448149-2011. CQC Mark Certification - Commercial Water Boilers</t>
   </si>
   <si>
+    <t>Applies to commercial water boilers. For single-phase appliances connected to a phase line and neutral line its rated voltage not exceeding 250V and other appliances' rated voltage not exceeding 450V</t>
+  </si>
+  <si>
     <t>CQC 3133-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448149-2011-cqc-mark-certification-commercial-water-boilers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492730.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448187-2016 Energy Conservation Certification Rules for Household and Similar Use Room Heaters</t>
   </si>
   <si>
+    <t>Applies to room heaters that with a single-phase rated power voltage of no more than 250V, applies to portable, fixed, standing, and embedded type of room hearers.</t>
+  </si>
+  <si>
     <t>CQC3154-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448187-2016-energy-conservation-certification-rules-household-and-similar-use-room</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/513956.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448262-2015 Energy Conservation and environmentally-friendly Certification rules for Domestic Gas Instantaneous Water Heater and Gas Fired Heating-hot Water Combi-boilers</t>
   </si>
   <si>
+    <t>Applies to gas fired Domestic Gas Instantaneous Water Heater - including condensation type- with heat load not larger than 70kW; Applies to gas fired Heaing-hot Water Combi-boilers -including ndensation type warm bath dual use boilers.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015; CQC 5105-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448262-2015-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-01-22/492743.shtml</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Commercial Packaged Boilers Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definitions of both a commercial boiler and packaged boiler as specified in the policy document; which are marketed for sale in the commercial market are eligible for ENERGY STAR certification under this specification.
+Commercial Boiler: A type of packaged low pressure boiler with a capacity at full load rated input of 300 000 Btu per hour or more which is distributed in commerce: for heating or space conditioning applications in commercial buildings; or for service water heating in buildings excluding those products that meet the definition of Hot Water Supply Boiler.
+Packaged Boiler: A boiler that is shipped complete with heating equipment; mechanical draft equipment and automatic controls in one or more sections but is not custom designed and or field constructed.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR Part 431.86; UL 795 or ANSI Z21.13-2014/CSA 4.9</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-packaged-boilers-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/commercial_boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Furnaces Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Furnace as specified in the policy document are eligible for ENERGY STAR certification, with the exception of Furnaces intended only for commercial installation and/or with a rating of 225 000 Btu per hour energy or higher. Only non-weatherized furnaces approved for residential installation are eligible.</t>
+  </si>
+  <si>
     <t>10 CFR Part 430 Appendix N; ANSI/ASHRAE 193-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-furnaces-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/furnaces/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Boilers Version 3.0</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a residential boiler and combination space-heating and water heating appliance as specified in the policy document are eligible for ENERGY STAR certification. 
+Residential Boiler: A self-contained fuel burning appliance, with input less than 300 000 Btu per hour and operating at or below 160 psig water pressure and 250F water temperature, to supply low pressure steam or hot water for space heating applications. A heating unit that meets this definition and also provides hot water for domestic or other use is considered a combination space-heating and water heating appliance for purposes of this agreement.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix N</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-boilers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/boilers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Space heaters</t>
   </si>
   <si>
+    <t>Space heaters using gas or oil for fuel</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-space-heaters</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Gas Boilers - Taiwan</t>
   </si>
   <si>
+    <t>The Efficiency Standard is applicable to steam boilers with oil or gas firing but not for through-flow boilers.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 2141</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Oil</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gas-boilers-taiwan-0</t>
   </si>
   <si>
     <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
   </si>
   <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Water</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
 ,   
                     JB/T 12839
 ,   
                     JB/T 12840
 ,   
                     JB/T 14640
 ,   
                     JB/T 14642</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC) and State Administration for …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19577-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-heat-pumps-and</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=C59327F9E5A3194DAD64C39B883C36C2</t>
+  </si>
+  <si>
     <t>GB 24500-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of Industrial Boilers</t>
   </si>
   <si>
+    <t>Applies to fixed type of steel-made steam boiler with water as medium and rated steam volume no less than 0.1 t per h; and fixed type of steel-made hot water boiler with rated outlet water pressure bigger than 0.1 MPa. Boilers shall use coal; gasoline; or gas as fuel and have rated steam pressure bigger than 0.04 MPa but smaller than 3.8 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 10180; NB/T 47066</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24500-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF558CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 24848-2010 Minimum allowable values of energy efficiency and energy efficiency grades for heaters of petroleum industry</t>
   </si>
   <si>
+    <t>This policy covers heaters of the petroleum industry.</t>
+  </si>
+  <si>
     <t>SY/T 0540; SY/T 6381</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-24848-2010-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7D36FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30721-2014 Minimum allowable values of energy efficiency and energy efficiency grades for water-source -ground-source- heat pumps</t>
   </si>
   <si>
+    <t>Applies to water-source; ground-source; heat pumps with electrical and mechanical compression systems</t>
+  </si>
+  <si>
     <t>GB/T 19409-2003, GB/T 19409-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30721-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7F003D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
+    <t>This policy covers regenerative rolling reheating furnaces.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>Heating &amp; Air Conditioning Comparative Label</t>
   </si>
   <si>
+    <t>This policy is under development. There will be a mandatory comparative label for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>Lao People's Democratic Republic</t>
   </si>
   <si>
     <t>Space Heating, Air Conditioning</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-comparative-label</t>
   </si>
   <si>
     <t>Heating &amp; Air Conditioning Minimum Energy Performance Standard</t>
   </si>
   <si>
+    <t>This policy is under development. There will be mandatory minimum energy performance standards for residential heating and air conditioning units. No link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/heating-air-conditioning-minimum-energy-performance-standard</t>
   </si>
   <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
   </si>
   <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Electric Water Heaters, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an electric water heater means an appliance that instantly raises the temperature of the water flowing through it without retaining water. Power size of the electric water heater (watts): 1. less than 4,000 watts, 2. 4,000 to 5,500 watts, and 3. more than 5,500 watts.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-electric-water-heaters-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/43.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Schedule 36 Packaged Boiler</t>
   </si>
   <si>
+    <t>This policy specifies the requirement for participating in the voluntary star labeling program for Packaged Boilers using coal, biomass, oil and natural gas as fuel across all capacities under Indian Boiler Regulation (IBR) with or without air pre-heater, economizer, or waste heat recovery system, covered under the scope of IS 13979: 1994 as amended from time to time, being manufactured, imported or assembled for the purpose of commercial sale in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil</t>
   </si>
   <si>
     <t>IS 13979:1994</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-36-packaged-boiler-0</t>
   </si>
   <si>
+    <t>https://www.beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Heat Pumps TGL-57-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to heat pumps for residential use including heat pumps operated at a rated voltage up to 250 V for single-phase appliances and not more than 600 V for three-phase appliances.</t>
   </si>
   <si>
     <t>TIS 1529
 ,   
                     BS EN 255-4
 ,   
                     TIS 2368</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-heat-pumps-tgl-57-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-57-11.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1772,4977 +2411,5676 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N117"/>
+  <dimension ref="A1:P117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>55</v>
+      </c>
+      <c r="H5">
+        <v>2023</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>58</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>65</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1998</v>
+      </c>
+      <c r="I6">
+        <v>2017</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>67</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>74</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>76</v>
+      </c>
+      <c r="P7" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B8" t="s">
+        <v>79</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>80</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>87</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>95</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>96</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>99</v>
+      </c>
+      <c r="P10" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
+        <v>94</v>
+      </c>
+      <c r="D11" t="s">
+        <v>103</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>104</v>
+      </c>
+      <c r="M11" t="s">
+        <v>98</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" t="s">
+        <v>53</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" t="s">
+        <v>110</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>56</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>58</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" t="s">
+        <v>117</v>
+      </c>
+      <c r="E13" t="s">
+        <v>42</v>
+      </c>
+      <c r="F13" t="s">
+        <v>118</v>
+      </c>
+      <c r="G13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>119</v>
+      </c>
+      <c r="K13" t="s">
+        <v>120</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>121</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>122</v>
+      </c>
+      <c r="P13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B14" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" t="s">
+        <v>118</v>
+      </c>
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>119</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>126</v>
+      </c>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>127</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>129</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D15" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>133</v>
+      </c>
+      <c r="K15" t="s">
+        <v>134</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>135</v>
+      </c>
+      <c r="P15" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>137</v>
+      </c>
+      <c r="B16" t="s">
+        <v>138</v>
+      </c>
+      <c r="C16" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" t="s">
+        <v>132</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>55</v>
+      </c>
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>139</v>
+      </c>
+      <c r="K16" t="s">
+        <v>134</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>140</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>141</v>
+      </c>
+      <c r="P16" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>143</v>
+      </c>
+      <c r="B17" t="s">
+        <v>144</v>
+      </c>
+      <c r="C17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>55</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>139</v>
+      </c>
+      <c r="K17" t="s">
+        <v>134</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>140</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>145</v>
+      </c>
+      <c r="P17" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>147</v>
+      </c>
+      <c r="B18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>43</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
+        <v>2015</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" t="s">
+        <v>134</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>116</v>
+      </c>
+      <c r="D19" t="s">
+        <v>152</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G19" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>153</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>43</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>133</v>
+      </c>
+      <c r="K20" t="s">
+        <v>153</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>131</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>162</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>133</v>
+      </c>
+      <c r="K21" t="s">
+        <v>134</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>131</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>162</v>
+      </c>
+      <c r="H22">
+        <v>2015</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>133</v>
+      </c>
+      <c r="K22" t="s">
+        <v>134</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>167</v>
+      </c>
+      <c r="C23" t="s">
+        <v>116</v>
+      </c>
+      <c r="D23" t="s">
+        <v>161</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>162</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>139</v>
+      </c>
+      <c r="K23" t="s">
+        <v>134</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>131</v>
+      </c>
+      <c r="D24" t="s">
+        <v>132</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>55</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>133</v>
+      </c>
+      <c r="K24" t="s">
+        <v>172</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>131</v>
+      </c>
+      <c r="D25" t="s">
+        <v>117</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25">
+        <v>2015</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>133</v>
+      </c>
+      <c r="K25" t="s">
+        <v>134</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>177</v>
+      </c>
+      <c r="P25" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>175</v>
+      </c>
+      <c r="B26" t="s">
+        <v>179</v>
+      </c>
+      <c r="C26" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" t="s">
+        <v>117</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>55</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>139</v>
+      </c>
+      <c r="K26" t="s">
+        <v>134</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>140</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>116</v>
+      </c>
+      <c r="D27" t="s">
+        <v>132</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2024</v>
+      </c>
+      <c r="J27" t="s">
+        <v>184</v>
+      </c>
+      <c r="K27" t="s">
+        <v>172</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>140</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1992</v>
+      </c>
+      <c r="I28">
+        <v>2013</v>
+      </c>
+      <c r="J28" t="s">
+        <v>189</v>
+      </c>
+      <c r="K28" t="s">
+        <v>45</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>140</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>187</v>
+      </c>
+      <c r="B29" t="s">
+        <v>188</v>
+      </c>
+      <c r="C29" t="s">
+        <v>192</v>
+      </c>
+      <c r="D29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1992</v>
+      </c>
+      <c r="I29">
+        <v>2013</v>
+      </c>
+      <c r="J29" t="s">
+        <v>184</v>
+      </c>
+      <c r="K29" t="s">
+        <v>45</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>193</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>194</v>
+      </c>
+      <c r="P29" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>94</v>
+      </c>
+      <c r="D30" t="s">
+        <v>85</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>118</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2013</v>
+      </c>
+      <c r="J30" t="s">
+        <v>197</v>
+      </c>
+      <c r="K30" t="s">
+        <v>87</v>
+      </c>
+      <c r="L30" t="s">
+        <v>198</v>
+      </c>
+      <c r="M30" t="s">
+        <v>199</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>200</v>
+      </c>
+      <c r="P30" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>94</v>
+      </c>
+      <c r="D31" t="s">
+        <v>204</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>118</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2013</v>
+      </c>
+      <c r="J31" t="s">
+        <v>205</v>
+      </c>
+      <c r="K31" t="s">
+        <v>87</v>
+      </c>
+      <c r="L31" t="s">
+        <v>198</v>
+      </c>
+      <c r="M31" t="s">
+        <v>199</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>206</v>
+      </c>
+      <c r="P31" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>207</v>
+      </c>
+      <c r="B32" t="s">
+        <v>208</v>
+      </c>
+      <c r="C32" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>209</v>
+      </c>
+      <c r="E32" t="s">
+        <v>42</v>
+      </c>
+      <c r="F32" t="s">
+        <v>118</v>
+      </c>
+      <c r="G32" t="s">
+        <v>55</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>96</v>
+      </c>
+      <c r="K32" t="s">
+        <v>87</v>
+      </c>
+      <c r="L32" t="s">
+        <v>210</v>
+      </c>
+      <c r="M32" t="s">
+        <v>199</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>213</v>
+      </c>
+      <c r="B33" t="s">
+        <v>214</v>
+      </c>
+      <c r="C33" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" t="s">
+        <v>215</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>118</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>197</v>
+      </c>
+      <c r="K33" t="s">
+        <v>87</v>
+      </c>
+      <c r="L33" t="s">
+        <v>216</v>
+      </c>
+      <c r="M33" t="s">
+        <v>199</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>217</v>
+      </c>
+      <c r="P33" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" t="s">
+        <v>220</v>
+      </c>
+      <c r="C34" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>118</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2017</v>
+      </c>
+      <c r="J34" t="s">
+        <v>197</v>
+      </c>
+      <c r="K34" t="s">
+        <v>221</v>
+      </c>
+      <c r="L34" t="s">
+        <v>222</v>
+      </c>
+      <c r="M34" t="s">
+        <v>199</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>223</v>
+      </c>
+      <c r="P34" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>225</v>
+      </c>
+      <c r="B35" t="s">
+        <v>226</v>
+      </c>
+      <c r="C35" t="s">
+        <v>94</v>
+      </c>
+      <c r="D35" t="s">
+        <v>227</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>118</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2004</v>
+      </c>
+      <c r="I35">
+        <v>2019</v>
+      </c>
+      <c r="J35" t="s">
+        <v>197</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>228</v>
+      </c>
+      <c r="M35" t="s">
+        <v>199</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>229</v>
+      </c>
+      <c r="P35" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>231</v>
+      </c>
+      <c r="B36" t="s">
+        <v>232</v>
+      </c>
+      <c r="C36" t="s">
+        <v>94</v>
+      </c>
+      <c r="D36" t="s">
+        <v>95</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>118</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2002</v>
+      </c>
+      <c r="I36">
+        <v>2018</v>
+      </c>
+      <c r="J36" t="s">
+        <v>197</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>233</v>
+      </c>
+      <c r="M36" t="s">
+        <v>199</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>234</v>
+      </c>
+      <c r="P36" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>236</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" t="s">
+        <v>95</v>
+      </c>
+      <c r="E37" t="s">
+        <v>42</v>
+      </c>
+      <c r="F37" t="s">
+        <v>118</v>
+      </c>
+      <c r="G37" t="s">
+        <v>55</v>
+      </c>
+      <c r="H37">
+        <v>2018</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>96</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>238</v>
+      </c>
+      <c r="M37" t="s">
+        <v>199</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>239</v>
+      </c>
+      <c r="P37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>241</v>
+      </c>
+      <c r="B38" t="s">
+        <v>242</v>
+      </c>
+      <c r="C38" t="s">
+        <v>94</v>
+      </c>
+      <c r="D38" t="s">
+        <v>95</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>118</v>
+      </c>
+      <c r="G38" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>96</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>243</v>
+      </c>
+      <c r="M38" t="s">
+        <v>199</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>244</v>
+      </c>
+      <c r="P38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>246</v>
+      </c>
+      <c r="B39" t="s">
+        <v>247</v>
+      </c>
+      <c r="C39" t="s">
+        <v>94</v>
+      </c>
+      <c r="D39" t="s">
+        <v>117</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>118</v>
+      </c>
+      <c r="G39" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>197</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>248</v>
+      </c>
+      <c r="M39" t="s">
+        <v>199</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>249</v>
+      </c>
+      <c r="P39" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>251</v>
+      </c>
+      <c r="B40" t="s">
+        <v>252</v>
+      </c>
+      <c r="C40" t="s">
+        <v>94</v>
+      </c>
+      <c r="D40" t="s">
+        <v>117</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>118</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2002</v>
+      </c>
+      <c r="I40">
+        <v>2017</v>
+      </c>
+      <c r="J40" t="s">
+        <v>197</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>253</v>
+      </c>
+      <c r="M40" t="s">
+        <v>199</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>254</v>
+      </c>
+      <c r="P40" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>256</v>
+      </c>
+      <c r="B41" t="s">
+        <v>257</v>
+      </c>
+      <c r="C41" t="s">
+        <v>94</v>
+      </c>
+      <c r="D41" t="s">
+        <v>117</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>118</v>
+      </c>
+      <c r="G41" t="s">
+        <v>55</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>197</v>
+      </c>
+      <c r="K41" t="s">
+        <v>258</v>
+      </c>
+      <c r="L41" t="s">
+        <v>259</v>
+      </c>
+      <c r="M41" t="s">
+        <v>199</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>260</v>
+      </c>
+      <c r="P41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>262</v>
+      </c>
+      <c r="B42" t="s">
+        <v>263</v>
+      </c>
+      <c r="C42" t="s">
+        <v>264</v>
+      </c>
+      <c r="D42" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>54</v>
+      </c>
+      <c r="G42" t="s">
+        <v>110</v>
+      </c>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>56</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>265</v>
+      </c>
+      <c r="N42" t="s">
+        <v>58</v>
+      </c>
+      <c r="O42" t="s">
+        <v>266</v>
+      </c>
+      <c r="P42" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>268</v>
+      </c>
+      <c r="B43" t="s">
+        <v>269</v>
+      </c>
+      <c r="C43" t="s">
+        <v>270</v>
+      </c>
+      <c r="D43" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>110</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>271</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>272</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>273</v>
+      </c>
+      <c r="P43"/>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>274</v>
+      </c>
+      <c r="B44" t="s">
+        <v>275</v>
+      </c>
+      <c r="C44" t="s">
+        <v>276</v>
+      </c>
+      <c r="D44" t="s">
+        <v>95</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1992</v>
+      </c>
+      <c r="I44">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J44" t="s">
+        <v>277</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>278</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>279</v>
+      </c>
+      <c r="P44" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>281</v>
+      </c>
+      <c r="B45" t="s">
+        <v>282</v>
+      </c>
+      <c r="C45" t="s">
+        <v>276</v>
+      </c>
+      <c r="D45" t="s">
+        <v>117</v>
+      </c>
+      <c r="E45" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2000</v>
+      </c>
+      <c r="I45">
+        <v>2010</v>
+      </c>
+      <c r="J45" t="s">
+        <v>283</v>
+      </c>
+      <c r="K45" t="s">
+        <v>258</v>
+      </c>
+      <c r="L45" t="s">
+        <v>284</v>
+      </c>
+      <c r="M45" t="s">
+        <v>278</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>285</v>
+      </c>
+      <c r="P45" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>286</v>
+      </c>
+      <c r="B46" t="s">
+        <v>287</v>
+      </c>
+      <c r="C46" t="s">
+        <v>288</v>
+      </c>
+      <c r="D46" t="s">
+        <v>289</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>65</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46">
+        <v>2019</v>
+      </c>
+      <c r="J46" t="s">
+        <v>205</v>
+      </c>
+      <c r="K46" t="s">
+        <v>45</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>290</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>291</v>
+      </c>
+      <c r="P46" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>293</v>
+      </c>
+      <c r="B47" t="s">
+        <v>294</v>
+      </c>
+      <c r="C47" t="s">
+        <v>295</v>
+      </c>
+      <c r="D47" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" t="s">
+        <v>42</v>
+      </c>
+      <c r="F47" t="s">
+        <v>43</v>
+      </c>
+      <c r="G47" t="s">
+        <v>55</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>33</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>297</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" t="s">
+        <v>301</v>
+      </c>
+      <c r="C48" t="s">
+        <v>302</v>
+      </c>
+      <c r="D48" t="s">
+        <v>117</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>43</v>
+      </c>
+      <c r="G48" t="s">
+        <v>55</v>
+      </c>
+      <c r="H48">
+        <v>1993</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>205</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>297</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>303</v>
+      </c>
+      <c r="P48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>305</v>
+      </c>
+      <c r="B49" t="s">
+        <v>306</v>
+      </c>
+      <c r="C49" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" t="s">
+        <v>215</v>
+      </c>
+      <c r="E49" t="s">
+        <v>42</v>
+      </c>
+      <c r="F49" t="s">
+        <v>118</v>
+      </c>
+      <c r="G49" t="s">
+        <v>55</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>86</v>
+      </c>
+      <c r="K49" t="s">
+        <v>87</v>
+      </c>
+      <c r="L49" t="s">
+        <v>25</v>
+      </c>
+      <c r="M49" t="s">
+        <v>307</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>308</v>
+      </c>
+      <c r="P49" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>305</v>
+      </c>
+      <c r="B50" t="s">
+        <v>85</v>
+      </c>
+      <c r="C50" t="s">
+        <v>131</v>
+      </c>
+      <c r="D50" t="s">
+        <v>85</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>118</v>
+      </c>
+      <c r="G50" t="s">
+        <v>55</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>86</v>
+      </c>
+      <c r="K50" t="s">
+        <v>87</v>
+      </c>
+      <c r="L50" t="s">
+        <v>25</v>
+      </c>
+      <c r="M50" t="s">
+        <v>307</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>310</v>
+      </c>
+      <c r="P50" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>305</v>
+      </c>
+      <c r="B51" t="s">
+        <v>311</v>
+      </c>
+      <c r="C51" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51" t="s">
+        <v>117</v>
+      </c>
+      <c r="E51" t="s">
+        <v>42</v>
+      </c>
+      <c r="F51" t="s">
+        <v>118</v>
+      </c>
+      <c r="G51" t="s">
+        <v>55</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>86</v>
+      </c>
+      <c r="K51" t="s">
+        <v>312</v>
+      </c>
+      <c r="L51" t="s">
+        <v>25</v>
+      </c>
+      <c r="M51" t="s">
+        <v>307</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>313</v>
+      </c>
+      <c r="P51" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>316</v>
+      </c>
+      <c r="D52" t="s">
+        <v>117</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>118</v>
+      </c>
+      <c r="G52" t="s">
+        <v>55</v>
+      </c>
+      <c r="H52">
+        <v>2016</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>197</v>
+      </c>
+      <c r="K52" t="s">
+        <v>312</v>
+      </c>
+      <c r="L52" t="s">
+        <v>317</v>
+      </c>
+      <c r="M52" t="s">
+        <v>318</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>319</v>
+      </c>
+      <c r="P52" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>321</v>
+      </c>
+      <c r="B53" t="s">
+        <v>322</v>
+      </c>
+      <c r="C53" t="s">
+        <v>18</v>
+      </c>
+      <c r="D53" t="s">
+        <v>85</v>
+      </c>
+      <c r="E53" t="s">
+        <v>42</v>
+      </c>
+      <c r="F53" t="s">
+        <v>118</v>
+      </c>
+      <c r="G53" t="s">
+        <v>55</v>
+      </c>
+      <c r="H53">
+        <v>2018</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>197</v>
+      </c>
+      <c r="K53" t="s">
+        <v>87</v>
+      </c>
+      <c r="L53" t="s">
+        <v>323</v>
+      </c>
+      <c r="M53" t="s">
+        <v>318</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>324</v>
+      </c>
+      <c r="P53" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>326</v>
+      </c>
+      <c r="B54" t="s">
+        <v>327</v>
+      </c>
+      <c r="C54" t="s">
+        <v>316</v>
+      </c>
+      <c r="D54" t="s">
+        <v>117</v>
+      </c>
+      <c r="E54" t="s">
+        <v>42</v>
+      </c>
+      <c r="F54" t="s">
+        <v>118</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>1995</v>
+      </c>
+      <c r="I54">
+        <v>2013</v>
+      </c>
+      <c r="J54" t="s">
+        <v>197</v>
+      </c>
+      <c r="K54" t="s">
+        <v>312</v>
+      </c>
+      <c r="L54" t="s">
+        <v>328</v>
+      </c>
+      <c r="M54" t="s">
+        <v>318</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>329</v>
+      </c>
+      <c r="P54" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>331</v>
+      </c>
+      <c r="B55" t="s">
+        <v>332</v>
+      </c>
+      <c r="C55" t="s">
+        <v>316</v>
+      </c>
+      <c r="D55" t="s">
+        <v>117</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>118</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>1996</v>
+      </c>
+      <c r="I55">
+        <v>2014</v>
+      </c>
+      <c r="J55" t="s">
+        <v>197</v>
+      </c>
+      <c r="K55" t="s">
+        <v>312</v>
+      </c>
+      <c r="L55" t="s">
+        <v>333</v>
+      </c>
+      <c r="M55" t="s">
+        <v>318</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>334</v>
+      </c>
+      <c r="P55" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" t="s">
+        <v>337</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>338</v>
+      </c>
+      <c r="E56" t="s">
+        <v>42</v>
+      </c>
+      <c r="F56" t="s">
+        <v>118</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2003</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>197</v>
+      </c>
+      <c r="K56" t="s">
+        <v>87</v>
+      </c>
+      <c r="L56" t="s">
+        <v>339</v>
+      </c>
+      <c r="M56" t="s">
+        <v>318</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>340</v>
+      </c>
+      <c r="P56" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>342</v>
+      </c>
+      <c r="B57" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" t="s">
+        <v>288</v>
+      </c>
+      <c r="D57" t="s">
+        <v>85</v>
+      </c>
+      <c r="E57" t="s">
+        <v>42</v>
+      </c>
+      <c r="F57" t="s">
+        <v>118</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2018</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>197</v>
+      </c>
+      <c r="K57" t="s">
+        <v>87</v>
+      </c>
+      <c r="L57" t="s">
+        <v>344</v>
+      </c>
+      <c r="M57" t="s">
+        <v>345</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>346</v>
+      </c>
+      <c r="P57" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>348</v>
+      </c>
+      <c r="B58" t="s">
+        <v>349</v>
+      </c>
+      <c r="C58" t="s">
+        <v>350</v>
+      </c>
+      <c r="D58" t="s">
+        <v>117</v>
+      </c>
+      <c r="E58" t="s">
+        <v>42</v>
+      </c>
+      <c r="F58" t="s">
+        <v>43</v>
+      </c>
+      <c r="G58" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58">
+        <v>2006</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>351</v>
+      </c>
+      <c r="K58" t="s">
+        <v>312</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>352</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>353</v>
+      </c>
+      <c r="P58" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>355</v>
+      </c>
+      <c r="B59" t="s">
+        <v>356</v>
+      </c>
+      <c r="C59" t="s">
+        <v>357</v>
+      </c>
+      <c r="D59" t="s">
+        <v>117</v>
+      </c>
+      <c r="E59" t="s">
+        <v>42</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G59" t="s">
+        <v>55</v>
+      </c>
+      <c r="H59">
+        <v>2003</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>66</v>
+      </c>
+      <c r="K59" t="s">
+        <v>258</v>
+      </c>
+      <c r="L59" t="s">
+        <v>358</v>
+      </c>
+      <c r="M59" t="s">
+        <v>359</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>360</v>
+      </c>
+      <c r="P59" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>355</v>
+      </c>
+      <c r="B60" t="s">
+        <v>356</v>
+      </c>
+      <c r="C60" t="s">
+        <v>357</v>
+      </c>
+      <c r="D60" t="s">
+        <v>117</v>
+      </c>
+      <c r="E60" t="s">
+        <v>42</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>55</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>66</v>
+      </c>
+      <c r="K60" t="s">
+        <v>362</v>
+      </c>
+      <c r="L60" t="s">
+        <v>358</v>
+      </c>
+      <c r="M60" t="s">
+        <v>363</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>364</v>
+      </c>
+      <c r="P60" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>365</v>
+      </c>
+      <c r="B61" t="s">
+        <v>366</v>
+      </c>
+      <c r="C61" t="s">
+        <v>94</v>
+      </c>
+      <c r="D61" t="s">
+        <v>367</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>368</v>
+      </c>
+      <c r="H61">
+        <v>2024</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>23</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>369</v>
+      </c>
+      <c r="M61" t="s">
+        <v>370</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>371</v>
+      </c>
+      <c r="P61" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>373</v>
+      </c>
+      <c r="B62" t="s">
+        <v>374</v>
+      </c>
+      <c r="C62" t="s">
+        <v>94</v>
+      </c>
+      <c r="D62" t="s">
+        <v>117</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>55</v>
+      </c>
+      <c r="H62">
+        <v>2010</v>
+      </c>
+      <c r="I62">
+        <v>2021</v>
+      </c>
+      <c r="J62" t="s">
+        <v>96</v>
+      </c>
+      <c r="K62" t="s">
+        <v>258</v>
+      </c>
+      <c r="L62" t="s">
+        <v>375</v>
+      </c>
+      <c r="M62" t="s">
+        <v>98</v>
+      </c>
+      <c r="N62" t="s">
+        <v>36</v>
+      </c>
+      <c r="O62" t="s">
+        <v>376</v>
+      </c>
+      <c r="P62" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>378</v>
+      </c>
+      <c r="B63" t="s">
+        <v>379</v>
+      </c>
+      <c r="C63" t="s">
+        <v>94</v>
+      </c>
+      <c r="D63" t="s">
+        <v>117</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>197</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63" t="s">
+        <v>380</v>
+      </c>
+      <c r="M63" t="s">
+        <v>381</v>
+      </c>
+      <c r="N63" t="s">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>382</v>
+      </c>
+      <c r="P63" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>384</v>
+      </c>
+      <c r="B64" t="s">
+        <v>385</v>
+      </c>
+      <c r="C64" t="s">
+        <v>94</v>
+      </c>
+      <c r="D64" t="s">
+        <v>95</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...60 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H64">
+        <v>2008</v>
+      </c>
+      <c r="I64">
+        <v>2015</v>
+      </c>
+      <c r="J64" t="s">
+        <v>197</v>
+      </c>
+      <c r="K64" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L64" t="s">
+        <v>386</v>
+      </c>
+      <c r="M64" t="s">
+        <v>98</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>387</v>
+      </c>
+      <c r="P64" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>389</v>
+      </c>
+      <c r="B65" t="s">
+        <v>93</v>
+      </c>
+      <c r="C65" t="s">
+        <v>94</v>
+      </c>
+      <c r="D65" t="s">
+        <v>95</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>55</v>
+      </c>
+      <c r="H65">
+        <v>2020</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>96</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>97</v>
+      </c>
+      <c r="M65" t="s">
+        <v>381</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>390</v>
+      </c>
+      <c r="P65" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>392</v>
+      </c>
+      <c r="B66" t="s">
+        <v>393</v>
+      </c>
+      <c r="C66" t="s">
+        <v>94</v>
+      </c>
+      <c r="D66" t="s">
+        <v>117</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>55</v>
+      </c>
+      <c r="H66">
+        <v>2020</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>96</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>394</v>
+      </c>
+      <c r="M66" t="s">
+        <v>381</v>
+      </c>
+      <c r="N66" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...28 lines deleted...]
-      <c r="A5" t="s">
+      <c r="O66" t="s">
+        <v>395</v>
+      </c>
+      <c r="P66" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>397</v>
+      </c>
+      <c r="B67" t="s">
+        <v>398</v>
+      </c>
+      <c r="C67" t="s">
+        <v>399</v>
+      </c>
+      <c r="D67" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" t="s">
         <v>42</v>
       </c>
-      <c r="B5" t="s">
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>1987</v>
+      </c>
+      <c r="I67">
+        <v>1988</v>
+      </c>
+      <c r="J67" t="s">
+        <v>66</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>400</v>
+      </c>
+      <c r="M67" t="s">
+        <v>401</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>402</v>
+      </c>
+      <c r="P67" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>404</v>
+      </c>
+      <c r="B68" t="s">
+        <v>405</v>
+      </c>
+      <c r="C68" t="s">
+        <v>399</v>
+      </c>
+      <c r="D68" t="s">
+        <v>117</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>55</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>66</v>
+      </c>
+      <c r="K68" t="s">
+        <v>258</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>401</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>406</v>
+      </c>
+      <c r="P68" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>408</v>
+      </c>
+      <c r="B69" t="s">
+        <v>409</v>
+      </c>
+      <c r="C69" t="s">
+        <v>264</v>
+      </c>
+      <c r="D69" t="s">
+        <v>410</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
+        <v>55</v>
+      </c>
+      <c r="H69">
+        <v>2022</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>56</v>
+      </c>
+      <c r="K69" t="s">
+        <v>34</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>411</v>
+      </c>
+      <c r="N69" t="s">
+        <v>58</v>
+      </c>
+      <c r="O69" t="s">
+        <v>412</v>
+      </c>
+      <c r="P69" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>414</v>
+      </c>
+      <c r="B70" t="s">
+        <v>415</v>
+      </c>
+      <c r="C70" t="s">
+        <v>357</v>
+      </c>
+      <c r="D70" t="s">
+        <v>215</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>118</v>
+      </c>
+      <c r="G70" t="s">
+        <v>55</v>
+      </c>
+      <c r="H70">
+        <v>2015</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>66</v>
+      </c>
+      <c r="K70" t="s">
+        <v>87</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>359</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>416</v>
+      </c>
+      <c r="P70" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>418</v>
+      </c>
+      <c r="B71" t="s">
+        <v>419</v>
+      </c>
+      <c r="C71" t="s">
+        <v>420</v>
+      </c>
+      <c r="D71" t="s">
+        <v>421</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...57 lines deleted...]
-      <c r="I6" t="s">
+      <c r="G71" t="s">
+        <v>110</v>
+      </c>
+      <c r="H71"/>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>96</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>422</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>423</v>
+      </c>
+      <c r="P71"/>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>424</v>
+      </c>
+      <c r="B72" t="s">
+        <v>425</v>
+      </c>
+      <c r="C72" t="s">
+        <v>420</v>
+      </c>
+      <c r="D72" t="s">
+        <v>421</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>110</v>
+      </c>
+      <c r="H72"/>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>96</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>422</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>426</v>
+      </c>
+      <c r="P72"/>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>427</v>
+      </c>
+      <c r="B73" t="s">
+        <v>428</v>
+      </c>
+      <c r="C73" t="s">
+        <v>429</v>
+      </c>
+      <c r="D73" t="s">
+        <v>430</v>
+      </c>
+      <c r="E73" t="s">
+        <v>42</v>
+      </c>
+      <c r="F73" t="s">
+        <v>43</v>
+      </c>
+      <c r="G73" t="s">
         <v>55</v>
       </c>
-      <c r="J6" t="s">
-[...34 lines deleted...]
-      <c r="G7">
+      <c r="H73">
+        <v>2022</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>431</v>
+      </c>
+      <c r="K73" t="s">
+        <v>87</v>
+      </c>
+      <c r="L73" t="s">
+        <v>432</v>
+      </c>
+      <c r="M73" t="s">
+        <v>433</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>434</v>
+      </c>
+      <c r="P73" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>436</v>
+      </c>
+      <c r="B74" t="s">
+        <v>437</v>
+      </c>
+      <c r="C74" t="s">
+        <v>429</v>
+      </c>
+      <c r="D74" t="s">
+        <v>438</v>
+      </c>
+      <c r="E74" t="s">
+        <v>42</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>55</v>
+      </c>
+      <c r="H74">
+        <v>2022</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>431</v>
+      </c>
+      <c r="K74" t="s">
+        <v>87</v>
+      </c>
+      <c r="L74" t="s">
+        <v>439</v>
+      </c>
+      <c r="M74" t="s">
+        <v>433</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>440</v>
+      </c>
+      <c r="P74" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>442</v>
+      </c>
+      <c r="B75" t="s">
+        <v>443</v>
+      </c>
+      <c r="C75" t="s">
+        <v>429</v>
+      </c>
+      <c r="D75" t="s">
+        <v>444</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>43</v>
+      </c>
+      <c r="G75" t="s">
+        <v>55</v>
+      </c>
+      <c r="H75">
+        <v>2022</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>431</v>
+      </c>
+      <c r="K75" t="s">
+        <v>87</v>
+      </c>
+      <c r="L75" t="s">
+        <v>445</v>
+      </c>
+      <c r="M75" t="s">
+        <v>433</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>446</v>
+      </c>
+      <c r="P75" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>448</v>
+      </c>
+      <c r="B76" t="s">
+        <v>449</v>
+      </c>
+      <c r="C76" t="s">
+        <v>276</v>
+      </c>
+      <c r="D76" t="s">
+        <v>215</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>118</v>
+      </c>
+      <c r="G76" t="s">
+        <v>55</v>
+      </c>
+      <c r="H76">
+        <v>2010</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>283</v>
+      </c>
+      <c r="K76" t="s">
+        <v>87</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>278</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>450</v>
+      </c>
+      <c r="P76" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>448</v>
+      </c>
+      <c r="B77" t="s">
+        <v>452</v>
+      </c>
+      <c r="C77" t="s">
+        <v>276</v>
+      </c>
+      <c r="D77" t="s">
+        <v>117</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>118</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1996</v>
+      </c>
+      <c r="I77">
         <v>2012</v>
       </c>
-      <c r="H7">
-[...176 lines deleted...]
-      <c r="K11" t="s">
+      <c r="J77" t="s">
+        <v>283</v>
+      </c>
+      <c r="K77" t="s">
+        <v>362</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>278</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>453</v>
+      </c>
+      <c r="P77" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>448</v>
+      </c>
+      <c r="B78" t="s">
+        <v>454</v>
+      </c>
+      <c r="C78" t="s">
+        <v>276</v>
+      </c>
+      <c r="D78" t="s">
+        <v>117</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>118</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>283</v>
+      </c>
+      <c r="K78" t="s">
+        <v>362</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>278</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>455</v>
+      </c>
+      <c r="P78" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>456</v>
+      </c>
+      <c r="B79" t="s">
+        <v>457</v>
+      </c>
+      <c r="C79" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" t="s">
+        <v>117</v>
+      </c>
+      <c r="E79" t="s">
+        <v>42</v>
+      </c>
+      <c r="F79" t="s">
+        <v>118</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2010</v>
+      </c>
+      <c r="J79" t="s">
+        <v>283</v>
+      </c>
+      <c r="K79" t="s">
+        <v>258</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>278</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>458</v>
+      </c>
+      <c r="P79" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>459</v>
+      </c>
+      <c r="B80" t="s">
+        <v>460</v>
+      </c>
+      <c r="C80" t="s">
+        <v>276</v>
+      </c>
+      <c r="D80" t="s">
+        <v>117</v>
+      </c>
+      <c r="E80" t="s">
+        <v>42</v>
+      </c>
+      <c r="F80" t="s">
+        <v>118</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>1996</v>
+      </c>
+      <c r="I80">
+        <v>2010</v>
+      </c>
+      <c r="J80" t="s">
+        <v>283</v>
+      </c>
+      <c r="K80" t="s">
+        <v>258</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>278</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>461</v>
+      </c>
+      <c r="P80" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>462</v>
+      </c>
+      <c r="B81" t="s">
+        <v>463</v>
+      </c>
+      <c r="C81" t="s">
         <v>84</v>
       </c>
-      <c r="L11" t="s">
-[...13 lines deleted...]
-      <c r="B12" t="s">
+      <c r="D81" t="s">
+        <v>464</v>
+      </c>
+      <c r="E81" t="s">
+        <v>42</v>
+      </c>
+      <c r="F81" t="s">
+        <v>43</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2002</v>
+      </c>
+      <c r="I81">
+        <v>2010</v>
+      </c>
+      <c r="J81" t="s">
+        <v>465</v>
+      </c>
+      <c r="K81" t="s">
         <v>87</v>
       </c>
-      <c r="C12" t="s">
-[...20 lines deleted...]
-      <c r="L12" t="s">
+      <c r="L81" t="s">
+        <v>466</v>
+      </c>
+      <c r="M81" t="s">
         <v>89</v>
       </c>
-      <c r="M12" t="s">
-[...251 lines deleted...]
-      <c r="C19" t="s">
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>467</v>
+      </c>
+      <c r="P81" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>469</v>
+      </c>
+      <c r="B82" t="s">
+        <v>470</v>
+      </c>
+      <c r="C82" t="s">
+        <v>471</v>
+      </c>
+      <c r="D82" t="s">
         <v>117</v>
       </c>
-      <c r="D19" t="s">
-[...1254 lines deleted...]
-      <c r="K49" t="s">
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>43</v>
+      </c>
+      <c r="G82" t="s">
         <v>22</v>
-      </c>
-[...1372 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H82">
         <v>2002</v>
       </c>
-      <c r="I82" t="s">
-        <v>201</v>
+      <c r="I82">
+        <v>2002</v>
       </c>
       <c r="J82" t="s">
-        <v>183</v>
+        <v>283</v>
       </c>
       <c r="K82" t="s">
-        <v>328</v>
+        <v>258</v>
       </c>
       <c r="L82" t="s">
-        <v>329</v>
+        <v>472</v>
       </c>
       <c r="M82" t="s">
+        <v>473</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>474</v>
+      </c>
+      <c r="P82" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>476</v>
+      </c>
+      <c r="B83" t="s">
+        <v>477</v>
+      </c>
+      <c r="C83" t="s">
+        <v>471</v>
+      </c>
+      <c r="D83" t="s">
+        <v>117</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>1998</v>
+      </c>
+      <c r="I83">
+        <v>2009</v>
+      </c>
+      <c r="J83" t="s">
+        <v>283</v>
+      </c>
+      <c r="K83" t="s">
+        <v>258</v>
+      </c>
+      <c r="L83" t="s">
+        <v>478</v>
+      </c>
+      <c r="M83" t="s">
+        <v>473</v>
+      </c>
+      <c r="N83" t="s">
+        <v>36</v>
+      </c>
+      <c r="O83" t="s">
+        <v>479</v>
+      </c>
+      <c r="P83" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>480</v>
+      </c>
+      <c r="B84" t="s">
+        <v>481</v>
+      </c>
+      <c r="C84" t="s">
+        <v>471</v>
+      </c>
+      <c r="D84" t="s">
+        <v>117</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>65</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2011</v>
+      </c>
+      <c r="I84">
+        <v>2015</v>
+      </c>
+      <c r="J84" t="s">
+        <v>482</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>483</v>
+      </c>
+      <c r="M84" t="s">
+        <v>473</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>484</v>
+      </c>
+      <c r="P84" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>485</v>
+      </c>
+      <c r="B85" t="s">
+        <v>486</v>
+      </c>
+      <c r="C85" t="s">
+        <v>471</v>
+      </c>
+      <c r="D85" t="s">
+        <v>117</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2011</v>
+      </c>
+      <c r="I85">
+        <v>2013</v>
+      </c>
+      <c r="J85" t="s">
+        <v>283</v>
+      </c>
+      <c r="K85" t="s">
+        <v>258</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>473</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>487</v>
+      </c>
+      <c r="P85" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>488</v>
+      </c>
+      <c r="B86" t="s">
+        <v>489</v>
+      </c>
+      <c r="C86" t="s">
+        <v>471</v>
+      </c>
+      <c r="D86" t="s">
+        <v>117</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>43</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2002</v>
+      </c>
+      <c r="I86">
+        <v>2010</v>
+      </c>
+      <c r="J86" t="s">
+        <v>283</v>
+      </c>
+      <c r="K86" t="s">
+        <v>258</v>
+      </c>
+      <c r="L86" t="s">
+        <v>490</v>
+      </c>
+      <c r="M86" t="s">
+        <v>473</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>491</v>
+      </c>
+      <c r="P86" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>492</v>
+      </c>
+      <c r="B87" t="s">
+        <v>493</v>
+      </c>
+      <c r="C87" t="s">
+        <v>471</v>
+      </c>
+      <c r="D87" t="s">
+        <v>117</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>43</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2002</v>
+      </c>
+      <c r="I87">
+        <v>2012</v>
+      </c>
+      <c r="J87" t="s">
+        <v>283</v>
+      </c>
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>473</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>494</v>
+      </c>
+      <c r="P87" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>495</v>
+      </c>
+      <c r="B88" t="s">
+        <v>496</v>
+      </c>
+      <c r="C88" t="s">
+        <v>276</v>
+      </c>
+      <c r="D88" t="s">
+        <v>117</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>55</v>
+      </c>
+      <c r="H88">
+        <v>2011</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>283</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>278</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>497</v>
+      </c>
+      <c r="P88" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>499</v>
+      </c>
+      <c r="B89" t="s">
+        <v>500</v>
+      </c>
+      <c r="C89" t="s">
+        <v>276</v>
+      </c>
+      <c r="D89" t="s">
+        <v>501</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>162</v>
+      </c>
+      <c r="H89">
+        <v>2012</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>205</v>
+      </c>
+      <c r="K89" t="s">
+        <v>34</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>502</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>503</v>
+      </c>
+      <c r="P89" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>505</v>
+      </c>
+      <c r="B90" t="s">
+        <v>282</v>
+      </c>
+      <c r="C90" t="s">
+        <v>276</v>
+      </c>
+      <c r="D90" t="s">
+        <v>117</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>22</v>
+      </c>
+      <c r="H90">
+        <v>2001</v>
+      </c>
+      <c r="I90">
+        <v>2010</v>
+      </c>
+      <c r="J90" t="s">
+        <v>283</v>
+      </c>
+      <c r="K90" t="s">
+        <v>258</v>
+      </c>
+      <c r="L90" t="s">
+        <v>284</v>
+      </c>
+      <c r="M90" t="s">
+        <v>278</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>506</v>
+      </c>
+      <c r="P90" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>507</v>
+      </c>
+      <c r="B91" t="s">
+        <v>508</v>
+      </c>
+      <c r="C91" t="s">
+        <v>276</v>
+      </c>
+      <c r="D91" t="s">
+        <v>85</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+      <c r="G91" t="s">
+        <v>110</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>283</v>
+      </c>
+      <c r="K91" t="s">
+        <v>87</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>278</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>509</v>
+      </c>
+      <c r="P91" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>510</v>
+      </c>
+      <c r="B92" t="s">
+        <v>511</v>
+      </c>
+      <c r="C92" t="s">
+        <v>357</v>
+      </c>
+      <c r="D92" t="s">
+        <v>117</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>55</v>
+      </c>
+      <c r="H92">
+        <v>2003</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>205</v>
+      </c>
+      <c r="K92" t="s">
         <v>24</v>
       </c>
-      <c r="N82" t="s">
-[...25 lines deleted...]
-      <c r="H83">
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>363</v>
+      </c>
+      <c r="N92" t="s">
+        <v>36</v>
+      </c>
+      <c r="O92" t="s">
+        <v>512</v>
+      </c>
+      <c r="P92" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>514</v>
+      </c>
+      <c r="B93" t="s">
+        <v>515</v>
+      </c>
+      <c r="C93" t="s">
+        <v>295</v>
+      </c>
+      <c r="D93" t="s">
+        <v>296</v>
+      </c>
+      <c r="E93" t="s">
+        <v>42</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>55</v>
+      </c>
+      <c r="H93">
+        <v>2013</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>33</v>
+      </c>
+      <c r="K93" t="s">
+        <v>34</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>297</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>516</v>
+      </c>
+      <c r="P93" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>517</v>
+      </c>
+      <c r="B94" t="s">
+        <v>518</v>
+      </c>
+      <c r="C94" t="s">
+        <v>429</v>
+      </c>
+      <c r="D94" t="s">
+        <v>215</v>
+      </c>
+      <c r="E94" t="s">
+        <v>42</v>
+      </c>
+      <c r="F94" t="s">
+        <v>519</v>
+      </c>
+      <c r="G94" t="s">
+        <v>55</v>
+      </c>
+      <c r="H94">
+        <v>2018</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>520</v>
+      </c>
+      <c r="K94" t="s">
+        <v>87</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>433</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>521</v>
+      </c>
+      <c r="P94" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>523</v>
+      </c>
+      <c r="B95" t="s">
+        <v>524</v>
+      </c>
+      <c r="C95" t="s">
+        <v>429</v>
+      </c>
+      <c r="D95" t="s">
+        <v>117</v>
+      </c>
+      <c r="E95" t="s">
+        <v>42</v>
+      </c>
+      <c r="F95" t="s">
+        <v>519</v>
+      </c>
+      <c r="G95" t="s">
+        <v>55</v>
+      </c>
+      <c r="H95">
         <v>2009</v>
       </c>
-      <c r="I83" t="s">
-[...31 lines deleted...]
-      <c r="E84" t="s">
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>520</v>
+      </c>
+      <c r="K95" t="s">
+        <v>34</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>433</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>525</v>
+      </c>
+      <c r="P95" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>527</v>
+      </c>
+      <c r="B96" t="s">
+        <v>528</v>
+      </c>
+      <c r="C96" t="s">
+        <v>399</v>
+      </c>
+      <c r="D96" t="s">
+        <v>529</v>
+      </c>
+      <c r="E96" t="s">
+        <v>42</v>
+      </c>
+      <c r="F96" t="s">
+        <v>43</v>
+      </c>
+      <c r="G96" t="s">
+        <v>55</v>
+      </c>
+      <c r="H96">
+        <v>2012</v>
+      </c>
+      <c r="I96"/>
+      <c r="J96" t="s">
+        <v>66</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>530</v>
+      </c>
+      <c r="M96" t="s">
+        <v>531</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>532</v>
+      </c>
+      <c r="P96" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>534</v>
+      </c>
+      <c r="B97" t="s">
+        <v>535</v>
+      </c>
+      <c r="C97" t="s">
+        <v>536</v>
+      </c>
+      <c r="D97" t="s">
+        <v>152</v>
+      </c>
+      <c r="E97" t="s">
+        <v>42</v>
+      </c>
+      <c r="F97" t="s">
+        <v>118</v>
+      </c>
+      <c r="G97" t="s">
+        <v>55</v>
+      </c>
+      <c r="H97">
+        <v>2014</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>537</v>
+      </c>
+      <c r="K97" t="s">
+        <v>34</v>
+      </c>
+      <c r="L97" t="s">
+        <v>538</v>
+      </c>
+      <c r="M97" t="s">
+        <v>539</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>540</v>
+      </c>
+      <c r="P97" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>542</v>
+      </c>
+      <c r="B98" t="s">
+        <v>543</v>
+      </c>
+      <c r="C98" t="s">
+        <v>536</v>
+      </c>
+      <c r="D98" t="s">
+        <v>544</v>
+      </c>
+      <c r="E98" t="s">
+        <v>42</v>
+      </c>
+      <c r="F98" t="s">
+        <v>118</v>
+      </c>
+      <c r="G98" t="s">
+        <v>55</v>
+      </c>
+      <c r="H98">
+        <v>2014</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>537</v>
+      </c>
+      <c r="K98" t="s">
+        <v>87</v>
+      </c>
+      <c r="L98" t="s">
+        <v>545</v>
+      </c>
+      <c r="M98" t="s">
+        <v>539</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>546</v>
+      </c>
+      <c r="P98" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>548</v>
+      </c>
+      <c r="B99" t="s">
+        <v>549</v>
+      </c>
+      <c r="C99" t="s">
+        <v>264</v>
+      </c>
+      <c r="D99" t="s">
+        <v>53</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
         <v>54</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84">
+      <c r="G99" t="s">
+        <v>55</v>
+      </c>
+      <c r="H99">
+        <v>2022</v>
+      </c>
+      <c r="I99"/>
+      <c r="J99" t="s">
+        <v>56</v>
+      </c>
+      <c r="K99" t="s">
+        <v>34</v>
+      </c>
+      <c r="L99"/>
+      <c r="M99" t="s">
+        <v>550</v>
+      </c>
+      <c r="N99" t="s">
+        <v>58</v>
+      </c>
+      <c r="O99" t="s">
+        <v>551</v>
+      </c>
+      <c r="P99" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>553</v>
+      </c>
+      <c r="B100" t="s">
+        <v>554</v>
+      </c>
+      <c r="C100" t="s">
+        <v>555</v>
+      </c>
+      <c r="D100" t="s">
+        <v>556</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>65</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2017</v>
+      </c>
+      <c r="I100">
+        <v>2021</v>
+      </c>
+      <c r="J100" t="s">
+        <v>557</v>
+      </c>
+      <c r="K100" t="s">
+        <v>558</v>
+      </c>
+      <c r="L100" t="s">
+        <v>559</v>
+      </c>
+      <c r="M100" t="s">
+        <v>560</v>
+      </c>
+      <c r="N100" t="s">
+        <v>36</v>
+      </c>
+      <c r="O100" t="s">
+        <v>561</v>
+      </c>
+      <c r="P100" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>563</v>
+      </c>
+      <c r="B101" t="s">
+        <v>564</v>
+      </c>
+      <c r="C101" t="s">
+        <v>276</v>
+      </c>
+      <c r="D101" t="s">
+        <v>80</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>65</v>
+      </c>
+      <c r="G101" t="s">
+        <v>8</v>
+      </c>
+      <c r="H101">
         <v>2011</v>
       </c>
-      <c r="H84">
+      <c r="I101">
+        <v>2024</v>
+      </c>
+      <c r="J101" t="s">
+        <v>565</v>
+      </c>
+      <c r="K101" t="s">
+        <v>34</v>
+      </c>
+      <c r="L101" t="s">
+        <v>566</v>
+      </c>
+      <c r="M101" t="s">
+        <v>567</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>568</v>
+      </c>
+      <c r="P101" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>570</v>
+      </c>
+      <c r="B102" t="s">
+        <v>571</v>
+      </c>
+      <c r="C102" t="s">
+        <v>52</v>
+      </c>
+      <c r="D102" t="s">
+        <v>572</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>54</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>1982</v>
+      </c>
+      <c r="I102">
+        <v>2024</v>
+      </c>
+      <c r="J102" t="s">
+        <v>56</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>573</v>
+      </c>
+      <c r="N102" t="s">
+        <v>58</v>
+      </c>
+      <c r="O102" t="s">
+        <v>574</v>
+      </c>
+      <c r="P102" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>576</v>
+      </c>
+      <c r="B103" t="s">
+        <v>577</v>
+      </c>
+      <c r="C103" t="s">
+        <v>578</v>
+      </c>
+      <c r="D103" t="s">
+        <v>117</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103" t="s">
+        <v>65</v>
+      </c>
+      <c r="G103" t="s">
+        <v>55</v>
+      </c>
+      <c r="H103">
+        <v>2024</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>23</v>
+      </c>
+      <c r="K103" t="s">
+        <v>579</v>
+      </c>
+      <c r="L103" t="s">
+        <v>580</v>
+      </c>
+      <c r="M103" t="s">
+        <v>581</v>
+      </c>
+      <c r="N103" t="s">
+        <v>36</v>
+      </c>
+      <c r="O103" t="s">
+        <v>582</v>
+      </c>
+      <c r="P103" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>584</v>
+      </c>
+      <c r="B104" t="s">
+        <v>585</v>
+      </c>
+      <c r="C104" t="s">
+        <v>586</v>
+      </c>
+      <c r="D104" t="s">
+        <v>587</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>21</v>
+      </c>
+      <c r="G104" t="s">
+        <v>55</v>
+      </c>
+      <c r="H104">
+        <v>2016</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>205</v>
+      </c>
+      <c r="K104" t="s">
+        <v>34</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>588</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>589</v>
+      </c>
+      <c r="P104" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>591</v>
+      </c>
+      <c r="B105" t="s">
+        <v>592</v>
+      </c>
+      <c r="C105" t="s">
+        <v>586</v>
+      </c>
+      <c r="D105" t="s">
+        <v>593</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>43</v>
+      </c>
+      <c r="G105" t="s">
+        <v>55</v>
+      </c>
+      <c r="H105">
+        <v>2017</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>205</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>588</v>
+      </c>
+      <c r="N105" t="s">
+        <v>36</v>
+      </c>
+      <c r="O105" t="s">
+        <v>594</v>
+      </c>
+      <c r="P105" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>596</v>
+      </c>
+      <c r="B106" t="s">
+        <v>597</v>
+      </c>
+      <c r="C106" t="s">
+        <v>555</v>
+      </c>
+      <c r="D106" t="s">
+        <v>85</v>
+      </c>
+      <c r="E106" t="s">
+        <v>42</v>
+      </c>
+      <c r="F106" t="s">
+        <v>43</v>
+      </c>
+      <c r="G106" t="s">
+        <v>55</v>
+      </c>
+      <c r="H106">
         <v>2015</v>
       </c>
-      <c r="I84" t="s">
-[...37 lines deleted...]
-      <c r="G85">
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>44</v>
+      </c>
+      <c r="K106" t="s">
+        <v>87</v>
+      </c>
+      <c r="L106"/>
+      <c r="M106" t="s">
+        <v>560</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>598</v>
+      </c>
+      <c r="P106" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>600</v>
+      </c>
+      <c r="B107" t="s">
+        <v>601</v>
+      </c>
+      <c r="C107" t="s">
+        <v>602</v>
+      </c>
+      <c r="D107" t="s">
+        <v>117</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>603</v>
+      </c>
+      <c r="H107">
+        <v>2010</v>
+      </c>
+      <c r="I107">
+        <v>2019</v>
+      </c>
+      <c r="J107" t="s">
+        <v>604</v>
+      </c>
+      <c r="K107" t="s">
+        <v>312</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>605</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>606</v>
+      </c>
+      <c r="P107" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>608</v>
+      </c>
+      <c r="B108" t="s">
+        <v>609</v>
+      </c>
+      <c r="C108" t="s">
+        <v>602</v>
+      </c>
+      <c r="D108" t="s">
+        <v>117</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108">
+        <v>2019</v>
+      </c>
+      <c r="J108" t="s">
+        <v>610</v>
+      </c>
+      <c r="K108" t="s">
+        <v>312</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>605</v>
+      </c>
+      <c r="N108" t="s">
+        <v>36</v>
+      </c>
+      <c r="O108" t="s">
+        <v>611</v>
+      </c>
+      <c r="P108" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>612</v>
+      </c>
+      <c r="B109" t="s">
+        <v>613</v>
+      </c>
+      <c r="C109" t="s">
+        <v>429</v>
+      </c>
+      <c r="D109" t="s">
+        <v>215</v>
+      </c>
+      <c r="E109" t="s">
+        <v>42</v>
+      </c>
+      <c r="F109" t="s">
+        <v>118</v>
+      </c>
+      <c r="G109" t="s">
+        <v>55</v>
+      </c>
+      <c r="H109">
+        <v>1997</v>
+      </c>
+      <c r="I109">
         <v>2011</v>
       </c>
-      <c r="H85">
-[...85 lines deleted...]
-      <c r="H87">
+      <c r="J109" t="s">
+        <v>520</v>
+      </c>
+      <c r="K109" t="s">
+        <v>87</v>
+      </c>
+      <c r="L109" t="s">
+        <v>614</v>
+      </c>
+      <c r="M109" t="s">
+        <v>615</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>616</v>
+      </c>
+      <c r="P109" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>618</v>
+      </c>
+      <c r="B110" t="s">
+        <v>619</v>
+      </c>
+      <c r="C110" t="s">
+        <v>429</v>
+      </c>
+      <c r="D110" t="s">
+        <v>544</v>
+      </c>
+      <c r="E110" t="s">
+        <v>42</v>
+      </c>
+      <c r="F110" t="s">
+        <v>118</v>
+      </c>
+      <c r="G110" t="s">
+        <v>55</v>
+      </c>
+      <c r="H110">
         <v>2012</v>
       </c>
-      <c r="I87" t="s">
-[...115 lines deleted...]
-      <c r="G90">
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>520</v>
+      </c>
+      <c r="K110" t="s">
+        <v>87</v>
+      </c>
+      <c r="L110" t="s">
+        <v>620</v>
+      </c>
+      <c r="M110" t="s">
+        <v>615</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>621</v>
+      </c>
+      <c r="P110" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>623</v>
+      </c>
+      <c r="B111" t="s">
+        <v>624</v>
+      </c>
+      <c r="C111" t="s">
+        <v>429</v>
+      </c>
+      <c r="D111" t="s">
+        <v>501</v>
+      </c>
+      <c r="E111" t="s">
+        <v>42</v>
+      </c>
+      <c r="F111" t="s">
+        <v>118</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
         <v>2001</v>
       </c>
-      <c r="H90">
-[...85 lines deleted...]
-      <c r="J92" t="s">
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>520</v>
+      </c>
+      <c r="K111" t="s">
+        <v>34</v>
+      </c>
+      <c r="L111" t="s">
+        <v>625</v>
+      </c>
+      <c r="M111" t="s">
+        <v>615</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>626</v>
+      </c>
+      <c r="P111" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>628</v>
+      </c>
+      <c r="B112" t="s">
+        <v>629</v>
+      </c>
+      <c r="C112" t="s">
+        <v>630</v>
+      </c>
+      <c r="D112" t="s">
+        <v>117</v>
+      </c>
+      <c r="E112" t="s">
+        <v>42</v>
+      </c>
+      <c r="F112" t="s">
+        <v>43</v>
+      </c>
+      <c r="G112" t="s">
+        <v>55</v>
+      </c>
+      <c r="H112">
+        <v>2022</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>631</v>
+      </c>
+      <c r="K112" t="s">
+        <v>632</v>
+      </c>
+      <c r="L112" t="s">
+        <v>633</v>
+      </c>
+      <c r="M112" t="s">
+        <v>634</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>635</v>
+      </c>
+      <c r="P112" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>637</v>
+      </c>
+      <c r="B113" t="s">
+        <v>638</v>
+      </c>
+      <c r="C113" t="s">
+        <v>630</v>
+      </c>
+      <c r="D113" t="s">
+        <v>80</v>
+      </c>
+      <c r="E113" t="s">
+        <v>42</v>
+      </c>
+      <c r="F113" t="s">
+        <v>43</v>
+      </c>
+      <c r="G113" t="s">
+        <v>55</v>
+      </c>
+      <c r="H113">
+        <v>2022</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>631</v>
+      </c>
+      <c r="K113" t="s">
+        <v>639</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>634</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>640</v>
+      </c>
+      <c r="P113" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>642</v>
+      </c>
+      <c r="B114" t="s">
+        <v>643</v>
+      </c>
+      <c r="C114" t="s">
+        <v>630</v>
+      </c>
+      <c r="D114" t="s">
+        <v>117</v>
+      </c>
+      <c r="E114" t="s">
+        <v>42</v>
+      </c>
+      <c r="F114" t="s">
         <v>21</v>
       </c>
-      <c r="K92"/>
-[...109 lines deleted...]
-      <c r="G95">
+      <c r="G114" t="s">
+        <v>55</v>
+      </c>
+      <c r="H114">
+        <v>2022</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>631</v>
+      </c>
+      <c r="K114" t="s">
+        <v>134</v>
+      </c>
+      <c r="L114" t="s">
+        <v>644</v>
+      </c>
+      <c r="M114" t="s">
+        <v>634</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>645</v>
+      </c>
+      <c r="P114" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>647</v>
+      </c>
+      <c r="B115" t="s">
+        <v>648</v>
+      </c>
+      <c r="C115" t="s">
+        <v>630</v>
+      </c>
+      <c r="D115" t="s">
+        <v>80</v>
+      </c>
+      <c r="E115" t="s">
+        <v>42</v>
+      </c>
+      <c r="F115" t="s">
+        <v>21</v>
+      </c>
+      <c r="G115" t="s">
+        <v>55</v>
+      </c>
+      <c r="H115">
+        <v>2022</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>631</v>
+      </c>
+      <c r="K115" t="s">
+        <v>649</v>
+      </c>
+      <c r="L115" t="s">
+        <v>650</v>
+      </c>
+      <c r="M115" t="s">
+        <v>634</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>651</v>
+      </c>
+      <c r="P115" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>653</v>
+      </c>
+      <c r="B116" t="s">
+        <v>654</v>
+      </c>
+      <c r="C116" t="s">
+        <v>630</v>
+      </c>
+      <c r="D116" t="s">
+        <v>80</v>
+      </c>
+      <c r="E116" t="s">
+        <v>42</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>55</v>
+      </c>
+      <c r="H116">
+        <v>2022</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>631</v>
+      </c>
+      <c r="K116" t="s">
+        <v>34</v>
+      </c>
+      <c r="L116" t="s">
+        <v>655</v>
+      </c>
+      <c r="M116" t="s">
+        <v>634</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>656</v>
+      </c>
+      <c r="P116" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>658</v>
+      </c>
+      <c r="B117" t="s">
+        <v>659</v>
+      </c>
+      <c r="C117" t="s">
+        <v>660</v>
+      </c>
+      <c r="D117" t="s">
+        <v>64</v>
+      </c>
+      <c r="E117" t="s">
+        <v>42</v>
+      </c>
+      <c r="F117" t="s">
+        <v>43</v>
+      </c>
+      <c r="G117" t="s">
+        <v>55</v>
+      </c>
+      <c r="H117">
         <v>2009</v>
       </c>
-      <c r="H95"/>
-[...920 lines deleted...]
-      </c>
+      <c r="I117"/>
       <c r="J117" t="s">
-        <v>29</v>
+        <v>205</v>
       </c>
       <c r="K117" t="s">
-        <v>457</v>
+        <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>458</v>
+        <v>661</v>
       </c>
       <c r="M117" t="s">
-        <v>24</v>
+        <v>662</v>
       </c>
       <c r="N117" t="s">
-        <v>459</v>
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>663</v>
+      </c>
+      <c r="P117" t="s">
+        <v>664</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>