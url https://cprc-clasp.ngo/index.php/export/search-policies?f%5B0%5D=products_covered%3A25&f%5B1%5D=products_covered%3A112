--- v1 (2025-12-06)
+++ v2 (2026-03-26)
@@ -587,66 +587,66 @@
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
     <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
     <t>This policy applies to doors and windows with a thermal insulation function.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
@@ -3705,136 +3705,136 @@
       <c r="K27" t="s">
         <v>172</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>140</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>185</v>
       </c>
       <c r="P27" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>187</v>
       </c>
       <c r="B28" t="s">
         <v>188</v>
       </c>
       <c r="C28" t="s">
-        <v>116</v>
+        <v>189</v>
       </c>
       <c r="D28" t="s">
         <v>152</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>1992</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="K28" t="s">
         <v>45</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>140</v>
+        <v>190</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="P28" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>187</v>
       </c>
       <c r="B29" t="s">
         <v>188</v>
       </c>
       <c r="C29" t="s">
-        <v>192</v>
+        <v>116</v>
       </c>
       <c r="D29" t="s">
         <v>152</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>1992</v>
       </c>
       <c r="I29">
         <v>2013</v>
       </c>
       <c r="J29" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="K29" t="s">
         <v>45</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>140</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
         <v>193</v>
       </c>
-      <c r="N29" t="s">
-[...2 lines deleted...]
-      <c r="O29" t="s">
+      <c r="P29" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>195</v>
       </c>
       <c r="B30" t="s">
         <v>196</v>
       </c>
       <c r="C30" t="s">
         <v>94</v>
       </c>
       <c r="D30" t="s">
         <v>85</v>
       </c>
       <c r="E30" t="s">
         <v>42</v>
       </c>
       <c r="F30" t="s">
         <v>118</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">