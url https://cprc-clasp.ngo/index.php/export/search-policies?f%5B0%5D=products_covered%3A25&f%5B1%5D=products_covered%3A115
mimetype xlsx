--- v0 (2026-02-03)
+++ v1 (2026-03-27)
@@ -418,72 +418,72 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
     <t>This policy applies to doors and windows with a thermal insulation function.</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
@@ -2259,127 +2259,127 @@
         <v>129</v>
       </c>
       <c r="K14" t="s">
         <v>123</v>
       </c>
       <c r="L14"/>
       <c r="M14"/>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>130</v>
       </c>
       <c r="P14" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>132</v>
       </c>
       <c r="B15" t="s">
         <v>133</v>
       </c>
       <c r="C15" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="D15" t="s">
         <v>121</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>1992</v>
       </c>
       <c r="I15">
         <v>2013</v>
       </c>
       <c r="J15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K15" t="s">
         <v>45</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="P15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>132</v>
       </c>
       <c r="B16" t="s">
         <v>133</v>
       </c>
       <c r="C16" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="D16" t="s">
         <v>121</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1992</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="K16" t="s">
         <v>45</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
         <v>140</v>
       </c>
       <c r="P16" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
         <v>142</v>
       </c>
       <c r="B17" t="s">
         <v>143</v>
       </c>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17" t="s">
         <v>81</v>
       </c>
       <c r="E17" t="s">