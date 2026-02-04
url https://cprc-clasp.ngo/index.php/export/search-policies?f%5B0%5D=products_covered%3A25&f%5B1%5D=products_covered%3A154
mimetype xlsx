--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,733 +12,976 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="212">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Draft standard PROY-NOM-014-ENER-2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values, test method, marking requirements, and conformity assessment procedure applicable to single rotational frequency, continuous duty, open- or closed-loop, air-cooled, single-phase squirrel-cage electric AC induction motors with a rated output of 0.180 kW to 2.238 kW, 2, 4 or 6 poles, split-phase, capacitor-start, or with two capacitors, or connected with a permanent capacitor, which are imported, manufactured or marketed within Mexico. It does not apply to electric motors which require auxiliary or additional cooling equipment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>National Commission for the Efficient Use of Energy</t>
   </si>
   <si>
     <t>Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-standard-proy-nom-014-ener-2020</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5608195&amp;fecha=18/12/2020#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for 1 phase motor</t>
   </si>
   <si>
+    <t>This scheme covers single-phase induction motors with a rated output power of not more than 7.5 kW and a rated voltage of not more than 250 V and a frequency of 50 Hz. Excluded - submersible motors, motors integrated into the drive unit and cannot be separated from multi-speed motors, motors intended exclusively for short-cycle duty applications, and induction motors used in electric cars or vehicles.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Motors and Motor Driven Equipment, Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>IEC 60034-2-1</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-1-phase-motor</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/6_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
-[...1 lines deleted...]
-  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2456 Energy Commission (Energy Efficiency Standards and Labelling) (Electric Motors) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an induction motor whether sold separately or partly integrated in other products that has 2,4,6, or 8 poles; has a rated voltage that's more than 50 V but less than 1000 V; has a rated power output of 0.12 kW up to 1000 kW; is rated to operate at a frequency of 50 Hz; is rated on the basis of continuous duty operation, and; is rated for direct on-line operation.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2456-energy-commission-energy-efficiency-standards-and-labelling-electric-motors</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
+    <t>Low-voltage single-phase inductive motor</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2004</t>
   </si>
   <si>
+    <t>Standards NOM-014-ENER-2004 applies to single-phase squirrel cage air-cooled induction AC motors with a rated output of 0.180 kW to 1.500 kW, with single rotation frequency, 2, 4 or 6 poles, split phase or capacitor start, open or closed.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=4919668&amp;fecha=19/04/2005</t>
+  </si>
+  <si>
     <t>NOM-014-ENER-2025, Energy efficiency of single-phase, induction, squirrel-cage, air-cooled alternating current electric motors with rated power from 0.180 kW to 2.238 kW</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard establishes the minimum energy efficiency values, the testing method, marking requirements, and conformity assessment procedure; applicable to alternating current, single-phase, induction, squirrel-cage, air-cooled electric motors, whether open or closed, continuous duty, single-speed, with rated power from 0.180 kW to 2.238 kW, with 2, 4, or 6 poles, split-phase, or capacitor-start, or with two capacitors, or with a permanently connected capacitor.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>NOM-008-SE-2021
 ,   
                     IEC 60034-2-1:2024 Rotating electrical machines - Part 2-1
 ,   
                     IEEE 114-2010-IEEE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-014-ener-2025-energy-efficiency-single-phase-induction-squirrel-cage-air-cooled</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9505/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-033-ENER-2019 - AC motors cooled with air</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy efficiency values, test method, marking, and procedure for assessing the conformity of air-cooled alternating current (AC) electric motors with nominal electrical voltage up to 240V; a nominal power greater than or equal to 1W and less than 180W; 2-, 4- and 6-pole, squirrel cage induction motors, as well as motors that are electronically switched.</t>
+  </si>
+  <si>
     <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-033-ener-2019-ac-motors-cooled-air</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/nota_detalle.php?codigo=5624457&amp;fecha=21/07/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Provision 230/2015</t>
   </si>
   <si>
+    <t>Energy efficiency labelling for single- and three-phase cage induction motors.</t>
+  </si>
+  <si>
     <t>IRAM 62409:2014 / IRAM 62405:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-2302015</t>
   </si>
   <si>
+    <t>http://servicios.infoleg.gob.ar/infolegInternet/anexos/250000-254999/251749/norma.htm</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4114 - Single Phase Induction Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase induction motors, open and closed, AC, induction type squirrel cage in powers of 0.180 (1/4HP) to 1.500kW (2HP), 2, 4 and 6 poles, split-phase or capacitor start with nominal voltage of 115, 127 and 200 to 240V, at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / NMX-J-075/1 / NMX-J-075/3 / NOM-008-SCFI / NEMA-MG-1 / IEEE Std. 114 / CSA-C390-14 / CSA C22.2 100 / CSA-C-747 / IEC 34 PT-1 / IEC 34 PT-2 / JIS-4203 / NEMA MG 11</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4114-single-phase-induction-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4114_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4168 - Single Phase Gear Motors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single phase cycloidal gear motors with reduction ratios from 6:1 to 87:1, with electrical power in single-phase induction motors from 0.093 kW to 0.746kW, with nominal voltages 115V and 127V, with a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-014-ENER / CSA-C747 / UL 1004 / IEC 60034-5 / NOM-008-SCFI</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4168-single-phase-gear-motors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4168_01_2.pdf</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Technical Regulation on Labeling</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Washing Machines, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/technical-regulation-labeling</t>
   </si>
   <si>
+    <t>https://www.minenergia.gov.co/documents/10192/24237146/Anexo+General+RETIQ+U%CC%81ltima+Versio%CC%81n.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1002,1913 +1245,2170 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N43"/>
+  <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2023</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>40</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>67</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>73</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>40</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>84</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>40</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2016</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>56</v>
+      </c>
+      <c r="K11" t="s">
+        <v>99</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>40</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>67</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>40</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" t="s">
+        <v>47</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>40</v>
+      </c>
+      <c r="O13" t="s">
+        <v>110</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>46</v>
+      </c>
+      <c r="F14" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>48</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>40</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>48</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>40</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>96</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>48</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>67</v>
+      </c>
+      <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
+        <v>47</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>40</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2022</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>141</v>
+      </c>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>40</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>147</v>
+      </c>
+      <c r="E19" t="s">
+        <v>46</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2022</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>40</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>138</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>46</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>154</v>
+      </c>
+      <c r="M20" t="s">
+        <v>142</v>
+      </c>
+      <c r="N20" t="s">
+        <v>40</v>
+      </c>
+      <c r="O20" t="s">
+        <v>155</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>157</v>
+      </c>
+      <c r="B21" t="s">
+        <v>158</v>
+      </c>
+      <c r="C21" t="s">
+        <v>138</v>
+      </c>
+      <c r="D21" t="s">
+        <v>159</v>
+      </c>
+      <c r="E21" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>140</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>142</v>
+      </c>
+      <c r="N21" t="s">
+        <v>40</v>
+      </c>
+      <c r="O21" t="s">
+        <v>161</v>
+      </c>
+      <c r="P21" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>163</v>
+      </c>
+      <c r="B22" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D22" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22" t="s">
+        <v>47</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>166</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>40</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D23" t="s">
+        <v>81</v>
+      </c>
+      <c r="E23" t="s">
+        <v>46</v>
+      </c>
+      <c r="F23" t="s">
+        <v>47</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1996</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>166</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>172</v>
+      </c>
+      <c r="B24" t="s">
+        <v>173</v>
+      </c>
+      <c r="C24" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" t="s">
+        <v>174</v>
+      </c>
+      <c r="E24" t="s">
+        <v>46</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2002</v>
+      </c>
+      <c r="I24">
+        <v>2010</v>
+      </c>
+      <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>39</v>
+      </c>
+      <c r="N24" t="s">
+        <v>40</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>81</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" t="s">
         <v>22</v>
-      </c>
-[...952 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>128</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="K25" t="s">
-        <v>139</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>140</v>
+        <v>182</v>
       </c>
       <c r="M25" t="s">
-        <v>35</v>
+        <v>183</v>
       </c>
       <c r="N25" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>40</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>142</v>
+        <v>186</v>
       </c>
       <c r="B26" t="s">
-        <v>59</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E26" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
         <v>2022</v>
       </c>
-      <c r="H26"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
+        <v>188</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>76</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>131</v>
+      </c>
+      <c r="D27" t="s">
+        <v>81</v>
+      </c>
+      <c r="E27" t="s">
+        <v>46</v>
+      </c>
+      <c r="F27" t="s">
         <v>21</v>
       </c>
-      <c r="K26"/>
-[...3 lines deleted...]
-      <c r="M26" t="s">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1981</v>
+      </c>
+      <c r="I27">
+        <v>2002</v>
+      </c>
+      <c r="J27" t="s">
+        <v>132</v>
+      </c>
+      <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="N26" t="s">
-[...13 lines deleted...]
-      <c r="D27" t="s">
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>133</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>74</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>166</v>
+      </c>
+      <c r="K28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>167</v>
+      </c>
+      <c r="N28" t="s">
+        <v>40</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" t="s">
+        <v>81</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>56</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>201</v>
+      </c>
+      <c r="N29" t="s">
+        <v>40</v>
+      </c>
+      <c r="O29" t="s">
+        <v>202</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>138</v>
+      </c>
+      <c r="D30" t="s">
+        <v>67</v>
+      </c>
+      <c r="E30" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" t="s">
+        <v>205</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>206</v>
+      </c>
+      <c r="K30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>142</v>
+      </c>
+      <c r="N30" t="s">
+        <v>40</v>
+      </c>
+      <c r="O30" t="s">
+        <v>207</v>
+      </c>
+      <c r="P30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s">
+        <v>210</v>
+      </c>
+      <c r="C31" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" t="s">
+        <v>81</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>211</v>
+      </c>
+      <c r="H31">
+        <v>1997</v>
+      </c>
+      <c r="I31">
+        <v>2005</v>
+      </c>
+      <c r="J31" t="s">
+        <v>82</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>212</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>215</v>
+      </c>
+      <c r="B32" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" t="s">
+        <v>80</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2004</v>
+      </c>
+      <c r="I32">
+        <v>2025</v>
+      </c>
+      <c r="J32" t="s">
+        <v>217</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>218</v>
+      </c>
+      <c r="M32" t="s">
+        <v>212</v>
+      </c>
+      <c r="N32" t="s">
+        <v>40</v>
+      </c>
+      <c r="O32" t="s">
+        <v>219</v>
+      </c>
+      <c r="P32" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>221</v>
+      </c>
+      <c r="B33" t="s">
+        <v>222</v>
+      </c>
+      <c r="C33" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" t="s">
+        <v>81</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>82</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>223</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>228</v>
+      </c>
+      <c r="D34" t="s">
+        <v>229</v>
+      </c>
+      <c r="E34" t="s">
+        <v>46</v>
+      </c>
+      <c r="F34" t="s">
+        <v>47</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>230</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>231</v>
+      </c>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
+        <v>40</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" t="s">
+        <v>89</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>98</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>237</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>238</v>
+      </c>
+      <c r="M35" t="s">
+        <v>91</v>
+      </c>
+      <c r="N35" t="s">
+        <v>40</v>
+      </c>
+      <c r="O35" t="s">
+        <v>239</v>
+      </c>
+      <c r="P35" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>241</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>32</v>
+      </c>
+      <c r="D36" t="s">
+        <v>89</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>175</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>243</v>
+      </c>
+      <c r="M36" t="s">
         <v>39</v>
       </c>
-      <c r="E27" t="s">
-[...21 lines deleted...]
-      <c r="M27" t="s">
+      <c r="N36" t="s">
+        <v>40</v>
+      </c>
+      <c r="O36" t="s">
+        <v>244</v>
+      </c>
+      <c r="P36" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>246</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>248</v>
+      </c>
+      <c r="D37" t="s">
+        <v>249</v>
+      </c>
+      <c r="E37" t="s">
+        <v>46</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37">
+        <v>2018</v>
+      </c>
+      <c r="J37" t="s">
+        <v>250</v>
+      </c>
+      <c r="K37" t="s">
+        <v>251</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>252</v>
+      </c>
+      <c r="N37" t="s">
+        <v>40</v>
+      </c>
+      <c r="O37" t="s">
+        <v>253</v>
+      </c>
+      <c r="P37" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>255</v>
+      </c>
+      <c r="B38" t="s">
+        <v>256</v>
+      </c>
+      <c r="C38" t="s">
+        <v>80</v>
+      </c>
+      <c r="D38" t="s">
+        <v>81</v>
+      </c>
+      <c r="E38" t="s">
+        <v>46</v>
+      </c>
+      <c r="F38" t="s">
+        <v>47</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1999</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>175</v>
+      </c>
+      <c r="K38" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...34 lines deleted...]
-      <c r="M28" t="s">
+      <c r="L38" t="s">
+        <v>257</v>
+      </c>
+      <c r="M38" t="s">
+        <v>258</v>
+      </c>
+      <c r="N38" t="s">
+        <v>40</v>
+      </c>
+      <c r="O38" t="s">
+        <v>259</v>
+      </c>
+      <c r="P38" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>261</v>
+      </c>
+      <c r="B39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C39" t="s">
+        <v>80</v>
+      </c>
+      <c r="D39" t="s">
+        <v>81</v>
+      </c>
+      <c r="E39" t="s">
+        <v>46</v>
+      </c>
+      <c r="F39" t="s">
+        <v>47</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2010</v>
+      </c>
+      <c r="I39">
+        <v>2012</v>
+      </c>
+      <c r="J39" t="s">
+        <v>175</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>263</v>
+      </c>
+      <c r="M39" t="s">
+        <v>258</v>
+      </c>
+      <c r="N39" t="s">
+        <v>40</v>
+      </c>
+      <c r="O39" t="s">
+        <v>264</v>
+      </c>
+      <c r="P39" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>266</v>
+      </c>
+      <c r="B40" t="s">
+        <v>267</v>
+      </c>
+      <c r="C40" t="s">
+        <v>268</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" t="s">
+        <v>46</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
         <v>35</v>
       </c>
-      <c r="N28" t="s">
-[...26 lines deleted...]
-      <c r="I29" t="s">
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>269</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>270</v>
+      </c>
+      <c r="N40" t="s">
+        <v>40</v>
+      </c>
+      <c r="O40" t="s">
+        <v>271</v>
+      </c>
+      <c r="P40" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>273</v>
+      </c>
+      <c r="B41" t="s">
+        <v>274</v>
+      </c>
+      <c r="C41" t="s">
+        <v>275</v>
+      </c>
+      <c r="D41" t="s">
+        <v>276</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>34</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2009</v>
+      </c>
+      <c r="I41">
+        <v>2016</v>
+      </c>
+      <c r="J41" t="s">
+        <v>23</v>
+      </c>
+      <c r="K41" t="s">
+        <v>251</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>277</v>
+      </c>
+      <c r="N41" t="s">
+        <v>40</v>
+      </c>
+      <c r="O41" t="s">
+        <v>278</v>
+      </c>
+      <c r="P41" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>280</v>
+      </c>
+      <c r="B42" t="s">
+        <v>281</v>
+      </c>
+      <c r="C42" t="s">
+        <v>138</v>
+      </c>
+      <c r="D42" t="s">
+        <v>67</v>
+      </c>
+      <c r="E42" t="s">
+        <v>46</v>
+      </c>
+      <c r="F42" t="s">
         <v>47</v>
       </c>
-      <c r="J29" t="s">
-[...6 lines deleted...]
-      <c r="M29" t="s">
+      <c r="G42" t="s">
         <v>35</v>
       </c>
-      <c r="N29" t="s">
-[...36 lines deleted...]
-      <c r="M30" t="s">
+      <c r="H42">
+        <v>1997</v>
+      </c>
+      <c r="I42">
+        <v>2011</v>
+      </c>
+      <c r="J42" t="s">
+        <v>206</v>
+      </c>
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42" t="s">
+        <v>282</v>
+      </c>
+      <c r="M42" t="s">
+        <v>283</v>
+      </c>
+      <c r="N42" t="s">
+        <v>40</v>
+      </c>
+      <c r="O42" t="s">
+        <v>284</v>
+      </c>
+      <c r="P42" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>286</v>
+      </c>
+      <c r="B43" t="s">
+        <v>287</v>
+      </c>
+      <c r="C43" t="s">
+        <v>138</v>
+      </c>
+      <c r="D43" t="s">
+        <v>229</v>
+      </c>
+      <c r="E43" t="s">
+        <v>46</v>
+      </c>
+      <c r="F43" t="s">
+        <v>47</v>
+      </c>
+      <c r="G43" t="s">
         <v>35</v>
       </c>
-      <c r="N30" t="s">
-[...321 lines deleted...]
-      <c r="H38">
+      <c r="H43">
         <v>2012</v>
       </c>
-      <c r="I38" t="s">
-[...175 lines deleted...]
-      <c r="K42" t="s">
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>206</v>
       </c>
-      <c r="L42" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="K43" t="s">
-        <v>210</v>
+        <v>37</v>
       </c>
       <c r="L43" t="s">
-        <v>207</v>
+        <v>288</v>
       </c>
       <c r="M43" t="s">
-        <v>35</v>
+        <v>283</v>
       </c>
       <c r="N43" t="s">
-        <v>211</v>
+        <v>40</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>