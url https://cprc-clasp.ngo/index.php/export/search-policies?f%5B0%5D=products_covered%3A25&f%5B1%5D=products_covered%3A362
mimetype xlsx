--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,719 +12,951 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="204">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Tile Roof</t>
   </si>
   <si>
+    <t>This scheme covers tile roofs including concrete tile, clay tile, and fiber cement tile.</t>
+  </si>
+  <si>
     <t>Building Materials, Roof Materials and Coatings</t>
   </si>
   <si>
     <t>ASTM E903</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-tile-roof</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/16_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -988,1867 +1220,2118 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="140" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...33 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>58</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
         <v>44</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" t="s">
         <v>37</v>
       </c>
-      <c r="C5" t="s">
-[...109 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
         <v>58</v>
       </c>
-      <c r="L7" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>55</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
         <v>2016</v>
       </c>
-      <c r="H9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="K9" t="s">
-        <v>65</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>58</v>
+      </c>
+      <c r="N9" t="s">
         <v>49</v>
       </c>
-      <c r="M9" t="s">
-[...6 lines deleted...]
-    <row r="10" spans="1:14">
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="B10" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
       <c r="C10" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
         <v>2009</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="K10" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>58</v>
+      </c>
+      <c r="N10" t="s">
         <v>49</v>
       </c>
-      <c r="M10" t="s">
-[...6 lines deleted...]
-    <row r="11" spans="1:14">
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="B11" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>45</v>
       </c>
       <c r="E11" t="s">
+        <v>54</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>58</v>
+      </c>
+      <c r="N11" t="s">
+        <v>49</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>97</v>
+      </c>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>99</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>105</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2010</v>
+      </c>
+      <c r="I13">
+        <v>2017</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>49</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2015</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>25</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>113</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>118</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>56</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>119</v>
+      </c>
+      <c r="M16" t="s">
+        <v>120</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
+        <v>124</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>56</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>126</v>
+      </c>
+      <c r="M17" t="s">
+        <v>120</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>129</v>
+      </c>
+      <c r="B18" t="s">
+        <v>130</v>
+      </c>
+      <c r="C18" t="s">
+        <v>131</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>54</v>
+      </c>
+      <c r="F18" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>56</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>132</v>
+      </c>
+      <c r="M18" t="s">
+        <v>133</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>134</v>
+      </c>
+      <c r="P18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>136</v>
+      </c>
+      <c r="B19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" t="s">
+        <v>139</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2008</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
         <v>46</v>
       </c>
-      <c r="F11" t="s">
-[...9 lines deleted...]
-      <c r="J11" t="s">
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>140</v>
+      </c>
+      <c r="N19" t="s">
+        <v>49</v>
+      </c>
+      <c r="O19" t="s">
+        <v>141</v>
+      </c>
+      <c r="P19" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>143</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2011</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>56</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20" t="s">
+        <v>145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>49</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>149</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>152</v>
+      </c>
+      <c r="K21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>153</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>156</v>
+      </c>
+      <c r="B22" t="s">
+        <v>157</v>
+      </c>
+      <c r="C22" t="s">
+        <v>158</v>
+      </c>
+      <c r="D22" t="s">
+        <v>159</v>
+      </c>
+      <c r="E22" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2022</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>160</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>158</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>54</v>
+      </c>
+      <c r="F23" t="s">
+        <v>34</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>160</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
+        <v>162</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
+        <v>173</v>
+      </c>
+      <c r="E24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F24" t="s">
+        <v>34</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>160</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>174</v>
+      </c>
+      <c r="M24" t="s">
+        <v>162</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>177</v>
+      </c>
+      <c r="B25" t="s">
+        <v>178</v>
+      </c>
+      <c r="C25" t="s">
+        <v>179</v>
+      </c>
+      <c r="D25" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" t="s">
+        <v>54</v>
+      </c>
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2010</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>180</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>181</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>182</v>
+      </c>
+      <c r="P25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>184</v>
+      </c>
+      <c r="B26" t="s">
+        <v>185</v>
+      </c>
+      <c r="C26" t="s">
+        <v>186</v>
+      </c>
+      <c r="D26" t="s">
+        <v>105</v>
+      </c>
+      <c r="E26" t="s">
+        <v>54</v>
+      </c>
+      <c r="F26" t="s">
+        <v>187</v>
+      </c>
+      <c r="G26" t="s">
+        <v>97</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>56</v>
+      </c>
+      <c r="K26" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>49</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
         <v>32</v>
       </c>
-      <c r="K11" t="s">
-[...69 lines deleted...]
-      <c r="G13">
+      <c r="D27" t="s">
+        <v>193</v>
+      </c>
+      <c r="E27" t="s">
+        <v>54</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2002</v>
+      </c>
+      <c r="I27">
         <v>2010</v>
       </c>
-      <c r="H13">
-[...258 lines deleted...]
-      <c r="I19" t="s">
+      <c r="J27" t="s">
+        <v>194</v>
+      </c>
+      <c r="K27" t="s">
+        <v>37</v>
+      </c>
+      <c r="L27" t="s">
+        <v>195</v>
+      </c>
+      <c r="M27" t="s">
         <v>39</v>
       </c>
-      <c r="J19" t="s">
-[...305 lines deleted...]
-      <c r="B27" t="s">
+      <c r="N27" t="s">
         <v>27</v>
       </c>
-      <c r="C27" t="s">
-[...36 lines deleted...]
-    <row r="28" spans="1:14">
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>148</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>134</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>38</v>
+        <v>179</v>
       </c>
       <c r="D28" t="s">
         <v>45</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>55</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
         <v>1992</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2012</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>40</v>
+        <v>106</v>
       </c>
       <c r="K28" t="s">
-        <v>149</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
-        <v>42</v>
+        <v>201</v>
       </c>
       <c r="N28" t="s">
+        <v>49</v>
+      </c>
+      <c r="O28" t="s">
+        <v>202</v>
+      </c>
+      <c r="P28" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>179</v>
+      </c>
+      <c r="D29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>97</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>180</v>
+      </c>
+      <c r="K29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>181</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>206</v>
+      </c>
+      <c r="P29" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>208</v>
+      </c>
+      <c r="B30" t="s">
+        <v>209</v>
+      </c>
+      <c r="C30" t="s">
         <v>151</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F29" t="s">
+      <c r="D30" t="s">
+        <v>45</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>64</v>
+      </c>
+      <c r="K30" t="s">
+        <v>99</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>210</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>213</v>
+      </c>
+      <c r="B31" t="s">
+        <v>214</v>
+      </c>
+      <c r="C31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31" t="s">
+        <v>45</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31">
+        <v>2016</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>64</v>
+      </c>
+      <c r="K31" t="s">
+        <v>99</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>215</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32" t="s">
+        <v>45</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>64</v>
+      </c>
+      <c r="K32" t="s">
+        <v>99</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>210</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>158</v>
+      </c>
+      <c r="D33" t="s">
         <v>75</v>
       </c>
-      <c r="G29"/>
-[...37 lines deleted...]
-      <c r="G30">
+      <c r="E33" t="s">
+        <v>54</v>
+      </c>
+      <c r="F33" t="s">
+        <v>220</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33">
         <v>2018</v>
       </c>
-      <c r="H30"/>
-[...53 lines deleted...]
-      <c r="N31" t="s">
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>221</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>162</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>222</v>
+      </c>
+      <c r="P33" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>224</v>
+      </c>
+      <c r="B34" t="s">
+        <v>225</v>
+      </c>
+      <c r="C34" t="s">
+        <v>226</v>
+      </c>
+      <c r="D34" t="s">
+        <v>227</v>
+      </c>
+      <c r="E34" t="s">
+        <v>54</v>
+      </c>
+      <c r="F34" t="s">
+        <v>55</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>228</v>
+      </c>
+      <c r="K34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
+        <v>229</v>
+      </c>
+      <c r="M34" t="s">
+        <v>230</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
+        <v>104</v>
+      </c>
+      <c r="D35" t="s">
+        <v>33</v>
+      </c>
+      <c r="E35" t="s">
+        <v>54</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>235</v>
+      </c>
+      <c r="K35" t="s">
+        <v>37</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>236</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>239</v>
+      </c>
+      <c r="B36" t="s">
+        <v>240</v>
+      </c>
+      <c r="C36" t="s">
         <v>158</v>
       </c>
-    </row>
-[...171 lines deleted...]
-      </c>
       <c r="D36" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="E36" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F36" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>55</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
         <v>1997</v>
       </c>
-      <c r="H36">
+      <c r="I36">
         <v>2011</v>
       </c>
-      <c r="I36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="K36" t="s">
-        <v>177</v>
+        <v>37</v>
       </c>
       <c r="L36" t="s">
-        <v>178</v>
+        <v>241</v>
       </c>
       <c r="M36" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="N36" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>243</v>
+      </c>
+      <c r="P36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>180</v>
+        <v>245</v>
       </c>
       <c r="B37" t="s">
-        <v>119</v>
+        <v>246</v>
       </c>
       <c r="C37" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="D37" t="s">
-        <v>45</v>
+        <v>227</v>
       </c>
       <c r="E37" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F37" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>55</v>
+      </c>
+      <c r="G37" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37">
         <v>2012</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>32</v>
+        <v>221</v>
       </c>
       <c r="K37" t="s">
-        <v>181</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>178</v>
+        <v>247</v>
       </c>
       <c r="M37" t="s">
-        <v>24</v>
+        <v>242</v>
       </c>
       <c r="N37" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>248</v>
+      </c>
+      <c r="P37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>183</v>
+        <v>250</v>
       </c>
       <c r="B38" t="s">
-        <v>119</v>
+        <v>251</v>
       </c>
       <c r="C38" t="s">
-        <v>38</v>
+        <v>158</v>
       </c>
       <c r="D38" t="s">
         <v>45</v>
       </c>
       <c r="E38" t="s">
+        <v>54</v>
+      </c>
+      <c r="F38" t="s">
+        <v>55</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2011</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>221</v>
+      </c>
+      <c r="K38" t="s">
+        <v>47</v>
+      </c>
+      <c r="L38" t="s">
+        <v>252</v>
+      </c>
+      <c r="M38" t="s">
+        <v>242</v>
+      </c>
+      <c r="N38" t="s">
+        <v>49</v>
+      </c>
+      <c r="O38" t="s">
+        <v>253</v>
+      </c>
+      <c r="P38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" t="s">
+        <v>44</v>
+      </c>
+      <c r="D39" t="s">
+        <v>257</v>
+      </c>
+      <c r="E39" t="s">
+        <v>54</v>
+      </c>
+      <c r="F39" t="s">
+        <v>55</v>
+      </c>
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>46</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38">
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>58</v>
+      </c>
+      <c r="N39" t="s">
+        <v>49</v>
+      </c>
+      <c r="O39" t="s">
+        <v>258</v>
+      </c>
+      <c r="P39" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>260</v>
+      </c>
+      <c r="B40" t="s">
+        <v>261</v>
+      </c>
+      <c r="C40" t="s">
+        <v>262</v>
+      </c>
+      <c r="D40" t="s">
+        <v>263</v>
+      </c>
+      <c r="E40" t="s">
+        <v>54</v>
+      </c>
+      <c r="F40" t="s">
+        <v>34</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40">
+        <v>2016</v>
+      </c>
+      <c r="J40" t="s">
+        <v>106</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40" t="s">
+        <v>264</v>
+      </c>
+      <c r="M40" t="s">
+        <v>265</v>
+      </c>
+      <c r="N40" t="s">
+        <v>49</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>268</v>
+      </c>
+      <c r="B41" t="s">
+        <v>269</v>
+      </c>
+      <c r="C41" t="s">
+        <v>186</v>
+      </c>
+      <c r="D41" t="s">
+        <v>270</v>
+      </c>
+      <c r="E41" t="s">
+        <v>54</v>
+      </c>
+      <c r="F41" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2011</v>
       </c>
-      <c r="H38">
+      <c r="I41">
         <v>2017</v>
       </c>
-      <c r="I38" t="s">
-[...48 lines deleted...]
-      <c r="L39" t="s">
+      <c r="J41" t="s">
+        <v>56</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>271</v>
+      </c>
+      <c r="N41" t="s">
         <v>49</v>
       </c>
-      <c r="M39" t="s">
-[...92 lines deleted...]
-    <row r="42" spans="1:14">
+      <c r="O41" t="s">
+        <v>272</v>
+      </c>
+      <c r="P41" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>199</v>
+        <v>274</v>
       </c>
       <c r="B42" t="s">
-        <v>15</v>
+        <v>275</v>
       </c>
       <c r="C42" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>45</v>
       </c>
       <c r="E42" t="s">
-        <v>200</v>
+        <v>54</v>
       </c>
       <c r="F42" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G42">
+        <v>276</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42">
         <v>2007</v>
       </c>
-      <c r="H42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>40</v>
+        <v>106</v>
       </c>
       <c r="K42" t="s">
-        <v>201</v>
+        <v>47</v>
       </c>
       <c r="L42" t="s">
-        <v>202</v>
+        <v>277</v>
       </c>
       <c r="M42" t="s">
-        <v>42</v>
+        <v>278</v>
       </c>
       <c r="N42" t="s">
-        <v>203</v>
+        <v>49</v>
+      </c>
+      <c r="O42" t="s">
+        <v>279</v>
+      </c>
+      <c r="P42" t="s">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>