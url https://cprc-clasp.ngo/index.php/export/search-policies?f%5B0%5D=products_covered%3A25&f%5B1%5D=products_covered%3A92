--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -585,69 +585,69 @@
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
@@ -2466,51 +2466,51 @@
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>190</v>
       </c>
       <c r="B27" t="s">
         <v>191</v>
       </c>
       <c r="C27" t="s">
         <v>192</v>
       </c>
       <c r="D27" t="s">
         <v>193</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>194</v>
       </c>
       <c r="K27" t="s">
         <v>35</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>195</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
         <v>196</v>
       </c>
       <c r="P27" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>198</v>