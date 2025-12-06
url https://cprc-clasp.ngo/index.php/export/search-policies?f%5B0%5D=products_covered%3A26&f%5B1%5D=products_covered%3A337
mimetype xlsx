--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,1285 +12,1813 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="570">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL - Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers ducted air conditioners.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 17758-2010; GB/T 18836; GB 21455; GB/T 25128-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%A3%8E%E7%AE%A1%E9%80%81%E9%A3%8E%E5%BC%8F%E7%A9%BA%E8%B0%</t>
+  </si>
+  <si>
     <t>CEL - Lithium Bromide Absorption Chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-lithium-bromide-absorption-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B635_%E6%BA%B4%E5%8C%96%E9%94%82%E5%90%B8%E6%</t>
+  </si>
+  <si>
     <t>CEL-004. Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the electrically driven compressor and indoor static pressure at 0Pa unitary ACs, computer and data processing center unitary ACs, communication stations unitary ACs, and constant temperature and humidity unitary ACs. Not including multi-connected AC, rooftop air conditioning unit, and ducted air-conditioning (heat pump) units.</t>
+  </si>
+  <si>
     <t>November 2021</t>
   </si>
   <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-004-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/10/%E5%8D%95%E5%85%83%E5%BC%8F%E7%A9%BA%E6%B0%94%E8%B0%83%E8%8A%82%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-011. Multi-Connected -Heat Pump- Air Conditioner</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GB/T 18837</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-011-multi-connected-heat-pump-air-conditioner</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%A4%9A%E8%81%94%E5%BC%8F%E5%BC%8F%E7%A9%BA%E8%B0%83%C3%AF%C2%BC%C2%88%E7%83%AD%E6%B3%B5%C3%AF%C2%BC%C2%89%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal Pumps for Fresh Water</t>
   </si>
   <si>
+    <t>This policy contains Energy Conservation Certification Rules for centrifugal pumps for fresh water. It applies to clean water centrifugal pump units powered by 690 V or below voltage, 50 Hz three-phase AC power supply, and three-phase AC motor-driven centrifugal pump units. The rated power of the motor is in the range of 0.75 kW to 375 kW.</t>
+  </si>
+  <si>
     <t>Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JB/T 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pumps-fresh-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439124-2019. Energy Conservation Certification Rules for Unitary Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439124-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492754.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439130-2019. Energy Conservation Certification Rules for Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>Apply to ducted air conditioners</t>
+  </si>
+  <si>
     <t>GB 37479-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439130-2019-energy-conservation-certification-rules-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-07-31/554801.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439135-2010. CQC Mark Certification - Multi-connected air-condition -heat pump- unit</t>
   </si>
   <si>
+    <t>Applies to multi-connected air conditioning -heat pump- unit of T1 climate type. Does NOT apply to double or multiple cooling circulation system unit.</t>
+  </si>
+  <si>
     <t>GB 21454-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439135-2010-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492750.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439138-2013. CQC Mark Certification - Multi-connected air-condition -heat pump- unit |ULTRA HIGH</t>
   </si>
   <si>
     <t>GB/T 18837-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439138-2013-cqc-mark-certification-multi-connected-air-condition-heat-pump-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/498394.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
+    <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/15248</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy labelling and MEPS for Swimming Pool Pumps</t>
   </si>
   <si>
+    <t>This Standard specifies the energy information disclosure, energy labelling and MEPS requirements for swimming pool pump-units. The rating scale for pump units is from 1 to 10. Every star on the label represents a 25% improvement in efficiency, so a 7 star pump will be up to 25% more energy efficient than a 6 star pump, and an 8 star pump will be up to 43% more efficient than a 6 star pump. Many pump-units also report noise levels on the label.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Pool Pumps</t>
   </si>
   <si>
     <t>AS 5102.1-2009, AS 5102.2-2009</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labelling-and-meps-swimming-pool-pumps</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00025</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Geothermal Heat Pumps Version 3.2</t>
   </si>
   <si>
+    <t>Included Products: Open loop; closed loop; and DGX products that meet the definition of a Geothermal Heat Pump as specified in the policy document are eligible for ENERGY STAR qualification; with the exception of Geothermal heat pumps intended for commercial use.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ISO 13256-1-1998; ISO 13256-2-1998; ANSI/AHRI 870-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-geothermal-heat-pumps-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/heat_pumps_geothermal/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Light Commercial HVAC Version 3.1</t>
   </si>
   <si>
+    <t>Air-cooled, three-phase, split system (i.e., any central air conditioner or central
+air-conditioning heat pump in which one or more of the major assemblies are separate from the others) and single package (i.e., any central air conditioner or central air-conditioning heat pump in which all the major assemblies are enclosed in one cabinet) central air conditioners, heat pumps, gas/electric package units, and variable refrigerant flow (VRF) multi-split systems with capacity rated at or above 65,000 Btu/h and below 240,000 Btu/h that meet the definitions specified in the policy document are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.B.</t>
+  </si>
+  <si>
     <t>10 CFR part 431, Subpart F 431.96</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-light-commercial-hvac-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/light_commercial_heating_cooling/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Pool Pumps Version 3.1</t>
   </si>
   <si>
+    <t>Products, with the exception of products listed in Section 2.2 Excluded Products, that are single phase with a Rated Hydraulic Horsepower (hhp) of &gt;0 and</t>
+  </si>
+  <si>
     <t>10 CFR 431.464(b); Section 6.3 of ENERGY STAR Pool Pumps Test Method (Rev. Jan-2013); ENERGY STAR Pool Pumps Test Method to Validate Demand Response (Rev. May-2021)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-pool-pumps-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/spec/pool_pumps_specification_version_2_0_pd</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Air Source Heat Pump (ASHPs) and Central Air Conditioner Equipment Version 5.0</t>
   </si>
   <si>
+    <t>Single package, split system, and gas/electric package units that meet the definitions of an ASHP or central air conditioner as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.B. Units may be intended for installation into a duct system, or may be ductless. Three phase central air conditioners and ASHPs, and products rated at 65,000 Btu/h or above are not eligible for ENERGY STAR.</t>
+  </si>
+  <si>
     <t>10 CFR part 430 Subpart B, Appendix M</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-air-source-heat-pump-ashps-and-central-air</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_central/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21454-2008 Minimum allowable values of the IPLV and energy efficiency grades for multi-connected air- condition -heat pump unit</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21454-2008-minimum-allowable-values-iplv-and-energy-efficiency-grades-multi-connected</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D767B7D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 11574 Central Station Air Handling Units-Specification and Test Methids for Energy Consumption</t>
   </si>
   <si>
+    <t>This policy covers air units with capacity of 3570m3/h to 34000m3/h.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ARI 430-1999, ANSI/AMCA210/ASHRAE 51-2007, ARI 410-2001, ARI 410-2000</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-11574-central-station-air-handling-units-specification-and-test-methids-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>JS 2095:2013 Technical regulation on eco-design requirements for Glandless standalone circulators and glandless circulators integrated in products</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of glandless standalone circulators and glandless circulators integrated in products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2095</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20952013-technical-regulation-eco-design-requirements-glandless-standalone-circulators</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5464</t>
+  </si>
+  <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+  </si>
+  <si>
+    <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
+Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
+where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
+            B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
+            C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
+            D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
+    <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE 37</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-011-ener-2025-energy-efficiency-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5756076&amp;fecha=29/04/2025#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Non-conducted air conditioner Products</t>
   </si>
   <si>
+    <t>non-conducted air conditioner -Machine- set in this announcement covers goods in compliance with Clause 3615 and 14464 of Chinese National Standards and with rated air conditioning capacity less than or equal to 71kW which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=38</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
+  </si>
+  <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-5: 2019 – Labeling – Energy efficiency label for electrical appliances - Part 5: commercial and central air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels and the minimum energy performance standard (MEPS) requirements for factory-made residential, commercial and industrial.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-5-2019-labeling-energy-efficiency-label-electrical-appliances-part-5-commercial</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1430_00_e.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1554,3829 +2082,4358 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N88"/>
+  <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="278" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>82</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2007</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>90</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>92</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2009</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>104</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>105</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>110</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>34</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>120</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>44</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>128</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>120</v>
+      </c>
+      <c r="G16" t="s">
+        <v>129</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>69</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17" t="s">
+        <v>135</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+      <c r="F17" t="s">
+        <v>89</v>
+      </c>
+      <c r="G17" t="s">
+        <v>54</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>62</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>136</v>
+      </c>
+      <c r="M17" t="s">
+        <v>137</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" t="s">
+        <v>110</v>
+      </c>
+      <c r="E18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18">
+        <v>2011</v>
+      </c>
+      <c r="J18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>137</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" t="s">
+        <v>110</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2011</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>147</v>
+      </c>
+      <c r="M19" t="s">
+        <v>137</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" t="s">
+        <v>110</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>69</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>152</v>
+      </c>
+      <c r="M20" t="s">
+        <v>137</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
+        <v>110</v>
+      </c>
+      <c r="E21" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2004</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>69</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>137</v>
+      </c>
+      <c r="N21" t="s">
+        <v>158</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" t="s">
+        <v>163</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" t="s">
+        <v>164</v>
+      </c>
+      <c r="H22">
+        <v>2017</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>165</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>166</v>
+      </c>
+      <c r="M22" t="s">
+        <v>167</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>168</v>
+      </c>
+      <c r="P22" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>170</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
+        <v>61</v>
+      </c>
+      <c r="E23" t="s">
+        <v>42</v>
+      </c>
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
+        <v>62</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>172</v>
+      </c>
+      <c r="M23" t="s">
+        <v>137</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C24" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" t="s">
+        <v>42</v>
+      </c>
+      <c r="F24" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" t="s">
+        <v>54</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>62</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>177</v>
+      </c>
+      <c r="M24" t="s">
+        <v>137</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
+        <v>61</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>89</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2010</v>
+      </c>
+      <c r="J25" t="s">
+        <v>69</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25" t="s">
+        <v>182</v>
+      </c>
+      <c r="M25" t="s">
+        <v>137</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>60</v>
+      </c>
+      <c r="D26" t="s">
+        <v>135</v>
+      </c>
+      <c r="E26" t="s">
+        <v>42</v>
+      </c>
+      <c r="F26" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" t="s">
+        <v>54</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>69</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26" t="s">
+        <v>187</v>
+      </c>
+      <c r="M26" t="s">
+        <v>137</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>188</v>
+      </c>
+      <c r="P26" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" t="s">
+        <v>42</v>
+      </c>
+      <c r="F27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>69</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>191</v>
+      </c>
+      <c r="M27" t="s">
+        <v>137</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>192</v>
+      </c>
+      <c r="P27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>194</v>
+      </c>
+      <c r="B28" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" t="s">
+        <v>196</v>
+      </c>
+      <c r="E28" t="s">
+        <v>42</v>
+      </c>
+      <c r="F28" t="s">
+        <v>89</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2004</v>
+      </c>
+      <c r="I28">
+        <v>2019</v>
+      </c>
+      <c r="J28" t="s">
+        <v>69</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>197</v>
+      </c>
+      <c r="M28" t="s">
+        <v>137</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>198</v>
+      </c>
+      <c r="P28" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>200</v>
+      </c>
+      <c r="B29" t="s">
+        <v>201</v>
+      </c>
+      <c r="C29" t="s">
+        <v>202</v>
+      </c>
+      <c r="D29" t="s">
+        <v>110</v>
+      </c>
+      <c r="E29" t="s">
+        <v>203</v>
+      </c>
+      <c r="F29" t="s">
+        <v>120</v>
+      </c>
+      <c r="G29" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>165</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>204</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>205</v>
+      </c>
+      <c r="P29" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>207</v>
+      </c>
+      <c r="B30" t="s">
+        <v>208</v>
+      </c>
+      <c r="C30" t="s">
+        <v>209</v>
+      </c>
+      <c r="D30" t="s">
+        <v>110</v>
+      </c>
+      <c r="E30" t="s">
+        <v>42</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>129</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>210</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>211</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>212</v>
+      </c>
+      <c r="P30" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>214</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>216</v>
+      </c>
+      <c r="D31" t="s">
+        <v>163</v>
+      </c>
+      <c r="E31" t="s">
+        <v>42</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2021</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>165</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>217</v>
+      </c>
+      <c r="M31" t="s">
+        <v>218</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>219</v>
+      </c>
+      <c r="P31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>221</v>
+      </c>
+      <c r="B32" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" t="s">
+        <v>223</v>
+      </c>
+      <c r="D32" t="s">
+        <v>224</v>
+      </c>
+      <c r="E32" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F32" t="s">
+        <v>120</v>
+      </c>
+      <c r="G32" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32">
+        <v>2017</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>90</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>225</v>
+      </c>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>227</v>
+      </c>
+      <c r="P32"/>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>228</v>
+      </c>
+      <c r="B33" t="s">
+        <v>229</v>
+      </c>
+      <c r="C33" t="s">
+        <v>230</v>
+      </c>
+      <c r="D33" t="s">
+        <v>119</v>
+      </c>
+      <c r="E33" t="s">
+        <v>42</v>
+      </c>
+      <c r="F33" t="s">
+        <v>120</v>
+      </c>
+      <c r="G33" t="s">
+        <v>129</v>
+      </c>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>165</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>231</v>
+      </c>
+      <c r="M33" t="s">
+        <v>232</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>235</v>
+      </c>
+      <c r="B34" t="s">
+        <v>236</v>
+      </c>
+      <c r="C34" t="s">
+        <v>237</v>
+      </c>
+      <c r="D34" t="s">
+        <v>110</v>
+      </c>
+      <c r="E34" t="s">
+        <v>42</v>
+      </c>
+      <c r="F34" t="s">
+        <v>43</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>238</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>239</v>
+      </c>
+      <c r="M34" t="s">
+        <v>240</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>241</v>
+      </c>
+      <c r="P34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>243</v>
+      </c>
+      <c r="B35" t="s">
+        <v>244</v>
+      </c>
+      <c r="C35" t="s">
+        <v>245</v>
+      </c>
+      <c r="D35" t="s">
+        <v>246</v>
+      </c>
+      <c r="E35" t="s">
+        <v>42</v>
+      </c>
+      <c r="F35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" t="s">
+        <v>54</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>247</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>248</v>
+      </c>
+      <c r="M35" t="s">
+        <v>249</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>250</v>
+      </c>
+      <c r="P35" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>252</v>
+      </c>
+      <c r="B36" t="s">
+        <v>253</v>
+      </c>
+      <c r="C36" t="s">
+        <v>254</v>
+      </c>
+      <c r="D36" t="s">
+        <v>255</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2016</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
+      <c r="J36" t="s">
+        <v>165</v>
+      </c>
+      <c r="K36" t="s">
+        <v>45</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>256</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>257</v>
+      </c>
+      <c r="P36" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>259</v>
+      </c>
+      <c r="B37" t="s">
+        <v>260</v>
+      </c>
+      <c r="C37" t="s">
+        <v>261</v>
+      </c>
+      <c r="D37" t="s">
+        <v>262</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>120</v>
+      </c>
+      <c r="G37" t="s">
+        <v>54</v>
+      </c>
+      <c r="H37">
+        <v>2021</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>238</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>263</v>
+      </c>
+      <c r="M37" t="s">
+        <v>264</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>265</v>
+      </c>
+      <c r="P37" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>267</v>
+      </c>
+      <c r="B38" t="s">
+        <v>268</v>
+      </c>
+      <c r="C38" t="s">
+        <v>269</v>
+      </c>
+      <c r="D38" t="s">
+        <v>61</v>
+      </c>
+      <c r="E38" t="s">
+        <v>42</v>
+      </c>
+      <c r="F38" t="s">
+        <v>89</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2001</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>69</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>270</v>
+      </c>
+      <c r="M38" t="s">
+        <v>271</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>272</v>
+      </c>
+      <c r="P38" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>274</v>
+      </c>
+      <c r="B39" t="s">
+        <v>275</v>
+      </c>
+      <c r="C39" t="s">
+        <v>269</v>
+      </c>
+      <c r="D39" t="s">
+        <v>61</v>
+      </c>
+      <c r="E39" t="s">
+        <v>42</v>
+      </c>
+      <c r="F39" t="s">
+        <v>89</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>2001</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>69</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>276</v>
+      </c>
+      <c r="M39" t="s">
+        <v>271</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>277</v>
+      </c>
+      <c r="P39" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>279</v>
+      </c>
+      <c r="B40" t="s">
+        <v>280</v>
+      </c>
+      <c r="C40" t="s">
+        <v>269</v>
+      </c>
+      <c r="D40" t="s">
+        <v>262</v>
+      </c>
+      <c r="E40" t="s">
+        <v>42</v>
+      </c>
+      <c r="F40" t="s">
+        <v>89</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>69</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40" t="s">
+        <v>281</v>
+      </c>
+      <c r="M40" t="s">
+        <v>271</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>282</v>
+      </c>
+      <c r="P40" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>284</v>
+      </c>
+      <c r="B41" t="s">
+        <v>285</v>
+      </c>
+      <c r="C41" t="s">
+        <v>269</v>
+      </c>
+      <c r="D41" t="s">
+        <v>61</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>89</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1995</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>69</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>286</v>
+      </c>
+      <c r="M41" t="s">
+        <v>271</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>287</v>
+      </c>
+      <c r="P41" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>289</v>
+      </c>
+      <c r="B42" t="s">
+        <v>290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>291</v>
+      </c>
+      <c r="D42" t="s">
+        <v>224</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
+        <v>2017</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>90</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42" t="s">
+        <v>225</v>
+      </c>
+      <c r="M42" t="s">
+        <v>292</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>293</v>
+      </c>
+      <c r="P42" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>295</v>
+      </c>
+      <c r="B43" t="s">
+        <v>296</v>
+      </c>
+      <c r="C43" t="s">
+        <v>60</v>
+      </c>
+      <c r="D43" t="s">
+        <v>110</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...66 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H43">
+        <v>2005</v>
+      </c>
+      <c r="I43">
+        <v>2011</v>
+      </c>
+      <c r="J43" t="s">
+        <v>69</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>142</v>
+      </c>
+      <c r="M43" t="s">
+        <v>64</v>
+      </c>
+      <c r="N43" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...176 lines deleted...]
-      <c r="I8" t="s">
+      <c r="O43" t="s">
+        <v>297</v>
+      </c>
+      <c r="P43" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>299</v>
+      </c>
+      <c r="B44" t="s">
+        <v>181</v>
+      </c>
+      <c r="C44" t="s">
         <v>60</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="D44" t="s">
         <v>61</v>
       </c>
-      <c r="L8" t="s">
-[...79 lines deleted...]
-      <c r="J10" t="s">
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...1418 lines deleted...]
-        <v>2008</v>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
-      <c r="I44" t="s">
-        <v>56</v>
+      <c r="I44">
+        <v>2008</v>
       </c>
       <c r="J44" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K44" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>53</v>
+        <v>82</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N44" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>300</v>
+      </c>
+      <c r="P44" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>217</v>
+        <v>302</v>
       </c>
       <c r="B45" t="s">
-        <v>49</v>
+        <v>303</v>
       </c>
       <c r="C45" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D45" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G45">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
         <v>2005</v>
       </c>
-      <c r="H45">
+      <c r="I45">
         <v>2016</v>
       </c>
-      <c r="I45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J45" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K45" t="s">
-        <v>218</v>
+        <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>219</v>
+        <v>304</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>305</v>
       </c>
       <c r="N45" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>306</v>
+      </c>
+      <c r="P45" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>221</v>
+        <v>308</v>
       </c>
       <c r="B46" t="s">
-        <v>49</v>
+        <v>309</v>
       </c>
       <c r="C46" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D46" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F46" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G46">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
         <v>2005</v>
       </c>
-      <c r="H46">
+      <c r="I46">
         <v>2016</v>
       </c>
-      <c r="I46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J46" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K46" t="s">
-        <v>222</v>
+        <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>219</v>
+        <v>310</v>
       </c>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>305</v>
       </c>
       <c r="N46" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>311</v>
+      </c>
+      <c r="P46" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>224</v>
+        <v>313</v>
       </c>
       <c r="B47" t="s">
-        <v>49</v>
+        <v>314</v>
       </c>
       <c r="C47" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E47" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G47">
+        <v>21</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
         <v>2005</v>
       </c>
-      <c r="H47">
+      <c r="I47">
         <v>2016</v>
       </c>
-      <c r="I47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J47" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K47" t="s">
-        <v>225</v>
+        <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>219</v>
+        <v>315</v>
       </c>
       <c r="M47" t="s">
-        <v>31</v>
+        <v>305</v>
       </c>
       <c r="N47" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O47" t="s">
+        <v>316</v>
+      </c>
+      <c r="P47" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>227</v>
+        <v>318</v>
       </c>
       <c r="B48" t="s">
-        <v>49</v>
+        <v>319</v>
       </c>
       <c r="C48" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E48" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F48" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G48">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2005</v>
       </c>
-      <c r="H48">
+      <c r="I48">
         <v>2017</v>
       </c>
-      <c r="I48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K48" t="s">
-        <v>228</v>
+        <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>219</v>
+        <v>320</v>
       </c>
       <c r="M48" t="s">
-        <v>31</v>
+        <v>305</v>
       </c>
       <c r="N48" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O48" t="s">
+        <v>321</v>
+      </c>
+      <c r="P48" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>230</v>
+        <v>323</v>
       </c>
       <c r="B49" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="C49" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E49" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G49">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>54</v>
+      </c>
+      <c r="H49">
         <v>2020</v>
       </c>
-      <c r="H49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K49" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>219</v>
+        <v>63</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>305</v>
       </c>
       <c r="N49" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>324</v>
+      </c>
+      <c r="P49" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>232</v>
+        <v>326</v>
       </c>
       <c r="B50" t="s">
-        <v>49</v>
+        <v>327</v>
       </c>
       <c r="C50" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E50" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F50" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50">
         <v>2020</v>
       </c>
-      <c r="H50"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I50"/>
       <c r="J50" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K50" t="s">
-        <v>233</v>
+        <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>219</v>
+        <v>328</v>
       </c>
       <c r="M50" t="s">
-        <v>31</v>
+        <v>305</v>
       </c>
       <c r="N50" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O50" t="s">
+        <v>329</v>
+      </c>
+      <c r="P50" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>235</v>
+        <v>331</v>
       </c>
       <c r="B51" t="s">
-        <v>49</v>
+        <v>332</v>
       </c>
       <c r="C51" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E51" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G51">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
         <v>2020</v>
       </c>
-      <c r="H51"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K51" t="s">
-        <v>236</v>
+        <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>219</v>
+        <v>333</v>
       </c>
       <c r="M51" t="s">
-        <v>24</v>
+        <v>305</v>
       </c>
       <c r="N51" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>334</v>
+      </c>
+      <c r="P51" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>238</v>
+        <v>336</v>
       </c>
       <c r="B52" t="s">
-        <v>239</v>
+        <v>337</v>
       </c>
       <c r="C52" t="s">
-        <v>102</v>
+        <v>338</v>
       </c>
       <c r="D52" t="s">
-        <v>35</v>
+        <v>135</v>
       </c>
       <c r="E52" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F52" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G52">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52">
         <v>1986</v>
       </c>
-      <c r="H52"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I52"/>
       <c r="J52" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>339</v>
       </c>
       <c r="N52" t="s">
-        <v>241</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>340</v>
+      </c>
+      <c r="P52" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>242</v>
+        <v>342</v>
       </c>
       <c r="B53" t="s">
-        <v>243</v>
+        <v>343</v>
       </c>
       <c r="C53" t="s">
-        <v>85</v>
+        <v>344</v>
       </c>
       <c r="D53" t="s">
-        <v>35</v>
+        <v>110</v>
       </c>
       <c r="E53" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>89</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>1996</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2010</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>245</v>
-[...4 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="K53" t="s">
+        <v>346</v>
+      </c>
+      <c r="L53"/>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="N53" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>348</v>
+      </c>
+      <c r="P53" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>248</v>
+        <v>350</v>
       </c>
       <c r="B54" t="s">
-        <v>249</v>
+        <v>351</v>
       </c>
       <c r="C54" t="s">
-        <v>85</v>
+        <v>352</v>
       </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2010</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>353</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54" t="s">
+        <v>354</v>
+      </c>
+      <c r="M54" t="s">
+        <v>355</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>356</v>
+      </c>
+      <c r="P54" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>358</v>
+      </c>
+      <c r="B55" t="s">
+        <v>359</v>
+      </c>
+      <c r="C55" t="s">
+        <v>360</v>
+      </c>
+      <c r="D55" t="s">
+        <v>110</v>
+      </c>
+      <c r="E55" t="s">
+        <v>42</v>
+      </c>
+      <c r="F55" t="s">
+        <v>43</v>
+      </c>
+      <c r="G55" t="s">
+        <v>54</v>
+      </c>
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>353</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55" t="s">
+        <v>361</v>
+      </c>
+      <c r="M55" t="s">
+        <v>362</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>363</v>
+      </c>
+      <c r="P55" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>365</v>
+      </c>
+      <c r="B56" t="s">
+        <v>366</v>
+      </c>
+      <c r="C56" t="s">
+        <v>367</v>
+      </c>
+      <c r="D56" t="s">
+        <v>61</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>54</v>
+      </c>
+      <c r="H56">
+        <v>2009</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>345</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>368</v>
+      </c>
+      <c r="M56" t="s">
+        <v>369</v>
+      </c>
+      <c r="N56" t="s">
         <v>36</v>
       </c>
-      <c r="F54" t="s">
-[...111 lines deleted...]
-    <row r="57" spans="1:14">
+      <c r="O56" t="s">
+        <v>370</v>
+      </c>
+      <c r="P56" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>264</v>
+        <v>372</v>
       </c>
       <c r="B57" t="s">
-        <v>260</v>
+        <v>373</v>
       </c>
       <c r="C57" t="s">
-        <v>85</v>
+        <v>367</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E57" t="s">
-        <v>91</v>
+        <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>120</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
       </c>
       <c r="H57">
         <v>2002</v>
       </c>
-      <c r="I57" t="s">
-        <v>244</v>
+      <c r="I57">
+        <v>2002</v>
       </c>
       <c r="J57" t="s">
-        <v>29</v>
+        <v>345</v>
       </c>
       <c r="K57" t="s">
-        <v>265</v>
+        <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>262</v>
+        <v>374</v>
       </c>
       <c r="M57" t="s">
-        <v>31</v>
+        <v>369</v>
       </c>
       <c r="N57" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O57" t="s">
+        <v>375</v>
+      </c>
+      <c r="P57" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>267</v>
+        <v>376</v>
       </c>
       <c r="B58" t="s">
-        <v>268</v>
+        <v>377</v>
       </c>
       <c r="C58" t="s">
-        <v>77</v>
+        <v>378</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>98</v>
       </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G58">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
         <v>2013</v>
       </c>
-      <c r="H58">
+      <c r="I58">
         <v>2014</v>
       </c>
-      <c r="I58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="K58" t="s">
-        <v>269</v>
+        <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>270</v>
+        <v>379</v>
       </c>
       <c r="M58" t="s">
+        <v>380</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>381</v>
+      </c>
+      <c r="P58" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>383</v>
+      </c>
+      <c r="B59" t="s">
+        <v>384</v>
+      </c>
+      <c r="C59" t="s">
+        <v>385</v>
+      </c>
+      <c r="D59" t="s">
+        <v>61</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>43</v>
+      </c>
+      <c r="G59" t="s">
+        <v>386</v>
+      </c>
+      <c r="H59">
+        <v>2021</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>238</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59" t="s">
+        <v>387</v>
+      </c>
+      <c r="M59" t="s">
+        <v>388</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>389</v>
+      </c>
+      <c r="P59" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>391</v>
+      </c>
+      <c r="B60" t="s">
+        <v>392</v>
+      </c>
+      <c r="C60" t="s">
+        <v>344</v>
+      </c>
+      <c r="D60" t="s">
+        <v>61</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2010</v>
+      </c>
+      <c r="I60">
+        <v>2012</v>
+      </c>
+      <c r="J60" t="s">
+        <v>393</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>347</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>394</v>
+      </c>
+      <c r="P60" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>396</v>
+      </c>
+      <c r="B61" t="s">
+        <v>397</v>
+      </c>
+      <c r="C61" t="s">
+        <v>385</v>
+      </c>
+      <c r="D61" t="s">
+        <v>61</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>386</v>
+      </c>
+      <c r="H61">
+        <v>2021</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>238</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>398</v>
+      </c>
+      <c r="M61" t="s">
+        <v>388</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>399</v>
+      </c>
+      <c r="P61" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>401</v>
+      </c>
+      <c r="B62" t="s">
+        <v>402</v>
+      </c>
+      <c r="C62" t="s">
+        <v>237</v>
+      </c>
+      <c r="D62" t="s">
+        <v>403</v>
+      </c>
+      <c r="E62" t="s">
+        <v>42</v>
+      </c>
+      <c r="F62" t="s">
+        <v>404</v>
+      </c>
+      <c r="G62" t="s">
+        <v>54</v>
+      </c>
+      <c r="H62">
+        <v>2021</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>405</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>406</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>407</v>
+      </c>
+      <c r="P62" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>409</v>
+      </c>
+      <c r="B63" t="s">
+        <v>410</v>
+      </c>
+      <c r="C63" t="s">
+        <v>291</v>
+      </c>
+      <c r="D63" t="s">
+        <v>88</v>
+      </c>
+      <c r="E63" t="s">
+        <v>42</v>
+      </c>
+      <c r="F63" t="s">
+        <v>43</v>
+      </c>
+      <c r="G63" t="s">
+        <v>54</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>411</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>292</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>412</v>
+      </c>
+      <c r="P63" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>413</v>
+      </c>
+      <c r="B64" t="s">
+        <v>414</v>
+      </c>
+      <c r="C64" t="s">
+        <v>415</v>
+      </c>
+      <c r="D64" t="s">
+        <v>110</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2014</v>
+      </c>
+      <c r="I64">
+        <v>2025</v>
+      </c>
+      <c r="J64" t="s">
+        <v>416</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>417</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>418</v>
+      </c>
+      <c r="P64" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>420</v>
+      </c>
+      <c r="B65" t="s">
+        <v>421</v>
+      </c>
+      <c r="C65" t="s">
+        <v>415</v>
+      </c>
+      <c r="D65" t="s">
+        <v>422</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2004</v>
+      </c>
+      <c r="I65">
+        <v>2015</v>
+      </c>
+      <c r="J65" t="s">
+        <v>416</v>
+      </c>
+      <c r="K65" t="s">
+        <v>34</v>
+      </c>
+      <c r="L65" t="s">
+        <v>423</v>
+      </c>
+      <c r="M65" t="s">
+        <v>417</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>424</v>
+      </c>
+      <c r="P65" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>426</v>
+      </c>
+      <c r="B66" t="s">
+        <v>427</v>
+      </c>
+      <c r="C66" t="s">
+        <v>415</v>
+      </c>
+      <c r="D66" t="s">
+        <v>110</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>1996</v>
+      </c>
+      <c r="I66">
+        <v>2005</v>
+      </c>
+      <c r="J66" t="s">
+        <v>33</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>426</v>
+      </c>
+      <c r="M66" t="s">
+        <v>417</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>428</v>
+      </c>
+      <c r="P66" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>430</v>
+      </c>
+      <c r="B67" t="s">
+        <v>431</v>
+      </c>
+      <c r="C67" t="s">
+        <v>415</v>
+      </c>
+      <c r="D67" t="s">
+        <v>61</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>120</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2006</v>
+      </c>
+      <c r="I67">
+        <v>2025</v>
+      </c>
+      <c r="J67" t="s">
+        <v>416</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>432</v>
+      </c>
+      <c r="M67" t="s">
+        <v>417</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>433</v>
+      </c>
+      <c r="P67" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>435</v>
+      </c>
+      <c r="B68" t="s">
+        <v>436</v>
+      </c>
+      <c r="C68" t="s">
+        <v>352</v>
+      </c>
+      <c r="D68" t="s">
+        <v>110</v>
+      </c>
+      <c r="E68" t="s">
+        <v>42</v>
+      </c>
+      <c r="F68" t="s">
+        <v>89</v>
+      </c>
+      <c r="G68" t="s">
+        <v>54</v>
+      </c>
+      <c r="H68">
+        <v>2011</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>353</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68" t="s">
+        <v>437</v>
+      </c>
+      <c r="M68" t="s">
+        <v>438</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>439</v>
+      </c>
+      <c r="P68" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>441</v>
+      </c>
+      <c r="B69" t="s">
+        <v>442</v>
+      </c>
+      <c r="C69" t="s">
+        <v>443</v>
+      </c>
+      <c r="D69" t="s">
+        <v>444</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>120</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2017</v>
+      </c>
+      <c r="I69">
+        <v>2021</v>
+      </c>
+      <c r="J69" t="s">
+        <v>445</v>
+      </c>
+      <c r="K69" t="s">
+        <v>446</v>
+      </c>
+      <c r="L69" t="s">
+        <v>447</v>
+      </c>
+      <c r="M69" t="s">
+        <v>448</v>
+      </c>
+      <c r="N69" t="s">
+        <v>36</v>
+      </c>
+      <c r="O69" t="s">
+        <v>449</v>
+      </c>
+      <c r="P69" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>451</v>
+      </c>
+      <c r="B70" t="s">
+        <v>452</v>
+      </c>
+      <c r="C70" t="s">
+        <v>453</v>
+      </c>
+      <c r="D70" t="s">
+        <v>119</v>
+      </c>
+      <c r="E70" t="s">
+        <v>42</v>
+      </c>
+      <c r="F70" t="s">
+        <v>120</v>
+      </c>
+      <c r="G70" t="s">
+        <v>129</v>
+      </c>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>345</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70" t="s">
+        <v>121</v>
+      </c>
+      <c r="M70" t="s">
+        <v>454</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>455</v>
+      </c>
+      <c r="P70" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>457</v>
+      </c>
+      <c r="B71" t="s">
+        <v>458</v>
+      </c>
+      <c r="C71" t="s">
+        <v>459</v>
+      </c>
+      <c r="D71" t="s">
+        <v>460</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>461</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1982</v>
+      </c>
+      <c r="I71">
+        <v>2024</v>
+      </c>
+      <c r="J71" t="s">
+        <v>462</v>
+      </c>
+      <c r="K71" t="s">
         <v>24</v>
       </c>
-      <c r="N58" t="s">
-[...64 lines deleted...]
-      <c r="G60">
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>463</v>
+      </c>
+      <c r="N71" t="s">
+        <v>464</v>
+      </c>
+      <c r="O71" t="s">
+        <v>465</v>
+      </c>
+      <c r="P71" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>467</v>
+      </c>
+      <c r="B72" t="s">
+        <v>468</v>
+      </c>
+      <c r="C72" t="s">
+        <v>469</v>
+      </c>
+      <c r="D72" t="s">
+        <v>61</v>
+      </c>
+      <c r="E72" t="s">
+        <v>42</v>
+      </c>
+      <c r="F72" t="s">
+        <v>43</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
         <v>2010</v>
       </c>
-      <c r="H60">
+      <c r="I72">
+        <v>2016</v>
+      </c>
+      <c r="J72" t="s">
+        <v>44</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>470</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>471</v>
+      </c>
+      <c r="P72" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>473</v>
+      </c>
+      <c r="B73" t="s">
+        <v>474</v>
+      </c>
+      <c r="C73" t="s">
+        <v>475</v>
+      </c>
+      <c r="D73" t="s">
+        <v>88</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>120</v>
+      </c>
+      <c r="G73" t="s">
+        <v>54</v>
+      </c>
+      <c r="H73">
+        <v>2019</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>90</v>
+      </c>
+      <c r="K73" t="s">
+        <v>34</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>476</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>477</v>
+      </c>
+      <c r="P73" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>479</v>
+      </c>
+      <c r="B74" t="s">
+        <v>480</v>
+      </c>
+      <c r="C74" t="s">
+        <v>481</v>
+      </c>
+      <c r="D74" t="s">
+        <v>482</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>43</v>
+      </c>
+      <c r="G74" t="s">
+        <v>54</v>
+      </c>
+      <c r="H74">
+        <v>2018</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>44</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>483</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>484</v>
+      </c>
+      <c r="P74" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>486</v>
+      </c>
+      <c r="B75" t="s">
+        <v>487</v>
+      </c>
+      <c r="C75" t="s">
+        <v>488</v>
+      </c>
+      <c r="D75" t="s">
+        <v>489</v>
+      </c>
+      <c r="E75" t="s">
+        <v>42</v>
+      </c>
+      <c r="F75" t="s">
+        <v>120</v>
+      </c>
+      <c r="G75" t="s">
+        <v>54</v>
+      </c>
+      <c r="H75">
+        <v>2015</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>165</v>
+      </c>
+      <c r="K75" t="s">
+        <v>490</v>
+      </c>
+      <c r="L75" t="s">
+        <v>491</v>
+      </c>
+      <c r="M75" t="s">
+        <v>492</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>493</v>
+      </c>
+      <c r="P75" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>495</v>
+      </c>
+      <c r="B76" t="s">
+        <v>496</v>
+      </c>
+      <c r="C76" t="s">
+        <v>488</v>
+      </c>
+      <c r="D76" t="s">
+        <v>489</v>
+      </c>
+      <c r="E76" t="s">
+        <v>42</v>
+      </c>
+      <c r="F76" t="s">
+        <v>120</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2008</v>
+      </c>
+      <c r="I76">
+        <v>2019</v>
+      </c>
+      <c r="J76" t="s">
+        <v>165</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76" t="s">
+        <v>497</v>
+      </c>
+      <c r="M76" t="s">
+        <v>492</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>498</v>
+      </c>
+      <c r="P76" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>500</v>
+      </c>
+      <c r="B77" t="s">
+        <v>501</v>
+      </c>
+      <c r="C77" t="s">
+        <v>415</v>
+      </c>
+      <c r="D77" t="s">
+        <v>110</v>
+      </c>
+      <c r="E77" t="s">
+        <v>42</v>
+      </c>
+      <c r="F77" t="s">
+        <v>89</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2002</v>
+      </c>
+      <c r="I77">
         <v>2012</v>
       </c>
-      <c r="I60" t="s">
-[...105 lines deleted...]
-      <c r="C63" t="s">
+      <c r="J77" t="s">
+        <v>353</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77" t="s">
+        <v>502</v>
+      </c>
+      <c r="M77" t="s">
+        <v>503</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>504</v>
+      </c>
+      <c r="P77" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>506</v>
+      </c>
+      <c r="B78" t="s">
+        <v>507</v>
+      </c>
+      <c r="C78" t="s">
+        <v>415</v>
+      </c>
+      <c r="D78" t="s">
+        <v>110</v>
+      </c>
+      <c r="E78" t="s">
+        <v>42</v>
+      </c>
+      <c r="F78" t="s">
+        <v>89</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2004</v>
+      </c>
+      <c r="I78">
+        <v>2012</v>
+      </c>
+      <c r="J78" t="s">
+        <v>353</v>
+      </c>
+      <c r="K78" t="s">
+        <v>34</v>
+      </c>
+      <c r="L78" t="s">
+        <v>508</v>
+      </c>
+      <c r="M78" t="s">
+        <v>503</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>509</v>
+      </c>
+      <c r="P78" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>511</v>
+      </c>
+      <c r="B79" t="s">
+        <v>512</v>
+      </c>
+      <c r="C79" t="s">
+        <v>513</v>
+      </c>
+      <c r="D79" t="s">
+        <v>88</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>120</v>
+      </c>
+      <c r="G79" t="s">
+        <v>54</v>
+      </c>
+      <c r="H79">
+        <v>2004</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>165</v>
+      </c>
+      <c r="K79" t="s">
+        <v>34</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>514</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>515</v>
+      </c>
+      <c r="P79" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>517</v>
+      </c>
+      <c r="B80" t="s">
+        <v>518</v>
+      </c>
+      <c r="C80" t="s">
+        <v>519</v>
+      </c>
+      <c r="D80" t="s">
+        <v>520</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>54</v>
+      </c>
+      <c r="H80">
+        <v>2019</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>90</v>
+      </c>
+      <c r="K80" t="s">
+        <v>521</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>522</v>
+      </c>
+      <c r="N80" t="s">
+        <v>158</v>
+      </c>
+      <c r="O80" t="s">
+        <v>523</v>
+      </c>
+      <c r="P80" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>525</v>
+      </c>
+      <c r="B81" t="s">
+        <v>526</v>
+      </c>
+      <c r="C81" t="s">
+        <v>415</v>
+      </c>
+      <c r="D81" t="s">
+        <v>110</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2000</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>353</v>
+      </c>
+      <c r="K81" t="s">
+        <v>34</v>
+      </c>
+      <c r="L81" t="s">
+        <v>527</v>
+      </c>
+      <c r="M81" t="s">
+        <v>417</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>528</v>
+      </c>
+      <c r="P81" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>530</v>
+      </c>
+      <c r="B82" t="s">
+        <v>531</v>
+      </c>
+      <c r="C82" t="s">
+        <v>415</v>
+      </c>
+      <c r="D82" t="s">
+        <v>110</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>120</v>
+      </c>
+      <c r="G82" t="s">
+        <v>532</v>
+      </c>
+      <c r="H82">
+        <v>1994</v>
+      </c>
+      <c r="I82">
+        <v>2014</v>
+      </c>
+      <c r="J82" t="s">
+        <v>353</v>
+      </c>
+      <c r="K82" t="s">
+        <v>34</v>
+      </c>
+      <c r="L82" t="s">
+        <v>533</v>
+      </c>
+      <c r="M82" t="s">
+        <v>417</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>534</v>
+      </c>
+      <c r="P82" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>536</v>
+      </c>
+      <c r="B83" t="s">
+        <v>537</v>
+      </c>
+      <c r="C83" t="s">
+        <v>415</v>
+      </c>
+      <c r="D83" t="s">
+        <v>538</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>120</v>
+      </c>
+      <c r="G83" t="s">
+        <v>532</v>
+      </c>
+      <c r="H83">
+        <v>2002</v>
+      </c>
+      <c r="I83">
+        <v>2007</v>
+      </c>
+      <c r="J83" t="s">
+        <v>238</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83" t="s">
+        <v>539</v>
+      </c>
+      <c r="M83" t="s">
+        <v>417</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>540</v>
+      </c>
+      <c r="P83" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>542</v>
+      </c>
+      <c r="B84" t="s">
+        <v>543</v>
+      </c>
+      <c r="C84" t="s">
+        <v>237</v>
+      </c>
+      <c r="D84" t="s">
+        <v>110</v>
+      </c>
+      <c r="E84" t="s">
+        <v>42</v>
+      </c>
+      <c r="F84" t="s">
+        <v>89</v>
+      </c>
+      <c r="G84" t="s">
+        <v>54</v>
+      </c>
+      <c r="H84">
+        <v>2014</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>544</v>
+      </c>
+      <c r="K84" t="s">
+        <v>34</v>
+      </c>
+      <c r="L84" t="s">
+        <v>545</v>
+      </c>
+      <c r="M84" t="s">
+        <v>546</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>547</v>
+      </c>
+      <c r="P84" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>549</v>
+      </c>
+      <c r="B85" t="s">
+        <v>550</v>
+      </c>
+      <c r="C85" t="s">
+        <v>237</v>
+      </c>
+      <c r="D85" t="s">
+        <v>403</v>
+      </c>
+      <c r="E85" t="s">
+        <v>42</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>54</v>
+      </c>
+      <c r="H85">
+        <v>2014</v>
+      </c>
+      <c r="I85"/>
+      <c r="J85" t="s">
+        <v>405</v>
+      </c>
+      <c r="K85" t="s">
+        <v>34</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>551</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>552</v>
+      </c>
+      <c r="P85" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>554</v>
+      </c>
+      <c r="B86" t="s">
+        <v>555</v>
+      </c>
+      <c r="C86" t="s">
+        <v>556</v>
+      </c>
+      <c r="D86" t="s">
+        <v>119</v>
+      </c>
+      <c r="E86" t="s">
+        <v>42</v>
+      </c>
+      <c r="F86" t="s">
+        <v>120</v>
+      </c>
+      <c r="G86" t="s">
+        <v>54</v>
+      </c>
+      <c r="H86">
+        <v>2016</v>
+      </c>
+      <c r="I86"/>
+      <c r="J86" t="s">
+        <v>247</v>
+      </c>
+      <c r="K86" t="s">
+        <v>34</v>
+      </c>
+      <c r="L86" t="s">
+        <v>121</v>
+      </c>
+      <c r="M86" t="s">
+        <v>557</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>558</v>
+      </c>
+      <c r="P86" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>560</v>
+      </c>
+      <c r="B87" t="s">
+        <v>561</v>
+      </c>
+      <c r="C87" t="s">
+        <v>562</v>
+      </c>
+      <c r="D87" t="s">
+        <v>61</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>120</v>
+      </c>
+      <c r="G87" t="s">
+        <v>54</v>
+      </c>
+      <c r="H87">
+        <v>2014</v>
+      </c>
+      <c r="I87">
+        <v>2019</v>
+      </c>
+      <c r="J87" t="s">
         <v>69</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63">
+      <c r="K87" t="s">
+        <v>34</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>563</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>564</v>
+      </c>
+      <c r="P87" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>566</v>
+      </c>
+      <c r="B88" t="s">
+        <v>567</v>
+      </c>
+      <c r="C88" t="s">
+        <v>562</v>
+      </c>
+      <c r="D88" t="s">
+        <v>110</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>120</v>
+      </c>
+      <c r="G88" t="s">
+        <v>54</v>
+      </c>
+      <c r="H88">
         <v>2017</v>
       </c>
-      <c r="H63"/>
-[...1058 lines deleted...]
-      </c>
+      <c r="I88"/>
       <c r="J88" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="K88" t="s">
+        <v>34</v>
+      </c>
+      <c r="L88"/>
       <c r="M88" t="s">
-        <v>24</v>
+        <v>563</v>
       </c>
       <c r="N88" t="s">
-        <v>397</v>
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>568</v>
+      </c>
+      <c r="P88" t="s">
+        <v>569</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>