--- v1 (2025-12-06)
+++ v2 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="570">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="571">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -667,50 +667,53 @@
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
     <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
   </si>
   <si>
     <t>Eco-Design Requirements for Water Pump Energy Efficiency (8441/2021)</t>
   </si>
   <si>
     <t>This standard establishes ecodesign requirements for rotodynamic water pumps for pumping clean water, including those integrated into other products, and efficiency labeling requirements.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
+    <t>Entered into force, New, Superseded</t>
+  </si>
+  <si>
     <t>ICS 23.080</t>
   </si>
   <si>
     <t>Egyptian Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eco-design-requirements-water-pump-energy-efficiency-84412021</t>
   </si>
   <si>
     <t>https://www.eos.org.eg/en/standard/15248</t>
   </si>
   <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
@@ -1206,67 +1209,67 @@
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
   </si>
   <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
@@ -2096,51 +2099,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="278.361" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -3568,2836 +3571,2836 @@
       </c>
       <c r="P30" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>214</v>
       </c>
       <c r="B31" t="s">
         <v>215</v>
       </c>
       <c r="C31" t="s">
         <v>216</v>
       </c>
       <c r="D31" t="s">
         <v>163</v>
       </c>
       <c r="E31" t="s">
         <v>42</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
-        <v>54</v>
+        <v>217</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>165</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>120</v>
       </c>
       <c r="G32" t="s">
         <v>54</v>
       </c>
       <c r="H32">
         <v>2017</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>90</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D33" t="s">
         <v>119</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
         <v>120</v>
       </c>
       <c r="G33" t="s">
         <v>129</v>
       </c>
       <c r="H33"/>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>165</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D34" t="s">
         <v>110</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>120</v>
       </c>
       <c r="G35" t="s">
         <v>54</v>
       </c>
       <c r="H35">
         <v>2017</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="P35" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>120</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2016</v>
       </c>
       <c r="I36">
         <v>2019</v>
       </c>
       <c r="J36" t="s">
         <v>165</v>
       </c>
       <c r="K36" t="s">
         <v>45</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B37" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C37" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D37" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>120</v>
       </c>
       <c r="G37" t="s">
         <v>54</v>
       </c>
       <c r="H37">
         <v>2021</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M37" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B38" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C38" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D38" t="s">
         <v>61</v>
       </c>
       <c r="E38" t="s">
         <v>42</v>
       </c>
       <c r="F38" t="s">
         <v>89</v>
       </c>
       <c r="G38" t="s">
         <v>54</v>
       </c>
       <c r="H38">
         <v>2001</v>
       </c>
       <c r="I38">
         <v>2012</v>
       </c>
       <c r="J38" t="s">
         <v>69</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M38" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P38" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D39" t="s">
         <v>61</v>
       </c>
       <c r="E39" t="s">
         <v>42</v>
       </c>
       <c r="F39" t="s">
         <v>89</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2001</v>
       </c>
       <c r="I39">
         <v>2018</v>
       </c>
       <c r="J39" t="s">
         <v>69</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="M39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B40" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C40" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D40" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>89</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2014</v>
       </c>
       <c r="I40">
         <v>2021</v>
       </c>
       <c r="J40" t="s">
         <v>69</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B41" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>89</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1995</v>
       </c>
       <c r="I41">
         <v>2015</v>
       </c>
       <c r="J41" t="s">
         <v>69</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="M41" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P41" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D42" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>90</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B43" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C43" t="s">
         <v>60</v>
       </c>
       <c r="D43" t="s">
         <v>110</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2005</v>
       </c>
       <c r="I43">
         <v>2011</v>
       </c>
       <c r="J43" t="s">
         <v>69</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
         <v>142</v>
       </c>
       <c r="M43" t="s">
         <v>64</v>
       </c>
       <c r="N43" t="s">
         <v>36</v>
       </c>
       <c r="O43" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="P43" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B44" t="s">
         <v>181</v>
       </c>
       <c r="C44" t="s">
         <v>60</v>
       </c>
       <c r="D44" t="s">
         <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
       <c r="I44">
         <v>2008</v>
       </c>
       <c r="J44" t="s">
         <v>69</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
         <v>82</v>
       </c>
       <c r="M44" t="s">
         <v>64</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P44" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B45" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C45" t="s">
         <v>60</v>
       </c>
       <c r="D45" t="s">
         <v>110</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2005</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
         <v>69</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M45" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="P45" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B46" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C46" t="s">
         <v>60</v>
       </c>
       <c r="D46" t="s">
         <v>110</v>
       </c>
       <c r="E46" t="s">
         <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2005</v>
       </c>
       <c r="I46">
         <v>2016</v>
       </c>
       <c r="J46" t="s">
         <v>69</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="M46" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="P46" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B47" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C47" t="s">
         <v>60</v>
       </c>
       <c r="D47" t="s">
         <v>110</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2005</v>
       </c>
       <c r="I47">
         <v>2016</v>
       </c>
       <c r="J47" t="s">
         <v>69</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="M47" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N47" t="s">
         <v>36</v>
       </c>
       <c r="O47" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="P47" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B48" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C48" t="s">
         <v>60</v>
       </c>
       <c r="D48" t="s">
         <v>110</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2005</v>
       </c>
       <c r="I48">
         <v>2017</v>
       </c>
       <c r="J48" t="s">
         <v>69</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="M48" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N48" t="s">
         <v>36</v>
       </c>
       <c r="O48" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P48" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B49" t="s">
         <v>59</v>
       </c>
       <c r="C49" t="s">
         <v>60</v>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2020</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>62</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
         <v>63</v>
       </c>
       <c r="M49" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B50" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C50" t="s">
         <v>60</v>
       </c>
       <c r="D50" t="s">
         <v>110</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2020</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>62</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="M50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N50" t="s">
         <v>36</v>
       </c>
       <c r="O50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B51" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C51" t="s">
         <v>60</v>
       </c>
       <c r="D51" t="s">
         <v>110</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2020</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>62</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="M51" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="P51" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B52" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C52" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D52" t="s">
         <v>135</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>54</v>
       </c>
       <c r="H52">
         <v>1986</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>81</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="P52" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="B53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C53" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D53" t="s">
         <v>110</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>89</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>1996</v>
       </c>
       <c r="I53">
         <v>2010</v>
       </c>
       <c r="J53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="K53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="P53" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B54" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C54" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D54" t="s">
         <v>110</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>43</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2010</v>
       </c>
       <c r="I54">
         <v>2021</v>
       </c>
       <c r="J54" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K54" t="s">
         <v>34</v>
       </c>
       <c r="L54" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M54" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="P54" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B55" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C55" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D55" t="s">
         <v>110</v>
       </c>
       <c r="E55" t="s">
         <v>42</v>
       </c>
       <c r="F55" t="s">
         <v>43</v>
       </c>
       <c r="G55" t="s">
         <v>54</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K55" t="s">
         <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="M55" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P55" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B56" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C56" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D56" t="s">
         <v>61</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>54</v>
       </c>
       <c r="H56">
         <v>2009</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="K56" t="s">
         <v>34</v>
       </c>
       <c r="L56" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="M56" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N56" t="s">
         <v>36</v>
       </c>
       <c r="O56" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="P56" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="B57" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C57" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D57" t="s">
         <v>110</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>120</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
         <v>2002</v>
       </c>
       <c r="I57">
         <v>2002</v>
       </c>
       <c r="J57" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="K57" t="s">
         <v>34</v>
       </c>
       <c r="L57" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="M57" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="N57" t="s">
         <v>36</v>
       </c>
       <c r="O57" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="P57" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B58" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C58" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D58" t="s">
         <v>98</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2013</v>
       </c>
       <c r="I58">
         <v>2014</v>
       </c>
       <c r="J58" t="s">
         <v>69</v>
       </c>
       <c r="K58" t="s">
         <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M58" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="P58" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B59" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C59" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D59" t="s">
         <v>61</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>43</v>
       </c>
       <c r="G59" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H59">
         <v>2021</v>
       </c>
       <c r="I59"/>
       <c r="J59" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K59" t="s">
         <v>34</v>
       </c>
       <c r="L59" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="M59" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="P59" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B60" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C60" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D60" t="s">
         <v>61</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>22</v>
       </c>
       <c r="H60">
         <v>2010</v>
       </c>
       <c r="I60">
         <v>2012</v>
       </c>
       <c r="J60" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="P60" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B61" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C61" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D61" t="s">
         <v>61</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H61">
         <v>2021</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M61" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="P61" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B62" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C62" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D62" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G62" t="s">
         <v>54</v>
       </c>
       <c r="H62">
         <v>2021</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="P62" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="B63" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C63" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D63" t="s">
         <v>88</v>
       </c>
       <c r="E63" t="s">
         <v>42</v>
       </c>
       <c r="F63" t="s">
         <v>43</v>
       </c>
       <c r="G63" t="s">
         <v>54</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="P63" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B64" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C64" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D64" t="s">
         <v>110</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2014</v>
       </c>
       <c r="I64">
         <v>2025</v>
       </c>
       <c r="J64" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K64" t="s">
         <v>34</v>
       </c>
       <c r="L64"/>
       <c r="M64" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="P64" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B65" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C65" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D65" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>2004</v>
       </c>
       <c r="I65">
         <v>2015</v>
       </c>
       <c r="J65" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K65" t="s">
         <v>34</v>
       </c>
       <c r="L65" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="M65" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="P65" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B66" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D66" t="s">
         <v>110</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>22</v>
       </c>
       <c r="H66">
         <v>1996</v>
       </c>
       <c r="I66">
         <v>2005</v>
       </c>
       <c r="J66" t="s">
         <v>33</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
       <c r="L66" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="M66" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P66" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B67" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C67" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D67" t="s">
         <v>61</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>120</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2006</v>
       </c>
       <c r="I67">
         <v>2025</v>
       </c>
       <c r="J67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
       <c r="L67" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M67" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="P67" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B68" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C68" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D68" t="s">
         <v>110</v>
       </c>
       <c r="E68" t="s">
         <v>42</v>
       </c>
       <c r="F68" t="s">
         <v>89</v>
       </c>
       <c r="G68" t="s">
         <v>54</v>
       </c>
       <c r="H68">
         <v>2011</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M68" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="P68" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B69" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C69" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D69" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>120</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>2017</v>
       </c>
       <c r="I69">
         <v>2021</v>
       </c>
       <c r="J69" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="K69" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="L69" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="M69" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="N69" t="s">
         <v>36</v>
       </c>
       <c r="O69" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="P69" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B70" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C70" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D70" t="s">
         <v>119</v>
       </c>
       <c r="E70" t="s">
         <v>42</v>
       </c>
       <c r="F70" t="s">
         <v>120</v>
       </c>
       <c r="G70" t="s">
         <v>129</v>
       </c>
       <c r="H70"/>
       <c r="I70"/>
       <c r="J70" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
         <v>121</v>
       </c>
       <c r="M70" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="P70" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B71" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C71" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>1982</v>
       </c>
       <c r="I71">
         <v>2024</v>
       </c>
       <c r="J71" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="K71" t="s">
         <v>24</v>
       </c>
       <c r="L71"/>
       <c r="M71" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="N71" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="O71" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="P71" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B72" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C72" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D72" t="s">
         <v>61</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>43</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2010</v>
       </c>
       <c r="I72">
         <v>2016</v>
       </c>
       <c r="J72" t="s">
         <v>44</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P72" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B73" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C73" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D73" t="s">
         <v>88</v>
       </c>
       <c r="E73" t="s">
         <v>20</v>
       </c>
       <c r="F73" t="s">
         <v>120</v>
       </c>
       <c r="G73" t="s">
         <v>54</v>
       </c>
       <c r="H73">
         <v>2019</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>90</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73"/>
       <c r="M73" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="P73" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B74" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C74" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D74" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>43</v>
       </c>
       <c r="G74" t="s">
         <v>54</v>
       </c>
       <c r="H74">
         <v>2018</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>44</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P74" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B75" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C75" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D75" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75" t="s">
         <v>120</v>
       </c>
       <c r="G75" t="s">
         <v>54</v>
       </c>
       <c r="H75">
         <v>2015</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>165</v>
       </c>
       <c r="K75" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="L75" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="M75" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="P75" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B76" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C76" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D76" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
         <v>120</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
         <v>2008</v>
       </c>
       <c r="I76">
         <v>2019</v>
       </c>
       <c r="J76" t="s">
         <v>165</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="M76" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="P76" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B77" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C77" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D77" t="s">
         <v>110</v>
       </c>
       <c r="E77" t="s">
         <v>42</v>
       </c>
       <c r="F77" t="s">
         <v>89</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
         <v>2002</v>
       </c>
       <c r="I77">
         <v>2012</v>
       </c>
       <c r="J77" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M77" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P77" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B78" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C78" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D78" t="s">
         <v>110</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>89</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2004</v>
       </c>
       <c r="I78">
         <v>2012</v>
       </c>
       <c r="J78" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K78" t="s">
         <v>34</v>
       </c>
       <c r="L78" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M78" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="P78" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B79" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C79" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D79" t="s">
         <v>88</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
         <v>120</v>
       </c>
       <c r="G79" t="s">
         <v>54</v>
       </c>
       <c r="H79">
         <v>2004</v>
       </c>
       <c r="I79"/>
       <c r="J79" t="s">
         <v>165</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="P79" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B80" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C80" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D80" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
         <v>21</v>
       </c>
       <c r="G80" t="s">
         <v>54</v>
       </c>
       <c r="H80">
         <v>2019</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
         <v>90</v>
       </c>
       <c r="K80" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="N80" t="s">
         <v>158</v>
       </c>
       <c r="O80" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="P80" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B81" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C81" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D81" t="s">
         <v>110</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>21</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
         <v>2000</v>
       </c>
       <c r="I81">
         <v>2014</v>
       </c>
       <c r="J81" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K81" t="s">
         <v>34</v>
       </c>
       <c r="L81" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M81" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N81" t="s">
         <v>27</v>
       </c>
       <c r="O81" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="P81" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B82" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C82" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D82" t="s">
         <v>110</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>120</v>
       </c>
       <c r="G82" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H82">
         <v>1994</v>
       </c>
       <c r="I82">
         <v>2014</v>
       </c>
       <c r="J82" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="M82" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="P82" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B83" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C83" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D83" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
         <v>120</v>
       </c>
       <c r="G83" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H83">
         <v>2002</v>
       </c>
       <c r="I83">
         <v>2007</v>
       </c>
       <c r="J83" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M83" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="P83" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B84" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C84" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D84" t="s">
         <v>110</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
         <v>89</v>
       </c>
       <c r="G84" t="s">
         <v>54</v>
       </c>
       <c r="H84">
         <v>2014</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="K84" t="s">
         <v>34</v>
       </c>
       <c r="L84" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="M84" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="P84" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B85" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C85" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D85" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E85" t="s">
         <v>42</v>
       </c>
       <c r="F85" t="s">
         <v>21</v>
       </c>
       <c r="G85" t="s">
         <v>54</v>
       </c>
       <c r="H85">
         <v>2014</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="K85" t="s">
         <v>34</v>
       </c>
       <c r="L85"/>
       <c r="M85" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="P85" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B86" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C86" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D86" t="s">
         <v>119</v>
       </c>
       <c r="E86" t="s">
         <v>42</v>
       </c>
       <c r="F86" t="s">
         <v>120</v>
       </c>
       <c r="G86" t="s">
         <v>54</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K86" t="s">
         <v>34</v>
       </c>
       <c r="L86" t="s">
         <v>121</v>
       </c>
       <c r="M86" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="P86" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B87" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C87" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D87" t="s">
         <v>61</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>120</v>
       </c>
       <c r="G87" t="s">
         <v>54</v>
       </c>
       <c r="H87">
         <v>2014</v>
       </c>
       <c r="I87">
         <v>2019</v>
       </c>
       <c r="J87" t="s">
         <v>69</v>
       </c>
       <c r="K87" t="s">
         <v>34</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="P87" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B88" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C88" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D88" t="s">
         <v>110</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>120</v>
       </c>
       <c r="G88" t="s">
         <v>54</v>
       </c>
       <c r="H88">
         <v>2017</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P88" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">