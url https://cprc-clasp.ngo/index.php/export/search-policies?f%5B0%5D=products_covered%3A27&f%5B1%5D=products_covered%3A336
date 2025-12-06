--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,1154 +12,1640 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-034. Cooker Hood</t>
   </si>
   <si>
+    <t>Applies to cooker hoods with the rated voltage not exceeding 250 V and cookers stove and similar types with upper hood</t>
+  </si>
+  <si>
     <t>GB 29539-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-034-cooker-hood</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B630_%E5%90%B8%E6%B2%B9%E7%83%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-036. Household Cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does not apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>GB 21456-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-036-household-cookers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B615_%E5%AE%B6%E7%94%A8%E7%94%B5%E7%A3%81%E7%81%B6%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Conpet Seal Gas stoves and ovens</t>
   </si>
   <si>
+    <t>Gas stoves and ovens</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>NBR 13723 1/1999 parte 1, NBR 13723 2/1999 parte 2, NBR 14583/2000</t>
   </si>
   <si>
     <t>National Program of Rational Use of Oil and Natural Gas (Conpet)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/conpet-seal-gas-stoves-and-ovens</t>
   </si>
   <si>
+    <t>https://thebrazilbusiness.com/article/energy-efficiency-labeling-in-brazil</t>
+  </si>
+  <si>
     <t>CQC31-448184-2011. CQC Mark Certification - Commercial Induction Cooker</t>
   </si>
   <si>
+    <t>Applies to household induction coookers with one or more heating units with the rated power of each unit of 700W</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>SB-T 10548</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448184-2011-cqc-mark-certification-commercial-induction-cooker</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492839.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>CQC61-445151-2015. CQC Mark Certification - Commercial gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW. A nominal diameter should not be less than 600 mm.</t>
+  </si>
+  <si>
     <t>GB 30531-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-445151-2015-cqc-mark-certification-commercial-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/512311.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448151-2018 Energy Conservation and Environmentally-friendly Certification Rules for Range Hood</t>
   </si>
   <si>
+    <t>Applies to venting type range hood products -except for intgrated kitchen; installed above cooker cooking range or appliances of similar purpose with the rated voltage not exceeding 250V.</t>
+  </si>
+  <si>
     <t>CQC6101-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448151-2018-energy-conservation-and-environmentally-friendly-certification-rules</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-05-08/498678.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448211-2015. CQC Mark Certification - domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Applies to products with rated load no bigger than 5.23kW for a single burner</t>
+  </si>
+  <si>
     <t>CQC 6151-2009 QB/T 1236-2008 GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc61-448211-2015-cqc-mark-certification-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/512168.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Gas Burning Cooking Appliances; En-Tech 10004066280</t>
   </si>
   <si>
+    <t>Gas Burning Cooking Appliances shall meet the requirements of CNS 13604; and the definition of C.C.C. Code 7321.81.00.00-0-A; or recognized by the Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 13604</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-gas-burning-cooking</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=19%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Range Hoods; No. En-Tech 10105012081</t>
   </si>
   <si>
+    <t>Range Hoods shall meet the requirements of CNS 3765-31 - Safety of household and similar electrical appliances - Part 2: Particular requirements of range hoods. Meanwhile products shall meet the definition of C.C.C. Code 8414.60.00.00-1; or recognized by the Bureau of Energy; MOEA as range hood.</t>
+  </si>
+  <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-range-hoods-no-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=47</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Cooktop</t>
+  </si>
+  <si>
+    <t>This program covers an electric induction cooker with 1 – 4 heads and the diameter of the cooker does not exceed 220 mm. Covers Portable type and built-in type all sizes (watts), single-phase AC, rated frequency 50 Hz and rated voltage does not exceed 250 V, manufactured locally or imported for sale in Thailand, and must not be a product that does not pass the random test of electric efficiency of the program within 1 year from the notification of the random test result.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013)
 ,   
                     IEC 61817
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-cooktop</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/stove.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Electric Stoves</t>
   </si>
   <si>
+    <t>This program covers shallow bottoms pan type: heating type integrated with pan, separate heating with the pan.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2673-2559 (2016)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-stoves</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pan.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Gas cooking appliances</t>
   </si>
   <si>
+    <t>This policy covers gas burners.</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 29539-2013 Minimum allowable values of energy efficiency and energy efficiency grades for range hoods</t>
   </si>
   <si>
+    <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
+  </si>
+  <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N108 - Gas Stoves</t>
   </si>
   <si>
+    <t>gas stoves as defined in CNS 13604 on Gas Cooking Appliances.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n108-gas-stoves</t>
   </si>
   <si>
     <t>Greenmark N131 - Range Hoods</t>
   </si>
   <si>
+    <t>This standard is applicable to range hoods which meet the definition of CNS 3805.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n131-range-hoods</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/131/3287c4fc-6816-4ef9-ba60-17a5ca19b988.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N72 - Induction Cookers</t>
   </si>
   <si>
+    <t>This standard applies to induction cookers which meet the requirements of CNS12339.</t>
+  </si>
+  <si>
     <t>CNS13803</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n72-induction-cookers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/Eng/Criteriax_Detail.aspx?Serial=70</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Range Hood</t>
   </si>
   <si>
+    <t>This scheme covers domestic range hoods, operated by a motor which it controls, intended to collect contaminated air from above a hob, with a rated voltage not exceeding 250 volts. Excluded - Commercial fume hoods or intended to be used in locations with special conditions such as potentially corrosive or explosive atmospheres (dust, vapors, or gases).</t>
+  </si>
+  <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>TIS 710–2530 or JIS C 9603:1988</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-range-hood</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/18_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>INTE E17-1 2017</t>
   </si>
   <si>
+    <t>This national standard establishes the minimum limits of energy efficiency that electric cookers; insoles and electric ovens with resistive elements for domestic use and induction templates for domestic use must meet. Applies for electric ranges that use a 60 Hz AC source with a nominal system voltage of 120-240 V.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 2859-1</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-1-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-1-2017-eficiencia-energetica-cocinas-electricas-plantillas-plantillas-de-induccion-y-hornos-electricos-de-uso-domestico-parte-1-requisitos-1048?search=INTE+E17-1</t>
+  </si>
+  <si>
     <t>INTE E17-2 2017</t>
   </si>
   <si>
+    <t>This standard applies to electric cookers; insoles and electric ovens for domestic use with electrical connection 120 V; 240 V at 60 Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e17-2-2017</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e17-2-2017-eficiencia-energetica-cocinas-electricas-plantillas-y-hornos-electricos-de-uso-domestico-parte-2-etiquetado-1558?search=INTE+E17-2</t>
+  </si>
+  <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 14628-Determination of Criteria for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Covers air units with capacity of 3570m3 per h to 34000m3 per h</t>
+  </si>
+  <si>
     <t>ISIRI 10335</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-14628-determination-criteria-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Ministerial Regulations Determining High Efficiency Electric Stove, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric stoves that have a heat source under the surface of the cooking part for heating the container (one-phase alternating current, with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz). This policy covers hot plate electric stoves and induction stoves and excludes industrial electric stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, Cooktops or Hobs</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-determining-high-efficiency-electric-stove-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048429</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Pans, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric shallow frying pans, which include pans with built-in and separate heating systems (single-phase AC, a rated frequency of 50 Hz, and a rated voltage that does not exceed 250 V).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-pans-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=17162822</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Liquefied petroleum gas (LPG) Cookstoves, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers household stoves that use liquefied petroleum gas.</t>
+  </si>
+  <si>
     <t>LPG</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-liquefied-petroleum-gas-lpg</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048419</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 69 - Labeling for Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>Labeling for gas cooking appliances.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC Nº7/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-69-labeling-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_COMBUSTIBLES/PC_7-1_2.PDF</t>
+  </si>
+  <si>
     <t>Schedule 9 - Domestic Liquefied Petroleum Gas Stoves</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling requirements for domestic gas stoves using LPG at 30 gf/cm2 gas inlet pressure being manufactured, imported, or sold in India</t>
+  </si>
+  <si>
     <t>IS 4246:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-9-domestic-liquefied-petroleum-gas-stoves</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Final_LPG_schedule.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-025-ENER-2013 - Domestic Gas Cooking Appliances</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for household gas cooking appliances.</t>
+  </si>
+  <si>
     <t>NOM-010-SESH-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-025-ener-2013-domestic-gas-cooking-appliances</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5302707&amp;fecha=17/06/2013</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Natural Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
-    <t>Ministry of Energy and Natural Resources</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>EU 65-2014</t>
-[...4 lines deleted...]
-  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1423,3607 +1909,4098 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N83"/>
+  <dimension ref="A1:P83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5">
+        <v>1991</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...25 lines deleted...]
-      <c r="H3">
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>102</v>
+      </c>
+      <c r="B14" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" t="s">
+        <v>85</v>
+      </c>
+      <c r="D14" t="s">
+        <v>104</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>105</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>92</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>114</v>
+      </c>
+      <c r="F16" t="s">
+        <v>115</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2011</v>
+      </c>
+      <c r="J16" t="s">
+        <v>68</v>
+      </c>
+      <c r="K16" t="s">
+        <v>116</v>
+      </c>
+      <c r="L16" t="s">
+        <v>117</v>
+      </c>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>122</v>
+      </c>
+      <c r="C17" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E17" t="s">
+        <v>114</v>
+      </c>
+      <c r="F17" t="s">
+        <v>115</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2015</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>67</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
+        <v>114</v>
+      </c>
+      <c r="F18" t="s">
+        <v>115</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>68</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>130</v>
+      </c>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>36</v>
+      </c>
+      <c r="O18" t="s">
+        <v>131</v>
+      </c>
+      <c r="P18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>133</v>
+      </c>
+      <c r="B19" t="s">
+        <v>134</v>
+      </c>
+      <c r="C19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>114</v>
+      </c>
+      <c r="F19" t="s">
+        <v>115</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2010</v>
+      </c>
+      <c r="J19" t="s">
+        <v>135</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>69</v>
+      </c>
+      <c r="M19" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>136</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
+        <v>114</v>
+      </c>
+      <c r="F20" t="s">
+        <v>115</v>
+      </c>
+      <c r="G20" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>44</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>139</v>
+      </c>
+      <c r="M20" t="s">
+        <v>140</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>143</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>67</v>
+      </c>
+      <c r="D21" t="s">
+        <v>99</v>
+      </c>
+      <c r="E21" t="s">
+        <v>114</v>
+      </c>
+      <c r="F21" t="s">
+        <v>115</v>
+      </c>
+      <c r="G21" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>145</v>
+      </c>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" t="s">
+        <v>99</v>
+      </c>
+      <c r="E22" t="s">
+        <v>114</v>
+      </c>
+      <c r="F22" t="s">
+        <v>115</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>150</v>
+      </c>
+      <c r="M22" t="s">
+        <v>140</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>67</v>
+      </c>
+      <c r="D23" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" t="s">
+        <v>114</v>
+      </c>
+      <c r="F23" t="s">
+        <v>115</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2015</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>123</v>
+      </c>
+      <c r="K23" t="s">
+        <v>116</v>
+      </c>
+      <c r="L23" t="s">
+        <v>155</v>
+      </c>
+      <c r="M23" t="s">
+        <v>125</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>156</v>
+      </c>
+      <c r="P23" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" t="s">
+        <v>52</v>
+      </c>
+      <c r="E24" t="s">
+        <v>114</v>
+      </c>
+      <c r="F24" t="s">
+        <v>115</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24">
+        <v>2018</v>
+      </c>
+      <c r="J24" t="s">
+        <v>123</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24" t="s">
+        <v>160</v>
+      </c>
+      <c r="M24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>161</v>
+      </c>
+      <c r="P24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
+        <v>114</v>
+      </c>
+      <c r="F25" t="s">
+        <v>115</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>123</v>
+      </c>
+      <c r="K25" t="s">
+        <v>116</v>
+      </c>
+      <c r="L25" t="s">
+        <v>165</v>
+      </c>
+      <c r="M25" t="s">
+        <v>125</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>166</v>
+      </c>
+      <c r="P25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" t="s">
+        <v>169</v>
+      </c>
+      <c r="C26" t="s">
+        <v>170</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>172</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
         <v>2023</v>
       </c>
-      <c r="I3" t="s">
-[...22 lines deleted...]
-      <c r="B4" t="s">
+      <c r="J26" t="s">
+        <v>173</v>
+      </c>
+      <c r="K26" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...110 lines deleted...]
-      <c r="N6" t="s">
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>174</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>175</v>
+      </c>
+      <c r="P26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
         <v>52</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G7">
+      <c r="E27" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" t="s">
+        <v>115</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...584 lines deleted...]
-      <c r="G21">
+      <c r="I27">
         <v>2018</v>
       </c>
-      <c r="H21"/>
-[...99 lines deleted...]
-      <c r="N23" t="s">
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>187</v>
+      </c>
+      <c r="D28" t="s">
+        <v>52</v>
+      </c>
+      <c r="E28" t="s">
         <v>114</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" t="s">
+      <c r="F28" t="s">
         <v>115</v>
       </c>
-      <c r="B24" t="s">
-[...189 lines deleted...]
-        <v>2011</v>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
-      <c r="I28" t="s">
-        <v>100</v>
+      <c r="I28">
+        <v>2011</v>
       </c>
       <c r="J28" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
       <c r="K28" t="s">
-        <v>136</v>
+        <v>116</v>
       </c>
       <c r="L28" t="s">
-        <v>137</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N28" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>190</v>
+      </c>
+      <c r="P28" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>139</v>
+        <v>192</v>
       </c>
       <c r="B29" t="s">
+        <v>193</v>
+      </c>
+      <c r="C29" t="s">
+        <v>187</v>
+      </c>
+      <c r="D29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E29" t="s">
+        <v>114</v>
+      </c>
+      <c r="F29" t="s">
+        <v>115</v>
+      </c>
+      <c r="G29" t="s">
+        <v>43</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>135</v>
       </c>
-      <c r="C29" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="K29" t="s">
-        <v>140</v>
+        <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>137</v>
+        <v>194</v>
       </c>
       <c r="M29" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N29" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>142</v>
+        <v>197</v>
       </c>
       <c r="B30" t="s">
-        <v>143</v>
+        <v>198</v>
       </c>
       <c r="C30" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E30" t="s">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>60</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
         <v>2014</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2019</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>29</v>
+        <v>200</v>
       </c>
       <c r="K30" t="s">
-        <v>145</v>
+        <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>146</v>
+        <v>201</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="N30" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>148</v>
+        <v>205</v>
       </c>
       <c r="B31" t="s">
-        <v>143</v>
+        <v>206</v>
       </c>
       <c r="C31" t="s">
-        <v>43</v>
+        <v>199</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E31" t="s">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G31">
+        <v>60</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2015</v>
       </c>
-      <c r="H31">
+      <c r="I31">
         <v>2019</v>
       </c>
-      <c r="I31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>29</v>
+        <v>207</v>
       </c>
       <c r="K31" t="s">
-        <v>150</v>
+        <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>146</v>
+        <v>208</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>202</v>
       </c>
       <c r="N31" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>152</v>
+        <v>211</v>
       </c>
       <c r="B32" t="s">
-        <v>153</v>
+        <v>212</v>
       </c>
       <c r="C32" t="s">
-        <v>35</v>
+        <v>213</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E32" t="s">
-        <v>154</v>
+        <v>20</v>
       </c>
       <c r="F32" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>214</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
         <v>2009</v>
       </c>
-      <c r="H32">
+      <c r="I32">
         <v>2023</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>215</v>
+      </c>
+      <c r="M32" t="s">
+        <v>216</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>220</v>
+      </c>
+      <c r="C33" t="s">
+        <v>221</v>
+      </c>
+      <c r="D33" t="s">
+        <v>222</v>
+      </c>
+      <c r="E33" t="s">
         <v>20</v>
       </c>
-      <c r="J32" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>214</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2016</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2019</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>161</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K33" t="s">
+        <v>223</v>
+      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="N33" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>164</v>
+        <v>227</v>
       </c>
       <c r="B34" t="s">
-        <v>165</v>
+        <v>228</v>
       </c>
       <c r="C34" t="s">
-        <v>43</v>
+        <v>229</v>
       </c>
       <c r="D34" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E34" t="s">
-        <v>49</v>
+        <v>114</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>60</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2006</v>
       </c>
-      <c r="I34" t="s">
-        <v>166</v>
+      <c r="I34">
+        <v>2006</v>
       </c>
       <c r="J34" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="K34" t="s">
+        <v>116</v>
+      </c>
+      <c r="L34"/>
       <c r="M34" t="s">
-        <v>24</v>
+        <v>231</v>
       </c>
       <c r="N34" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>169</v>
+        <v>234</v>
       </c>
       <c r="B35" t="s">
-        <v>54</v>
+        <v>235</v>
       </c>
       <c r="C35" t="s">
-        <v>35</v>
+        <v>67</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2006</v>
       </c>
-      <c r="H35">
+      <c r="I35">
         <v>2024</v>
       </c>
-      <c r="I35" t="s">
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>236</v>
+      </c>
+      <c r="M35" t="s">
+        <v>70</v>
+      </c>
+      <c r="N35" t="s">
+        <v>36</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>239</v>
+      </c>
+      <c r="B36" t="s">
+        <v>240</v>
+      </c>
+      <c r="C36" t="s">
+        <v>67</v>
+      </c>
+      <c r="D36" t="s">
+        <v>99</v>
+      </c>
+      <c r="E36" t="s">
         <v>20</v>
       </c>
-      <c r="J35" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36">
+        <v>2020</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>68</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36" t="s">
+        <v>241</v>
+      </c>
+      <c r="M36" t="s">
+        <v>242</v>
+      </c>
+      <c r="N36" t="s">
         <v>36</v>
       </c>
-      <c r="G36">
-[...22 lines deleted...]
-    <row r="37" spans="1:14">
+      <c r="O36" t="s">
+        <v>243</v>
+      </c>
+      <c r="P36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>176</v>
+        <v>245</v>
       </c>
       <c r="B37" t="s">
-        <v>54</v>
+        <v>246</v>
       </c>
       <c r="C37" t="s">
+        <v>67</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
         <v>43</v>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37" t="s">
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>123</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>247</v>
+      </c>
+      <c r="M37" t="s">
+        <v>70</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>248</v>
+      </c>
+      <c r="P37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>250</v>
+      </c>
+      <c r="B38" t="s">
+        <v>251</v>
+      </c>
+      <c r="C38" t="s">
+        <v>67</v>
+      </c>
+      <c r="D38" t="s">
+        <v>252</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>253</v>
+      </c>
+      <c r="H38">
+        <v>2008</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>254</v>
+      </c>
+      <c r="K38" t="s">
+        <v>116</v>
+      </c>
+      <c r="L38" t="s">
+        <v>255</v>
+      </c>
+      <c r="M38" t="s">
+        <v>70</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>256</v>
+      </c>
+      <c r="P38" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>258</v>
+      </c>
+      <c r="B39" t="s">
+        <v>259</v>
+      </c>
+      <c r="C39" t="s">
+        <v>67</v>
+      </c>
+      <c r="D39" t="s">
+        <v>99</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>43</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>123</v>
+      </c>
+      <c r="K39" t="s">
+        <v>34</v>
+      </c>
+      <c r="L39" t="s">
+        <v>260</v>
+      </c>
+      <c r="M39" t="s">
+        <v>242</v>
+      </c>
+      <c r="N39" t="s">
         <v>36</v>
       </c>
-      <c r="G37">
-[...82 lines deleted...]
-      <c r="F39" t="s">
+      <c r="O39" t="s">
+        <v>261</v>
+      </c>
+      <c r="P39" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>67</v>
+      </c>
+      <c r="D40" t="s">
+        <v>265</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>8</v>
+      </c>
+      <c r="H40">
+        <v>2014</v>
+      </c>
+      <c r="I40">
+        <v>2025</v>
+      </c>
+      <c r="J40" t="s">
+        <v>254</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>266</v>
+      </c>
+      <c r="N40" t="s">
+        <v>267</v>
+      </c>
+      <c r="O40" t="s">
+        <v>268</v>
+      </c>
+      <c r="P40" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>270</v>
+      </c>
+      <c r="B41" t="s">
+        <v>271</v>
+      </c>
+      <c r="C41" t="s">
+        <v>272</v>
+      </c>
+      <c r="D41" t="s">
+        <v>52</v>
+      </c>
+      <c r="E41" t="s">
+        <v>114</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>43</v>
+      </c>
+      <c r="H41">
+        <v>1984</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>135</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41" t="s">
+        <v>273</v>
+      </c>
+      <c r="M41" t="s">
+        <v>274</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>275</v>
+      </c>
+      <c r="P41" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>277</v>
+      </c>
+      <c r="B42" t="s">
+        <v>278</v>
+      </c>
+      <c r="C42" t="s">
+        <v>272</v>
+      </c>
+      <c r="D42" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" t="s">
+        <v>114</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1989</v>
+      </c>
+      <c r="I42">
+        <v>1992</v>
+      </c>
+      <c r="J42" t="s">
+        <v>279</v>
+      </c>
+      <c r="K42" t="s">
+        <v>34</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>274</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" t="s">
+        <v>284</v>
+      </c>
+      <c r="D43" t="s">
+        <v>42</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2004</v>
+      </c>
+      <c r="I43">
+        <v>2012</v>
+      </c>
+      <c r="J43" t="s">
+        <v>285</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" t="s">
+        <v>286</v>
+      </c>
+      <c r="M43" t="s">
+        <v>287</v>
+      </c>
+      <c r="N43" t="s">
         <v>36</v>
       </c>
-      <c r="G39">
-[...29 lines deleted...]
-      <c r="C40" t="s">
+      <c r="O43" t="s">
+        <v>288</v>
+      </c>
+      <c r="P43" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>290</v>
+      </c>
+      <c r="B44" t="s">
+        <v>291</v>
+      </c>
+      <c r="C44" t="s">
         <v>187</v>
       </c>
-      <c r="D40" t="s">
-[...168 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="E44" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>115</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
-      <c r="I44" t="s">
-        <v>100</v>
+      <c r="I44">
+        <v>2015</v>
       </c>
       <c r="J44" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="K44" t="s">
-        <v>207</v>
+        <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>137</v>
+        <v>290</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N44" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>292</v>
+      </c>
+      <c r="P44" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>209</v>
+        <v>294</v>
       </c>
       <c r="B45" t="s">
-        <v>135</v>
+        <v>295</v>
       </c>
       <c r="C45" t="s">
-        <v>43</v>
+        <v>187</v>
       </c>
       <c r="D45" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E45" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>115</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2011</v>
       </c>
-      <c r="I45" t="s">
-        <v>100</v>
+      <c r="I45">
+        <v>2011</v>
       </c>
       <c r="J45" t="s">
-        <v>87</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="K45" t="s">
+        <v>116</v>
+      </c>
+      <c r="L45"/>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N45" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>296</v>
+      </c>
+      <c r="P45"/>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>211</v>
+        <v>297</v>
       </c>
       <c r="B46" t="s">
+        <v>298</v>
+      </c>
+      <c r="C46" t="s">
+        <v>187</v>
+      </c>
+      <c r="D46" t="s">
+        <v>52</v>
+      </c>
+      <c r="E46" t="s">
+        <v>114</v>
+      </c>
+      <c r="F46" t="s">
+        <v>115</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46">
+        <v>2014</v>
+      </c>
+      <c r="J46" t="s">
         <v>135</v>
       </c>
-      <c r="C46" t="s">
-[...26 lines deleted...]
-      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
-        <v>24</v>
+        <v>299</v>
       </c>
       <c r="N46" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>300</v>
+      </c>
+      <c r="P46" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>214</v>
+        <v>302</v>
       </c>
       <c r="B47" t="s">
-        <v>135</v>
+        <v>303</v>
       </c>
       <c r="C47" t="s">
-        <v>43</v>
+        <v>187</v>
       </c>
       <c r="D47" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="E47" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>115</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
       </c>
       <c r="H47">
         <v>2011</v>
       </c>
-      <c r="I47" t="s">
-        <v>100</v>
+      <c r="I47">
+        <v>2011</v>
       </c>
       <c r="J47" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="K47" t="s">
-        <v>215</v>
+        <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>212</v>
+        <v>304</v>
       </c>
       <c r="M47" t="s">
-        <v>24</v>
+        <v>299</v>
       </c>
       <c r="N47" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>305</v>
+      </c>
+      <c r="P47" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>217</v>
+        <v>307</v>
       </c>
       <c r="B48" t="s">
+        <v>308</v>
+      </c>
+      <c r="C48" t="s">
+        <v>187</v>
+      </c>
+      <c r="D48" t="s">
+        <v>42</v>
+      </c>
+      <c r="E48" t="s">
+        <v>114</v>
+      </c>
+      <c r="F48" t="s">
+        <v>115</v>
+      </c>
+      <c r="G48" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48">
+        <v>2014</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
         <v>135</v>
       </c>
-      <c r="C48" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
       <c r="M48" t="s">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="N48" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>309</v>
+      </c>
+      <c r="P48" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>219</v>
+        <v>311</v>
       </c>
       <c r="B49" t="s">
-        <v>143</v>
+        <v>312</v>
       </c>
       <c r="C49" t="s">
+        <v>199</v>
+      </c>
+      <c r="D49" t="s">
+        <v>52</v>
+      </c>
+      <c r="E49" t="s">
+        <v>114</v>
+      </c>
+      <c r="F49" t="s">
+        <v>60</v>
+      </c>
+      <c r="G49" t="s">
         <v>43</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49">
+      <c r="H49">
         <v>2022</v>
       </c>
-      <c r="H49"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>29</v>
+        <v>313</v>
       </c>
       <c r="K49" t="s">
-        <v>221</v>
+        <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>222</v>
+        <v>314</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>315</v>
       </c>
       <c r="N49" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>316</v>
+      </c>
+      <c r="P49" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>224</v>
+        <v>318</v>
       </c>
       <c r="B50" t="s">
-        <v>225</v>
+        <v>319</v>
       </c>
       <c r="C50" t="s">
-        <v>35</v>
+        <v>320</v>
       </c>
       <c r="D50" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="E50" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F50" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G50">
+        <v>115</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
         <v>1996</v>
       </c>
-      <c r="H50">
+      <c r="I50">
         <v>2012</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
       <c r="M50" t="s">
-        <v>24</v>
+        <v>322</v>
       </c>
       <c r="N50" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>323</v>
+      </c>
+      <c r="P50" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>229</v>
+        <v>325</v>
       </c>
       <c r="B51" t="s">
+        <v>326</v>
+      </c>
+      <c r="C51" t="s">
+        <v>327</v>
+      </c>
+      <c r="D51" t="s">
+        <v>99</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>214</v>
+      </c>
+      <c r="G51" t="s">
+        <v>43</v>
+      </c>
+      <c r="H51">
+        <v>2024</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>328</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>329</v>
+      </c>
+      <c r="M51" t="s">
+        <v>330</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>331</v>
+      </c>
+      <c r="P51" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>333</v>
+      </c>
+      <c r="B52" t="s">
+        <v>334</v>
+      </c>
+      <c r="C52" t="s">
+        <v>113</v>
+      </c>
+      <c r="D52" t="s">
+        <v>335</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2010</v>
+      </c>
+      <c r="I52">
+        <v>2021</v>
+      </c>
+      <c r="J52" t="s">
+        <v>336</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52" t="s">
+        <v>337</v>
+      </c>
+      <c r="M52" t="s">
+        <v>338</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>341</v>
+      </c>
+      <c r="B53" t="s">
+        <v>342</v>
+      </c>
+      <c r="C53" t="s">
+        <v>343</v>
+      </c>
+      <c r="D53" t="s">
+        <v>104</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2017</v>
+      </c>
+      <c r="J53" t="s">
         <v>230</v>
       </c>
-      <c r="C51" t="s">
-[...97 lines deleted...]
-      <c r="G53">
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>344</v>
+      </c>
+      <c r="M53" t="s">
+        <v>345</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>346</v>
+      </c>
+      <c r="P53" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>348</v>
+      </c>
+      <c r="B54" t="s">
+        <v>349</v>
+      </c>
+      <c r="C54" t="s">
+        <v>343</v>
+      </c>
+      <c r="D54" t="s">
+        <v>104</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>60</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
         <v>1996</v>
       </c>
-      <c r="H53">
+      <c r="I54">
         <v>2017</v>
       </c>
-      <c r="I53" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="K54" t="s">
+        <v>34</v>
+      </c>
+      <c r="L54"/>
       <c r="M54" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N54" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>350</v>
+      </c>
+      <c r="P54" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>248</v>
+        <v>352</v>
       </c>
       <c r="B55" t="s">
-        <v>249</v>
+        <v>353</v>
       </c>
       <c r="C55" t="s">
-        <v>35</v>
+        <v>354</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E55" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
       </c>
       <c r="H55">
         <v>2012</v>
       </c>
-      <c r="I55" t="s">
-        <v>226</v>
+      <c r="I55">
+        <v>2012</v>
       </c>
       <c r="J55" t="s">
-        <v>29</v>
+        <v>321</v>
       </c>
       <c r="K55" t="s">
-        <v>250</v>
+        <v>34</v>
       </c>
       <c r="L55" t="s">
-        <v>251</v>
+        <v>355</v>
       </c>
       <c r="M55" t="s">
-        <v>31</v>
+        <v>356</v>
       </c>
       <c r="N55" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>253</v>
+        <v>359</v>
       </c>
       <c r="B56" t="s">
-        <v>249</v>
+        <v>360</v>
       </c>
       <c r="C56" t="s">
+        <v>354</v>
+      </c>
+      <c r="D56" t="s">
+        <v>52</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
         <v>43</v>
       </c>
-      <c r="D56" t="s">
-[...5 lines deleted...]
-      <c r="F56" t="s">
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>321</v>
+      </c>
+      <c r="K56" t="s">
+        <v>116</v>
+      </c>
+      <c r="L56" t="s">
+        <v>361</v>
+      </c>
+      <c r="M56" t="s">
+        <v>356</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>362</v>
+      </c>
+      <c r="P56" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>363</v>
+      </c>
+      <c r="B57" t="s">
+        <v>364</v>
+      </c>
+      <c r="C57" t="s">
+        <v>365</v>
+      </c>
+      <c r="D57" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>43</v>
+      </c>
+      <c r="H57">
+        <v>2022</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>366</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>367</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>370</v>
+      </c>
+      <c r="B58" t="s">
+        <v>371</v>
+      </c>
+      <c r="C58" t="s">
+        <v>320</v>
+      </c>
+      <c r="D58" t="s">
+        <v>52</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2011</v>
+      </c>
+      <c r="I58">
+        <v>2015</v>
+      </c>
+      <c r="J58" t="s">
+        <v>321</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>322</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>372</v>
+      </c>
+      <c r="P58" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>374</v>
+      </c>
+      <c r="B59" t="s">
+        <v>375</v>
+      </c>
+      <c r="C59" t="s">
+        <v>320</v>
+      </c>
+      <c r="D59" t="s">
+        <v>42</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2012</v>
+      </c>
+      <c r="I59">
+        <v>2016</v>
+      </c>
+      <c r="J59" t="s">
+        <v>321</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>322</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>376</v>
+      </c>
+      <c r="P59" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
+        <v>377</v>
+      </c>
+      <c r="C60" t="s">
+        <v>320</v>
+      </c>
+      <c r="D60" t="s">
+        <v>42</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2012</v>
+      </c>
+      <c r="I60">
+        <v>2015</v>
+      </c>
+      <c r="J60" t="s">
+        <v>321</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>322</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>378</v>
+      </c>
+      <c r="P60" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>379</v>
+      </c>
+      <c r="B61" t="s">
+        <v>380</v>
+      </c>
+      <c r="C61" t="s">
+        <v>381</v>
+      </c>
+      <c r="D61" t="s">
+        <v>42</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2004</v>
+      </c>
+      <c r="I61">
+        <v>2011</v>
+      </c>
+      <c r="J61" t="s">
+        <v>135</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>382</v>
+      </c>
+      <c r="M61" t="s">
+        <v>383</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>384</v>
+      </c>
+      <c r="P61" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>386</v>
+      </c>
+      <c r="B62" t="s">
+        <v>387</v>
+      </c>
+      <c r="C62" t="s">
+        <v>388</v>
+      </c>
+      <c r="D62" t="s">
+        <v>335</v>
+      </c>
+      <c r="E62" t="s">
+        <v>114</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>389</v>
+      </c>
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>336</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>390</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>391</v>
+      </c>
+      <c r="P62"/>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>392</v>
+      </c>
+      <c r="B63" t="s">
+        <v>393</v>
+      </c>
+      <c r="C63" t="s">
+        <v>199</v>
+      </c>
+      <c r="D63" t="s">
+        <v>394</v>
+      </c>
+      <c r="E63" t="s">
+        <v>114</v>
+      </c>
+      <c r="F63" t="s">
+        <v>395</v>
+      </c>
+      <c r="G63" t="s">
+        <v>43</v>
+      </c>
+      <c r="H63">
+        <v>2015</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>313</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>315</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>396</v>
+      </c>
+      <c r="P63" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>398</v>
+      </c>
+      <c r="B64" t="s">
+        <v>399</v>
+      </c>
+      <c r="C64" t="s">
+        <v>199</v>
+      </c>
+      <c r="D64" t="s">
+        <v>394</v>
+      </c>
+      <c r="E64" t="s">
+        <v>114</v>
+      </c>
+      <c r="F64" t="s">
+        <v>395</v>
+      </c>
+      <c r="G64" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64">
+        <v>2015</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>313</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>315</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>400</v>
+      </c>
+      <c r="P64" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>402</v>
+      </c>
+      <c r="B65" t="s">
+        <v>403</v>
+      </c>
+      <c r="C65" t="s">
+        <v>199</v>
+      </c>
+      <c r="D65" t="s">
+        <v>52</v>
+      </c>
+      <c r="E65" t="s">
+        <v>114</v>
+      </c>
+      <c r="F65" t="s">
+        <v>395</v>
+      </c>
+      <c r="G65" t="s">
+        <v>43</v>
+      </c>
+      <c r="H65">
+        <v>2015</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>207</v>
+      </c>
+      <c r="K65" t="s">
+        <v>404</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>315</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>405</v>
+      </c>
+      <c r="P65" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>407</v>
+      </c>
+      <c r="B66" t="s">
+        <v>408</v>
+      </c>
+      <c r="C66" t="s">
+        <v>409</v>
+      </c>
+      <c r="D66" t="s">
+        <v>410</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>214</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2017</v>
+      </c>
+      <c r="I66">
+        <v>2021</v>
+      </c>
+      <c r="J66" t="s">
+        <v>411</v>
+      </c>
+      <c r="K66" t="s">
+        <v>412</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>414</v>
+      </c>
+      <c r="N66" t="s">
         <v>36</v>
       </c>
-      <c r="G56">
-[...69 lines deleted...]
-      <c r="C58" t="s">
+      <c r="O66" t="s">
+        <v>415</v>
+      </c>
+      <c r="P66" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>417</v>
+      </c>
+      <c r="B67" t="s">
+        <v>418</v>
+      </c>
+      <c r="C67" t="s">
+        <v>419</v>
+      </c>
+      <c r="D67" t="s">
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>60</v>
+      </c>
+      <c r="G67" t="s">
         <v>43</v>
       </c>
-      <c r="D58" t="s">
-[...50 lines deleted...]
-      <c r="G59">
+      <c r="H67">
+        <v>2014</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>336</v>
+      </c>
+      <c r="K67" t="s">
+        <v>116</v>
+      </c>
+      <c r="L67" t="s">
+        <v>420</v>
+      </c>
+      <c r="M67" t="s">
+        <v>421</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>422</v>
+      </c>
+      <c r="P67" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>424</v>
+      </c>
+      <c r="B68" t="s">
+        <v>425</v>
+      </c>
+      <c r="C68" t="s">
+        <v>213</v>
+      </c>
+      <c r="D68" t="s">
+        <v>52</v>
+      </c>
+      <c r="E68" t="s">
+        <v>114</v>
+      </c>
+      <c r="F68" t="s">
+        <v>214</v>
+      </c>
+      <c r="G68" t="s">
+        <v>43</v>
+      </c>
+      <c r="H68">
+        <v>2014</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>44</v>
+      </c>
+      <c r="K68" t="s">
+        <v>404</v>
+      </c>
+      <c r="L68" t="s">
+        <v>426</v>
+      </c>
+      <c r="M68" t="s">
+        <v>216</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>429</v>
+      </c>
+      <c r="B69" t="s">
+        <v>430</v>
+      </c>
+      <c r="C69" t="s">
+        <v>431</v>
+      </c>
+      <c r="D69" t="s">
+        <v>42</v>
+      </c>
+      <c r="E69" t="s">
+        <v>114</v>
+      </c>
+      <c r="F69" t="s">
+        <v>115</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2008</v>
+      </c>
+      <c r="I69">
         <v>2012</v>
       </c>
-      <c r="H59">
-[...418 lines deleted...]
-      </c>
       <c r="J69" t="s">
-        <v>29</v>
+        <v>321</v>
       </c>
       <c r="K69" t="s">
-        <v>303</v>
+        <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>304</v>
+        <v>432</v>
       </c>
       <c r="M69" t="s">
-        <v>24</v>
+        <v>433</v>
       </c>
       <c r="N69" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>434</v>
+      </c>
+      <c r="P69" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>306</v>
+        <v>436</v>
       </c>
       <c r="B70" t="s">
-        <v>307</v>
+        <v>437</v>
       </c>
       <c r="C70" t="s">
-        <v>35</v>
+        <v>438</v>
       </c>
       <c r="D70" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="E70" t="s">
-        <v>18</v>
+        <v>114</v>
       </c>
       <c r="F70" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
       </c>
       <c r="H70">
         <v>2006</v>
       </c>
-      <c r="I70" t="s">
-        <v>37</v>
+      <c r="I70">
+        <v>2006</v>
       </c>
       <c r="J70" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K70" t="s">
+        <v>34</v>
+      </c>
+      <c r="L70"/>
       <c r="M70" t="s">
-        <v>31</v>
+        <v>439</v>
       </c>
       <c r="N70" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O70" t="s">
+        <v>440</v>
+      </c>
+      <c r="P70"/>
+    </row>
+    <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>310</v>
+        <v>441</v>
       </c>
       <c r="B71" t="s">
-        <v>307</v>
+        <v>442</v>
       </c>
       <c r="C71" t="s">
-        <v>43</v>
+        <v>438</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E71" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
       </c>
       <c r="H71">
         <v>2016</v>
       </c>
-      <c r="I71" t="s">
-        <v>37</v>
+      <c r="I71">
+        <v>2016</v>
       </c>
       <c r="J71" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K71" t="s">
+        <v>34</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
+        <v>439</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>443</v>
+      </c>
+      <c r="P71" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>445</v>
+      </c>
+      <c r="B72" t="s">
+        <v>446</v>
+      </c>
+      <c r="C72" t="s">
+        <v>447</v>
+      </c>
+      <c r="D72" t="s">
+        <v>99</v>
+      </c>
+      <c r="E72" t="s">
+        <v>114</v>
+      </c>
+      <c r="F72" t="s">
+        <v>115</v>
+      </c>
+      <c r="G72" t="s">
+        <v>448</v>
+      </c>
+      <c r="H72"/>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>44</v>
+      </c>
+      <c r="K72" t="s">
+        <v>34</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>449</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>450</v>
+      </c>
+      <c r="P72" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>452</v>
+      </c>
+      <c r="B73" t="s">
+        <v>453</v>
+      </c>
+      <c r="C73" t="s">
+        <v>447</v>
+      </c>
+      <c r="D73" t="s">
+        <v>52</v>
+      </c>
+      <c r="E73" t="s">
+        <v>114</v>
+      </c>
+      <c r="F73" t="s">
+        <v>115</v>
+      </c>
+      <c r="G73" t="s">
+        <v>43</v>
+      </c>
+      <c r="H73">
+        <v>2017</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>61</v>
+      </c>
+      <c r="K73" t="s">
+        <v>116</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>449</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>454</v>
+      </c>
+      <c r="P73" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>456</v>
+      </c>
+      <c r="B74" t="s">
+        <v>457</v>
+      </c>
+      <c r="C74" t="s">
+        <v>431</v>
+      </c>
+      <c r="D74" t="s">
+        <v>335</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1997</v>
+      </c>
+      <c r="I74">
+        <v>2014</v>
+      </c>
+      <c r="J74" t="s">
+        <v>200</v>
+      </c>
+      <c r="K74" t="s">
+        <v>34</v>
+      </c>
+      <c r="L74" t="s">
+        <v>458</v>
+      </c>
+      <c r="M74" t="s">
+        <v>459</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>460</v>
+      </c>
+      <c r="P74" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>462</v>
+      </c>
+      <c r="B75" t="s">
+        <v>463</v>
+      </c>
+      <c r="C75" t="s">
+        <v>431</v>
+      </c>
+      <c r="D75" t="s">
+        <v>104</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>214</v>
+      </c>
+      <c r="G75" t="s">
+        <v>43</v>
+      </c>
+      <c r="H75">
+        <v>2013</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>200</v>
+      </c>
+      <c r="K75" t="s">
+        <v>116</v>
+      </c>
+      <c r="L75" t="s">
+        <v>464</v>
+      </c>
+      <c r="M75" t="s">
+        <v>459</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>465</v>
+      </c>
+      <c r="P75" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>467</v>
+      </c>
+      <c r="B76" t="s">
+        <v>468</v>
+      </c>
+      <c r="C76" t="s">
+        <v>170</v>
+      </c>
+      <c r="D76" t="s">
+        <v>469</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>470</v>
+      </c>
+      <c r="H76">
+        <v>2021</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>173</v>
+      </c>
+      <c r="K76" t="s">
+        <v>34</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>174</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>471</v>
+      </c>
+      <c r="P76" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>473</v>
+      </c>
+      <c r="B77" t="s">
+        <v>474</v>
+      </c>
+      <c r="C77" t="s">
+        <v>170</v>
+      </c>
+      <c r="D77" t="s">
+        <v>42</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2010</v>
+      </c>
+      <c r="I77">
+        <v>2015</v>
+      </c>
+      <c r="J77" t="s">
+        <v>173</v>
+      </c>
+      <c r="K77" t="s">
+        <v>34</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>174</v>
+      </c>
+      <c r="N77" t="s">
+        <v>36</v>
+      </c>
+      <c r="O77" t="s">
+        <v>475</v>
+      </c>
+      <c r="P77" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>477</v>
+      </c>
+      <c r="B78" t="s">
+        <v>478</v>
+      </c>
+      <c r="C78" t="s">
+        <v>91</v>
+      </c>
+      <c r="D78" t="s">
+        <v>99</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>43</v>
+      </c>
+      <c r="H78">
+        <v>2021</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>92</v>
+      </c>
+      <c r="K78" t="s">
         <v>24</v>
       </c>
-      <c r="N71" t="s">
-[...7 lines deleted...]
-      <c r="B72" t="s">
+      <c r="L78"/>
+      <c r="M78"/>
+      <c r="N78" t="s">
+        <v>36</v>
+      </c>
+      <c r="O78" t="s">
+        <v>479</v>
+      </c>
+      <c r="P78" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>481</v>
+      </c>
+      <c r="B79" t="s">
+        <v>482</v>
+      </c>
+      <c r="C79" t="s">
+        <v>483</v>
+      </c>
+      <c r="D79" t="s">
+        <v>52</v>
+      </c>
+      <c r="E79" t="s">
+        <v>114</v>
+      </c>
+      <c r="F79" t="s">
+        <v>115</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2012</v>
+      </c>
+      <c r="I79">
+        <v>2020</v>
+      </c>
+      <c r="J79" t="s">
+        <v>44</v>
+      </c>
+      <c r="K79" t="s">
+        <v>116</v>
+      </c>
+      <c r="L79" t="s">
+        <v>484</v>
+      </c>
+      <c r="M79" t="s">
+        <v>485</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>486</v>
+      </c>
+      <c r="P79" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>488</v>
+      </c>
+      <c r="B80" t="s">
+        <v>489</v>
+      </c>
+      <c r="C80" t="s">
+        <v>199</v>
+      </c>
+      <c r="D80" t="s">
+        <v>394</v>
+      </c>
+      <c r="E80" t="s">
+        <v>114</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>43</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
         <v>313</v>
       </c>
-      <c r="C72" t="s">
-[...23 lines deleted...]
-      <c r="M72" t="s">
+      <c r="K80" t="s">
+        <v>34</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>490</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>491</v>
+      </c>
+      <c r="P80" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>493</v>
+      </c>
+      <c r="B81" t="s">
+        <v>494</v>
+      </c>
+      <c r="C81" t="s">
+        <v>495</v>
+      </c>
+      <c r="D81" t="s">
+        <v>104</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>60</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2011</v>
+      </c>
+      <c r="I81">
+        <v>2014</v>
+      </c>
+      <c r="J81" t="s">
+        <v>200</v>
+      </c>
+      <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="N72" t="s">
-[...22 lines deleted...]
-      <c r="G73">
+      <c r="L81" t="s">
+        <v>496</v>
+      </c>
+      <c r="M81" t="s">
+        <v>497</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>498</v>
+      </c>
+      <c r="P81" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>493</v>
+      </c>
+      <c r="B82" t="s">
+        <v>500</v>
+      </c>
+      <c r="C82" t="s">
+        <v>495</v>
+      </c>
+      <c r="D82" t="s">
+        <v>104</v>
+      </c>
+      <c r="E82" t="s">
+        <v>114</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82">
         <v>2017</v>
       </c>
-      <c r="H73"/>
-[...10 lines deleted...]
-      <c r="M73" t="s">
+      <c r="J82" t="s">
+        <v>200</v>
+      </c>
+      <c r="K82" t="s">
         <v>24</v>
       </c>
-      <c r="N73" t="s">
-[...197 lines deleted...]
-      <c r="J78" t="s">
+      <c r="L82" t="s">
+        <v>501</v>
+      </c>
+      <c r="M82" t="s">
+        <v>497</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>502</v>
+      </c>
+      <c r="P82" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>503</v>
+      </c>
+      <c r="B83" t="s">
+        <v>504</v>
+      </c>
+      <c r="C83" t="s">
+        <v>495</v>
+      </c>
+      <c r="D83" t="s">
+        <v>42</v>
+      </c>
+      <c r="E83" t="s">
+        <v>114</v>
+      </c>
+      <c r="F83" t="s">
         <v>21</v>
       </c>
-      <c r="K78"/>
-[...199 lines deleted...]
-      <c r="G83"/>
+      <c r="G83" t="s">
+        <v>389</v>
+      </c>
       <c r="H83"/>
-      <c r="I83" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I83"/>
       <c r="J83" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="K83" t="s">
+        <v>34</v>
+      </c>
+      <c r="L83"/>
       <c r="M83" t="s">
-        <v>349</v>
+        <v>497</v>
       </c>
       <c r="N83" t="s">
-        <v>350</v>
-      </c>
+        <v>505</v>
+      </c>
+      <c r="O83" t="s">
+        <v>506</v>
+      </c>
+      <c r="P83"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>