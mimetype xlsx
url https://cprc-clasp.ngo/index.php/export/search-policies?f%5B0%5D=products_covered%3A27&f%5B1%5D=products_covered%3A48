--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -329,63 +329,64 @@
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
 This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
 (a) manual metal arc welding;
 (b) shielded metal arc welding;
 (c) self-shielded flux-cored welding;
 (d) flux cored arc welding;
 (e) metal active gas and metal inert gas welding;
 (f) tungsten inert gas welding;
 (g) plasma arc cutting.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>CQC31-442412-2020. Energy Conservation Certification Rules for Electric Welding Machines</t>
   </si>
   <si>
     <t>Apply to electric welding machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
@@ -766,81 +767,81 @@
   <si>
     <t>https://www.energystar.gov/products/data_center_equipment/uninterruptible_power_supplies/partners</t>
   </si>
   <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
     <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
   </si>
   <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
     <t>This policy covers welding machines.</t>
   </si>
   <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
@@ -2583,55 +2584,53 @@
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>99</v>
       </c>
       <c r="B14" t="s">
         <v>100</v>
       </c>
       <c r="C14" t="s">
         <v>101</v>
       </c>
       <c r="D14" t="s">
         <v>102</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>103</v>
       </c>
       <c r="H14">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I14"/>
       <c r="J14" t="s">
         <v>104</v>
       </c>
       <c r="K14" t="s">
         <v>34</v>
       </c>
       <c r="L14" t="s">
         <v>105</v>
       </c>
       <c r="M14" t="s">
         <v>106</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>107</v>
       </c>
       <c r="P14" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>109</v>
@@ -3704,89 +3703,89 @@
       </c>
       <c r="P36" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
         <v>243</v>
       </c>
       <c r="B37" t="s">
         <v>244</v>
       </c>
       <c r="C37" t="s">
         <v>58</v>
       </c>
       <c r="D37" t="s">
         <v>74</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
-        <v>22</v>
+        <v>245</v>
       </c>
       <c r="H37">
         <v>2007</v>
       </c>
       <c r="I37">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J37" t="s">
         <v>136</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
         <v>147</v>
       </c>
       <c r="M37" t="s">
         <v>63</v>
       </c>
       <c r="N37" t="s">
         <v>36</v>
       </c>
       <c r="O37" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B38" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C38" t="s">
-        <v>249</v>
+        <v>58</v>
       </c>
       <c r="D38" t="s">
         <v>250</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>8</v>
       </c>
       <c r="H38">
         <v>2007</v>
       </c>
       <c r="I38">
         <v>2025</v>
       </c>
       <c r="J38" t="s">
         <v>251</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>