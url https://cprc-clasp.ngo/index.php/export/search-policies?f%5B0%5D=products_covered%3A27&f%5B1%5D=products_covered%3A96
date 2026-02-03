--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,1023 +12,1436 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>6977/2009 Energy Efficiency Of Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard specifies the energy efficiency of distribution transformers.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Power Transformers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60076-ser/2008
 ,   
                     ES 1886: Power Transformers Dry Type
 ,   
                     ES 4885-1 Instrument transformers part-1Current transformer
 ,   
                     ES 4885-1 Instrument transformers part-2 Inductive voltage transformer</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/69772009-energy-efficiency-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/10626</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>CEL - Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy covers commercial refrigerated cabinets with self-contained condensing unit.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T 10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-commercial-refrigerated-cabinets-self-contained-condensing-unit</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/10/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-021. Power Transformer</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does NOT apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 1094.1-1996 GB/T 2900.15-1997 GB/T 6451-2008 GB 24790-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-power-transformer</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=ae2f1677d59a46688deb3fdd6b01095c</t>
+  </si>
+  <si>
     <t>CEL-028. Refrigerated Display Cabinets with Remote Condensing Units</t>
   </si>
   <si>
+    <t>Applies to remote refrigerated display cabinets for food sales and display. Does not apply to refrigerated automatic vending machine or refrigerated display cabinets which are not for retail purpose.</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-028-refrigerated-display-cabinets-remote-condensing-units</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B627_%E8%BF%9C%E7%BD%AE%E5%86%B7%E5%87%9D%E6%9C%BA%E7%BB%84%E5%86%B7%E8%97%8F%E9%99%88%E5%88%97%E6%9F%9C%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448113-2012. CQC Mark Certification - Refrigerated Display Cabinets With Remote Condensing Unit</t>
   </si>
   <si>
+    <t>Applies to refrigerated display cabinet with remote condensing unit used for the sales and display of food products. Does NOT apply to refrigerated automatic vending machine and refrigerated display cabinet for non-retail purpose.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 26920.1-2011;GB/T 21001.3-2010</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448113-2012-cqc-mark-certification-refrigerated-display-cabinets-remote-condensing</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/495769.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448116-2016 Energy Conservation Certification Rules for Commercial refrigerated cabinets with self-contained condensing unit</t>
   </si>
   <si>
+    <t>This policy applies to commercial condensing refrigerated cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>CQC-F002-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448116-2016-energy-conservation-certification-rules-commercial-refrigerated-cabinets</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-17/537286.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461212-2020. Energy Conservation Certification Rules for Power Transformer</t>
   </si>
   <si>
+    <t>Applies to three-phase; off-Circuit-Tap-Changing transformers with voltage level of 10kV; and rated capacities of 30kVA-1600kVA for oil-immersed transformers or 30kVA-2500kVA for dry-type transformers. Does not apply to gas-filled transformers.</t>
+  </si>
+  <si>
     <t>GB 20052-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461212-2020-energy-conservation-certification-rules-power-transformer</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-10-26/492765.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461219-2010. CQC Mark Certification - Power Transformer</t>
   </si>
   <si>
+    <t>Applies to power transformers with voltage level of 35kV-220kV; and rated capacities of 3150kVA. Does not apply to dry-type transformers.</t>
+  </si>
+  <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461219-2010-cqc-mark-certification-power-transformer</t>
   </si>
   <si>
     <t>CQC31-462271-2022 Energy Conservation Certification Rules for High-Voltage/Low-Voltage Prefabricated Substations</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high-voltage/low-voltage prefabricated substations. It applies to high-voltage/low-voltage prefabricated substations with a maximum rated AC voltage of 12 kV containing one or more transformers with an operating frequency of 50 Hz and installed in places that are accessible to the public outdoors and provide personnel protection.</t>
+  </si>
+  <si>
     <t>GB/T 17467-2020</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462271-2022-energy-conservation-certification-rules-high-voltagelow-voltage</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-07-28/559154.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482652-2018 Energy Conservation Certification Rules for High/Low Temperature Test Chambers</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for high/low temperature test chambers. It applies to high and low temperature test chambers with a nominal volume of not more than 1.2 m³, a temperature change rate of not more than 5°C/min, and the lowest measured temperature of no less than -25°C.</t>
+  </si>
+  <si>
     <t>CQC3166-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482652-2018-energy-conservation-certification-rules-highlow-temperature-test</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554338.shtml</t>
+  </si>
+  <si>
     <t>CQC31-482653-2018 Energy Conservation Certification Rules for Hot Aging Test Ovens</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for hot aging test ovens. It applies to thermal hot air aging test chambers, electric heating drying ovens, and electric heat blast drying ovens with a nominal volume of not more than 1.2m³, powered by electricity and using air as the conduction medium.</t>
+  </si>
+  <si>
     <t>CQC3167-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-482653-2018-energy-conservation-certification-rules-hot-aging-test-ovens</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554339.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Refrigerated Cabinet</t>
   </si>
   <si>
+    <t>This program covers vertical glass door type refrigerated cabinets. It defines efficiency levels for refrigerated cabinets with a net volume of 140L to 1,650L. The labeling criteria (Efficiency cost [unit/day]) are as followed: 
+-number5: 2.6767+0.0034V
+-number5*: 2.1414+0.0027V
+-number5**: 1.6060+0.0020V
+-number5***: 1.0707+0.0014V</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 1235 – 2556</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-refrigerated-cabinet</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/refd.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Distribution Transformers (DT)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling requirements for oil immersed, naturally air cooled, three phase, and double wound non sealed type out door distribution transformer. The standard ratings covered under the pilot scheme are 16, 25, 63, 100, 160 and 200 kVA and non standard ratings from 16 kVA to 200 kVA.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 2026 (part I, II, III):1977, IS 1180 (part I):2014, IS 2500 (part I):2000</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-distribution-transformers-dt</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/DTnoti.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>GB 20052-2024 Energy efficiency limit values ​​and energy efficiency grades for power transformers</t>
   </si>
   <si>
+    <t>This document specifies the minimum allowable values of energy efficiency, the energy efficiency grades and test methods for power transformers. The policy applies to oil-immersed and dry-type distribution transformers. It will enter into effect on 1 February 2025.</t>
+  </si>
+  <si>
     <t>GB/T 1094.1; GB/T 1094.11; GB/T 2900.95; GB/T 6451; GB/T 10228; GB/T 22072; GB/T 25438; GB/T 25446</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20052-2024-energy-efficiency-limit-values-and-energy-efficiency-grades-power</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=B0CE4A3FBCC4501211A25E3E10F75498</t>
+  </si>
+  <si>
     <t>GB 26920.1-2011 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 1:Refrigerated display cabinets with remote condensing unit.</t>
   </si>
   <si>
+    <t>applies to remote refrigerated display cabinets for food sales and display.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269201-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7DA2BD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 26920.2-2015 Minimum allowable values of energy efficiency and energy efficiency grades of commercial refrigerating appliances-Part 2:Commercial refrigerated cabinets with self-contained condensing unit.</t>
   </si>
   <si>
+    <t>Applies to commercial refrigerated display cabinets including: self-contained commercial refrigerated cabinet for selling and displaying purpose; closed type self-contained refrigerated beverage display units in stores hotels and restaurants; solid door commercial freezer and self-contained commercial cabinets for non-retailing use.</t>
+  </si>
+  <si>
     <t>GB/T 21001.1; GB/T 21001.2-2015; GB/T 21001.3; SB/T 10794.1-2012; SB/T  10794.2-2012; SB/T 10794.3-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-269202-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F5FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28736-2019 Minimum allowable values of energy efficiency and energy efficiency grades for welding machines</t>
   </si>
   <si>
+    <t>This policy covers welding machines.</t>
+  </si>
+  <si>
     <t>GB/T 156; GB/T 2900.22; GB/T 8118; GB/T 8366; GB/T 14549-1993; GB 15578; GB/T 15579.1; GB/T 25301</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28736-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400FA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 32311-2015 Minimum allowable values of energy efficiency and energy efficiency grades for hydrogen producing systems by water electrolysis</t>
   </si>
   <si>
+    <t>This policy covers hydrogen producing systems.</t>
+  </si>
+  <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2024</t>
+  </si>
+  <si>
+    <t>This Determination covers products that are:  
+RDCs (short for refrigerated display cabinets);
+refrigerated drinks cabinets;
+ice cream freezer cabinets;
+scooping cabinets;
+RSCs (short for refrigerated storage cabinets).
+The policy replaces the following determination: Greenhouse and Energy Minimum Standards (Refrigerated Cabinets) Determination 2020</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>ISO 23953-1:2023
 ,   
                     ISO 23953-2:2023
 ,   
                     ISO 22041
 ,   
                     ISO 22043
 ,   
                     EN 16838:2019</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-refrigerated-cabinets-determination-2024</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/F2024L01263/asmade/downloads</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Transformers and Electronic Step-down Converters for ELV Lamps) Determination 2012</t>
   </si>
   <si>
+    <t>The scope of transformer MEPS covers oil-immersed and dry-type distribution transformers with power ratings from 10 kVA to 2500 kVA intended to be used on 11 kV and 22 kV networks.This standard does not apply to certain categories of special transformers such a - (a) transformers other than those on 11 or 22 kv networks; (b) instrument transformers; (c) auto transformers; (d) traction transformers mounted on rolling stock; (e) starting transformers; (f) testing transformers; (g) welding transformers; (h) three phase transformers with three or more windings per phase; (i) arc-furnace transformers; (j) earthing transformers; (k) rectifier or converter transformers; (l) uninterruptible power supply (ups) transformers; (m) transformers with an impedance less than 3% or more than 8%; (n) voltage regulating transformers; (o) transformers designed for frequencies other than 50 hertz; (p) gas-filled dry-type transformers; or (q) flameproof transformers.</t>
+  </si>
+  <si>
     <t>AS 2374.1; AS 2735</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-transformers-and-electronic-step-down-converters</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02135</t>
+  </si>
+  <si>
     <t>Greenmark N100 - Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to transformers which meet the definition of CNS 598.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n100-transformers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/100/c3ecfab5-9241-4a1a-85b4-11a738852739.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N75 - Dry Type Transformers</t>
   </si>
   <si>
+    <t>This standard is applicable to cast-resin dry type transformers which meet the definition of CNS 13390.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n75-dry-type-transformers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/75/8efacf7e-0cf7-4c2c-bb17-1ef125ec37e7.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>LI 2459 Energy Commission (Energy Efficiency Standards and Labelling) (Distribution Transformers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a distributor transformer manufactured in the country or imported to the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2459-energy-commission-energy-efficiency-standards-and-labelling-distribution</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>NTON 10-12-08, ISO 23953-1, ISO 3951</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nton-10-010-08-self-contained-commercial-refrigeration-equipment</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=8DA230A69B09836A06257920005CFEE0&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>RTS 97.02.01:15 Energy efficiency. Self-contained commericial refrigeration equipment. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for commercial self-contained refrigeration appliances (freezers, coolers, display cabinets, ice bag conservators).</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Freezers-only</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/rts-97020115-energy-efficiency-self-contained-commericial-refrigeration-equipment-limits</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1396&amp;catid=4</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4117 - Self-Contained Commercial Refrigeration Appliances</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-contained commercial refrigeration equipment such as coolers; freezers; closed cabinets and bagged ice keepers at a rated supply voltage of 110; 115; 127; and 220 volts at a frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-022-ENER / SCFI-2014</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4117-self-contained-commercial-refrigeration-appliances</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/Esp4117_15.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4148</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for distribution transformers: pole mounted, pad mounted, substation and liquid-filled transformers, self-cooled, single phase rated at 5 to 167 kVA and three phase rated 15 to 500 kVA, 60 Hz, with insulation class of 15, 25 and 34.5 kV.</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4148</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-022-ENER/SCFI-2014 - Commercial Refrigeration</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for self-contained commercial electric refrigeration appliances; new, used or rebuilt: Upright coolers with one or more front-opening doors, Chest coolers, Chest freezers, Upright freezers, Closed display cabinets, Cabinets for bagged ice.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998 / NOM-106-SCFI-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-022-enerscfi-2014-commercial-refrigeration</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5372759&amp;fecha=27/11/2014</t>
+  </si>
+  <si>
     <t>TCVN 10289:2014 Commercial refrigerated cabinets - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for commercial refrigerated cabinets.</t>
+  </si>
+  <si>
     <t>TCVN 10290:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-102892014-commercial-refrigerated-cabinets-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-10289-2014-tu-giu-lanh-thuong-mai-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1292,2967 +1705,3368 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N68"/>
+  <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1132.438" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      <c r="A3" t="s">
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...49 lines deleted...]
-      <c r="F4" t="s">
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
         <v>36</v>
       </c>
-      <c r="G4">
-[...95 lines deleted...]
-      <c r="K6" t="s">
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
         <v>52</v>
       </c>
-      <c r="L6" t="s">
-[...63 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>61</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2012</v>
       </c>
-      <c r="I8" t="s">
-        <v>51</v>
+      <c r="I8">
+        <v>2012</v>
       </c>
       <c r="J8" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K8" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="L8" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>61</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="G9" t="s">
         <v>43</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
         <v>36</v>
       </c>
-      <c r="G9">
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>61</v>
+      </c>
+      <c r="G10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H9"/>
-[...42 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="N10" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L11"/>
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
       <c r="M11" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="N11" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="B12" t="s">
-        <v>66</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E12" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2015</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="K12" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L12"/>
-      <c r="M12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M12"/>
       <c r="N12" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O12" t="s">
+        <v>96</v>
+      </c>
+      <c r="P12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2019</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>29</v>
+        <v>80</v>
       </c>
       <c r="K13" t="s">
-        <v>71</v>
+        <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="M13"/>
       <c r="N13" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O13" t="s">
+        <v>98</v>
+      </c>
+      <c r="P13" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="B14" t="s">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="C14" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
         <v>36</v>
       </c>
-      <c r="G14">
-[...18 lines deleted...]
-    <row r="15" spans="1:14">
+      <c r="O14" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>78</v>
+        <v>105</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>106</v>
       </c>
       <c r="C15" t="s">
         <v>79</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
         <v>36</v>
       </c>
-      <c r="G15">
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>85</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16">
         <v>2015</v>
       </c>
-      <c r="H15"/>
-[...31 lines deleted...]
-      <c r="F16" t="s">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>34</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>87</v>
+      </c>
+      <c r="N16" t="s">
         <v>36</v>
       </c>
-      <c r="G16">
-[...20 lines deleted...]
-    <row r="17" spans="1:14">
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>83</v>
+        <v>114</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="F17" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>117</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>86</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>29</v>
+        <v>118</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>88</v>
+        <v>119</v>
       </c>
       <c r="M17" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>124</v>
       </c>
       <c r="C18" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>116</v>
+      </c>
+      <c r="F18" t="s">
+        <v>117</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2016</v>
+      </c>
+      <c r="J18" t="s">
+        <v>118</v>
+      </c>
+      <c r="K18" t="s">
+        <v>34</v>
+      </c>
+      <c r="L18" t="s">
+        <v>125</v>
+      </c>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>116</v>
+      </c>
+      <c r="F19" t="s">
+        <v>117</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2003</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>130</v>
+      </c>
+      <c r="M19" t="s">
+        <v>120</v>
+      </c>
+      <c r="N19" t="s">
+        <v>36</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
+        <v>116</v>
+      </c>
+      <c r="F20" t="s">
+        <v>117</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2003</v>
+      </c>
+      <c r="I20">
+        <v>2010</v>
+      </c>
+      <c r="J20" t="s">
+        <v>135</v>
+      </c>
+      <c r="K20" t="s">
+        <v>34</v>
+      </c>
+      <c r="L20" t="s">
+        <v>69</v>
+      </c>
+      <c r="M20" t="s">
+        <v>120</v>
+      </c>
+      <c r="N20" t="s">
+        <v>36</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" t="s">
+        <v>42</v>
+      </c>
+      <c r="E21" t="s">
+        <v>116</v>
+      </c>
+      <c r="F21" t="s">
+        <v>117</v>
+      </c>
+      <c r="G21" t="s">
         <v>43</v>
       </c>
-      <c r="D18" t="s">
-[...8 lines deleted...]
-      <c r="G18">
+      <c r="H21">
+        <v>2022</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" t="s">
+        <v>102</v>
+      </c>
+      <c r="E22" t="s">
+        <v>116</v>
+      </c>
+      <c r="F22" t="s">
+        <v>117</v>
+      </c>
+      <c r="G22" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>44</v>
+      </c>
+      <c r="K22" t="s">
+        <v>34</v>
+      </c>
+      <c r="L22" t="s">
+        <v>145</v>
+      </c>
+      <c r="M22" t="s">
+        <v>140</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" t="s">
+        <v>116</v>
+      </c>
+      <c r="F23" t="s">
+        <v>117</v>
+      </c>
+      <c r="G23" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>44</v>
+      </c>
+      <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>150</v>
+      </c>
+      <c r="M23" t="s">
+        <v>140</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>151</v>
+      </c>
+      <c r="P23" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" t="s">
+        <v>154</v>
+      </c>
+      <c r="C24" t="s">
+        <v>155</v>
+      </c>
+      <c r="D24" t="s">
+        <v>156</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>157</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>158</v>
+      </c>
+      <c r="K24" t="s">
+        <v>34</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>159</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>166</v>
+      </c>
+      <c r="K25" t="s">
+        <v>34</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>167</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>168</v>
+      </c>
+      <c r="P25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>170</v>
+      </c>
+      <c r="B26" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" t="s">
+        <v>172</v>
+      </c>
+      <c r="D26" t="s">
+        <v>52</v>
+      </c>
+      <c r="E26" t="s">
+        <v>173</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>174</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>44</v>
+      </c>
+      <c r="K26" t="s">
+        <v>34</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>175</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>176</v>
+      </c>
+      <c r="P26"/>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>177</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>179</v>
+      </c>
+      <c r="D27" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" t="s">
+        <v>116</v>
+      </c>
+      <c r="F27" t="s">
+        <v>61</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2015</v>
+      </c>
+      <c r="I27">
+        <v>2019</v>
+      </c>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>181</v>
+      </c>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>187</v>
+      </c>
+      <c r="D28" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>188</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28">
+        <v>2023</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28" t="s">
+        <v>189</v>
+      </c>
+      <c r="M28" t="s">
+        <v>190</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>191</v>
+      </c>
+      <c r="P28" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B29" t="s">
+        <v>194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>195</v>
+      </c>
+      <c r="D29" t="s">
+        <v>196</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>188</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29">
+        <v>2019</v>
+      </c>
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
+        <v>197</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>198</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" t="s">
+        <v>52</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>188</v>
+      </c>
+      <c r="G30" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30">
+        <v>2023</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>203</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>204</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>205</v>
+      </c>
+      <c r="P30" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>207</v>
+      </c>
+      <c r="B31" t="s">
+        <v>208</v>
+      </c>
+      <c r="C31" t="s">
+        <v>60</v>
+      </c>
+      <c r="D31" t="s">
+        <v>42</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31">
+        <v>2024</v>
+      </c>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31" t="s">
+        <v>209</v>
+      </c>
+      <c r="M31" t="s">
+        <v>64</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" t="s">
+        <v>210</v>
+      </c>
+      <c r="P31" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>212</v>
+      </c>
+      <c r="B32" t="s">
+        <v>213</v>
+      </c>
+      <c r="C32" t="s">
+        <v>60</v>
+      </c>
+      <c r="D32" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
         <v>2012</v>
       </c>
-      <c r="H18">
-[...40 lines deleted...]
-      <c r="G19">
+      <c r="J32" t="s">
+        <v>118</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32" t="s">
+        <v>74</v>
+      </c>
+      <c r="M32" t="s">
+        <v>64</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>214</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>216</v>
+      </c>
+      <c r="B33" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" t="s">
+        <v>60</v>
+      </c>
+      <c r="D33" t="s">
+        <v>52</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>118</v>
+      </c>
+      <c r="K33" t="s">
+        <v>34</v>
+      </c>
+      <c r="L33" t="s">
+        <v>218</v>
+      </c>
+      <c r="M33" t="s">
+        <v>64</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>219</v>
+      </c>
+      <c r="P33" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" t="s">
+        <v>222</v>
+      </c>
+      <c r="C34" t="s">
+        <v>60</v>
+      </c>
+      <c r="D34" t="s">
+        <v>102</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>43</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>62</v>
+      </c>
+      <c r="K34" t="s">
+        <v>34</v>
+      </c>
+      <c r="L34" t="s">
+        <v>223</v>
+      </c>
+      <c r="M34" t="s">
+        <v>224</v>
+      </c>
+      <c r="N34" t="s">
+        <v>36</v>
+      </c>
+      <c r="O34" t="s">
+        <v>225</v>
+      </c>
+      <c r="P34" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>227</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>60</v>
+      </c>
+      <c r="D35" t="s">
+        <v>102</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>43</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>118</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35" t="s">
+        <v>229</v>
+      </c>
+      <c r="M35" t="s">
+        <v>224</v>
+      </c>
+      <c r="N35" t="s">
+        <v>36</v>
+      </c>
+      <c r="O35" t="s">
+        <v>230</v>
+      </c>
+      <c r="P35" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>232</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>234</v>
+      </c>
+      <c r="D36" t="s">
+        <v>42</v>
+      </c>
+      <c r="E36" t="s">
+        <v>116</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1989</v>
+      </c>
+      <c r="I36">
+        <v>1992</v>
+      </c>
+      <c r="J36" t="s">
+        <v>235</v>
+      </c>
+      <c r="K36" t="s">
+        <v>34</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>236</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>237</v>
+      </c>
+      <c r="P36" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>240</v>
+      </c>
+      <c r="C37" t="s">
+        <v>241</v>
+      </c>
+      <c r="D37" t="s">
+        <v>52</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2003</v>
       </c>
-      <c r="H19">
-[...81 lines deleted...]
-      <c r="F21" t="s">
+      <c r="I37">
+        <v>2024</v>
+      </c>
+      <c r="J37" t="s">
+        <v>242</v>
+      </c>
+      <c r="K37" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" t="s">
+        <v>243</v>
+      </c>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>247</v>
+      </c>
+      <c r="B38" t="s">
+        <v>248</v>
+      </c>
+      <c r="C38" t="s">
+        <v>241</v>
+      </c>
+      <c r="D38" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38">
+        <v>2012</v>
+      </c>
+      <c r="J38" t="s">
+        <v>242</v>
+      </c>
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>249</v>
+      </c>
+      <c r="M38" t="s">
+        <v>244</v>
+      </c>
+      <c r="N38" t="s">
         <v>36</v>
       </c>
-      <c r="G21">
-[...149 lines deleted...]
-      <c r="A25" t="s">
+      <c r="O38" t="s">
+        <v>250</v>
+      </c>
+      <c r="P38" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>252</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>254</v>
+      </c>
+      <c r="D39" t="s">
+        <v>42</v>
+      </c>
+      <c r="E39" t="s">
         <v>116</v>
       </c>
-      <c r="B25" t="s">
+      <c r="F39" t="s">
         <v>117</v>
       </c>
-      <c r="C25" t="s">
-[...606 lines deleted...]
-        <v>2015</v>
+      <c r="G39" t="s">
+        <v>22</v>
       </c>
       <c r="H39">
         <v>2015</v>
       </c>
-      <c r="I39" t="s">
-        <v>97</v>
+      <c r="I39">
+        <v>2015</v>
       </c>
       <c r="J39" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="K39" t="s">
-        <v>179</v>
+        <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>181</v>
+        <v>252</v>
       </c>
       <c r="M39" t="s">
-        <v>24</v>
+        <v>255</v>
       </c>
       <c r="N39" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>183</v>
+        <v>258</v>
       </c>
       <c r="B40" t="s">
-        <v>180</v>
+        <v>259</v>
       </c>
       <c r="C40" t="s">
-        <v>35</v>
+        <v>254</v>
       </c>
       <c r="D40" t="s">
-        <v>84</v>
+        <v>42</v>
       </c>
       <c r="E40" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="F40" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G40">
+        <v>117</v>
+      </c>
+      <c r="G40" t="s">
+        <v>43</v>
+      </c>
+      <c r="H40">
         <v>2014</v>
       </c>
-      <c r="H40"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="K40" t="s">
+        <v>34</v>
+      </c>
+      <c r="L40"/>
       <c r="M40" t="s">
-        <v>24</v>
+        <v>255</v>
       </c>
       <c r="N40" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>260</v>
+      </c>
+      <c r="P40" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>185</v>
+        <v>262</v>
       </c>
       <c r="B41" t="s">
-        <v>186</v>
+        <v>263</v>
       </c>
       <c r="C41" t="s">
-        <v>35</v>
+        <v>264</v>
       </c>
       <c r="D41" t="s">
-        <v>84</v>
+        <v>42</v>
       </c>
       <c r="E41" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="F41" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G41">
+        <v>117</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>1996</v>
       </c>
-      <c r="H41">
+      <c r="I41">
         <v>2012</v>
       </c>
-      <c r="I41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-      <c r="L41" t="s">
+        <v>265</v>
+      </c>
+      <c r="K41" t="s">
+        <v>34</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>266</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>267</v>
+      </c>
+      <c r="P41" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>269</v>
+      </c>
+      <c r="B42" t="s">
+        <v>270</v>
+      </c>
+      <c r="C42" t="s">
+        <v>271</v>
+      </c>
+      <c r="D42" t="s">
+        <v>102</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>188</v>
       </c>
-      <c r="M41" t="s">
-[...25 lines deleted...]
-      <c r="G42">
+      <c r="G42" t="s">
+        <v>43</v>
+      </c>
+      <c r="H42">
         <v>2024</v>
       </c>
-      <c r="H42"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I42"/>
       <c r="J42" t="s">
-        <v>29</v>
+        <v>272</v>
       </c>
       <c r="K42" t="s">
-        <v>193</v>
+        <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>194</v>
+        <v>273</v>
       </c>
       <c r="M42" t="s">
-        <v>24</v>
+        <v>274</v>
       </c>
       <c r="N42" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>275</v>
+      </c>
+      <c r="P42" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>196</v>
+        <v>277</v>
       </c>
       <c r="B43" t="s">
-        <v>197</v>
+        <v>278</v>
       </c>
       <c r="C43" t="s">
-        <v>198</v>
+        <v>279</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>280</v>
       </c>
       <c r="E43" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G43">
+        <v>61</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2010</v>
       </c>
-      <c r="H43">
+      <c r="I43">
         <v>2021</v>
       </c>
-      <c r="I43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J43" t="s">
-        <v>29</v>
+        <v>281</v>
       </c>
       <c r="K43" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>201</v>
+        <v>282</v>
       </c>
       <c r="M43" t="s">
-        <v>24</v>
+        <v>283</v>
       </c>
       <c r="N43" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>284</v>
+      </c>
+      <c r="P43" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>203</v>
+        <v>286</v>
       </c>
       <c r="B44" t="s">
-        <v>204</v>
+        <v>287</v>
       </c>
       <c r="C44" t="s">
-        <v>43</v>
+        <v>288</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E44" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G44">
+        <v>188</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2007</v>
       </c>
-      <c r="H44">
+      <c r="I44">
         <v>2012</v>
       </c>
-      <c r="I44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J44" t="s">
-        <v>29</v>
+        <v>265</v>
       </c>
       <c r="K44" t="s">
-        <v>205</v>
+        <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>206</v>
+        <v>289</v>
       </c>
       <c r="M44" t="s">
-        <v>24</v>
+        <v>290</v>
       </c>
       <c r="N44" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>291</v>
+      </c>
+      <c r="P44" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>208</v>
+        <v>293</v>
       </c>
       <c r="B45" t="s">
-        <v>204</v>
+        <v>294</v>
       </c>
       <c r="C45" t="s">
-        <v>35</v>
+        <v>288</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E45" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2012</v>
       </c>
-      <c r="I45" t="s">
-        <v>187</v>
+      <c r="I45">
+        <v>2012</v>
       </c>
       <c r="J45" t="s">
-        <v>29</v>
+        <v>265</v>
       </c>
       <c r="K45" t="s">
-        <v>209</v>
+        <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>206</v>
+        <v>295</v>
       </c>
       <c r="M45" t="s">
-        <v>31</v>
+        <v>290</v>
       </c>
       <c r="N45" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O45" t="s">
+        <v>296</v>
+      </c>
+      <c r="P45" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>211</v>
+        <v>297</v>
       </c>
       <c r="B46" t="s">
-        <v>212</v>
+        <v>298</v>
       </c>
       <c r="C46" t="s">
-        <v>35</v>
+        <v>299</v>
       </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="E46" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>43</v>
+      </c>
+      <c r="H46">
+        <v>2022</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>300</v>
+      </c>
+      <c r="K46" t="s">
+        <v>34</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>301</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>302</v>
+      </c>
+      <c r="P46" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>304</v>
+      </c>
+      <c r="B47" t="s">
+        <v>305</v>
+      </c>
+      <c r="C47" t="s">
+        <v>306</v>
+      </c>
+      <c r="D47" t="s">
+        <v>307</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>61</v>
+      </c>
+      <c r="G47" t="s">
+        <v>43</v>
+      </c>
+      <c r="H47">
+        <v>2024</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>308</v>
+      </c>
+      <c r="K47" t="s">
+        <v>34</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>309</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>310</v>
+      </c>
+      <c r="P47" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>312</v>
+      </c>
+      <c r="B48" t="s">
+        <v>313</v>
+      </c>
+      <c r="C48" t="s">
+        <v>306</v>
+      </c>
+      <c r="D48" t="s">
+        <v>307</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48">
+        <v>2025</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>308</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>309</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>314</v>
+      </c>
+      <c r="P48" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>316</v>
+      </c>
+      <c r="B49" t="s">
+        <v>317</v>
+      </c>
+      <c r="C49" t="s">
+        <v>264</v>
+      </c>
+      <c r="D49" t="s">
+        <v>42</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>21</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49">
+        <v>2016</v>
+      </c>
+      <c r="J49" t="s">
+        <v>265</v>
+      </c>
+      <c r="K49" t="s">
+        <v>34</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>266</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>318</v>
+      </c>
+      <c r="P49" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>316</v>
+      </c>
+      <c r="B50" t="s">
+        <v>320</v>
+      </c>
+      <c r="C50" t="s">
+        <v>264</v>
+      </c>
+      <c r="D50" t="s">
+        <v>42</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2012</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>265</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>266</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>321</v>
+      </c>
+      <c r="P50" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" t="s">
+        <v>323</v>
+      </c>
+      <c r="C51" t="s">
+        <v>51</v>
+      </c>
+      <c r="D51" t="s">
+        <v>42</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>21</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2004</v>
+      </c>
+      <c r="I51">
+        <v>2011</v>
+      </c>
+      <c r="J51" t="s">
+        <v>135</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>324</v>
+      </c>
+      <c r="M51" t="s">
+        <v>55</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>325</v>
+      </c>
+      <c r="P51" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>327</v>
+      </c>
+      <c r="B52" t="s">
+        <v>328</v>
+      </c>
+      <c r="C52" t="s">
+        <v>329</v>
+      </c>
+      <c r="D52" t="s">
+        <v>280</v>
+      </c>
+      <c r="E52" t="s">
+        <v>116</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>174</v>
+      </c>
+      <c r="H52"/>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>281</v>
+      </c>
+      <c r="K52" t="s">
+        <v>34</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>330</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>331</v>
+      </c>
+      <c r="P52"/>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>332</v>
+      </c>
+      <c r="B53" t="s">
+        <v>333</v>
+      </c>
+      <c r="C53" t="s">
+        <v>334</v>
+      </c>
+      <c r="D53" t="s">
+        <v>335</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>43</v>
+      </c>
+      <c r="H53">
+        <v>2011</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>336</v>
+      </c>
+      <c r="K53" t="s">
+        <v>34</v>
+      </c>
+      <c r="L53" t="s">
+        <v>337</v>
+      </c>
+      <c r="M53" t="s">
+        <v>338</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>339</v>
+      </c>
+      <c r="P53" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>341</v>
+      </c>
+      <c r="B54" t="s">
+        <v>342</v>
+      </c>
+      <c r="C54" t="s">
+        <v>343</v>
+      </c>
+      <c r="D54" t="s">
+        <v>344</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>188</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2017</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>345</v>
+      </c>
+      <c r="K54" t="s">
+        <v>346</v>
+      </c>
+      <c r="L54" t="s">
+        <v>347</v>
+      </c>
+      <c r="M54" t="s">
+        <v>348</v>
+      </c>
+      <c r="N54" t="s">
         <v>36</v>
       </c>
-      <c r="G46">
-[...119 lines deleted...]
-      <c r="G49">
+      <c r="O54" t="s">
+        <v>349</v>
+      </c>
+      <c r="P54" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>351</v>
+      </c>
+      <c r="B55" t="s">
+        <v>352</v>
+      </c>
+      <c r="C55" t="s">
+        <v>353</v>
+      </c>
+      <c r="D55" t="s">
+        <v>354</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>188</v>
+      </c>
+      <c r="G55" t="s">
+        <v>43</v>
+      </c>
+      <c r="H55">
+        <v>2019</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>355</v>
+      </c>
+      <c r="K55" t="s">
+        <v>34</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>356</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>357</v>
+      </c>
+      <c r="P55" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>359</v>
+      </c>
+      <c r="B56" t="s">
+        <v>360</v>
+      </c>
+      <c r="C56" t="s">
+        <v>361</v>
+      </c>
+      <c r="D56" t="s">
+        <v>335</v>
+      </c>
+      <c r="E56" t="s">
+        <v>116</v>
+      </c>
+      <c r="F56" t="s">
+        <v>117</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2001</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>281</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>362</v>
+      </c>
+      <c r="M56" t="s">
+        <v>363</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>364</v>
+      </c>
+      <c r="P56" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>366</v>
+      </c>
+      <c r="B57" t="s">
+        <v>367</v>
+      </c>
+      <c r="C57" t="s">
+        <v>361</v>
+      </c>
+      <c r="D57" t="s">
+        <v>42</v>
+      </c>
+      <c r="E57" t="s">
+        <v>116</v>
+      </c>
+      <c r="F57" t="s">
+        <v>117</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2008</v>
+      </c>
+      <c r="I57">
         <v>2012</v>
       </c>
-      <c r="H49">
-[...65 lines deleted...]
-      <c r="B51" t="s">
+      <c r="J57" t="s">
+        <v>265</v>
+      </c>
+      <c r="K57" t="s">
+        <v>34</v>
+      </c>
+      <c r="L57" t="s">
+        <v>368</v>
+      </c>
+      <c r="M57" t="s">
+        <v>369</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>370</v>
+      </c>
+      <c r="P57" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>372</v>
+      </c>
+      <c r="B58" t="s">
+        <v>373</v>
+      </c>
+      <c r="C58" t="s">
+        <v>374</v>
+      </c>
+      <c r="D58" t="s">
         <v>42</v>
       </c>
-      <c r="C51" t="s">
-[...300 lines deleted...]
-      </c>
       <c r="E58" t="s">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="F58" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2006</v>
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
       </c>
       <c r="H58">
         <v>2006</v>
       </c>
-      <c r="I58" t="s">
-        <v>37</v>
+      <c r="I58">
+        <v>2006</v>
       </c>
       <c r="J58" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K58" t="s">
+        <v>34</v>
+      </c>
+      <c r="L58"/>
       <c r="M58" t="s">
-        <v>31</v>
+        <v>375</v>
       </c>
       <c r="N58" t="s">
-        <v>267</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:14">
+        <v>36</v>
+      </c>
+      <c r="O58" t="s">
+        <v>376</v>
+      </c>
+      <c r="P58"/>
+    </row>
+    <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>268</v>
+        <v>377</v>
       </c>
       <c r="B59" t="s">
-        <v>217</v>
+        <v>378</v>
       </c>
       <c r="C59" t="s">
-        <v>76</v>
+        <v>306</v>
       </c>
       <c r="D59" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="E59" t="s">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="F59" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="G59"/>
+        <v>117</v>
+      </c>
+      <c r="G59" t="s">
+        <v>379</v>
+      </c>
       <c r="H59"/>
-      <c r="I59" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="K59" t="s">
+        <v>34</v>
+      </c>
+      <c r="L59"/>
       <c r="M59" t="s">
+        <v>380</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>381</v>
+      </c>
+      <c r="P59" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>383</v>
+      </c>
+      <c r="B60" t="s">
+        <v>384</v>
+      </c>
+      <c r="C60" t="s">
+        <v>361</v>
+      </c>
+      <c r="D60" t="s">
+        <v>280</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1997</v>
+      </c>
+      <c r="I60">
+        <v>2014</v>
+      </c>
+      <c r="J60" t="s">
+        <v>180</v>
+      </c>
+      <c r="K60" t="s">
+        <v>34</v>
+      </c>
+      <c r="L60" t="s">
+        <v>385</v>
+      </c>
+      <c r="M60" t="s">
+        <v>386</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>387</v>
+      </c>
+      <c r="P60" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>389</v>
+      </c>
+      <c r="B61" t="s">
+        <v>390</v>
+      </c>
+      <c r="C61" t="s">
+        <v>361</v>
+      </c>
+      <c r="D61" t="s">
+        <v>335</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>188</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2008</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>180</v>
+      </c>
+      <c r="K61" t="s">
+        <v>34</v>
+      </c>
+      <c r="L61" t="s">
+        <v>391</v>
+      </c>
+      <c r="M61" t="s">
+        <v>386</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>392</v>
+      </c>
+      <c r="P61" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>394</v>
+      </c>
+      <c r="B62" t="s">
+        <v>395</v>
+      </c>
+      <c r="C62" t="s">
+        <v>155</v>
+      </c>
+      <c r="D62" t="s">
+        <v>52</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>43</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>158</v>
+      </c>
+      <c r="K62" t="s">
+        <v>34</v>
+      </c>
+      <c r="L62" t="s">
+        <v>396</v>
+      </c>
+      <c r="M62" t="s">
+        <v>159</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>397</v>
+      </c>
+      <c r="P62" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>399</v>
+      </c>
+      <c r="B63" t="s">
+        <v>400</v>
+      </c>
+      <c r="C63" t="s">
+        <v>155</v>
+      </c>
+      <c r="D63" t="s">
+        <v>42</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63">
+        <v>2015</v>
+      </c>
+      <c r="J63" t="s">
+        <v>158</v>
+      </c>
+      <c r="K63" t="s">
+        <v>34</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>159</v>
+      </c>
+      <c r="N63" t="s">
+        <v>36</v>
+      </c>
+      <c r="O63" t="s">
+        <v>401</v>
+      </c>
+      <c r="P63" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>403</v>
+      </c>
+      <c r="B64" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" t="s">
+        <v>179</v>
+      </c>
+      <c r="D64" t="s">
+        <v>52</v>
+      </c>
+      <c r="E64" t="s">
+        <v>116</v>
+      </c>
+      <c r="F64" t="s">
+        <v>117</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2013</v>
+      </c>
+      <c r="I64">
+        <v>2021</v>
+      </c>
+      <c r="J64" t="s">
+        <v>405</v>
+      </c>
+      <c r="K64" t="s">
+        <v>34</v>
+      </c>
+      <c r="L64" t="s">
+        <v>406</v>
+      </c>
+      <c r="M64" t="s">
+        <v>407</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>408</v>
+      </c>
+      <c r="P64" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>410</v>
+      </c>
+      <c r="B65" t="s">
+        <v>411</v>
+      </c>
+      <c r="C65" t="s">
+        <v>79</v>
+      </c>
+      <c r="D65" t="s">
+        <v>102</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>43</v>
+      </c>
+      <c r="H65">
+        <v>2021</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>80</v>
+      </c>
+      <c r="K65" t="s">
         <v>24</v>
       </c>
-      <c r="N59" t="s">
-[...98 lines deleted...]
-      <c r="C62" t="s">
+      <c r="L65"/>
+      <c r="M65"/>
+      <c r="N65" t="s">
+        <v>36</v>
+      </c>
+      <c r="O65" t="s">
+        <v>412</v>
+      </c>
+      <c r="P65" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>414</v>
+      </c>
+      <c r="B66" t="s">
+        <v>415</v>
+      </c>
+      <c r="C66" t="s">
+        <v>416</v>
+      </c>
+      <c r="D66" t="s">
+        <v>417</v>
+      </c>
+      <c r="E66" t="s">
+        <v>116</v>
+      </c>
+      <c r="F66" t="s">
+        <v>61</v>
+      </c>
+      <c r="G66" t="s">
         <v>43</v>
       </c>
-      <c r="D62" t="s">
-[...80 lines deleted...]
-      <c r="C64" t="s">
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>180</v>
+      </c>
+      <c r="K66" t="s">
+        <v>34</v>
+      </c>
+      <c r="L66" t="s">
+        <v>418</v>
+      </c>
+      <c r="M66" t="s">
+        <v>419</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>420</v>
+      </c>
+      <c r="P66" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>422</v>
+      </c>
+      <c r="B67" t="s">
+        <v>423</v>
+      </c>
+      <c r="C67" t="s">
+        <v>416</v>
+      </c>
+      <c r="D67" t="s">
+        <v>52</v>
+      </c>
+      <c r="E67" t="s">
+        <v>116</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
         <v>43</v>
       </c>
-      <c r="D64" t="s">
-[...11 lines deleted...]
-      <c r="H64">
+      <c r="H67">
         <v>2021</v>
       </c>
-      <c r="I64" t="s">
-[...44 lines deleted...]
-      <c r="J65" t="s">
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>180</v>
+      </c>
+      <c r="K67" t="s">
+        <v>34</v>
+      </c>
+      <c r="L67" t="s">
+        <v>424</v>
+      </c>
+      <c r="M67" t="s">
+        <v>419</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>425</v>
+      </c>
+      <c r="P67" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>427</v>
+      </c>
+      <c r="B68" t="s">
+        <v>428</v>
+      </c>
+      <c r="C68" t="s">
+        <v>416</v>
+      </c>
+      <c r="D68" t="s">
+        <v>42</v>
+      </c>
+      <c r="E68" t="s">
+        <v>116</v>
+      </c>
+      <c r="F68" t="s">
         <v>21</v>
       </c>
-      <c r="K65"/>
-[...111 lines deleted...]
-      <c r="G68"/>
+      <c r="G68" t="s">
+        <v>174</v>
+      </c>
       <c r="H68"/>
-      <c r="I68" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I68"/>
       <c r="J68" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      </c>
+        <v>429</v>
+      </c>
+      <c r="K68" t="s">
+        <v>34</v>
+      </c>
+      <c r="L68"/>
       <c r="M68" t="s">
-        <v>302</v>
+        <v>419</v>
       </c>
       <c r="N68" t="s">
-        <v>303</v>
-      </c>
+        <v>430</v>
+      </c>
+      <c r="O68" t="s">
+        <v>431</v>
+      </c>
+      <c r="P68"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>