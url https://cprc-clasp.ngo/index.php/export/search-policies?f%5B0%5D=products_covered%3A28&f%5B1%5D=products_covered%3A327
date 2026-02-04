--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -1156,62 +1156,62 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners-0</t>
   </si>
   <si>
     <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
@@ -4883,54 +4883,54 @@
         <v>354</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
         <v>355</v>
       </c>
       <c r="B54" t="s">
         <v>356</v>
       </c>
       <c r="C54" t="s">
         <v>187</v>
       </c>
       <c r="D54" t="s">
         <v>357</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
         <v>34</v>
       </c>
       <c r="G54" t="s">
         <v>35</v>
       </c>
-      <c r="H54">
+      <c r="H54"/>
+      <c r="I54">
         <v>2024</v>
       </c>
-      <c r="I54"/>
       <c r="J54" t="s">
         <v>358</v>
       </c>
       <c r="K54" t="s">
         <v>24</v>
       </c>
       <c r="L54"/>
       <c r="M54" t="s">
         <v>359</v>
       </c>
       <c r="N54" t="s">
         <v>38</v>
       </c>
       <c r="O54" t="s">
         <v>360</v>
       </c>
       <c r="P54" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
         <v>362</v>
       </c>
       <c r="B55" t="s">