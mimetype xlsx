--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -1058,107 +1058,107 @@
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor energy efficiency ratio standards</t>
   </si>
   <si>
     <t>Low-voltage single-phase inductive motor</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/low-voltage-single-phase-inductive-motor-energy-efficiency-ratio-standards</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
     <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
     <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
 i) with rated output less than or equal to 0.73kW and less than 185kW; 
 ii) in 2- 4- 6- and 8-pole configurations; and 
 iii) with voltages rated up to 1100 V AC</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
   </si>
@@ -4766,51 +4766,51 @@
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>343</v>
       </c>
       <c r="B52" t="s">
         <v>344</v>
       </c>
       <c r="C52" t="s">
         <v>173</v>
       </c>
       <c r="D52" t="s">
         <v>345</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>42</v>
       </c>
       <c r="G52" t="s">
         <v>43</v>
       </c>
       <c r="H52">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>346</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
         <v>347</v>
       </c>
       <c r="N52" t="s">
         <v>35</v>
       </c>
       <c r="O52" t="s">
         <v>348</v>
       </c>
       <c r="P52" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>350</v>