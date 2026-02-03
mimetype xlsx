--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,2072 +12,3119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="640">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="965">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
+  </si>
+  <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>SNI IEC 62612:2016</t>
+  </si>
+  <si>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-037. Copiers, Printers, and Fax Machines</t>
   </si>
   <si>
+    <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does not apply to AC contactors with external power saving device or semi-conductor type -solid type contactor.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>GB 21521-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-037-copiers-printers-and-fax-machines</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B617_%E5%A4%8D%E5%8D%B0%E6%9C%BA%E3%80%81%E6%89%93%E5%8D%B0%E6%9C%BA%E5%92%8C%E4%BC%A0%E7%9C%9F%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Comparative Label, Minimum Performance Standard</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452421-2011. CQC Mark Certification - Server</t>
   </si>
   <si>
+    <t>Applies to tower or rack-mounted servers with 1 and 2 processor sockets. Does NOT apply to Bladed Server or Multi-node Systems</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>CQC3135-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452421-2011-cqc-mark-certification-server</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492857.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452422-2019. Energy Conservation Certification Rules for Ethernet Switches</t>
   </si>
   <si>
+    <t>Applies to fixed port ethernet switch directly or indirectly connected to grid power. Does NOT apply to slot ethernet switch or DC-powered ethernet switch.</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>CQC 3140-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452422-2019-energy-conservation-certification-rules-ethernet-switches</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/496852.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452611-2011. CQC Mark Certification - Scanners</t>
   </si>
   <si>
+    <t>Applies to drum scanners; flatbed scanners; and scanners for film or transparent media.</t>
+  </si>
+  <si>
     <t>CQC 3134-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452611-2011-cqc-mark-certification-scanners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-04/492776.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452627-2014. CQC Mark Certification - Copy machines; printers; fax machines and multi-function equipment</t>
   </si>
   <si>
+    <t>Applies to copiers; printers; fax machines; and multi-function equipment. Applies to products operating under 220V and 50Hz; with printing speed lower than 70pages per minute and standard format. Can be used as reference for products with printing speed higher than 70pages per minute and non-standard format.</t>
+  </si>
+  <si>
     <t>GB 21521-2014, GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452627-2014-cqc-mark-certification-copy-machines-printers-fax-machines-and-multi</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492780.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461225-2012. Energy Conservation Certification Rules for Ballasts for Tubular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Apply to ballasts for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>GB 17896-2012; GB/T 15144-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-461225-2012-energy-conservation-certification-rules-ballasts-tubular-fluorescent</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-08-24/553843.shtml</t>
+  </si>
+  <si>
     <t>CQC31-462121-2009. CQC Mark Certification - Low voltage distribution saver</t>
   </si>
   <si>
+    <t>Applies to Low voltage distribution saver of rated voltage lower than 1000V; rated frequency of 50Hz and rated capacity no more than 2500kVA.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>CQC 3103-2009</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-462121-2009-cqc-mark-certification-low-voltage-distribution-saver</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/rootfiles/2011/08/02/1312218401953921-1312218401978593.pdf</t>
+  </si>
+  <si>
     <t>CQC31-465132-2013. CQC Mark Certification - Fluorescent Lamps for General Lighting Service; Double-Capped</t>
   </si>
   <si>
+    <t>Applies to double-capped fluorescent lamps for general lighting services</t>
+  </si>
+  <si>
     <t>GB/T 10682-2010 GB 19043-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465132-2013-cqc-mark-certification-fluorescent-lamps-general-lighting-service-double</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-22/492726.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465197-2014. CQC Mark Certification - Double-capped LED Lamps designed to retrofit linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>Applies to G13 double-capped T8 LED Lamps designed to retrofit linear Fluorescent Lamps with technical characteristics based on GB|T 10682</t>
+  </si>
+  <si>
     <t>CQC 3148-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465197-2014-cqc-mark-certification-double-capped-led-lamps-designed-retrofit-linear</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/rootfiles/2014/11/02/1414876321132078-1414876321176625.pdf</t>
+  </si>
+  <si>
     <t>CQC31-473232-2014. Energy Conservation Certification Rules for Video Recorder</t>
   </si>
   <si>
+    <t>Apply to video recorder directly or indirectly connected to grid power</t>
+  </si>
+  <si>
     <t>CQC 3149-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473232-2014-energy-conservation-certification-rules-video-recorder</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/511496.shtml</t>
+  </si>
+  <si>
     <t>CQC31-473421-2017. Energy Conservation Certification Rules for Lottery Sales Terminal</t>
   </si>
   <si>
+    <t>Apply to lottery sales terminal</t>
+  </si>
+  <si>
     <t>CQC 3162-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-473421-2017-energy-conservation-certification-rules-lottery-sales-terminal</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/547515.shtml</t>
+  </si>
+  <si>
     <t>CQC31-541205-2018. Energy Efficiency Certification Rules for Data Center</t>
   </si>
   <si>
+    <t>Apply to data center used in productive activities</t>
+  </si>
+  <si>
     <t>GB/T 32910.3-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-541205-2018-energy-efficiency-certification-rules-data-center</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-12-01/553498.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Printers; Neng-Chi-Tze-10405006191</t>
   </si>
   <si>
+    <t>Printers - 1. The Printer that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.32.00.00.1-A, 8443.31.00.00-2-A; or recognized by competent authority.   2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0  --hereunder briefed as ENERGY STAR REV. 2.0.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment (Version 2.0)</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-printers-neng-chi</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=33%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Tubular Fluorescent Lamps (TFL)</t>
   </si>
   <si>
+    <t>The policy specifies the tubular fluorescent lamps for general lighting services covering all wattages with nominal dimension starting from 1100 millimeter and upto1500 millimeter covering color temperature of 6500 kelvin for halo-phosphate category, and 2700 kelvin, 4000 kelvin and 6500 kelvin  tri-phosphate lamps categories for display of particulars on label.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 2418 (part 1 and 2) -1977 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-tubular-fluorescent-lamps-tfl</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/TFLnoti_New.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Standard and Indication Method for the Copier Machine Energy Conservation Marker; Neng-Chi-Tze-10405006201</t>
   </si>
   <si>
+    <t>The Copier Machine that is granted the verification registration conformity certificate or the type recognition certificate issued by Bureau of Standards Metrology and Inspection; Ministry of Economic Affairs and meets the regulations of C.C.C. Code: 8443.31.00.00-2-B, 8443.32.00.00-1-B, or recognized by competent authority.     2. The Printer that meets the definition specified in ENERGY STAR Program Requirements for Imaging Equipment; Version 2.0 -hereunder briefed as ENERGY STAR REV. 2.0.     3. The fax machine possessing single-page copying function shall not be applicable for the scope provided herein.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-standard-and-indication-method-copier-machine-energy-conservation-marker</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=32%20</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computer Servers Version 3.0</t>
   </si>
   <si>
+    <t>A product must meet the definition of a Computer Server provided in Section 1 of the policy document
+to be eligible for ENERGY STAR certification under this specification. Eligibility under Version 3.0
+is limited to Blade-, Multi-node, Rack-mounted, or Pedestal form factor computer servers with no
+more than four processor sockets in the computer server (or per blade or node in the case of
+blade or multi-node servers).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computer Servers (Rev. Sept-2018); SPEC most current SERT</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computer-servers-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/enterprise_servers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Data Center Storage Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet all of the following conditions are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2:
+i. meet the definition of a Storage Product provided in Section 1 of the policy document;
+ii. are comprised of one or more SKUs and be able to be purchased in a single order from a storage product vendor;
+iii. are characterized within the Disk Set Online categories 2, 3, or 4 and NVSS Set Disk Access categories Online 2, 3 or 4 with the following additional criteria:
+   a) contain a controller with advanced data recovery capability
+   b) support Block I/O and/or File I/O storage functions; and
+   c) implement scale-up or scale-out storage.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Data Center Storage Equipment, Rev. May 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-data-center-storage-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/data_center_storage/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Large Network Equipment Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of Large Network Equipment, a device whose primary function is to pass Internet Protocol traffic among various network interfaces/ports, are eligible for ENERGY STAR certification under this specification. Products explicitly excluded from Version 1.1 are products that contain greater than four Physical Network Ports that have 100 Gb/s or higher link rate capability, as well as the following products:
+i. Small Network Equipment;
+ii. Computer Servers, including blade switches sold within a Blade Server configuration;
+iii. Storage Products, including Blade Storage;
+iv. Storage Networking Products;
+v. Security Appliances;
+vi. Access Point Controllers;
+vii. DSLAM/CMTS equipment;
+viii. Network Caching Devices; and
+ix. Load Balancing Devices.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Large Network Equipment (Rev. December-2015)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-large-network-equipment-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/large_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Small Network Equipment Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition for Small Network Equipment (SNE) as specified herein are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2 of the policy document. In addition, SNE shall meet one of the following equipment type definitions:
+i. Broadband Modems (Cable, DSL);
+ii. Optical Network Termination Device (ONT);
+iii. Integrated Access Device (IAD);
+iv. Router;
+v. Switch; or
+vi. Access Point.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Small Network Equipment Rev. Aug-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-small-network-equipment-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/data_center_equipment/small_network_equipment/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Telephony Version 3.0</t>
   </si>
   <si>
+    <t>Telephony products are categorized by two independent characteristics: Sound Transmission Mechanism and Configuration. Products that meet the definition of Telephone as specified in the policy document and transmit sound via Analog, VoIP, or a Hybrid of Analog and VoIP are eligible for ENERGY STAR certification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Test Method for Telephony Rev. November-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-telephony-version-30</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/electronics/cordless_phones/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Magnetic disk units</t>
   </si>
   <si>
+    <t>It covers magnetic disk units</t>
+  </si>
+  <si>
     <t>Hard-Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-magnetic-disk-units</t>
   </si>
   <si>
     <t>Energy-Saving Labeling Program - Routers</t>
   </si>
   <si>
+    <t>It covers routers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-routers</t>
   </si>
   <si>
     <t>Fluorescent tubes</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fluorescent-tubes</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>GB 21521-2014 Minimum allowable values of energy efficiency and energy efficiency grades for copy machines; printers and fax machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21521-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-copy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED11D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB19043-2013 Minimum allowable values of energy efficiency grades of double-capped fluorescent lamps for general lighting service</t>
   </si>
   <si>
+    <t>Applies to non-directional self-ballasted LED lamps with the rated rated power of 2W-60W; rated voltage of 220V; frequency 50Hz</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb19043-2013-minimum-allowable-values-energy-efficiency-grades-double-capped-fluorescent</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E6C0D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Double-capped Fluorescent Lamps) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers double-capped fluorescent lamps in the product classes set out in subsection (2) that are:</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.1:2004AS/NZS 4782.2:2004AS/NZS 4782.3:2006AS/NZS 61231: 2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-double-capped-fluorescent-lamps-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2017L00652</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N140 - External Hard Drive</t>
   </si>
   <si>
+    <t>This standard is applicable to external hard drives contained in the disk enclosures.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n140-external-hard-drive</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/140/0411b7aa-6d99-4a59-973e-49db51ff292c.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N19 - Printers</t>
   </si>
   <si>
+    <t>Laser and Inkjet Printers; Dot-matrix Printers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n19-printers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/19/a2927784-929d-45e1-bd21-b2c2985afe95.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N42 - Fluorescent Lamps Tubes</t>
   </si>
   <si>
+    <t>This standard is applicable to the preheat-type fluorescent lamps or tubes which meet the definition of CNS 691 and excludes the compact fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n42-fluorescent-lamps-tubes</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/42/0b942ae7-ba35-45af-8945-4a1ae0e9fdb7.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N45 - Monochromatic Copy Machines</t>
   </si>
   <si>
+    <t>Applies to carbon powder toner machines</t>
+  </si>
+  <si>
     <t>Requirements for energy consumption are described in the standard Greenmark N45</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n45-monochromatic-copy-machines</t>
   </si>
   <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N78 - Image Output Devices</t>
   </si>
   <si>
+    <t>This standard is applicable to facsimile machines; copiers; and multifunction devices.    1. Facsimile -Fax Machine: A product whose primary functions are to scan paper originals for electronic transmission to remote units, and to receive electronic transmissions for conversion to paper output. Electronic transmission is primarily over a public telephone system, but may also be via a computer network or the Internet.    2. Copier: A product whose sole function is to produce paper duplicates from paper originals.   3. Multifunction Device -MFD: A product that performs two or more of the core functions of a Printer; Scanner; Copier; or Fax Machine.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n78-image-output-devices</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/78/ed90e8ff-2f8c-4f35-8385-bde4eba11953.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N88 - Scanners</t>
   </si>
   <si>
+    <t>This standard is applicable to scanners; excluding multi-function devices with scanning capabilities; network scanners; or scanners not directly powered by electricity from the wall outlets.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n88-scanners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/88/398369f2-9d5f-47dd-a41b-1ab919c2cafd.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>INTE E22-1 2016</t>
   </si>
   <si>
+    <t>This standard establishes the minimum efficiency limits for linear fluorescent lamps. This standard applies to linear fluorescent lamps; intended for lighting residential; commercial; services and industrial sectors that are marketed in the national territory.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2016</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-1-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-requisitos-1480?search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-1 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps. This standard applies to linear fluorescent lamps intended for lighting residential; commercial; services and industrial sectors that are marketed in the National territory.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-1-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?page=2&amp;search=INTE+28</t>
+  </si>
+  <si>
     <t>INTE E22-2 2020</t>
   </si>
   <si>
+    <t>This standard establishes the minimum content of the energy efficiency label for linear fluorescent lamps (LFL). This standard applies to linear fluorescent lamps, intended for lighting residential, commercial, service and industrial sectors that are marketed in the national territory. This standard does not apply to types of lamps that have one or more of the following characteristics: - Linear fluorescent lamps with a length of less than 50 cm, color temperature greater than 7000 K, designed to operate at low temperatures, ultraviolet and other special applications. . - Compact fluorescent lamp without integrated ballast, circular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inte-e22-2-2020</t>
   </si>
   <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e22-2-2016-eficiencia-energetica-lamparas-fluorescentes-lineales-lfl-etiquetado-1178?variant=5673</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI NS 7341, 1st edition- Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Electric lamps - Tubular, double capped</t>
+  </si>
+  <si>
     <t>NS687 (Double Capped), NS 2702 (High Pressure Mercury Vapor), NS 5191 (HPSI), NS 5211 (Single Capped), 98/11/EC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-ns-7341-1st-edition-technical-specifications-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>JS 2092:2013 Energy efficiency labeling of household electric lamps</t>
   </si>
   <si>
+    <t>This policy covers household electric lamps supplied directly from the mains (filament and integral compact fluorescent lamps), and to household fluorescent lamps (including linear, and non-integral compact fluorescent lamps), even when marketed for non-household use.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2092</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20922013-energy-efficiency-labeling-household-electric-lamps</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5453</t>
+  </si>
+  <si>
     <t>JS 2093:2013 Technical regulation on eco-design requirements for fluorescent lamps without integrated ballast; for high intensity discharge lamps; and for ballasts and luminaires able to operate such lamps</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of fluorescent lamps without integrated ballast, of high intensity discharge lamps, and of ballasts and luminaires able to operate such lamps as defined in Article 3, even when they are integrated into other energy related products.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Drivers/ Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-20932013-technical-regulation-eco-design-requirements-fluorescent-lamps-without</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5462</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>KS 2448-1:2013 Double-capped flourescent lamps-performance specification-minimum energy performance standards</t>
   </si>
   <si>
+    <t>This standard specifies MEPS requirements for double-capped; FD1 and FDH2; tubular lamps with a nominal length of 550 mm to 1500 mm and having nominal wattage of 16 watts or more that are within the scope of IEC 60081.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-2448-12013-double-capped-flourescent-lamps-performance-specification-minimum-energy</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=10039</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
-    <t>MELS for General Lighting</t>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for General Lighting (2019)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for incandescent lamps, CFLi lamps, and LEDs with an Edison screw or a bayonet lamp cap.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2019</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MELS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy set energy label scheme for all regulated lamps:</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-general-lighting-2024</t>
   </si>
   <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting (2024)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for lamps as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting-2024</t>
   </si>
   <si>
-    <t>MEPS for indoor LED lamps</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Ministerial Regulation Prescribing High Efficiency Double-Capped Fluorescent Lamps, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers double-capped fluorescent lamps, which are straight cylindrical fluorescent lamps intended for general lighting use. It applies to one-phase alternating current rated voltage 220 volts, frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-double-capped-fluorescent-lamps-be-2558</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048416</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Scanner of Standby Mode, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers scanners for office and home use that read data from images and record it on a computer.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-scanner-standby-mode-be-2558-2015</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=2048425</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Multi-Functional Devices in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers multi-functional devices that can print, copy, and scan documents in the same device and can be operated using power from the mains power supply. It covers ink-injected multi-function devices and laser multifunction devices or black LED multifunction devices.</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-multi-functional-devices-standby-and</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048424</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Printers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers printers that print documents and use them with computers. Included types: 1. Ink-jet printers and, 2. black laser printers or LED printers and color laser printers or LED printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-printers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048423</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>NOM-028-ENER-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard establishes the minimum efficiency limits for general- purpose lamps, intended for the lighting of the residential, commercial, services, industrial and public lighting sectors , as well as their test methods. This Official Mexican Standard applies to general-purpose lamps intended for lighting in the residential, commercial, services, industrial and public lighting sectors, such as: incandescent, incandescent with halogen, linear fluorescent, high intensity discharge and mixed light; that are imported, manufactured, and / or marketed within the national territory.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-028-ener-2017</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5515627&amp;fecha=09/03/2018</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>Provision No. 257</t>
   </si>
   <si>
+    <t>Mandatory Energy Efficiency Labeling for General Lighting Fluorescent Lamps with Single and Double Base</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62404-2</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/provision-no-257</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3421</t>
+  </si>
+  <si>
     <t>Register of Manufacturers and Importers of Incandescent and Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The Resolution establishes the requirements and procedures, as well as the conditions that will be required to grant the Prior Import Licenses, which must include the mandatory Energy Efficiency Certificate for such products. The Resolution applies to manufacturers and importers of the following products:</t>
+  </si>
+  <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/register-manufacturers-and-importers-incandescent-and-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/14/Registration-and-Energy-Efficiency-Certification-of-Lamps-in-Paraguay</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SASO 2870:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to: 
+Incandescent lamps
+Halogen lamps
+Compact flourescent lamps with integrated ballast (CFLi)
+Light-emitting diode (LED) lamps (Incandescent retrofit types)
+Light-emitting diode (LED) lamps (Halogen retrofit types)</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28702018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/saudi-arabia-market-access-new-requirements-lighting-products-saso-iecee-and-saso-ee</t>
+  </si>
+  <si>
     <t>SASO 2902:2018 MEPS and labeling schemes for lighting products</t>
   </si>
   <si>
+    <t>This standard applies to:
+Incandescent lamps with a luminous flux above or equal 12,000 lumens
+Halogen lamps with a luminous flux above or equal 12.000 lumens
+Compact fluorescent lamps with integrated ballast (CLFi) with a luminous flux above or equal 12,000 Lumens
+Compact fluorescent lamps without integrated ballast (CFLni)
+Fluorescent Lamps (all types)
+High-Intensity Discharge Lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-29022018-meps-and-labeling-schemes-lighting-products</t>
   </si>
   <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Schedule 16 - Office Equipments (printers, scanners, copiers, fax machines and multi function devices)</t>
   </si>
   <si>
+    <t>The schedule specifies the MEPS and labeling instructions for office equipment copiers, printers, fax machines, scanners and multi-function devices for office automation and similar use. This schedule is for only single phase office equipment (printers, scanners, copiers, fax machines and multi-function devices) which operate at the standard voltage and frequency range specified by the relevant Indian Standards and the Indian Electricity Rules 1956.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-16-office-equipments-printers-scanners-copiers-fax-machines-and-multi-function</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%20-%2016Office%20Equipments.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4106 - Self-Ballasted Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for self-ballasted circular fluorescent lamps with T5 or T9 bulb, with electronic or electromagnetic adapter, E-26 or E-27 base, and rated supply voltage of 120V and 127V +-10% at an operating frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-16 / IES-LM-54 / IES LM-65</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4106-self-ballasted-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4106_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4108 - T8 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T8 fluorescent lamps, quick start, of power ratings: 15W (457.2mm), 17W (604 mm), 25W (914.4 mm), 25W (1200 mm), 28W (1200 mm) 30W (1200 mm) y 32W (1200 mm), U" shape of 31W (41.27 mm between electrodes); as well as instant start lamps of 55W (2438.4 mm) 59W (2438.4 mm) and high light output (HO) in 86W (2438.4 mm). "</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4108-t8-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4108_07.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4110 - Luminaires for Indoor Use With Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for interior fixtures, built-in or overlaid, using linear fluorescent lamps or U-shaped, with T8 or T5 bulbs and their respective ballast, reflector mirror orcabinet using highly reflective paint, with or without diffuser.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / IES LM-41 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4110-luminaires-indoor-use-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4110_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4119 - T5 Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for T5 linear fluorescent lamps, quick start, operating at the following power ratings: 14W, 21W, 28W, 35W and with high light output or without amalgam in the following power ratings: 24W, 39W, 49W, 54W and 80W.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NOM-028-ENER / NMX-J-531-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4119-t5-linear-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4119_05.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4124 - Luminaires for Outdoor Use With Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for outdoor lighting fixtures for compact fluorescent lamps T4 or T5 with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts at a frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>NOM-058-SCFI / NOM-064-SCFI / NMX-J-295-ANCE / NMX-J-531-ANCE / IES-LM-66 / IES LM-40 / IES LM-16 / IES-LM-54</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4124-luminaires-outdoor-use-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4124_04.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4125 - Luminaires for Indoor Use with Compact or Circular Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for indoor luminaires, built-in or other, for T4 and T5 compact fluorescent lamps or T5 and T9 circular fluorescent lamps, with electronic or electromagnetic ballast operating voltages of 120, 127, 220 or 277 volts and at frequency of 60 Hertz.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4125-luminaires-indoor-use-compact-or-circular-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4125_03.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4132 - Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for compact fluorescent lamps without ballast, single tube-shaped, double, triple and long twin tube T4 or T5.</t>
+  </si>
+  <si>
     <t>NMX-J-295-ANCE / NMX-J-531-ANCE / NMX-J-197-ANCE / IES-LM-9 / IES LM-16 / IES-LM-54 / IES LM-40 / ANSI C82.3 / ANSI C78.4 / ANSI C78.375</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4132-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4132_02.pdf</t>
+  </si>
+  <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>SLNS 91: 2011 Energy Efficiency Labelling – Labelling of Fluorescent Tubular and Compact Lamps</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of energy efficiency classification of fluorescent lamps used for domestic and similar purposes, the test methods and the features of the energy efficiency label. This National Standard is applicable to tubular, circular and compact fluorescent lamps using both integrated and non-integrated electromagnetic or electronic ballasts, with the following  specifications:</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/slns-91-2011-energy-efficiency-labelling-labelling-fluorescent-tubular-and-compact-lamps</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-91-2011/</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1625 : 2013</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Energy Efficiency Rating for Double Capped Tubular Fluorescent Lamps</t>
+  </si>
+  <si>
     <t>January 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1625-2013</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/images/energy-management/regulations-lfl-and-ballasts.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 7896:2015 Compact fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for compact fluorescent lamps (CFL).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78962015-compact-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7896-2015-bong-den-huynh-quang-compact-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 8249:2013 Linear tubular fluorescent lamps - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for linear tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-82492013-linear-tubular-fluorescent-lamps-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8249-2013-bong-den-huynh-quang-ong-thang-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9509:2012 Printers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95092012-printers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9509-2012-may-in-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 9510:2012 Copiers - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for copiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95102012-copiers-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Facsimile machine TGL-36-R1-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to a stand-alone fax machine, a combined printer/facsimile, a multi-purpose fax machine. (multifunctional units).</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>IEC 60950-1 (or TIS 1561)
 ,   
                     CISPR 22 (or TIS 1956, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-facsimile-machine-tgl-36-r1-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-36-R1-12.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Fluorescent Lamps TGL-2-R4-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to fluorescent lamps consisting of single-capped fluorescent lamps, double-capped fluorescent lamps, and self-ballasted lamps for general lighting purposes.</t>
   </si>
   <si>
     <t>Double–capped fluorescent lamps: TIS 236, TIS 956, TIS 2309, TIS 2310
 ,   
                     Single–capped fluorescent lamps: TIS 1713, TIS 2235, TIS 2334 ,TIS 2310</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-fluorescent-lamps-tgl-2-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-02-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Photocopiers TGL-27-R4-15</t>
   </si>
   <si>
+    <t>These criteria shall apply to all sizes of dry system copiers and multifunction copiers for both color and monochrome copies, which are operated manually and/or automatically (exclude copiers without photoreceptor drums).</t>
+  </si>
+  <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-photocopiers-tgl-27-r4-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-27-R4-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Product Printer TGL-37-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to products that create pictures, texts and graphics on paper, and receives information from a single user or networked computer or other equipment (such as a digital camera).</t>
   </si>
   <si>
     <t>TIS 1561 (or IEC 60950 part 1, EN 60950-1)
 ,   
                     TIS 1956 (or CISPR 22, EN 55022)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-product-printer-tgl-37-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-37-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2309-2556 (2013) double-capped fluorescent lamps: energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies requirements for minimum energy efficiency for double capped fluorescent lamps with a rated wattage of 14 W to 80 W and a diameter of 16 mm and 26 mm (T5 and T8), in accordance with the scope of TIS 236. This standard specifies requirements for lamps intended for general lighting purposes used in the luminaires and ballast is connected to a single-phase electric power supply having a rated voltage 220 V 50 Hz and applied to lamp intended for use with high-frequency ballast (electronic ballast).</t>
+  </si>
+  <si>
     <t>Lighting, Lamps, Tubular Lamps</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2309-2556-2013-double-capped-fluorescent-lamps-energy-efficiency-requirements</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/13.PDF</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1160:2007 Eficiencia energética - Lámparas fluorescentes compactas, circulares y tubulares - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for compact, circular, and tubular fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT 1155:2007, IEC 60081, IEC 60901, IEC 60969</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/unit-11602007-eficiencia-energetica-lamparas-fluorescentes-compactas-circulares-y</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1160+-+Eficiencia+Energetica.+Lamparas+fluorescentes+compactas%2C+circulares+y+tubulares.+Especificaciones+y+etiquetado.pdf/0de30c77-9758-48ed-b393-3085dcf6af48</t>
+  </si>
+  <si>
     <t>US 902:2011 Self-ballasted lamps for General Lighting Services - Performance requirements</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the performance requirements; together with the test methods and conditions required to show compliance of tubular fluorescent and other gas-discharge lamps with integrated means for controlling starting and stable operation -self-ballasted lamps; intended for domestic and similar general lighting purposes.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-9022011-self-ballasted-lamps-general-lighting-services-performance-requirements</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=540&amp;preview</t>
+  </si>
+  <si>
     <t>US 903-1:2011 Double-capped fluorescent lamps-performance specifications</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies Minimum Energy Performance Standard (MEPS) requirements for double-capped tubular fluorescent lamps with a nominal length of 550 mm to 1500 mm and having nominal lamp wattage of 16 watts or more. This standard covers lamps for general illumination purposes, for use in luminaires and with lamp ballasts connected to a 240 V 50 Hz single phase or similar mains supply.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-903-12011-double-capped-fluorescent-lamps-performance-specifications</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=541&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9091 Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This compulsory specification covers the safety; efficacy performance; life and interchangeability requirements for single-capped tubular fluorescent lamps with integrated means for controlling starting and stable operation- self-ballasted lamps- and non-self-ballasted single-capped tubular fluorescent lamps; intended for general lighting purposes that have: a rated wattage up to 60W; a rated voltage of 100 to 250 V a.c.; and 2G7 2GX7 GR8 2G10 G10q GR10q GX10q GY10q 2G11 2GX11 GR14q G23 GX23 G24 GX24 GX24q G24d GX32 and Edison screw or Bayonet caps.</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Annex AA of SANS 60901; or Annex AA of SANS 60969
 ,   
                     SANS 61199
 ,   
                     SANS 60968</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/vc-9091-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209091.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2341,7495 +3388,8538 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N175"/>
+  <dimension ref="A1:P175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="163.817" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="514.303" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...72 lines deleted...]
-      <c r="G4">
+      <c r="H6">
+        <v>1979</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>64</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M6" t="s">
+        <v>66</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>82</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P8" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>89</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>90</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>91</v>
+      </c>
+      <c r="P9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>93</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2003</v>
       </c>
-      <c r="H4">
-[...127 lines deleted...]
-      <c r="H7">
+      <c r="I10">
         <v>2013</v>
       </c>
-      <c r="I7" t="s">
-[...129 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>101</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
         <v>73</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11">
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>107</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" t="s">
+        <v>36</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
         <v>52</v>
       </c>
-      <c r="G11">
+      <c r="D13" t="s">
+        <v>107</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2014</v>
       </c>
-      <c r="H11">
+      <c r="I13">
         <v>2019</v>
       </c>
-      <c r="I11" t="s">
-[...83 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="K13"/>
+        <v>95</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>106</v>
+      </c>
+      <c r="D14" t="s">
+        <v>107</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>116</v>
+      </c>
+      <c r="P14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>95</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>106</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>73</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>108</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>127</v>
+      </c>
+      <c r="C17" t="s">
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>124</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>95</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>112</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>128</v>
+      </c>
+      <c r="P17" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>131</v>
+      </c>
+      <c r="C18" t="s">
+        <v>52</v>
+      </c>
+      <c r="D18" t="s">
+        <v>132</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>73</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>56</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>112</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
+        <v>137</v>
+      </c>
+      <c r="D19" t="s">
+        <v>138</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>34</v>
+      </c>
+      <c r="G19" t="s">
+        <v>73</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
+        <v>36</v>
+      </c>
+      <c r="L19" t="s">
+        <v>140</v>
+      </c>
+      <c r="M19" t="s">
+        <v>141</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>142</v>
+      </c>
+      <c r="P19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
         <v>81</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" t="s">
+      <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F21" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2003</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
+        <v>149</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>159</v>
+      </c>
+      <c r="B22" t="s">
+        <v>160</v>
+      </c>
+      <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
+        <v>161</v>
+      </c>
+      <c r="E22" t="s">
+        <v>54</v>
+      </c>
+      <c r="F22" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2011</v>
+      </c>
+      <c r="J22" t="s">
+        <v>149</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>162</v>
+      </c>
+      <c r="M22" t="s">
+        <v>156</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" t="s">
+        <v>167</v>
+      </c>
+      <c r="E23" t="s">
+        <v>54</v>
+      </c>
+      <c r="F23" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" t="s">
+        <v>73</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23">
+        <v>2019</v>
+      </c>
+      <c r="J23" t="s">
         <v>82</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>168</v>
+      </c>
+      <c r="M23" t="s">
+        <v>156</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>81</v>
+      </c>
+      <c r="D24" t="s">
+        <v>89</v>
+      </c>
+      <c r="E24" t="s">
+        <v>54</v>
+      </c>
+      <c r="F24" t="s">
+        <v>55</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2003</v>
+      </c>
+      <c r="I24">
+        <v>2011</v>
+      </c>
+      <c r="J24" t="s">
+        <v>149</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>173</v>
+      </c>
+      <c r="M24" t="s">
+        <v>156</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>174</v>
+      </c>
+      <c r="P24" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>176</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" t="s">
+        <v>54</v>
+      </c>
+      <c r="F25" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2003</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>149</v>
+      </c>
+      <c r="K25" t="s">
+        <v>36</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>156</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>179</v>
+      </c>
+      <c r="P25" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>182</v>
+      </c>
+      <c r="C26" t="s">
+        <v>81</v>
+      </c>
+      <c r="D26" t="s">
         <v>72</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14">
+      <c r="E26" t="s">
+        <v>54</v>
+      </c>
+      <c r="F26" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" t="s">
+        <v>73</v>
+      </c>
+      <c r="H26">
+        <v>2012</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>82</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>183</v>
+      </c>
+      <c r="M26" t="s">
+        <v>156</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>184</v>
+      </c>
+      <c r="P26" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>186</v>
+      </c>
+      <c r="B27" t="s">
+        <v>187</v>
+      </c>
+      <c r="C27" t="s">
+        <v>81</v>
+      </c>
+      <c r="D27" t="s">
+        <v>188</v>
+      </c>
+      <c r="E27" t="s">
+        <v>54</v>
+      </c>
+      <c r="F27" t="s">
+        <v>55</v>
+      </c>
+      <c r="G27" t="s">
+        <v>73</v>
+      </c>
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>149</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
+        <v>189</v>
+      </c>
+      <c r="M27" t="s">
+        <v>156</v>
+      </c>
+      <c r="N27" t="s">
+        <v>190</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
+      <c r="E28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F28" t="s">
+        <v>55</v>
+      </c>
+      <c r="G28" t="s">
+        <v>73</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>149</v>
+      </c>
+      <c r="K28" t="s">
+        <v>36</v>
+      </c>
+      <c r="L28" t="s">
+        <v>195</v>
+      </c>
+      <c r="M28" t="s">
+        <v>156</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>196</v>
+      </c>
+      <c r="P28" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>198</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" t="s">
+        <v>72</v>
+      </c>
+      <c r="E29" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" t="s">
+        <v>55</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>149</v>
+      </c>
+      <c r="K29" t="s">
+        <v>36</v>
+      </c>
+      <c r="L29" t="s">
+        <v>200</v>
+      </c>
+      <c r="M29" t="s">
+        <v>156</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>201</v>
+      </c>
+      <c r="P29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" t="s">
+        <v>167</v>
+      </c>
+      <c r="E30" t="s">
+        <v>54</v>
+      </c>
+      <c r="F30" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" t="s">
+        <v>73</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>82</v>
+      </c>
+      <c r="K30" t="s">
+        <v>36</v>
+      </c>
+      <c r="L30" t="s">
+        <v>205</v>
+      </c>
+      <c r="M30" t="s">
+        <v>156</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" t="s">
+        <v>167</v>
+      </c>
+      <c r="E31" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31" t="s">
+        <v>55</v>
+      </c>
+      <c r="G31" t="s">
+        <v>73</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>82</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>210</v>
+      </c>
+      <c r="M31" t="s">
+        <v>156</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>81</v>
+      </c>
+      <c r="D32" t="s">
+        <v>161</v>
+      </c>
+      <c r="E32" t="s">
+        <v>54</v>
+      </c>
+      <c r="F32" t="s">
+        <v>55</v>
+      </c>
+      <c r="G32" t="s">
+        <v>73</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>82</v>
+      </c>
+      <c r="K32" t="s">
+        <v>36</v>
+      </c>
+      <c r="L32" t="s">
+        <v>215</v>
+      </c>
+      <c r="M32" t="s">
+        <v>156</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>216</v>
+      </c>
+      <c r="P32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>221</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>222</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
         <v>2023</v>
       </c>
-      <c r="H14"/>
-[...16 lines deleted...]
-      <c r="A15" t="s">
+      <c r="J33" t="s">
+        <v>223</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>224</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>225</v>
+      </c>
+      <c r="P33" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>227</v>
+      </c>
+      <c r="B34" t="s">
+        <v>228</v>
+      </c>
+      <c r="C34" t="s">
+        <v>229</v>
+      </c>
+      <c r="D34" t="s">
+        <v>230</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>73</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>223</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>231</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>232</v>
+      </c>
+      <c r="P34" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>234</v>
+      </c>
+      <c r="B35" t="s">
+        <v>235</v>
+      </c>
+      <c r="C35" t="s">
+        <v>236</v>
+      </c>
+      <c r="D35" t="s">
+        <v>53</v>
+      </c>
+      <c r="E35" t="s">
+        <v>54</v>
+      </c>
+      <c r="F35" t="s">
+        <v>55</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35">
+        <v>2021</v>
+      </c>
+      <c r="J35" t="s">
+        <v>237</v>
+      </c>
+      <c r="K35" t="s">
+        <v>36</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>238</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>239</v>
+      </c>
+      <c r="P35" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>241</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>236</v>
+      </c>
+      <c r="D36" t="s">
+        <v>243</v>
+      </c>
+      <c r="E36" t="s">
+        <v>54</v>
+      </c>
+      <c r="F36" t="s">
+        <v>55</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2010</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>244</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>238</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>245</v>
+      </c>
+      <c r="P36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>247</v>
+      </c>
+      <c r="B37" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" t="s">
+        <v>236</v>
+      </c>
+      <c r="D37" t="s">
+        <v>161</v>
+      </c>
+      <c r="E37" t="s">
+        <v>54</v>
+      </c>
+      <c r="F37" t="s">
+        <v>55</v>
+      </c>
+      <c r="G37" t="s">
+        <v>73</v>
+      </c>
+      <c r="H37">
+        <v>2019</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>244</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>238</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>249</v>
+      </c>
+      <c r="P37" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" t="s">
+        <v>252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>236</v>
+      </c>
+      <c r="D38" t="s">
+        <v>89</v>
+      </c>
+      <c r="E38" t="s">
+        <v>54</v>
+      </c>
+      <c r="F38" t="s">
+        <v>55</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2017</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>244</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>238</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>253</v>
+      </c>
+      <c r="P38" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>255</v>
+      </c>
+      <c r="B39" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" t="s">
+        <v>257</v>
+      </c>
+      <c r="D39" t="s">
+        <v>258</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" t="s">
+        <v>73</v>
+      </c>
+      <c r="H39">
+        <v>2020</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>259</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>260</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>261</v>
+      </c>
+      <c r="P39" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40" t="s">
+        <v>264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>265</v>
+      </c>
+      <c r="D40" t="s">
+        <v>53</v>
+      </c>
+      <c r="E40" t="s">
+        <v>54</v>
+      </c>
+      <c r="F40" t="s">
+        <v>55</v>
+      </c>
+      <c r="G40" t="s">
+        <v>73</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>266</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>267</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>268</v>
+      </c>
+      <c r="P40" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>270</v>
+      </c>
+      <c r="B41" t="s">
+        <v>271</v>
+      </c>
+      <c r="C41" t="s">
+        <v>265</v>
+      </c>
+      <c r="D41" t="s">
+        <v>243</v>
+      </c>
+      <c r="E41" t="s">
+        <v>54</v>
+      </c>
+      <c r="F41" t="s">
+        <v>55</v>
+      </c>
+      <c r="G41" t="s">
+        <v>73</v>
+      </c>
+      <c r="H41">
+        <v>2010</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>266</v>
+      </c>
+      <c r="K41" t="s">
+        <v>36</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>267</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>272</v>
+      </c>
+      <c r="P41" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" t="s">
+        <v>274</v>
+      </c>
+      <c r="C42" t="s">
+        <v>265</v>
+      </c>
+      <c r="D42" t="s">
+        <v>188</v>
+      </c>
+      <c r="E42" t="s">
+        <v>54</v>
+      </c>
+      <c r="F42" t="s">
+        <v>55</v>
+      </c>
+      <c r="G42" t="s">
+        <v>73</v>
+      </c>
+      <c r="H42">
+        <v>2009</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>266</v>
+      </c>
+      <c r="K42" t="s">
+        <v>36</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>267</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>275</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>276</v>
+      </c>
+      <c r="B43" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" t="s">
+        <v>265</v>
+      </c>
+      <c r="D43" t="s">
+        <v>89</v>
+      </c>
+      <c r="E43" t="s">
+        <v>54</v>
+      </c>
+      <c r="F43" t="s">
+        <v>55</v>
+      </c>
+      <c r="G43" t="s">
+        <v>73</v>
+      </c>
+      <c r="H43">
+        <v>2010</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>266</v>
+      </c>
+      <c r="K43" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>267</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>278</v>
+      </c>
+      <c r="P43" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>279</v>
+      </c>
+      <c r="B44" t="s">
+        <v>280</v>
+      </c>
+      <c r="C44" t="s">
+        <v>265</v>
+      </c>
+      <c r="D44" t="s">
+        <v>167</v>
+      </c>
+      <c r="E44" t="s">
+        <v>54</v>
+      </c>
+      <c r="F44" t="s">
+        <v>55</v>
+      </c>
+      <c r="G44" t="s">
+        <v>73</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>266</v>
+      </c>
+      <c r="K44" t="s">
+        <v>36</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>267</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>282</v>
+      </c>
+      <c r="B45" t="s">
+        <v>283</v>
+      </c>
+      <c r="C45" t="s">
+        <v>265</v>
+      </c>
+      <c r="D45" t="s">
+        <v>167</v>
+      </c>
+      <c r="E45" t="s">
+        <v>54</v>
+      </c>
+      <c r="F45" t="s">
+        <v>55</v>
+      </c>
+      <c r="G45" t="s">
+        <v>73</v>
+      </c>
+      <c r="H45">
+        <v>2010</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>266</v>
+      </c>
+      <c r="K45" t="s">
+        <v>36</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>267</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>284</v>
+      </c>
+      <c r="P45" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>285</v>
+      </c>
+      <c r="B46" t="s">
+        <v>286</v>
+      </c>
+      <c r="C46" t="s">
+        <v>265</v>
+      </c>
+      <c r="D46" t="s">
+        <v>89</v>
+      </c>
+      <c r="E46" t="s">
+        <v>54</v>
+      </c>
+      <c r="F46" t="s">
+        <v>55</v>
+      </c>
+      <c r="G46" t="s">
+        <v>73</v>
+      </c>
+      <c r="H46">
+        <v>2009</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>266</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>267</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>287</v>
+      </c>
+      <c r="P46" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>288</v>
+      </c>
+      <c r="B47" t="s">
+        <v>289</v>
+      </c>
+      <c r="C47" t="s">
+        <v>265</v>
+      </c>
+      <c r="D47" t="s">
+        <v>89</v>
+      </c>
+      <c r="E47" t="s">
+        <v>54</v>
+      </c>
+      <c r="F47" t="s">
+        <v>55</v>
+      </c>
+      <c r="G47" t="s">
+        <v>73</v>
+      </c>
+      <c r="H47">
+        <v>2009</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>266</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>267</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>290</v>
+      </c>
+      <c r="P47" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>291</v>
+      </c>
+      <c r="B48" t="s">
+        <v>292</v>
+      </c>
+      <c r="C48" t="s">
+        <v>265</v>
+      </c>
+      <c r="D48" t="s">
+        <v>89</v>
+      </c>
+      <c r="E48" t="s">
+        <v>54</v>
+      </c>
+      <c r="F48" t="s">
+        <v>55</v>
+      </c>
+      <c r="G48" t="s">
+        <v>73</v>
+      </c>
+      <c r="H48">
+        <v>2010</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>266</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>267</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>293</v>
+      </c>
+      <c r="P48" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>294</v>
+      </c>
+      <c r="B49" t="s">
+        <v>295</v>
+      </c>
+      <c r="C49" t="s">
+        <v>296</v>
+      </c>
+      <c r="D49" t="s">
+        <v>138</v>
+      </c>
+      <c r="E49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>148</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>64</v>
+      </c>
+      <c r="K49" t="s">
+        <v>36</v>
+      </c>
+      <c r="L49" t="s">
+        <v>297</v>
+      </c>
+      <c r="M49" t="s">
+        <v>298</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>299</v>
+      </c>
+      <c r="P49" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>301</v>
+      </c>
+      <c r="B50" t="s">
+        <v>302</v>
+      </c>
+      <c r="C50" t="s">
+        <v>303</v>
+      </c>
+      <c r="D50" t="s">
+        <v>89</v>
+      </c>
+      <c r="E50" t="s">
+        <v>54</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2000</v>
+      </c>
+      <c r="I50">
+        <v>2015</v>
+      </c>
+      <c r="J50" t="s">
+        <v>304</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50" t="s">
+        <v>305</v>
+      </c>
+      <c r="M50" t="s">
+        <v>306</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>307</v>
+      </c>
+      <c r="P50" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>309</v>
+      </c>
+      <c r="B51" t="s">
+        <v>310</v>
+      </c>
+      <c r="C51" t="s">
+        <v>303</v>
+      </c>
+      <c r="D51" t="s">
+        <v>53</v>
+      </c>
+      <c r="E51" t="s">
+        <v>54</v>
+      </c>
+      <c r="F51" t="s">
+        <v>55</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2000</v>
+      </c>
+      <c r="I51">
+        <v>2012</v>
+      </c>
+      <c r="J51" t="s">
+        <v>304</v>
+      </c>
+      <c r="K51" t="s">
+        <v>36</v>
+      </c>
+      <c r="L51" t="s">
+        <v>311</v>
+      </c>
+      <c r="M51" t="s">
+        <v>306</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>312</v>
+      </c>
+      <c r="P51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>314</v>
+      </c>
+      <c r="B52" t="s">
+        <v>315</v>
+      </c>
+      <c r="C52" t="s">
+        <v>303</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>54</v>
+      </c>
+      <c r="F52" t="s">
+        <v>55</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2000</v>
+      </c>
+      <c r="I52">
+        <v>2012</v>
+      </c>
+      <c r="J52" t="s">
+        <v>304</v>
+      </c>
+      <c r="K52" t="s">
+        <v>36</v>
+      </c>
+      <c r="L52" t="s">
+        <v>311</v>
+      </c>
+      <c r="M52" t="s">
+        <v>306</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>316</v>
+      </c>
+      <c r="P52" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>318</v>
+      </c>
+      <c r="B53" t="s">
+        <v>319</v>
+      </c>
+      <c r="C53" t="s">
+        <v>265</v>
+      </c>
+      <c r="D53" t="s">
+        <v>320</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>44</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1994</v>
+      </c>
+      <c r="I53">
+        <v>2003</v>
+      </c>
+      <c r="J53" t="s">
+        <v>74</v>
+      </c>
+      <c r="K53" t="s">
+        <v>36</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>267</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>323</v>
+      </c>
+      <c r="B54" t="s">
+        <v>324</v>
+      </c>
+      <c r="C54" t="s">
+        <v>325</v>
+      </c>
+      <c r="D54" t="s">
+        <v>326</v>
+      </c>
+      <c r="E54" t="s">
+        <v>54</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>73</v>
+      </c>
+      <c r="H54">
+        <v>2017</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>327</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
+        <v>328</v>
+      </c>
+      <c r="M54" t="s">
+        <v>329</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>330</v>
+      </c>
+      <c r="P54" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>332</v>
+      </c>
+      <c r="B55" t="s">
+        <v>333</v>
+      </c>
+      <c r="C55" t="s">
+        <v>334</v>
+      </c>
+      <c r="D55" t="s">
+        <v>72</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2009</v>
+      </c>
+      <c r="I55">
+        <v>2018</v>
+      </c>
+      <c r="J55" t="s">
+        <v>64</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>335</v>
+      </c>
+      <c r="M55" t="s">
+        <v>336</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>337</v>
+      </c>
+      <c r="P55" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>339</v>
+      </c>
+      <c r="B56" t="s">
+        <v>340</v>
+      </c>
+      <c r="C56" t="s">
+        <v>303</v>
+      </c>
+      <c r="D56" t="s">
+        <v>89</v>
+      </c>
+      <c r="E56" t="s">
+        <v>54</v>
+      </c>
+      <c r="F56" t="s">
+        <v>55</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2000</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>304</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56" t="s">
+        <v>305</v>
+      </c>
+      <c r="M56" t="s">
+        <v>306</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>341</v>
+      </c>
+      <c r="P56" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>343</v>
+      </c>
+      <c r="B57" t="s">
+        <v>344</v>
+      </c>
+      <c r="C57" t="s">
+        <v>345</v>
+      </c>
+      <c r="D57" t="s">
+        <v>161</v>
+      </c>
+      <c r="E57" t="s">
+        <v>54</v>
+      </c>
+      <c r="F57" t="s">
+        <v>55</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2020</v>
+      </c>
+      <c r="J57" t="s">
+        <v>149</v>
+      </c>
+      <c r="K57" t="s">
+        <v>36</v>
+      </c>
+      <c r="L57" t="s">
+        <v>346</v>
+      </c>
+      <c r="M57" t="s">
+        <v>347</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>348</v>
+      </c>
+      <c r="P57" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>350</v>
+      </c>
+      <c r="B58" t="s">
+        <v>351</v>
+      </c>
+      <c r="C58" t="s">
+        <v>352</v>
+      </c>
+      <c r="D58" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" t="s">
+        <v>54</v>
+      </c>
+      <c r="F58" t="s">
+        <v>55</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1994</v>
+      </c>
+      <c r="I58">
+        <v>2020</v>
+      </c>
+      <c r="J58" t="s">
+        <v>149</v>
+      </c>
+      <c r="K58" t="s">
+        <v>36</v>
+      </c>
+      <c r="L58" t="s">
+        <v>353</v>
+      </c>
+      <c r="M58" t="s">
+        <v>347</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>354</v>
+      </c>
+      <c r="P58" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>356</v>
+      </c>
+      <c r="B59" t="s">
+        <v>357</v>
+      </c>
+      <c r="C59" t="s">
+        <v>358</v>
+      </c>
+      <c r="D59" t="s">
+        <v>161</v>
+      </c>
+      <c r="E59" t="s">
+        <v>54</v>
+      </c>
+      <c r="F59" t="s">
+        <v>55</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2009</v>
+      </c>
+      <c r="I59">
+        <v>2018</v>
+      </c>
+      <c r="J59" t="s">
+        <v>149</v>
+      </c>
+      <c r="K59" t="s">
+        <v>36</v>
+      </c>
+      <c r="L59" t="s">
+        <v>359</v>
+      </c>
+      <c r="M59" t="s">
+        <v>347</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>360</v>
+      </c>
+      <c r="P59" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>362</v>
+      </c>
+      <c r="B60" t="s">
+        <v>363</v>
+      </c>
+      <c r="C60" t="s">
+        <v>352</v>
+      </c>
+      <c r="D60" t="s">
+        <v>89</v>
+      </c>
+      <c r="E60" t="s">
+        <v>54</v>
+      </c>
+      <c r="F60" t="s">
+        <v>55</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2001</v>
+      </c>
+      <c r="I60">
+        <v>2019</v>
+      </c>
+      <c r="J60" t="s">
+        <v>149</v>
+      </c>
+      <c r="K60" t="s">
+        <v>36</v>
+      </c>
+      <c r="L60" t="s">
+        <v>364</v>
+      </c>
+      <c r="M60" t="s">
+        <v>347</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>365</v>
+      </c>
+      <c r="P60" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>367</v>
+      </c>
+      <c r="B61" t="s">
+        <v>368</v>
+      </c>
+      <c r="C61" t="s">
+        <v>358</v>
+      </c>
+      <c r="D61" t="s">
+        <v>167</v>
+      </c>
+      <c r="E61" t="s">
+        <v>54</v>
+      </c>
+      <c r="F61" t="s">
+        <v>55</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2016</v>
+      </c>
+      <c r="I61">
+        <v>2016</v>
+      </c>
+      <c r="J61" t="s">
+        <v>149</v>
+      </c>
+      <c r="K61" t="s">
+        <v>36</v>
+      </c>
+      <c r="L61" t="s">
+        <v>369</v>
+      </c>
+      <c r="M61" t="s">
+        <v>347</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>370</v>
+      </c>
+      <c r="P61" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>372</v>
+      </c>
+      <c r="B62" t="s">
+        <v>373</v>
+      </c>
+      <c r="C62" t="s">
+        <v>358</v>
+      </c>
+      <c r="D62" t="s">
+        <v>167</v>
+      </c>
+      <c r="E62" t="s">
+        <v>54</v>
+      </c>
+      <c r="F62" t="s">
+        <v>55</v>
+      </c>
+      <c r="G62" t="s">
+        <v>73</v>
+      </c>
+      <c r="H62">
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>149</v>
+      </c>
+      <c r="K62" t="s">
+        <v>36</v>
+      </c>
+      <c r="L62" t="s">
+        <v>374</v>
+      </c>
+      <c r="M62" t="s">
+        <v>347</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>375</v>
+      </c>
+      <c r="P62" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>377</v>
+      </c>
+      <c r="B63" t="s">
+        <v>378</v>
+      </c>
+      <c r="C63" t="s">
+        <v>358</v>
+      </c>
+      <c r="D63" t="s">
+        <v>243</v>
+      </c>
+      <c r="E63" t="s">
+        <v>54</v>
+      </c>
+      <c r="F63" t="s">
+        <v>55</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2004</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>149</v>
+      </c>
+      <c r="K63" t="s">
+        <v>36</v>
+      </c>
+      <c r="L63" t="s">
+        <v>379</v>
+      </c>
+      <c r="M63" t="s">
+        <v>347</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>380</v>
+      </c>
+      <c r="P63" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>382</v>
+      </c>
+      <c r="B64" t="s">
+        <v>383</v>
+      </c>
+      <c r="C64" t="s">
+        <v>62</v>
+      </c>
+      <c r="D64" t="s">
+        <v>53</v>
+      </c>
+      <c r="E64" t="s">
+        <v>54</v>
+      </c>
+      <c r="F64" t="s">
+        <v>44</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2004</v>
+      </c>
+      <c r="I64">
+        <v>2011</v>
+      </c>
+      <c r="J64" t="s">
+        <v>384</v>
+      </c>
+      <c r="K64" t="s">
+        <v>36</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>385</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>386</v>
+      </c>
+      <c r="P64" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>388</v>
+      </c>
+      <c r="B65" t="s">
+        <v>389</v>
+      </c>
+      <c r="C65" t="s">
+        <v>62</v>
+      </c>
+      <c r="D65" t="s">
+        <v>390</v>
+      </c>
+      <c r="E65" t="s">
+        <v>54</v>
+      </c>
+      <c r="F65" t="s">
+        <v>44</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65">
+        <v>2011</v>
+      </c>
+      <c r="J65" t="s">
+        <v>384</v>
+      </c>
+      <c r="K65" t="s">
+        <v>36</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>385</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>391</v>
+      </c>
+      <c r="P65" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>392</v>
+      </c>
+      <c r="B66" t="s">
+        <v>393</v>
+      </c>
+      <c r="C66" t="s">
+        <v>62</v>
+      </c>
+      <c r="D66" t="s">
+        <v>167</v>
+      </c>
+      <c r="E66" t="s">
+        <v>54</v>
+      </c>
+      <c r="F66" t="s">
+        <v>44</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2008</v>
+      </c>
+      <c r="I66">
+        <v>2010</v>
+      </c>
+      <c r="J66" t="s">
+        <v>384</v>
+      </c>
+      <c r="K66" t="s">
+        <v>36</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>385</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>394</v>
+      </c>
+      <c r="P66" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>395</v>
+      </c>
+      <c r="B67" t="s">
+        <v>395</v>
+      </c>
+      <c r="C67" t="s">
+        <v>303</v>
+      </c>
+      <c r="D67" t="s">
+        <v>72</v>
+      </c>
+      <c r="E67" t="s">
+        <v>54</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2002</v>
+      </c>
+      <c r="I67">
+        <v>2001</v>
+      </c>
+      <c r="J67" t="s">
+        <v>304</v>
+      </c>
+      <c r="K67" t="s">
+        <v>36</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>306</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>396</v>
+      </c>
+      <c r="P67" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>398</v>
+      </c>
+      <c r="B68" t="s">
+        <v>398</v>
+      </c>
+      <c r="C68" t="s">
+        <v>81</v>
+      </c>
+      <c r="D68" t="s">
+        <v>89</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
+        <v>2010</v>
+      </c>
+      <c r="I68">
+        <v>2015</v>
+      </c>
+      <c r="J68" t="s">
+        <v>149</v>
+      </c>
+      <c r="K68" t="s">
+        <v>36</v>
+      </c>
+      <c r="L68" t="s">
+        <v>90</v>
+      </c>
+      <c r="M68" t="s">
         <v>84</v>
       </c>
-      <c r="B15" t="s">
-[...14 lines deleted...]
-      <c r="G15">
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>399</v>
+      </c>
+      <c r="P68" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>401</v>
+      </c>
+      <c r="B69" t="s">
+        <v>402</v>
+      </c>
+      <c r="C69" t="s">
+        <v>81</v>
+      </c>
+      <c r="D69" t="s">
+        <v>53</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2016</v>
+      </c>
+      <c r="J69" t="s">
+        <v>149</v>
+      </c>
+      <c r="K69" t="s">
+        <v>36</v>
+      </c>
+      <c r="L69" t="s">
+        <v>403</v>
+      </c>
+      <c r="M69" t="s">
+        <v>84</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>404</v>
+      </c>
+      <c r="P69" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>406</v>
+      </c>
+      <c r="B70" t="s">
+        <v>407</v>
+      </c>
+      <c r="C70" t="s">
+        <v>81</v>
+      </c>
+      <c r="D70" t="s">
+        <v>72</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2003</v>
+      </c>
+      <c r="I70">
         <v>2013</v>
       </c>
-      <c r="H15"/>
-[...16 lines deleted...]
-      <c r="A16" t="s">
+      <c r="J70" t="s">
+        <v>149</v>
+      </c>
+      <c r="K70" t="s">
+        <v>36</v>
+      </c>
+      <c r="L70" t="s">
+        <v>195</v>
+      </c>
+      <c r="M70" t="s">
         <v>84</v>
       </c>
-      <c r="B16" t="s">
-[...14 lines deleted...]
-      <c r="G16">
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>408</v>
+      </c>
+      <c r="P70" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>410</v>
+      </c>
+      <c r="B71" t="s">
+        <v>411</v>
+      </c>
+      <c r="C71" t="s">
+        <v>412</v>
+      </c>
+      <c r="D71" t="s">
+        <v>53</v>
+      </c>
+      <c r="E71" t="s">
+        <v>54</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>73</v>
+      </c>
+      <c r="H71">
+        <v>1989</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>149</v>
+      </c>
+      <c r="K71" t="s">
+        <v>36</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>413</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>414</v>
+      </c>
+      <c r="P71" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>416</v>
+      </c>
+      <c r="B72" t="s">
+        <v>417</v>
+      </c>
+      <c r="C72" t="s">
+        <v>412</v>
+      </c>
+      <c r="D72" t="s">
+        <v>89</v>
+      </c>
+      <c r="E72" t="s">
+        <v>54</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1989</v>
+      </c>
+      <c r="I72">
+        <v>2015</v>
+      </c>
+      <c r="J72" t="s">
+        <v>418</v>
+      </c>
+      <c r="K72" t="s">
+        <v>36</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>413</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>419</v>
+      </c>
+      <c r="P72" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>421</v>
+      </c>
+      <c r="B73" t="s">
+        <v>422</v>
+      </c>
+      <c r="C73" t="s">
+        <v>412</v>
+      </c>
+      <c r="D73" t="s">
+        <v>89</v>
+      </c>
+      <c r="E73" t="s">
+        <v>54</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>73</v>
+      </c>
+      <c r="H73">
+        <v>1989</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>304</v>
+      </c>
+      <c r="K73" t="s">
+        <v>36</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>413</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>423</v>
+      </c>
+      <c r="P73" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>425</v>
+      </c>
+      <c r="B74" t="s">
+        <v>426</v>
+      </c>
+      <c r="C74" t="s">
+        <v>412</v>
+      </c>
+      <c r="D74" t="s">
+        <v>89</v>
+      </c>
+      <c r="E74" t="s">
+        <v>54</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>73</v>
+      </c>
+      <c r="H74">
+        <v>1989</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>304</v>
+      </c>
+      <c r="K74" t="s">
+        <v>36</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>413</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>427</v>
+      </c>
+      <c r="P74" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>429</v>
+      </c>
+      <c r="B75" t="s">
+        <v>430</v>
+      </c>
+      <c r="C75" t="s">
+        <v>412</v>
+      </c>
+      <c r="D75" t="s">
+        <v>53</v>
+      </c>
+      <c r="E75" t="s">
+        <v>54</v>
+      </c>
+      <c r="F75" t="s">
+        <v>21</v>
+      </c>
+      <c r="G75" t="s">
+        <v>73</v>
+      </c>
+      <c r="H75">
+        <v>1987</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>149</v>
+      </c>
+      <c r="K75" t="s">
+        <v>36</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>413</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>431</v>
+      </c>
+      <c r="P75" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>433</v>
+      </c>
+      <c r="B76" t="s">
+        <v>434</v>
+      </c>
+      <c r="C76" t="s">
+        <v>435</v>
+      </c>
+      <c r="D76" t="s">
+        <v>436</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>34</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2015</v>
+      </c>
+      <c r="I76">
+        <v>2025</v>
+      </c>
+      <c r="J76" t="s">
+        <v>437</v>
+      </c>
+      <c r="K76" t="s">
+        <v>36</v>
+      </c>
+      <c r="L76" t="s">
+        <v>438</v>
+      </c>
+      <c r="M76" t="s">
+        <v>439</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>440</v>
+      </c>
+      <c r="P76" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>442</v>
+      </c>
+      <c r="B77" t="s">
+        <v>443</v>
+      </c>
+      <c r="C77" t="s">
+        <v>444</v>
+      </c>
+      <c r="D77" t="s">
+        <v>53</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>1999</v>
+      </c>
+      <c r="I77">
+        <v>2014</v>
+      </c>
+      <c r="J77" t="s">
+        <v>445</v>
+      </c>
+      <c r="K77" t="s">
+        <v>36</v>
+      </c>
+      <c r="L77" t="s">
+        <v>446</v>
+      </c>
+      <c r="M77" t="s">
+        <v>447</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>448</v>
+      </c>
+      <c r="P77" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>450</v>
+      </c>
+      <c r="B78" t="s">
+        <v>451</v>
+      </c>
+      <c r="C78" t="s">
+        <v>444</v>
+      </c>
+      <c r="D78" t="s">
+        <v>72</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>2004</v>
+      </c>
+      <c r="I78">
+        <v>2017</v>
+      </c>
+      <c r="J78" t="s">
+        <v>445</v>
+      </c>
+      <c r="K78" t="s">
+        <v>36</v>
+      </c>
+      <c r="L78" t="s">
+        <v>452</v>
+      </c>
+      <c r="M78" t="s">
+        <v>447</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>453</v>
+      </c>
+      <c r="P78" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>455</v>
+      </c>
+      <c r="B79" t="s">
+        <v>456</v>
+      </c>
+      <c r="C79" t="s">
+        <v>303</v>
+      </c>
+      <c r="D79" t="s">
+        <v>53</v>
+      </c>
+      <c r="E79" t="s">
+        <v>54</v>
+      </c>
+      <c r="F79" t="s">
+        <v>55</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2000</v>
+      </c>
+      <c r="I79">
         <v>2013</v>
       </c>
-      <c r="H16">
-[...26 lines deleted...]
-      <c r="C17" t="s">
+      <c r="J79" t="s">
+        <v>304</v>
+      </c>
+      <c r="K79" t="s">
+        <v>36</v>
+      </c>
+      <c r="L79" t="s">
+        <v>457</v>
+      </c>
+      <c r="M79" t="s">
+        <v>306</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>458</v>
+      </c>
+      <c r="P79" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>460</v>
+      </c>
+      <c r="B80" t="s">
+        <v>461</v>
+      </c>
+      <c r="C80" t="s">
+        <v>303</v>
+      </c>
+      <c r="D80" t="s">
+        <v>53</v>
+      </c>
+      <c r="E80" t="s">
+        <v>54</v>
+      </c>
+      <c r="F80" t="s">
+        <v>55</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
+        <v>2000</v>
+      </c>
+      <c r="I80">
+        <v>2013</v>
+      </c>
+      <c r="J80" t="s">
+        <v>304</v>
+      </c>
+      <c r="K80" t="s">
+        <v>36</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>306</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>462</v>
+      </c>
+      <c r="P80" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>464</v>
+      </c>
+      <c r="B81" t="s">
+        <v>465</v>
+      </c>
+      <c r="C81" t="s">
+        <v>303</v>
+      </c>
+      <c r="D81" t="s">
+        <v>53</v>
+      </c>
+      <c r="E81" t="s">
+        <v>54</v>
+      </c>
+      <c r="F81" t="s">
+        <v>55</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2000</v>
+      </c>
+      <c r="I81">
+        <v>2013</v>
+      </c>
+      <c r="J81" t="s">
+        <v>304</v>
+      </c>
+      <c r="K81" t="s">
+        <v>36</v>
+      </c>
+      <c r="L81" t="s">
+        <v>457</v>
+      </c>
+      <c r="M81" t="s">
+        <v>466</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>467</v>
+      </c>
+      <c r="P81" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>469</v>
+      </c>
+      <c r="B82" t="s">
+        <v>470</v>
+      </c>
+      <c r="C82" t="s">
+        <v>303</v>
+      </c>
+      <c r="D82" t="s">
+        <v>390</v>
+      </c>
+      <c r="E82" t="s">
+        <v>54</v>
+      </c>
+      <c r="F82" t="s">
+        <v>55</v>
+      </c>
+      <c r="G82" t="s">
+        <v>73</v>
+      </c>
+      <c r="H82">
+        <v>2015</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>304</v>
+      </c>
+      <c r="K82" t="s">
+        <v>36</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>466</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>471</v>
+      </c>
+      <c r="P82" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>473</v>
+      </c>
+      <c r="B83" t="s">
+        <v>474</v>
+      </c>
+      <c r="C83" t="s">
+        <v>303</v>
+      </c>
+      <c r="D83" t="s">
         <v>89</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17">
+      <c r="E83" t="s">
+        <v>54</v>
+      </c>
+      <c r="F83" t="s">
+        <v>55</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2000</v>
+      </c>
+      <c r="I83">
         <v>2013</v>
       </c>
-      <c r="H17"/>
-[...36 lines deleted...]
-      <c r="G18">
+      <c r="J83" t="s">
+        <v>304</v>
+      </c>
+      <c r="K83" t="s">
+        <v>36</v>
+      </c>
+      <c r="L83" t="s">
+        <v>457</v>
+      </c>
+      <c r="M83" t="s">
+        <v>466</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>475</v>
+      </c>
+      <c r="P83" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>477</v>
+      </c>
+      <c r="B84" t="s">
+        <v>478</v>
+      </c>
+      <c r="C84" t="s">
+        <v>303</v>
+      </c>
+      <c r="D84" t="s">
+        <v>72</v>
+      </c>
+      <c r="E84" t="s">
+        <v>54</v>
+      </c>
+      <c r="F84" t="s">
+        <v>55</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2002</v>
+      </c>
+      <c r="I84">
+        <v>2013</v>
+      </c>
+      <c r="J84" t="s">
+        <v>304</v>
+      </c>
+      <c r="K84" t="s">
+        <v>36</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>466</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>479</v>
+      </c>
+      <c r="P84" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>481</v>
+      </c>
+      <c r="B85" t="s">
+        <v>482</v>
+      </c>
+      <c r="C85" t="s">
+        <v>303</v>
+      </c>
+      <c r="D85" t="s">
+        <v>89</v>
+      </c>
+      <c r="E85" t="s">
+        <v>54</v>
+      </c>
+      <c r="F85" t="s">
+        <v>55</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2000</v>
+      </c>
+      <c r="I85">
+        <v>2013</v>
+      </c>
+      <c r="J85" t="s">
+        <v>304</v>
+      </c>
+      <c r="K85" t="s">
+        <v>36</v>
+      </c>
+      <c r="L85" t="s">
+        <v>483</v>
+      </c>
+      <c r="M85" t="s">
+        <v>306</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>484</v>
+      </c>
+      <c r="P85"/>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>485</v>
+      </c>
+      <c r="B86" t="s">
+        <v>486</v>
+      </c>
+      <c r="C86" t="s">
+        <v>303</v>
+      </c>
+      <c r="D86" t="s">
+        <v>53</v>
+      </c>
+      <c r="E86" t="s">
+        <v>54</v>
+      </c>
+      <c r="F86" t="s">
+        <v>55</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>2000</v>
+      </c>
+      <c r="I86">
+        <v>2015</v>
+      </c>
+      <c r="J86" t="s">
+        <v>304</v>
+      </c>
+      <c r="K86" t="s">
+        <v>36</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>306</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>487</v>
+      </c>
+      <c r="P86" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>489</v>
+      </c>
+      <c r="B87" t="s">
+        <v>490</v>
+      </c>
+      <c r="C87" t="s">
+        <v>303</v>
+      </c>
+      <c r="D87" t="s">
+        <v>53</v>
+      </c>
+      <c r="E87" t="s">
+        <v>54</v>
+      </c>
+      <c r="F87" t="s">
+        <v>55</v>
+      </c>
+      <c r="G87" t="s">
+        <v>22</v>
+      </c>
+      <c r="H87">
+        <v>2000</v>
+      </c>
+      <c r="I87">
+        <v>2015</v>
+      </c>
+      <c r="J87" t="s">
+        <v>304</v>
+      </c>
+      <c r="K87" t="s">
+        <v>36</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87" t="s">
+        <v>466</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>491</v>
+      </c>
+      <c r="P87" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>493</v>
+      </c>
+      <c r="B88" t="s">
+        <v>494</v>
+      </c>
+      <c r="C88" t="s">
+        <v>303</v>
+      </c>
+      <c r="D88" t="s">
+        <v>89</v>
+      </c>
+      <c r="E88" t="s">
+        <v>54</v>
+      </c>
+      <c r="F88" t="s">
+        <v>55</v>
+      </c>
+      <c r="G88" t="s">
+        <v>22</v>
+      </c>
+      <c r="H88">
+        <v>2000</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>304</v>
+      </c>
+      <c r="K88" t="s">
+        <v>36</v>
+      </c>
+      <c r="L88" t="s">
+        <v>347</v>
+      </c>
+      <c r="M88" t="s">
+        <v>306</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>495</v>
+      </c>
+      <c r="P88" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>497</v>
+      </c>
+      <c r="B89" t="s">
+        <v>498</v>
+      </c>
+      <c r="C89" t="s">
+        <v>303</v>
+      </c>
+      <c r="D89" t="s">
+        <v>89</v>
+      </c>
+      <c r="E89" t="s">
+        <v>54</v>
+      </c>
+      <c r="F89" t="s">
+        <v>55</v>
+      </c>
+      <c r="G89" t="s">
+        <v>22</v>
+      </c>
+      <c r="H89">
+        <v>2000</v>
+      </c>
+      <c r="I89">
+        <v>2014</v>
+      </c>
+      <c r="J89" t="s">
+        <v>304</v>
+      </c>
+      <c r="K89" t="s">
+        <v>36</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>466</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>499</v>
+      </c>
+      <c r="P89" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>501</v>
+      </c>
+      <c r="B90" t="s">
+        <v>502</v>
+      </c>
+      <c r="C90" t="s">
+        <v>435</v>
+      </c>
+      <c r="D90" t="s">
+        <v>320</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
+      <c r="F90" t="s">
+        <v>21</v>
+      </c>
+      <c r="G90" t="s">
+        <v>73</v>
+      </c>
+      <c r="H90">
+        <v>2015</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>237</v>
+      </c>
+      <c r="K90" t="s">
+        <v>36</v>
+      </c>
+      <c r="L90" t="s">
+        <v>503</v>
+      </c>
+      <c r="M90" t="s">
+        <v>439</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>504</v>
+      </c>
+      <c r="P90" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>506</v>
+      </c>
+      <c r="B91" t="s">
+        <v>507</v>
+      </c>
+      <c r="C91" t="s">
+        <v>265</v>
+      </c>
+      <c r="D91" t="s">
+        <v>188</v>
+      </c>
+      <c r="E91" t="s">
+        <v>54</v>
+      </c>
+      <c r="F91" t="s">
+        <v>55</v>
+      </c>
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>1996</v>
+      </c>
+      <c r="I91">
+        <v>2010</v>
+      </c>
+      <c r="J91" t="s">
+        <v>266</v>
+      </c>
+      <c r="K91" t="s">
+        <v>36</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>267</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>508</v>
+      </c>
+      <c r="P91" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>510</v>
+      </c>
+      <c r="B92" t="s">
+        <v>511</v>
+      </c>
+      <c r="C92" t="s">
+        <v>229</v>
+      </c>
+      <c r="D92" t="s">
+        <v>436</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>34</v>
+      </c>
+      <c r="G92" t="s">
+        <v>73</v>
+      </c>
+      <c r="H92">
+        <v>2021</v>
+      </c>
+      <c r="I92">
+        <v>2024</v>
+      </c>
+      <c r="J92" t="s">
+        <v>512</v>
+      </c>
+      <c r="K92" t="s">
+        <v>36</v>
+      </c>
+      <c r="L92" t="s">
+        <v>513</v>
+      </c>
+      <c r="M92" t="s">
+        <v>231</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>514</v>
+      </c>
+      <c r="P92" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>516</v>
+      </c>
+      <c r="B93" t="s">
+        <v>517</v>
+      </c>
+      <c r="C93" t="s">
+        <v>518</v>
+      </c>
+      <c r="D93" t="s">
+        <v>72</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>22</v>
+      </c>
+      <c r="H93">
+        <v>2000</v>
+      </c>
+      <c r="I93">
         <v>2016</v>
       </c>
-      <c r="H18"/>
-[...79 lines deleted...]
-      <c r="H20">
+      <c r="J93" t="s">
+        <v>384</v>
+      </c>
+      <c r="K93" t="s">
+        <v>36</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>519</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>520</v>
+      </c>
+      <c r="P93" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>522</v>
+      </c>
+      <c r="B94" t="s">
+        <v>523</v>
+      </c>
+      <c r="C94" t="s">
+        <v>518</v>
+      </c>
+      <c r="D94" t="s">
+        <v>72</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>44</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2000</v>
+      </c>
+      <c r="I94">
+        <v>2020</v>
+      </c>
+      <c r="J94" t="s">
+        <v>139</v>
+      </c>
+      <c r="K94" t="s">
+        <v>36</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>519</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>524</v>
+      </c>
+      <c r="P94" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>526</v>
+      </c>
+      <c r="B95" t="s">
+        <v>527</v>
+      </c>
+      <c r="C95" t="s">
+        <v>518</v>
+      </c>
+      <c r="D95" t="s">
+        <v>72</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>44</v>
+      </c>
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
+        <v>2016</v>
+      </c>
+      <c r="I95">
+        <v>2020</v>
+      </c>
+      <c r="J95" t="s">
+        <v>139</v>
+      </c>
+      <c r="K95" t="s">
+        <v>36</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>519</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>528</v>
+      </c>
+      <c r="P95" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>530</v>
+      </c>
+      <c r="B96" t="s">
+        <v>531</v>
+      </c>
+      <c r="C96" t="s">
+        <v>532</v>
+      </c>
+      <c r="D96" t="s">
+        <v>89</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
-[...81 lines deleted...]
-      <c r="G22">
+      <c r="I96">
+        <v>2010</v>
+      </c>
+      <c r="J96" t="s">
+        <v>266</v>
+      </c>
+      <c r="K96" t="s">
+        <v>36</v>
+      </c>
+      <c r="L96" t="s">
+        <v>533</v>
+      </c>
+      <c r="M96" t="s">
+        <v>534</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>535</v>
+      </c>
+      <c r="P96" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>537</v>
+      </c>
+      <c r="B97" t="s">
+        <v>538</v>
+      </c>
+      <c r="C97" t="s">
+        <v>532</v>
+      </c>
+      <c r="D97" t="s">
+        <v>72</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>34</v>
+      </c>
+      <c r="G97" t="s">
+        <v>73</v>
+      </c>
+      <c r="H97">
+        <v>2004</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>266</v>
+      </c>
+      <c r="K97" t="s">
+        <v>36</v>
+      </c>
+      <c r="L97" t="s">
+        <v>539</v>
+      </c>
+      <c r="M97" t="s">
+        <v>534</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>540</v>
+      </c>
+      <c r="P97" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>541</v>
+      </c>
+      <c r="B98" t="s">
+        <v>542</v>
+      </c>
+      <c r="C98" t="s">
+        <v>543</v>
+      </c>
+      <c r="D98" t="s">
+        <v>436</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>44</v>
+      </c>
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
         <v>2013</v>
       </c>
-      <c r="H22">
-[...257 lines deleted...]
-      <c r="H28">
+      <c r="I98">
         <v>2014</v>
       </c>
-      <c r="I28" t="s">
-[...151 lines deleted...]
-      <c r="C32" t="s">
+      <c r="J98" t="s">
         <v>149</v>
       </c>
-      <c r="D32" t="s">
-[...2805 lines deleted...]
-      </c>
       <c r="K98" t="s">
-        <v>356</v>
+        <v>36</v>
       </c>
       <c r="L98" t="s">
-        <v>357</v>
+        <v>544</v>
       </c>
       <c r="M98" t="s">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="N98" t="s">
-        <v>361</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>546</v>
+      </c>
+      <c r="P98" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>362</v>
+        <v>548</v>
       </c>
       <c r="B99" t="s">
-        <v>355</v>
+        <v>549</v>
       </c>
       <c r="C99" t="s">
-        <v>89</v>
+        <v>543</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>550</v>
       </c>
       <c r="E99" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>22</v>
       </c>
       <c r="H99">
         <v>2013</v>
       </c>
-      <c r="I99" t="s">
-        <v>103</v>
+      <c r="I99">
+        <v>2014</v>
       </c>
       <c r="J99" t="s">
-        <v>30</v>
+        <v>149</v>
       </c>
       <c r="K99" t="s">
-        <v>363</v>
+        <v>36</v>
       </c>
       <c r="L99" t="s">
-        <v>357</v>
+        <v>544</v>
       </c>
       <c r="M99" t="s">
+        <v>545</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>551</v>
+      </c>
+      <c r="P99" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>553</v>
+      </c>
+      <c r="B100" t="s">
+        <v>554</v>
+      </c>
+      <c r="C100" t="s">
+        <v>543</v>
+      </c>
+      <c r="D100" t="s">
+        <v>132</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2012</v>
+      </c>
+      <c r="I100">
+        <v>2013</v>
+      </c>
+      <c r="J100" t="s">
+        <v>149</v>
+      </c>
+      <c r="K100" t="s">
+        <v>36</v>
+      </c>
+      <c r="L100" t="s">
+        <v>555</v>
+      </c>
+      <c r="M100" t="s">
+        <v>545</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>556</v>
+      </c>
+      <c r="P100" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>558</v>
+      </c>
+      <c r="B101" t="s">
+        <v>559</v>
+      </c>
+      <c r="C101" t="s">
+        <v>560</v>
+      </c>
+      <c r="D101" t="s">
+        <v>72</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>21</v>
+      </c>
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2016</v>
+      </c>
+      <c r="I101">
+        <v>2018</v>
+      </c>
+      <c r="J101" t="s">
+        <v>139</v>
+      </c>
+      <c r="K101" t="s">
+        <v>36</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>561</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>562</v>
+      </c>
+      <c r="P101" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>564</v>
+      </c>
+      <c r="B102" t="s">
+        <v>565</v>
+      </c>
+      <c r="C102" t="s">
+        <v>566</v>
+      </c>
+      <c r="D102" t="s">
+        <v>567</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2005</v>
+      </c>
+      <c r="I102">
+        <v>2008</v>
+      </c>
+      <c r="J102" t="s">
+        <v>568</v>
+      </c>
+      <c r="K102" t="s">
+        <v>36</v>
+      </c>
+      <c r="L102" t="s">
+        <v>569</v>
+      </c>
+      <c r="M102" t="s">
+        <v>570</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>571</v>
+      </c>
+      <c r="P102" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>573</v>
+      </c>
+      <c r="B103" t="s">
+        <v>574</v>
+      </c>
+      <c r="C103" t="s">
+        <v>566</v>
+      </c>
+      <c r="D103" t="s">
+        <v>53</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>73</v>
+      </c>
+      <c r="H103">
+        <v>2022</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>575</v>
+      </c>
+      <c r="K103" t="s">
+        <v>36</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>570</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>576</v>
+      </c>
+      <c r="P103" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>578</v>
+      </c>
+      <c r="B104" t="s">
+        <v>579</v>
+      </c>
+      <c r="C104" t="s">
+        <v>580</v>
+      </c>
+      <c r="D104" t="s">
+        <v>436</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>44</v>
+      </c>
+      <c r="G104" t="s">
+        <v>581</v>
+      </c>
+      <c r="H104">
+        <v>2015</v>
+      </c>
+      <c r="I104">
+        <v>2019</v>
+      </c>
+      <c r="J104" t="s">
+        <v>445</v>
+      </c>
+      <c r="K104" t="s">
+        <v>36</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>582</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>583</v>
+      </c>
+      <c r="P104" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>585</v>
+      </c>
+      <c r="B105" t="s">
+        <v>586</v>
+      </c>
+      <c r="C105" t="s">
+        <v>580</v>
+      </c>
+      <c r="D105" t="s">
+        <v>436</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>44</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105">
+        <v>2024</v>
+      </c>
+      <c r="J105" t="s">
+        <v>587</v>
+      </c>
+      <c r="K105" t="s">
+        <v>36</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>582</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>588</v>
+      </c>
+      <c r="P105" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>589</v>
+      </c>
+      <c r="B106" t="s">
+        <v>590</v>
+      </c>
+      <c r="C106" t="s">
+        <v>591</v>
+      </c>
+      <c r="D106" t="s">
+        <v>436</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>73</v>
+      </c>
+      <c r="H106">
+        <v>2018</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>223</v>
+      </c>
+      <c r="K106" t="s">
+        <v>36</v>
+      </c>
+      <c r="L106" t="s">
+        <v>592</v>
+      </c>
+      <c r="M106" t="s">
+        <v>593</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>594</v>
+      </c>
+      <c r="P106" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>596</v>
+      </c>
+      <c r="B107" t="s">
+        <v>597</v>
+      </c>
+      <c r="C107" t="s">
+        <v>71</v>
+      </c>
+      <c r="D107" t="s">
+        <v>53</v>
+      </c>
+      <c r="E107" t="s">
+        <v>20</v>
+      </c>
+      <c r="F107" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>73</v>
+      </c>
+      <c r="H107">
+        <v>2013</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>304</v>
+      </c>
+      <c r="K107" t="s">
+        <v>36</v>
+      </c>
+      <c r="L107" t="s">
+        <v>598</v>
+      </c>
+      <c r="M107" t="s">
+        <v>76</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>599</v>
+      </c>
+      <c r="P107" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>601</v>
+      </c>
+      <c r="B108" t="s">
+        <v>319</v>
+      </c>
+      <c r="C108" t="s">
+        <v>265</v>
+      </c>
+      <c r="D108" t="s">
+        <v>436</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>22</v>
+      </c>
+      <c r="H108">
+        <v>1994</v>
+      </c>
+      <c r="I108">
+        <v>2003</v>
+      </c>
+      <c r="J108" t="s">
+        <v>74</v>
+      </c>
+      <c r="K108" t="s">
+        <v>36</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>267</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>602</v>
+      </c>
+      <c r="P108" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>604</v>
+      </c>
+      <c r="B109" t="s">
+        <v>605</v>
+      </c>
+      <c r="C109" t="s">
+        <v>580</v>
+      </c>
+      <c r="D109" t="s">
+        <v>606</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>581</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109">
+        <v>2019</v>
+      </c>
+      <c r="J109" t="s">
+        <v>445</v>
+      </c>
+      <c r="K109" t="s">
+        <v>36</v>
+      </c>
+      <c r="L109" t="s">
+        <v>607</v>
+      </c>
+      <c r="M109" t="s">
+        <v>582</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>608</v>
+      </c>
+      <c r="P109" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>610</v>
+      </c>
+      <c r="B110" t="s">
+        <v>611</v>
+      </c>
+      <c r="C110" t="s">
+        <v>580</v>
+      </c>
+      <c r="D110" t="s">
+        <v>436</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>8</v>
+      </c>
+      <c r="H110">
+        <v>2015</v>
+      </c>
+      <c r="I110">
+        <v>2024</v>
+      </c>
+      <c r="J110" t="s">
+        <v>587</v>
+      </c>
+      <c r="K110" t="s">
+        <v>36</v>
+      </c>
+      <c r="L110"/>
+      <c r="M110" t="s">
+        <v>582</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>612</v>
+      </c>
+      <c r="P110" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>614</v>
+      </c>
+      <c r="B111" t="s">
+        <v>615</v>
+      </c>
+      <c r="C111" t="s">
+        <v>591</v>
+      </c>
+      <c r="D111" t="s">
+        <v>72</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>73</v>
+      </c>
+      <c r="H111">
+        <v>2018</v>
+      </c>
+      <c r="I111"/>
+      <c r="J111" t="s">
+        <v>223</v>
+      </c>
+      <c r="K111" t="s">
+        <v>36</v>
+      </c>
+      <c r="L111" t="s">
+        <v>616</v>
+      </c>
+      <c r="M111" t="s">
+        <v>593</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>617</v>
+      </c>
+      <c r="P111" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>618</v>
+      </c>
+      <c r="B112" t="s">
+        <v>619</v>
+      </c>
+      <c r="C112" t="s">
+        <v>620</v>
+      </c>
+      <c r="D112" t="s">
+        <v>72</v>
+      </c>
+      <c r="E112" t="s">
+        <v>54</v>
+      </c>
+      <c r="F112" t="s">
+        <v>621</v>
+      </c>
+      <c r="G112" t="s">
+        <v>73</v>
+      </c>
+      <c r="H112">
+        <v>2015</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>622</v>
+      </c>
+      <c r="K112" t="s">
+        <v>36</v>
+      </c>
+      <c r="L112"/>
+      <c r="M112" t="s">
+        <v>623</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>624</v>
+      </c>
+      <c r="P112" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>626</v>
+      </c>
+      <c r="B113" t="s">
+        <v>627</v>
+      </c>
+      <c r="C113" t="s">
+        <v>620</v>
+      </c>
+      <c r="D113" t="s">
+        <v>628</v>
+      </c>
+      <c r="E113" t="s">
+        <v>54</v>
+      </c>
+      <c r="F113" t="s">
+        <v>621</v>
+      </c>
+      <c r="G113" t="s">
+        <v>73</v>
+      </c>
+      <c r="H113">
+        <v>2015</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>622</v>
+      </c>
+      <c r="K113" t="s">
+        <v>36</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>623</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>629</v>
+      </c>
+      <c r="P113" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>631</v>
+      </c>
+      <c r="B114" t="s">
+        <v>632</v>
+      </c>
+      <c r="C114" t="s">
+        <v>620</v>
+      </c>
+      <c r="D114" t="s">
+        <v>633</v>
+      </c>
+      <c r="E114" t="s">
+        <v>54</v>
+      </c>
+      <c r="F114" t="s">
+        <v>621</v>
+      </c>
+      <c r="G114" t="s">
+        <v>73</v>
+      </c>
+      <c r="H114">
+        <v>2015</v>
+      </c>
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>622</v>
+      </c>
+      <c r="K114" t="s">
+        <v>36</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>623</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>634</v>
+      </c>
+      <c r="P114" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>636</v>
+      </c>
+      <c r="B115" t="s">
+        <v>637</v>
+      </c>
+      <c r="C115" t="s">
+        <v>620</v>
+      </c>
+      <c r="D115" t="s">
+        <v>628</v>
+      </c>
+      <c r="E115" t="s">
+        <v>638</v>
+      </c>
+      <c r="F115" t="s">
+        <v>621</v>
+      </c>
+      <c r="G115" t="s">
+        <v>73</v>
+      </c>
+      <c r="H115">
+        <v>2015</v>
+      </c>
+      <c r="I115"/>
+      <c r="J115" t="s">
+        <v>622</v>
+      </c>
+      <c r="K115" t="s">
+        <v>36</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>623</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>639</v>
+      </c>
+      <c r="P115" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>641</v>
+      </c>
+      <c r="B116" t="s">
+        <v>642</v>
+      </c>
+      <c r="C116" t="s">
+        <v>620</v>
+      </c>
+      <c r="D116" t="s">
+        <v>628</v>
+      </c>
+      <c r="E116" t="s">
+        <v>54</v>
+      </c>
+      <c r="F116" t="s">
+        <v>621</v>
+      </c>
+      <c r="G116" t="s">
+        <v>73</v>
+      </c>
+      <c r="H116">
+        <v>2015</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
+        <v>622</v>
+      </c>
+      <c r="K116" t="s">
+        <v>36</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>623</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>643</v>
+      </c>
+      <c r="P116" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>645</v>
+      </c>
+      <c r="B117" t="s">
+        <v>646</v>
+      </c>
+      <c r="C117" t="s">
+        <v>412</v>
+      </c>
+      <c r="D117" t="s">
+        <v>647</v>
+      </c>
+      <c r="E117" t="s">
+        <v>54</v>
+      </c>
+      <c r="F117" t="s">
+        <v>44</v>
+      </c>
+      <c r="G117" t="s">
+        <v>73</v>
+      </c>
+      <c r="H117">
+        <v>2012</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>304</v>
+      </c>
+      <c r="K117" t="s">
         <v>24</v>
       </c>
-      <c r="N99" t="s">
-[...22 lines deleted...]
-      <c r="G100">
+      <c r="L117" t="s">
+        <v>648</v>
+      </c>
+      <c r="M117" t="s">
+        <v>649</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>650</v>
+      </c>
+      <c r="P117" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>652</v>
+      </c>
+      <c r="B118" t="s">
+        <v>653</v>
+      </c>
+      <c r="C118" t="s">
+        <v>654</v>
+      </c>
+      <c r="D118" t="s">
+        <v>655</v>
+      </c>
+      <c r="E118" t="s">
+        <v>638</v>
+      </c>
+      <c r="F118" t="s">
+        <v>656</v>
+      </c>
+      <c r="G118" t="s">
+        <v>73</v>
+      </c>
+      <c r="H118">
+        <v>2023</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>223</v>
+      </c>
+      <c r="K118" t="s">
+        <v>657</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>658</v>
+      </c>
+      <c r="N118" t="s">
+        <v>190</v>
+      </c>
+      <c r="O118" t="s">
+        <v>659</v>
+      </c>
+      <c r="P118" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>661</v>
+      </c>
+      <c r="B119" t="s">
+        <v>662</v>
+      </c>
+      <c r="C119" t="s">
+        <v>663</v>
+      </c>
+      <c r="D119" t="s">
+        <v>436</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>21</v>
+      </c>
+      <c r="G119" t="s">
+        <v>22</v>
+      </c>
+      <c r="H119">
+        <v>2010</v>
+      </c>
+      <c r="I119">
+        <v>2018</v>
+      </c>
+      <c r="J119" t="s">
+        <v>445</v>
+      </c>
+      <c r="K119" t="s">
+        <v>36</v>
+      </c>
+      <c r="L119" t="s">
+        <v>661</v>
+      </c>
+      <c r="M119" t="s">
+        <v>664</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>665</v>
+      </c>
+      <c r="P119" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>667</v>
+      </c>
+      <c r="B120" t="s">
+        <v>668</v>
+      </c>
+      <c r="C120" t="s">
+        <v>669</v>
+      </c>
+      <c r="D120" t="s">
+        <v>89</v>
+      </c>
+      <c r="E120" t="s">
+        <v>54</v>
+      </c>
+      <c r="F120" t="s">
+        <v>55</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2006</v>
+      </c>
+      <c r="I120">
+        <v>2015</v>
+      </c>
+      <c r="J120" t="s">
+        <v>670</v>
+      </c>
+      <c r="K120" t="s">
+        <v>36</v>
+      </c>
+      <c r="L120" t="s">
+        <v>671</v>
+      </c>
+      <c r="M120" t="s">
+        <v>672</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>673</v>
+      </c>
+      <c r="P120" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>675</v>
+      </c>
+      <c r="B121" t="s">
+        <v>675</v>
+      </c>
+      <c r="C121" t="s">
+        <v>669</v>
+      </c>
+      <c r="D121" t="s">
+        <v>676</v>
+      </c>
+      <c r="E121" t="s">
+        <v>54</v>
+      </c>
+      <c r="F121" t="s">
+        <v>55</v>
+      </c>
+      <c r="G121" t="s">
+        <v>73</v>
+      </c>
+      <c r="H121">
+        <v>2015</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>670</v>
+      </c>
+      <c r="K121" t="s">
+        <v>36</v>
+      </c>
+      <c r="L121" t="s">
+        <v>677</v>
+      </c>
+      <c r="M121" t="s">
+        <v>672</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>678</v>
+      </c>
+      <c r="P121" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>680</v>
+      </c>
+      <c r="B122" t="s">
+        <v>681</v>
+      </c>
+      <c r="C122" t="s">
+        <v>654</v>
+      </c>
+      <c r="D122" t="s">
+        <v>320</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>34</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>2020</v>
+      </c>
+      <c r="I122">
+        <v>2024</v>
+      </c>
+      <c r="J122" t="s">
+        <v>512</v>
+      </c>
+      <c r="K122" t="s">
+        <v>36</v>
+      </c>
+      <c r="L122" t="s">
+        <v>682</v>
+      </c>
+      <c r="M122" t="s">
+        <v>658</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>683</v>
+      </c>
+      <c r="P122" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>685</v>
+      </c>
+      <c r="B123" t="s">
+        <v>686</v>
+      </c>
+      <c r="C123" t="s">
+        <v>229</v>
+      </c>
+      <c r="D123" t="s">
+        <v>72</v>
+      </c>
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>34</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2007</v>
+      </c>
+      <c r="I123">
+        <v>2013</v>
+      </c>
+      <c r="J123" t="s">
+        <v>327</v>
+      </c>
+      <c r="K123" t="s">
+        <v>36</v>
+      </c>
+      <c r="L123" t="s">
+        <v>687</v>
+      </c>
+      <c r="M123" t="s">
+        <v>231</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>688</v>
+      </c>
+      <c r="P123" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>690</v>
+      </c>
+      <c r="B124" t="s">
+        <v>686</v>
+      </c>
+      <c r="C124" t="s">
+        <v>229</v>
+      </c>
+      <c r="D124" t="s">
+        <v>72</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>44</v>
+      </c>
+      <c r="G124" t="s">
+        <v>73</v>
+      </c>
+      <c r="H124">
+        <v>2006</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>327</v>
+      </c>
+      <c r="K124" t="s">
+        <v>36</v>
+      </c>
+      <c r="L124" t="s">
+        <v>691</v>
+      </c>
+      <c r="M124" t="s">
+        <v>231</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>692</v>
+      </c>
+      <c r="P124" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>694</v>
+      </c>
+      <c r="B125" t="s">
+        <v>695</v>
+      </c>
+      <c r="C125" t="s">
+        <v>696</v>
+      </c>
+      <c r="D125" t="s">
+        <v>72</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>44</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>1999</v>
+      </c>
+      <c r="I125">
+        <v>2012</v>
+      </c>
+      <c r="J125" t="s">
+        <v>327</v>
+      </c>
+      <c r="K125" t="s">
+        <v>36</v>
+      </c>
+      <c r="L125" t="s">
+        <v>697</v>
+      </c>
+      <c r="M125" t="s">
+        <v>698</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>699</v>
+      </c>
+      <c r="P125" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>701</v>
+      </c>
+      <c r="B126" t="s">
+        <v>702</v>
+      </c>
+      <c r="C126" t="s">
+        <v>703</v>
+      </c>
+      <c r="D126" t="s">
+        <v>320</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>34</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>2018</v>
+      </c>
+      <c r="I126">
+        <v>2019</v>
+      </c>
+      <c r="J126" t="s">
+        <v>568</v>
+      </c>
+      <c r="K126" t="s">
+        <v>36</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>704</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>705</v>
+      </c>
+      <c r="P126" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>707</v>
+      </c>
+      <c r="B127" t="s">
+        <v>708</v>
+      </c>
+      <c r="C127" t="s">
+        <v>709</v>
+      </c>
+      <c r="D127" t="s">
+        <v>436</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>34</v>
+      </c>
+      <c r="G127" t="s">
+        <v>73</v>
+      </c>
+      <c r="H127">
+        <v>2015</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>74</v>
+      </c>
+      <c r="K127" t="s">
+        <v>36</v>
+      </c>
+      <c r="L127" t="s">
+        <v>710</v>
+      </c>
+      <c r="M127" t="s">
+        <v>711</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>712</v>
+      </c>
+      <c r="P127" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>714</v>
+      </c>
+      <c r="B128" t="s">
+        <v>715</v>
+      </c>
+      <c r="C128" t="s">
+        <v>716</v>
+      </c>
+      <c r="D128" t="s">
+        <v>717</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>34</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>2017</v>
+      </c>
+      <c r="I128">
+        <v>2021</v>
+      </c>
+      <c r="J128" t="s">
+        <v>237</v>
+      </c>
+      <c r="K128" t="s">
+        <v>718</v>
+      </c>
+      <c r="L128" t="s">
+        <v>719</v>
+      </c>
+      <c r="M128" t="s">
+        <v>720</v>
+      </c>
+      <c r="N128" t="s">
+        <v>190</v>
+      </c>
+      <c r="O128" t="s">
+        <v>721</v>
+      </c>
+      <c r="P128" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>723</v>
+      </c>
+      <c r="B129" t="s">
+        <v>724</v>
+      </c>
+      <c r="C129" t="s">
+        <v>725</v>
+      </c>
+      <c r="D129" t="s">
+        <v>138</v>
+      </c>
+      <c r="E129" t="s">
+        <v>54</v>
+      </c>
+      <c r="F129" t="s">
+        <v>34</v>
+      </c>
+      <c r="G129" t="s">
+        <v>148</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>266</v>
+      </c>
+      <c r="K129" t="s">
+        <v>36</v>
+      </c>
+      <c r="L129" t="s">
+        <v>140</v>
+      </c>
+      <c r="M129" t="s">
+        <v>726</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>727</v>
+      </c>
+      <c r="P129" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>729</v>
+      </c>
+      <c r="B130" t="s">
+        <v>730</v>
+      </c>
+      <c r="C130" t="s">
+        <v>731</v>
+      </c>
+      <c r="D130" t="s">
+        <v>132</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>44</v>
+      </c>
+      <c r="G130" t="s">
+        <v>73</v>
+      </c>
+      <c r="H130">
+        <v>2011</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>732</v>
+      </c>
+      <c r="K130" t="s">
+        <v>36</v>
+      </c>
+      <c r="L130" t="s">
+        <v>733</v>
+      </c>
+      <c r="M130" t="s">
+        <v>734</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>735</v>
+      </c>
+      <c r="P130" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>737</v>
+      </c>
+      <c r="B131" t="s">
+        <v>738</v>
+      </c>
+      <c r="C131" t="s">
+        <v>739</v>
+      </c>
+      <c r="D131" t="s">
+        <v>320</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>34</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
         <v>2016</v>
       </c>
-      <c r="H100">
+      <c r="I131">
+        <v>2019</v>
+      </c>
+      <c r="J131" t="s">
+        <v>74</v>
+      </c>
+      <c r="K131" t="s">
+        <v>36</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>740</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>741</v>
+      </c>
+      <c r="P131" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>743</v>
+      </c>
+      <c r="B132" t="s">
+        <v>744</v>
+      </c>
+      <c r="C132" t="s">
+        <v>739</v>
+      </c>
+      <c r="D132" t="s">
+        <v>320</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>34</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>2016</v>
+      </c>
+      <c r="I132">
+        <v>2019</v>
+      </c>
+      <c r="J132" t="s">
+        <v>74</v>
+      </c>
+      <c r="K132" t="s">
+        <v>36</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>740</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>745</v>
+      </c>
+      <c r="P132" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>746</v>
+      </c>
+      <c r="B133" t="s">
+        <v>747</v>
+      </c>
+      <c r="C133" t="s">
+        <v>334</v>
+      </c>
+      <c r="D133" t="s">
+        <v>53</v>
+      </c>
+      <c r="E133" t="s">
+        <v>54</v>
+      </c>
+      <c r="F133" t="s">
+        <v>55</v>
+      </c>
+      <c r="G133" t="s">
+        <v>73</v>
+      </c>
+      <c r="H133">
+        <v>2011</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>64</v>
+      </c>
+      <c r="K133" t="s">
+        <v>36</v>
+      </c>
+      <c r="L133" t="s">
+        <v>748</v>
+      </c>
+      <c r="M133" t="s">
+        <v>336</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>749</v>
+      </c>
+      <c r="P133" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>751</v>
+      </c>
+      <c r="B134" t="s">
+        <v>752</v>
+      </c>
+      <c r="C134" t="s">
+        <v>334</v>
+      </c>
+      <c r="D134" t="s">
+        <v>89</v>
+      </c>
+      <c r="E134" t="s">
+        <v>54</v>
+      </c>
+      <c r="F134" t="s">
+        <v>55</v>
+      </c>
+      <c r="G134" t="s">
+        <v>73</v>
+      </c>
+      <c r="H134">
+        <v>2014</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>64</v>
+      </c>
+      <c r="K134" t="s">
+        <v>36</v>
+      </c>
+      <c r="L134" t="s">
+        <v>753</v>
+      </c>
+      <c r="M134" t="s">
+        <v>336</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>754</v>
+      </c>
+      <c r="P134" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>756</v>
+      </c>
+      <c r="B135" t="s">
+        <v>757</v>
+      </c>
+      <c r="C135" t="s">
+        <v>663</v>
+      </c>
+      <c r="D135" t="s">
+        <v>72</v>
+      </c>
+      <c r="E135" t="s">
+        <v>54</v>
+      </c>
+      <c r="F135" t="s">
+        <v>55</v>
+      </c>
+      <c r="G135" t="s">
+        <v>22</v>
+      </c>
+      <c r="H135">
+        <v>1996</v>
+      </c>
+      <c r="I135">
+        <v>2012</v>
+      </c>
+      <c r="J135" t="s">
+        <v>732</v>
+      </c>
+      <c r="K135" t="s">
+        <v>36</v>
+      </c>
+      <c r="L135" t="s">
+        <v>758</v>
+      </c>
+      <c r="M135" t="s">
+        <v>759</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>760</v>
+      </c>
+      <c r="P135" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>762</v>
+      </c>
+      <c r="B136" t="s">
+        <v>763</v>
+      </c>
+      <c r="C136" t="s">
+        <v>663</v>
+      </c>
+      <c r="D136" t="s">
+        <v>72</v>
+      </c>
+      <c r="E136" t="s">
+        <v>54</v>
+      </c>
+      <c r="F136" t="s">
+        <v>55</v>
+      </c>
+      <c r="G136" t="s">
+        <v>22</v>
+      </c>
+      <c r="H136">
+        <v>1996</v>
+      </c>
+      <c r="I136">
+        <v>2013</v>
+      </c>
+      <c r="J136" t="s">
+        <v>732</v>
+      </c>
+      <c r="K136" t="s">
+        <v>36</v>
+      </c>
+      <c r="L136" t="s">
+        <v>764</v>
+      </c>
+      <c r="M136" t="s">
+        <v>759</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>765</v>
+      </c>
+      <c r="P136" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>767</v>
+      </c>
+      <c r="B137" t="s">
+        <v>768</v>
+      </c>
+      <c r="C137" t="s">
+        <v>663</v>
+      </c>
+      <c r="D137" t="s">
+        <v>72</v>
+      </c>
+      <c r="E137" t="s">
+        <v>54</v>
+      </c>
+      <c r="F137" t="s">
+        <v>55</v>
+      </c>
+      <c r="G137" t="s">
+        <v>22</v>
+      </c>
+      <c r="H137">
+        <v>1997</v>
+      </c>
+      <c r="I137">
+        <v>2012</v>
+      </c>
+      <c r="J137" t="s">
+        <v>732</v>
+      </c>
+      <c r="K137" t="s">
+        <v>36</v>
+      </c>
+      <c r="L137" t="s">
+        <v>769</v>
+      </c>
+      <c r="M137" t="s">
+        <v>759</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>770</v>
+      </c>
+      <c r="P137" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>772</v>
+      </c>
+      <c r="B138" t="s">
+        <v>773</v>
+      </c>
+      <c r="C138" t="s">
+        <v>663</v>
+      </c>
+      <c r="D138" t="s">
+        <v>72</v>
+      </c>
+      <c r="E138" t="s">
+        <v>54</v>
+      </c>
+      <c r="F138" t="s">
+        <v>55</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>2003</v>
+      </c>
+      <c r="I138">
+        <v>2013</v>
+      </c>
+      <c r="J138" t="s">
+        <v>732</v>
+      </c>
+      <c r="K138" t="s">
+        <v>36</v>
+      </c>
+      <c r="L138" t="s">
+        <v>774</v>
+      </c>
+      <c r="M138" t="s">
+        <v>759</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>775</v>
+      </c>
+      <c r="P138" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>777</v>
+      </c>
+      <c r="B139" t="s">
+        <v>778</v>
+      </c>
+      <c r="C139" t="s">
+        <v>663</v>
+      </c>
+      <c r="D139" t="s">
+        <v>72</v>
+      </c>
+      <c r="E139" t="s">
+        <v>54</v>
+      </c>
+      <c r="F139" t="s">
+        <v>55</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2004</v>
+      </c>
+      <c r="I139">
+        <v>2012</v>
+      </c>
+      <c r="J139" t="s">
+        <v>732</v>
+      </c>
+      <c r="K139" t="s">
+        <v>36</v>
+      </c>
+      <c r="L139" t="s">
+        <v>779</v>
+      </c>
+      <c r="M139" t="s">
+        <v>759</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>780</v>
+      </c>
+      <c r="P139" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>782</v>
+      </c>
+      <c r="B140" t="s">
+        <v>783</v>
+      </c>
+      <c r="C140" t="s">
+        <v>663</v>
+      </c>
+      <c r="D140" t="s">
+        <v>72</v>
+      </c>
+      <c r="E140" t="s">
+        <v>54</v>
+      </c>
+      <c r="F140" t="s">
+        <v>55</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2004</v>
+      </c>
+      <c r="I140">
+        <v>2012</v>
+      </c>
+      <c r="J140" t="s">
+        <v>732</v>
+      </c>
+      <c r="K140" t="s">
+        <v>36</v>
+      </c>
+      <c r="L140" t="s">
+        <v>779</v>
+      </c>
+      <c r="M140" t="s">
+        <v>759</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>784</v>
+      </c>
+      <c r="P140" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>786</v>
+      </c>
+      <c r="B141" t="s">
+        <v>787</v>
+      </c>
+      <c r="C141" t="s">
+        <v>663</v>
+      </c>
+      <c r="D141" t="s">
+        <v>72</v>
+      </c>
+      <c r="E141" t="s">
+        <v>54</v>
+      </c>
+      <c r="F141" t="s">
+        <v>55</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2005</v>
+      </c>
+      <c r="I141">
+        <v>2012</v>
+      </c>
+      <c r="J141" t="s">
+        <v>732</v>
+      </c>
+      <c r="K141" t="s">
+        <v>36</v>
+      </c>
+      <c r="L141" t="s">
+        <v>788</v>
+      </c>
+      <c r="M141" t="s">
+        <v>759</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>789</v>
+      </c>
+      <c r="P141" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>791</v>
+      </c>
+      <c r="B142" t="s">
+        <v>792</v>
+      </c>
+      <c r="C142" t="s">
+        <v>793</v>
+      </c>
+      <c r="D142" t="s">
+        <v>72</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>44</v>
+      </c>
+      <c r="G142" t="s">
+        <v>73</v>
+      </c>
+      <c r="H142">
+        <v>2014</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>64</v>
+      </c>
+      <c r="K142" t="s">
+        <v>36</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>794</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>795</v>
+      </c>
+      <c r="P142" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>797</v>
+      </c>
+      <c r="B143" t="s">
+        <v>798</v>
+      </c>
+      <c r="C143" t="s">
+        <v>793</v>
+      </c>
+      <c r="D143" t="s">
+        <v>132</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>22</v>
+      </c>
+      <c r="H143">
+        <v>2012</v>
+      </c>
+      <c r="I143">
+        <v>2013</v>
+      </c>
+      <c r="J143" t="s">
+        <v>64</v>
+      </c>
+      <c r="K143" t="s">
+        <v>36</v>
+      </c>
+      <c r="L143" t="s">
+        <v>799</v>
+      </c>
+      <c r="M143" t="s">
+        <v>800</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>801</v>
+      </c>
+      <c r="P143" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>803</v>
+      </c>
+      <c r="B144" t="s">
+        <v>804</v>
+      </c>
+      <c r="C144" t="s">
+        <v>580</v>
+      </c>
+      <c r="D144" t="s">
+        <v>805</v>
+      </c>
+      <c r="E144" t="s">
+        <v>54</v>
+      </c>
+      <c r="F144" t="s">
+        <v>55</v>
+      </c>
+      <c r="G144" t="s">
+        <v>806</v>
+      </c>
+      <c r="H144"/>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>64</v>
+      </c>
+      <c r="K144" t="s">
+        <v>36</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>807</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>808</v>
+      </c>
+      <c r="P144" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>810</v>
+      </c>
+      <c r="B145" t="s">
+        <v>811</v>
+      </c>
+      <c r="C145" t="s">
+        <v>812</v>
+      </c>
+      <c r="D145" t="s">
+        <v>436</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>73</v>
+      </c>
+      <c r="H145">
+        <v>2011</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>139</v>
+      </c>
+      <c r="K145" t="s">
+        <v>36</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>813</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>814</v>
+      </c>
+      <c r="P145" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>816</v>
+      </c>
+      <c r="B146" t="s">
+        <v>816</v>
+      </c>
+      <c r="C146" t="s">
+        <v>817</v>
+      </c>
+      <c r="D146" t="s">
+        <v>53</v>
+      </c>
+      <c r="E146" t="s">
+        <v>54</v>
+      </c>
+      <c r="F146" t="s">
+        <v>34</v>
+      </c>
+      <c r="G146" t="s">
+        <v>73</v>
+      </c>
+      <c r="H146">
         <v>2018</v>
       </c>
-      <c r="I100" t="s">
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>237</v>
+      </c>
+      <c r="K146" t="s">
+        <v>36</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>818</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>819</v>
+      </c>
+      <c r="P146" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>821</v>
+      </c>
+      <c r="B147" t="s">
+        <v>822</v>
+      </c>
+      <c r="C147" t="s">
+        <v>817</v>
+      </c>
+      <c r="D147" t="s">
+        <v>72</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>34</v>
+      </c>
+      <c r="G147" t="s">
+        <v>73</v>
+      </c>
+      <c r="H147">
+        <v>2016</v>
+      </c>
+      <c r="I147"/>
+      <c r="J147" t="s">
+        <v>823</v>
+      </c>
+      <c r="K147" t="s">
+        <v>36</v>
+      </c>
+      <c r="L147"/>
+      <c r="M147" t="s">
+        <v>818</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>824</v>
+      </c>
+      <c r="P147" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>826</v>
+      </c>
+      <c r="B148" t="s">
+        <v>827</v>
+      </c>
+      <c r="C148" t="s">
+        <v>663</v>
+      </c>
+      <c r="D148" t="s">
+        <v>132</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>34</v>
+      </c>
+      <c r="G148" t="s">
+        <v>73</v>
+      </c>
+      <c r="H148">
+        <v>2014</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>732</v>
+      </c>
+      <c r="K148" t="s">
+        <v>36</v>
+      </c>
+      <c r="L148" t="s">
+        <v>828</v>
+      </c>
+      <c r="M148" t="s">
+        <v>664</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>829</v>
+      </c>
+      <c r="P148" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>831</v>
+      </c>
+      <c r="B149" t="s">
+        <v>832</v>
+      </c>
+      <c r="C149" t="s">
+        <v>833</v>
+      </c>
+      <c r="D149" t="s">
+        <v>834</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>44</v>
+      </c>
+      <c r="G149" t="s">
+        <v>73</v>
+      </c>
+      <c r="H149">
+        <v>2017</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>64</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149"/>
+      <c r="M149" t="s">
+        <v>835</v>
+      </c>
+      <c r="N149" t="s">
+        <v>190</v>
+      </c>
+      <c r="O149" t="s">
+        <v>836</v>
+      </c>
+      <c r="P149" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>838</v>
+      </c>
+      <c r="B150" t="s">
+        <v>839</v>
+      </c>
+      <c r="C150" t="s">
+        <v>220</v>
+      </c>
+      <c r="D150" t="s">
+        <v>53</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>22</v>
+      </c>
+      <c r="H150">
+        <v>2017</v>
+      </c>
+      <c r="I150">
+        <v>2021</v>
+      </c>
+      <c r="J150" t="s">
+        <v>223</v>
+      </c>
+      <c r="K150" t="s">
+        <v>36</v>
+      </c>
+      <c r="L150" t="s">
+        <v>840</v>
+      </c>
+      <c r="M150" t="s">
+        <v>224</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>841</v>
+      </c>
+      <c r="P150" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>843</v>
+      </c>
+      <c r="B151" t="s">
+        <v>844</v>
+      </c>
+      <c r="C151" t="s">
+        <v>220</v>
+      </c>
+      <c r="D151" t="s">
+        <v>53</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2017</v>
+      </c>
+      <c r="I151">
+        <v>2021</v>
+      </c>
+      <c r="J151" t="s">
+        <v>223</v>
+      </c>
+      <c r="K151" t="s">
+        <v>36</v>
+      </c>
+      <c r="L151" t="s">
+        <v>840</v>
+      </c>
+      <c r="M151" t="s">
+        <v>224</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>845</v>
+      </c>
+      <c r="P151" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>847</v>
+      </c>
+      <c r="B152" t="s">
+        <v>848</v>
+      </c>
+      <c r="C152" t="s">
+        <v>220</v>
+      </c>
+      <c r="D152" t="s">
+        <v>72</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
+        <v>2008</v>
+      </c>
+      <c r="I152">
+        <v>2015</v>
+      </c>
+      <c r="J152" t="s">
+        <v>223</v>
+      </c>
+      <c r="K152" t="s">
+        <v>36</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" t="s">
+        <v>224</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>849</v>
+      </c>
+      <c r="P152" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>851</v>
+      </c>
+      <c r="B153" t="s">
+        <v>852</v>
+      </c>
+      <c r="C153" t="s">
+        <v>220</v>
+      </c>
+      <c r="D153" t="s">
+        <v>72</v>
+      </c>
+      <c r="E153" t="s">
+        <v>20</v>
+      </c>
+      <c r="F153" t="s">
+        <v>21</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2009</v>
+      </c>
+      <c r="I153">
+        <v>2013</v>
+      </c>
+      <c r="J153" t="s">
+        <v>223</v>
+      </c>
+      <c r="K153" t="s">
+        <v>36</v>
+      </c>
+      <c r="L153"/>
+      <c r="M153" t="s">
+        <v>224</v>
+      </c>
+      <c r="N153" t="s">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>853</v>
+      </c>
+      <c r="P153" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>855</v>
+      </c>
+      <c r="B154" t="s">
+        <v>856</v>
+      </c>
+      <c r="C154" t="s">
+        <v>220</v>
+      </c>
+      <c r="D154" t="s">
+        <v>89</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>21</v>
+      </c>
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>2012</v>
+      </c>
+      <c r="I154">
+        <v>2015</v>
+      </c>
+      <c r="J154" t="s">
+        <v>223</v>
+      </c>
+      <c r="K154" t="s">
+        <v>36</v>
+      </c>
+      <c r="L154" t="s">
+        <v>753</v>
+      </c>
+      <c r="M154" t="s">
+        <v>224</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>857</v>
+      </c>
+      <c r="P154" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>859</v>
+      </c>
+      <c r="B155" t="s">
+        <v>860</v>
+      </c>
+      <c r="C155" t="s">
+        <v>220</v>
+      </c>
+      <c r="D155" t="s">
+        <v>89</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>21</v>
+      </c>
+      <c r="G155" t="s">
+        <v>73</v>
+      </c>
+      <c r="H155">
+        <v>2012</v>
+      </c>
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>223</v>
+      </c>
+      <c r="K155" t="s">
+        <v>36</v>
+      </c>
+      <c r="L155" t="s">
+        <v>753</v>
+      </c>
+      <c r="M155" t="s">
+        <v>224</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>861</v>
+      </c>
+      <c r="P155" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>863</v>
+      </c>
+      <c r="B156" t="s">
+        <v>864</v>
+      </c>
+      <c r="C156" t="s">
+        <v>620</v>
+      </c>
+      <c r="D156" t="s">
+        <v>53</v>
+      </c>
+      <c r="E156" t="s">
+        <v>54</v>
+      </c>
+      <c r="F156" t="s">
+        <v>55</v>
+      </c>
+      <c r="G156" t="s">
+        <v>22</v>
+      </c>
+      <c r="H156">
+        <v>1997</v>
+      </c>
+      <c r="I156">
+        <v>2015</v>
+      </c>
+      <c r="J156" t="s">
+        <v>865</v>
+      </c>
+      <c r="K156" t="s">
+        <v>36</v>
+      </c>
+      <c r="L156" t="s">
+        <v>866</v>
+      </c>
+      <c r="M156" t="s">
+        <v>867</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>868</v>
+      </c>
+      <c r="P156" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>870</v>
+      </c>
+      <c r="B157" t="s">
+        <v>871</v>
+      </c>
+      <c r="C157" t="s">
+        <v>620</v>
+      </c>
+      <c r="D157" t="s">
+        <v>89</v>
+      </c>
+      <c r="E157" t="s">
+        <v>54</v>
+      </c>
+      <c r="F157" t="s">
+        <v>55</v>
+      </c>
+      <c r="G157" t="s">
+        <v>22</v>
+      </c>
+      <c r="H157">
+        <v>2003</v>
+      </c>
+      <c r="I157">
+        <v>2012</v>
+      </c>
+      <c r="J157" t="s">
+        <v>872</v>
+      </c>
+      <c r="K157" t="s">
+        <v>36</v>
+      </c>
+      <c r="L157" t="s">
+        <v>873</v>
+      </c>
+      <c r="M157" t="s">
+        <v>867</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>874</v>
+      </c>
+      <c r="P157" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>876</v>
+      </c>
+      <c r="B158" t="s">
+        <v>877</v>
+      </c>
+      <c r="C158" t="s">
+        <v>620</v>
+      </c>
+      <c r="D158" t="s">
+        <v>72</v>
+      </c>
+      <c r="E158" t="s">
+        <v>54</v>
+      </c>
+      <c r="F158" t="s">
+        <v>55</v>
+      </c>
+      <c r="G158" t="s">
+        <v>22</v>
+      </c>
+      <c r="H158">
+        <v>2002</v>
+      </c>
+      <c r="I158">
+        <v>2015</v>
+      </c>
+      <c r="J158" t="s">
+        <v>872</v>
+      </c>
+      <c r="K158" t="s">
+        <v>36</v>
+      </c>
+      <c r="L158" t="s">
+        <v>878</v>
+      </c>
+      <c r="M158" t="s">
+        <v>867</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>879</v>
+      </c>
+      <c r="P158" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>881</v>
+      </c>
+      <c r="B159" t="s">
+        <v>882</v>
+      </c>
+      <c r="C159" t="s">
+        <v>620</v>
+      </c>
+      <c r="D159" t="s">
+        <v>89</v>
+      </c>
+      <c r="E159" t="s">
+        <v>54</v>
+      </c>
+      <c r="F159" t="s">
+        <v>55</v>
+      </c>
+      <c r="G159" t="s">
+        <v>73</v>
+      </c>
+      <c r="H159">
+        <v>2018</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>872</v>
+      </c>
+      <c r="K159" t="s">
+        <v>36</v>
+      </c>
+      <c r="L159" t="s">
+        <v>883</v>
+      </c>
+      <c r="M159" t="s">
+        <v>867</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>884</v>
+      </c>
+      <c r="P159" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>886</v>
+      </c>
+      <c r="B160" t="s">
+        <v>887</v>
+      </c>
+      <c r="C160" t="s">
+        <v>620</v>
+      </c>
+      <c r="D160" t="s">
+        <v>89</v>
+      </c>
+      <c r="E160" t="s">
+        <v>54</v>
+      </c>
+      <c r="F160" t="s">
+        <v>55</v>
+      </c>
+      <c r="G160" t="s">
+        <v>73</v>
+      </c>
+      <c r="H160">
+        <v>2018</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>872</v>
+      </c>
+      <c r="K160" t="s">
+        <v>36</v>
+      </c>
+      <c r="L160" t="s">
+        <v>888</v>
+      </c>
+      <c r="M160" t="s">
+        <v>867</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>889</v>
+      </c>
+      <c r="P160" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>891</v>
+      </c>
+      <c r="B161" t="s">
+        <v>892</v>
+      </c>
+      <c r="C161" t="s">
+        <v>893</v>
+      </c>
+      <c r="D161" t="s">
+        <v>53</v>
+      </c>
+      <c r="E161" t="s">
+        <v>54</v>
+      </c>
+      <c r="F161" t="s">
+        <v>55</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>2004</v>
+      </c>
+      <c r="I161">
+        <v>2020</v>
+      </c>
+      <c r="J161" t="s">
+        <v>139</v>
+      </c>
+      <c r="K161" t="s">
+        <v>36</v>
+      </c>
+      <c r="L161" t="s">
+        <v>457</v>
+      </c>
+      <c r="M161" t="s">
+        <v>894</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>895</v>
+      </c>
+      <c r="P161" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>897</v>
+      </c>
+      <c r="B162" t="s">
+        <v>898</v>
+      </c>
+      <c r="C162" t="s">
+        <v>893</v>
+      </c>
+      <c r="D162" t="s">
+        <v>89</v>
+      </c>
+      <c r="E162" t="s">
+        <v>54</v>
+      </c>
+      <c r="F162" t="s">
+        <v>55</v>
+      </c>
+      <c r="G162" t="s">
+        <v>22</v>
+      </c>
+      <c r="H162">
+        <v>2006</v>
+      </c>
+      <c r="I162">
+        <v>2020</v>
+      </c>
+      <c r="J162" t="s">
+        <v>865</v>
+      </c>
+      <c r="K162" t="s">
+        <v>36</v>
+      </c>
+      <c r="L162" t="s">
+        <v>457</v>
+      </c>
+      <c r="M162" t="s">
+        <v>894</v>
+      </c>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>899</v>
+      </c>
+      <c r="P162" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>901</v>
+      </c>
+      <c r="B163" t="s">
+        <v>902</v>
+      </c>
+      <c r="C163" t="s">
+        <v>893</v>
+      </c>
+      <c r="D163" t="s">
+        <v>89</v>
+      </c>
+      <c r="E163" t="s">
+        <v>54</v>
+      </c>
+      <c r="F163" t="s">
+        <v>55</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2001</v>
+      </c>
+      <c r="I163">
+        <v>2020</v>
+      </c>
+      <c r="J163" t="s">
+        <v>865</v>
+      </c>
+      <c r="K163" t="s">
+        <v>36</v>
+      </c>
+      <c r="L163" t="s">
+        <v>457</v>
+      </c>
+      <c r="M163" t="s">
+        <v>894</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>903</v>
+      </c>
+      <c r="P163" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>905</v>
+      </c>
+      <c r="B164" t="s">
+        <v>906</v>
+      </c>
+      <c r="C164" t="s">
+        <v>893</v>
+      </c>
+      <c r="D164" t="s">
+        <v>89</v>
+      </c>
+      <c r="E164" t="s">
+        <v>54</v>
+      </c>
+      <c r="F164" t="s">
+        <v>55</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2000</v>
+      </c>
+      <c r="I164">
+        <v>2020</v>
+      </c>
+      <c r="J164" t="s">
+        <v>865</v>
+      </c>
+      <c r="K164" t="s">
+        <v>36</v>
+      </c>
+      <c r="L164" t="s">
+        <v>457</v>
+      </c>
+      <c r="M164" t="s">
+        <v>894</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>907</v>
+      </c>
+      <c r="P164" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>909</v>
+      </c>
+      <c r="B165" t="s">
+        <v>910</v>
+      </c>
+      <c r="C165" t="s">
+        <v>893</v>
+      </c>
+      <c r="D165" t="s">
+        <v>89</v>
+      </c>
+      <c r="E165" t="s">
+        <v>54</v>
+      </c>
+      <c r="F165" t="s">
+        <v>55</v>
+      </c>
+      <c r="G165" t="s">
+        <v>22</v>
+      </c>
+      <c r="H165">
+        <v>2002</v>
+      </c>
+      <c r="I165">
+        <v>2020</v>
+      </c>
+      <c r="J165" t="s">
+        <v>865</v>
+      </c>
+      <c r="K165" t="s">
+        <v>36</v>
+      </c>
+      <c r="L165" t="s">
+        <v>457</v>
+      </c>
+      <c r="M165" t="s">
+        <v>894</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>911</v>
+      </c>
+      <c r="P165" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>913</v>
+      </c>
+      <c r="B166" t="s">
+        <v>914</v>
+      </c>
+      <c r="C166" t="s">
+        <v>620</v>
+      </c>
+      <c r="D166" t="s">
+        <v>915</v>
+      </c>
+      <c r="E166" t="s">
+        <v>54</v>
+      </c>
+      <c r="F166" t="s">
+        <v>21</v>
+      </c>
+      <c r="G166" t="s">
+        <v>73</v>
+      </c>
+      <c r="H166">
+        <v>2013</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>622</v>
+      </c>
+      <c r="K166" t="s">
+        <v>36</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166" t="s">
+        <v>916</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>917</v>
+      </c>
+      <c r="P166" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>919</v>
+      </c>
+      <c r="B167" t="s">
+        <v>920</v>
+      </c>
+      <c r="C167" t="s">
+        <v>921</v>
+      </c>
+      <c r="D167" t="s">
+        <v>161</v>
+      </c>
+      <c r="E167" t="s">
+        <v>54</v>
+      </c>
+      <c r="F167" t="s">
+        <v>21</v>
+      </c>
+      <c r="G167" t="s">
+        <v>73</v>
+      </c>
+      <c r="H167">
+        <v>2021</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s">
+        <v>445</v>
+      </c>
+      <c r="K167" t="s">
+        <v>36</v>
+      </c>
+      <c r="L167" t="s">
+        <v>922</v>
+      </c>
+      <c r="M167" t="s">
+        <v>923</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>924</v>
+      </c>
+      <c r="P167"/>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>925</v>
+      </c>
+      <c r="B168" t="s">
+        <v>926</v>
+      </c>
+      <c r="C168" t="s">
+        <v>921</v>
+      </c>
+      <c r="D168" t="s">
+        <v>927</v>
+      </c>
+      <c r="E168" t="s">
+        <v>54</v>
+      </c>
+      <c r="F168" t="s">
+        <v>21</v>
+      </c>
+      <c r="G168" t="s">
+        <v>73</v>
+      </c>
+      <c r="H168">
+        <v>2021</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>445</v>
+      </c>
+      <c r="K168" t="s">
+        <v>36</v>
+      </c>
+      <c r="L168" t="s">
+        <v>928</v>
+      </c>
+      <c r="M168" t="s">
+        <v>923</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>929</v>
+      </c>
+      <c r="P168"/>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>925</v>
+      </c>
+      <c r="B169" t="s">
+        <v>926</v>
+      </c>
+      <c r="C169" t="s">
+        <v>921</v>
+      </c>
+      <c r="D169" t="s">
+        <v>927</v>
+      </c>
+      <c r="E169" t="s">
+        <v>54</v>
+      </c>
+      <c r="F169" t="s">
+        <v>21</v>
+      </c>
+      <c r="G169" t="s">
+        <v>73</v>
+      </c>
+      <c r="H169">
+        <v>2021</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s">
+        <v>445</v>
+      </c>
+      <c r="K169" t="s">
+        <v>36</v>
+      </c>
+      <c r="L169" t="s">
+        <v>928</v>
+      </c>
+      <c r="M169" t="s">
+        <v>923</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>930</v>
+      </c>
+      <c r="P169"/>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>931</v>
+      </c>
+      <c r="B170" t="s">
+        <v>932</v>
+      </c>
+      <c r="C170" t="s">
+        <v>933</v>
+      </c>
+      <c r="D170" t="s">
+        <v>138</v>
+      </c>
+      <c r="E170" t="s">
+        <v>54</v>
+      </c>
+      <c r="F170" t="s">
+        <v>34</v>
+      </c>
+      <c r="G170" t="s">
+        <v>73</v>
+      </c>
+      <c r="H170">
+        <v>2016</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s">
+        <v>327</v>
+      </c>
+      <c r="K170" t="s">
+        <v>36</v>
+      </c>
+      <c r="L170" t="s">
+        <v>140</v>
+      </c>
+      <c r="M170" t="s">
+        <v>934</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>935</v>
+      </c>
+      <c r="P170" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>937</v>
+      </c>
+      <c r="B171" t="s">
+        <v>938</v>
+      </c>
+      <c r="C171" t="s">
+        <v>939</v>
+      </c>
+      <c r="D171" t="s">
+        <v>436</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>73</v>
+      </c>
+      <c r="H171">
+        <v>2007</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s">
+        <v>568</v>
+      </c>
+      <c r="K171" t="s">
+        <v>36</v>
+      </c>
+      <c r="L171" t="s">
+        <v>940</v>
+      </c>
+      <c r="M171" t="s">
+        <v>941</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>942</v>
+      </c>
+      <c r="P171" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>944</v>
+      </c>
+      <c r="B172" t="s">
+        <v>945</v>
+      </c>
+      <c r="C172" t="s">
+        <v>946</v>
+      </c>
+      <c r="D172" t="s">
+        <v>72</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>73</v>
+      </c>
+      <c r="H172">
+        <v>2011</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>74</v>
+      </c>
+      <c r="K172" t="s">
+        <v>36</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>947</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>948</v>
+      </c>
+      <c r="P172" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>950</v>
+      </c>
+      <c r="B173" t="s">
+        <v>951</v>
+      </c>
+      <c r="C173" t="s">
+        <v>946</v>
+      </c>
+      <c r="D173" t="s">
+        <v>72</v>
+      </c>
+      <c r="E173" t="s">
+        <v>20</v>
+      </c>
+      <c r="F173" t="s">
+        <v>21</v>
+      </c>
+      <c r="G173" t="s">
+        <v>73</v>
+      </c>
+      <c r="H173">
+        <v>2011</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>74</v>
+      </c>
+      <c r="K173" t="s">
+        <v>36</v>
+      </c>
+      <c r="L173"/>
+      <c r="M173" t="s">
+        <v>947</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>952</v>
+      </c>
+      <c r="P173" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>954</v>
+      </c>
+      <c r="B174" t="s">
+        <v>955</v>
+      </c>
+      <c r="C174" t="s">
+        <v>956</v>
+      </c>
+      <c r="D174" t="s">
+        <v>72</v>
+      </c>
+      <c r="E174" t="s">
+        <v>20</v>
+      </c>
+      <c r="F174" t="s">
+        <v>21</v>
+      </c>
+      <c r="G174" t="s">
+        <v>22</v>
+      </c>
+      <c r="H174">
+        <v>2012</v>
+      </c>
+      <c r="I174">
+        <v>2014</v>
+      </c>
+      <c r="J174" t="s">
+        <v>732</v>
+      </c>
+      <c r="K174" t="s">
+        <v>36</v>
+      </c>
+      <c r="L174" t="s">
+        <v>957</v>
+      </c>
+      <c r="M174" t="s">
+        <v>958</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>959</v>
+      </c>
+      <c r="P174" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>961</v>
+      </c>
+      <c r="B175" t="s">
+        <v>962</v>
+      </c>
+      <c r="C175" t="s">
+        <v>100</v>
+      </c>
+      <c r="D175" t="s">
+        <v>89</v>
+      </c>
+      <c r="E175" t="s">
+        <v>54</v>
+      </c>
+      <c r="F175" t="s">
+        <v>21</v>
+      </c>
+      <c r="G175" t="s">
+        <v>73</v>
+      </c>
+      <c r="H175">
+        <v>2013</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s">
         <v>95</v>
       </c>
-      <c r="J100" t="s">
-[...3172 lines deleted...]
-      <c r="K175"/>
+      <c r="K175" t="s">
+        <v>36</v>
+      </c>
       <c r="L175"/>
-      <c r="M175" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M175"/>
       <c r="N175" t="s">
-        <v>639</v>
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>963</v>
+      </c>
+      <c r="P175" t="s">
+        <v>964</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>