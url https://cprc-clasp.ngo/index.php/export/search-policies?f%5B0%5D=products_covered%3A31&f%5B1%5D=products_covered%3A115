--- v0 (2025-12-05)
+++ v1 (2026-03-28)
@@ -482,72 +482,72 @@
 This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
 This Policy is under review with research underway by the UK government.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
     <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
     <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
   </si>
   <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
@@ -2663,127 +2663,127 @@
         <v>138</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
         <v>150</v>
       </c>
       <c r="P19" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>152</v>
       </c>
       <c r="B20" t="s">
         <v>153</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>154</v>
       </c>
       <c r="D20" t="s">
         <v>130</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>1992</v>
       </c>
       <c r="I20">
         <v>2013</v>
       </c>
       <c r="J20" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K20" t="s">
         <v>45</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>133</v>
+        <v>156</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="P20" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>152</v>
       </c>
       <c r="B21" t="s">
         <v>153</v>
       </c>
       <c r="C21" t="s">
-        <v>157</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>130</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1992</v>
       </c>
       <c r="I21">
         <v>2013</v>
       </c>
       <c r="J21" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="K21" t="s">
         <v>45</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>159</v>
+        <v>133</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>160</v>
       </c>
       <c r="P21" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>162</v>
       </c>
       <c r="B22" t="s">
         <v>163</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>53</v>
       </c>
       <c r="E22" t="s">