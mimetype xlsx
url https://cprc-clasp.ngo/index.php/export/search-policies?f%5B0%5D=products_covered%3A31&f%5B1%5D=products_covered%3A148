--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,996 +12,1413 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1265,3035 +1682,3452 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N69"/>
+  <dimension ref="A1:P69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="97.833" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>84</v>
+      </c>
+      <c r="M11" t="s">
+        <v>85</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>88</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2004</v>
+      </c>
+      <c r="I12">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>85</v>
+      </c>
+      <c r="N12" t="s">
+        <v>91</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" t="s">
+        <v>75</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>96</v>
+      </c>
+      <c r="M13" t="s">
+        <v>85</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H14">
+        <v>2004</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>83</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>101</v>
+      </c>
+      <c r="M14" t="s">
+        <v>85</v>
+      </c>
+      <c r="N14" t="s">
+        <v>91</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2004</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>83</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>85</v>
+      </c>
+      <c r="N15" t="s">
+        <v>107</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2004</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>83</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>85</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>114</v>
+      </c>
+      <c r="P16" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>118</v>
+      </c>
+      <c r="D17" t="s">
+        <v>119</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>120</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17">
+        <v>2023</v>
+      </c>
+      <c r="J17" t="s">
+        <v>121</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>122</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>135</v>
+      </c>
+      <c r="F19" t="s">
+        <v>136</v>
+      </c>
+      <c r="G19" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>138</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>141</v>
+      </c>
+      <c r="B20" t="s">
+        <v>142</v>
+      </c>
+      <c r="C20" t="s">
+        <v>143</v>
+      </c>
+      <c r="D20" t="s">
+        <v>75</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
+        <v>137</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>145</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>146</v>
+      </c>
+      <c r="P20" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>148</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>157</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>159</v>
+      </c>
+      <c r="M23" t="s">
+        <v>160</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>165</v>
+      </c>
+      <c r="P23" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>167</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" t="s">
+        <v>75</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>44</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>170</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>171</v>
+      </c>
+      <c r="M24" t="s">
+        <v>172</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>173</v>
+      </c>
+      <c r="P24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>175</v>
+      </c>
+      <c r="B25" t="s">
+        <v>176</v>
+      </c>
+      <c r="C25" t="s">
+        <v>177</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1994</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>83</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>178</v>
+      </c>
+      <c r="M25" t="s">
+        <v>179</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>180</v>
+      </c>
+      <c r="P25" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>44</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2004</v>
+      </c>
+      <c r="I26">
+        <v>2011</v>
+      </c>
+      <c r="J26" t="s">
+        <v>184</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>185</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>186</v>
+      </c>
+      <c r="P26" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>75</v>
+      </c>
+      <c r="E27" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F27" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2005</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>83</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>90</v>
+      </c>
+      <c r="M27" t="s">
+        <v>55</v>
+      </c>
+      <c r="N27" t="s">
+        <v>91</v>
+      </c>
+      <c r="O27" t="s">
+        <v>190</v>
+      </c>
+      <c r="P27" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>83</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>194</v>
+      </c>
+      <c r="M28" t="s">
+        <v>55</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>197</v>
+      </c>
+      <c r="B29" t="s">
+        <v>198</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>75</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2005</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>83</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>199</v>
+      </c>
+      <c r="M29" t="s">
+        <v>200</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>201</v>
+      </c>
+      <c r="P29" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
+        <v>75</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2005</v>
+      </c>
+      <c r="I30">
+        <v>2016</v>
+      </c>
+      <c r="J30" t="s">
+        <v>83</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>205</v>
+      </c>
+      <c r="M30" t="s">
+        <v>200</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>206</v>
+      </c>
+      <c r="P30" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>208</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2005</v>
+      </c>
+      <c r="I31">
+        <v>2016</v>
+      </c>
+      <c r="J31" t="s">
+        <v>83</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>210</v>
+      </c>
+      <c r="M31" t="s">
+        <v>200</v>
+      </c>
+      <c r="N31" t="s">
+        <v>91</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" t="s">
+        <v>75</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2005</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>83</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>215</v>
+      </c>
+      <c r="M32" t="s">
+        <v>200</v>
+      </c>
+      <c r="N32" t="s">
+        <v>91</v>
+      </c>
+      <c r="O32" t="s">
+        <v>216</v>
+      </c>
+      <c r="P32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>218</v>
+      </c>
+      <c r="B33" t="s">
+        <v>219</v>
+      </c>
+      <c r="C33" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" t="s">
+        <v>75</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>34</v>
+      </c>
+      <c r="G33" t="s">
+        <v>45</v>
+      </c>
+      <c r="H33">
+        <v>2020</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>53</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>220</v>
+      </c>
+      <c r="M33" t="s">
+        <v>200</v>
+      </c>
+      <c r="N33" t="s">
+        <v>91</v>
+      </c>
+      <c r="O33" t="s">
+        <v>221</v>
+      </c>
+      <c r="P33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>223</v>
+      </c>
+      <c r="B34" t="s">
+        <v>224</v>
+      </c>
+      <c r="C34" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>33</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>45</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>53</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>225</v>
+      </c>
+      <c r="M34" t="s">
+        <v>200</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>226</v>
+      </c>
+      <c r="P34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" t="s">
+        <v>229</v>
+      </c>
+      <c r="C35" t="s">
+        <v>230</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>45</v>
+      </c>
+      <c r="H35">
+        <v>1989</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>83</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>231</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>232</v>
+      </c>
+      <c r="P35" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>234</v>
+      </c>
+      <c r="B36" t="s">
+        <v>235</v>
+      </c>
+      <c r="C36" t="s">
+        <v>230</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>45</v>
+      </c>
+      <c r="H36">
+        <v>1987</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>83</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>231</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>236</v>
+      </c>
+      <c r="P36" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>238</v>
+      </c>
+      <c r="B37" t="s">
+        <v>239</v>
+      </c>
+      <c r="C37" t="s">
+        <v>240</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>34</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1999</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>170</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>241</v>
+      </c>
+      <c r="M37" t="s">
+        <v>242</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>243</v>
+      </c>
+      <c r="P37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>245</v>
+      </c>
+      <c r="B38" t="s">
+        <v>246</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
         <v>2013</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="J38" t="s">
+        <v>158</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>247</v>
+      </c>
+      <c r="M38" t="s">
+        <v>160</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>248</v>
+      </c>
+      <c r="P38" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>250</v>
+      </c>
+      <c r="B39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C39" t="s">
+        <v>157</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-[...26 lines deleted...]
-      <c r="F5" t="s">
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>158</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>160</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>252</v>
+      </c>
+      <c r="P39" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>254</v>
+      </c>
+      <c r="B40" t="s">
+        <v>255</v>
+      </c>
+      <c r="C40" t="s">
+        <v>157</v>
+      </c>
+      <c r="D40" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
+        <v>2013</v>
+      </c>
+      <c r="J40" t="s">
+        <v>158</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>247</v>
+      </c>
+      <c r="M40" t="s">
+        <v>256</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>257</v>
+      </c>
+      <c r="P40" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>259</v>
+      </c>
+      <c r="B41" t="s">
+        <v>260</v>
+      </c>
+      <c r="C41" t="s">
+        <v>157</v>
+      </c>
+      <c r="D41" t="s">
+        <v>19</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2000</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>158</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>160</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>261</v>
+      </c>
+      <c r="P41" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>263</v>
+      </c>
+      <c r="B42" t="s">
+        <v>264</v>
+      </c>
+      <c r="C42" t="s">
+        <v>157</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2000</v>
+      </c>
+      <c r="I42">
+        <v>2015</v>
+      </c>
+      <c r="J42" t="s">
+        <v>158</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>256</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>265</v>
+      </c>
+      <c r="P42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>267</v>
+      </c>
+      <c r="B43" t="s">
+        <v>268</v>
+      </c>
+      <c r="C43" t="s">
+        <v>150</v>
+      </c>
+      <c r="D43" t="s">
+        <v>75</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>1996</v>
+      </c>
+      <c r="I43">
+        <v>2010</v>
+      </c>
+      <c r="J43" t="s">
+        <v>151</v>
+      </c>
+      <c r="K43" t="s">
+        <v>269</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>152</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>270</v>
+      </c>
+      <c r="P43" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>272</v>
+      </c>
+      <c r="B44" t="s">
+        <v>273</v>
+      </c>
+      <c r="C44" t="s">
+        <v>274</v>
+      </c>
+      <c r="D44" t="s">
+        <v>75</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>44</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2010</v>
+      </c>
+      <c r="I44">
+        <v>2021</v>
+      </c>
+      <c r="J44" t="s">
+        <v>275</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>276</v>
+      </c>
+      <c r="M44" t="s">
+        <v>277</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>278</v>
+      </c>
+      <c r="P44" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>280</v>
+      </c>
+      <c r="B45" t="s">
+        <v>281</v>
+      </c>
+      <c r="C45" t="s">
+        <v>282</v>
+      </c>
+      <c r="D45" t="s">
+        <v>75</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>44</v>
+      </c>
+      <c r="G45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45">
         <v>2012</v>
       </c>
-      <c r="H5">
-[...391 lines deleted...]
-      <c r="N14" t="s">
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>275</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>283</v>
+      </c>
+      <c r="M45" t="s">
+        <v>284</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>285</v>
+      </c>
+      <c r="P45" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>287</v>
+      </c>
+      <c r="B46" t="s">
+        <v>288</v>
+      </c>
+      <c r="C46" t="s">
+        <v>289</v>
+      </c>
+      <c r="D46" t="s">
         <v>75</v>
       </c>
-    </row>
-[...507 lines deleted...]
-      <c r="A27" t="s">
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
         <v>136</v>
       </c>
-      <c r="B27" t="s">
-[...829 lines deleted...]
-        <v>2002</v>
+      <c r="G46" t="s">
+        <v>22</v>
       </c>
       <c r="H46">
         <v>2002</v>
       </c>
-      <c r="I46" t="s">
-        <v>110</v>
+      <c r="I46">
+        <v>2002</v>
       </c>
       <c r="J46" t="s">
+        <v>151</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>290</v>
+      </c>
+      <c r="M46" t="s">
+        <v>291</v>
+      </c>
+      <c r="N46" t="s">
+        <v>91</v>
+      </c>
+      <c r="O46" t="s">
+        <v>292</v>
+      </c>
+      <c r="P46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>294</v>
+      </c>
+      <c r="B47" t="s">
+        <v>295</v>
+      </c>
+      <c r="C47" t="s">
+        <v>296</v>
+      </c>
+      <c r="D47" t="s">
+        <v>19</v>
+      </c>
+      <c r="E47" t="s">
+        <v>33</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" t="s">
+        <v>45</v>
+      </c>
+      <c r="H47">
+        <v>2022</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>297</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>298</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>299</v>
+      </c>
+      <c r="P47" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>301</v>
+      </c>
+      <c r="B48" t="s">
+        <v>302</v>
+      </c>
+      <c r="C48" t="s">
+        <v>303</v>
+      </c>
+      <c r="D48" t="s">
+        <v>19</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>158</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>304</v>
+      </c>
+      <c r="M48" t="s">
+        <v>305</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>306</v>
+      </c>
+      <c r="P48" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>308</v>
+      </c>
+      <c r="B49" t="s">
+        <v>309</v>
+      </c>
+      <c r="C49" t="s">
+        <v>169</v>
+      </c>
+      <c r="D49" t="s">
+        <v>310</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>311</v>
+      </c>
+      <c r="G49" t="s">
+        <v>45</v>
+      </c>
+      <c r="H49">
+        <v>2021</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>312</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>313</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>314</v>
+      </c>
+      <c r="P49" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>316</v>
+      </c>
+      <c r="B50" t="s">
+        <v>317</v>
+      </c>
+      <c r="C50" t="s">
+        <v>169</v>
+      </c>
+      <c r="D50" t="s">
+        <v>318</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>311</v>
+      </c>
+      <c r="G50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>312</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>313</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>319</v>
+      </c>
+      <c r="P50" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>321</v>
+      </c>
+      <c r="B51" t="s">
+        <v>322</v>
+      </c>
+      <c r="C51" t="s">
+        <v>323</v>
+      </c>
+      <c r="D51" t="s">
+        <v>75</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2014</v>
+      </c>
+      <c r="I51">
+        <v>2025</v>
+      </c>
+      <c r="J51" t="s">
+        <v>324</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>325</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>326</v>
+      </c>
+      <c r="P51" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>328</v>
+      </c>
+      <c r="B52" t="s">
+        <v>329</v>
+      </c>
+      <c r="C52" t="s">
+        <v>323</v>
+      </c>
+      <c r="D52" t="s">
+        <v>330</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2004</v>
+      </c>
+      <c r="I52">
+        <v>2015</v>
+      </c>
+      <c r="J52" t="s">
+        <v>324</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>331</v>
+      </c>
+      <c r="M52" t="s">
+        <v>325</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>332</v>
+      </c>
+      <c r="P52" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>334</v>
+      </c>
+      <c r="B53" t="s">
+        <v>335</v>
+      </c>
+      <c r="C53" t="s">
+        <v>323</v>
+      </c>
+      <c r="D53" t="s">
+        <v>75</v>
+      </c>
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>34</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2005</v>
+      </c>
+      <c r="J53" t="s">
+        <v>336</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>334</v>
+      </c>
+      <c r="M53" t="s">
+        <v>325</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>337</v>
+      </c>
+      <c r="P53" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>339</v>
+      </c>
+      <c r="B54" t="s">
+        <v>339</v>
+      </c>
+      <c r="C54" t="s">
+        <v>340</v>
+      </c>
+      <c r="D54" t="s">
+        <v>341</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
         <v>21</v>
       </c>
-      <c r="K46" t="s">
-[...38 lines deleted...]
-      <c r="J47" t="s">
+      <c r="G54" t="s">
+        <v>45</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>342</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>343</v>
+      </c>
+      <c r="M54" t="s">
+        <v>344</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>345</v>
+      </c>
+      <c r="P54" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>347</v>
+      </c>
+      <c r="B55" t="s">
+        <v>348</v>
+      </c>
+      <c r="C55" t="s">
+        <v>274</v>
+      </c>
+      <c r="D55" t="s">
+        <v>75</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
         <v>21</v>
       </c>
-      <c r="K47"/>
-[...36 lines deleted...]
-      <c r="J48" t="s">
+      <c r="G55" t="s">
+        <v>45</v>
+      </c>
+      <c r="H55">
+        <v>2011</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>275</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>349</v>
+      </c>
+      <c r="M55" t="s">
+        <v>350</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>351</v>
+      </c>
+      <c r="P55" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>353</v>
+      </c>
+      <c r="B56" t="s">
+        <v>354</v>
+      </c>
+      <c r="C56" t="s">
+        <v>355</v>
+      </c>
+      <c r="D56" t="s">
+        <v>356</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>136</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2017</v>
+      </c>
+      <c r="I56">
+        <v>2021</v>
+      </c>
+      <c r="J56" t="s">
+        <v>128</v>
+      </c>
+      <c r="K56" t="s">
+        <v>357</v>
+      </c>
+      <c r="L56" t="s">
+        <v>358</v>
+      </c>
+      <c r="M56" t="s">
+        <v>359</v>
+      </c>
+      <c r="N56" t="s">
+        <v>91</v>
+      </c>
+      <c r="O56" t="s">
+        <v>360</v>
+      </c>
+      <c r="P56" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>362</v>
+      </c>
+      <c r="B57" t="s">
+        <v>363</v>
+      </c>
+      <c r="C57" t="s">
+        <v>364</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K48" t="s">
-[...16 lines deleted...]
-      <c r="B49" t="s">
+      <c r="G57" t="s">
+        <v>45</v>
+      </c>
+      <c r="H57">
+        <v>2011</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>35</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>365</v>
+      </c>
+      <c r="M57" t="s">
+        <v>366</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>367</v>
+      </c>
+      <c r="P57" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>369</v>
+      </c>
+      <c r="B58" t="s">
+        <v>370</v>
+      </c>
+      <c r="C58" t="s">
+        <v>323</v>
+      </c>
+      <c r="D58" t="s">
+        <v>75</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2002</v>
+      </c>
+      <c r="I58">
+        <v>2012</v>
+      </c>
+      <c r="J58" t="s">
+        <v>275</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>371</v>
+      </c>
+      <c r="M58" t="s">
+        <v>372</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>373</v>
+      </c>
+      <c r="P58" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>375</v>
+      </c>
+      <c r="B59" t="s">
+        <v>376</v>
+      </c>
+      <c r="C59" t="s">
+        <v>323</v>
+      </c>
+      <c r="D59" t="s">
+        <v>75</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2004</v>
+      </c>
+      <c r="I59">
+        <v>2012</v>
+      </c>
+      <c r="J59" t="s">
+        <v>275</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>377</v>
+      </c>
+      <c r="M59" t="s">
+        <v>372</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>378</v>
+      </c>
+      <c r="P59" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>380</v>
+      </c>
+      <c r="B60" t="s">
+        <v>380</v>
+      </c>
+      <c r="C60" t="s">
+        <v>381</v>
+      </c>
+      <c r="D60" t="s">
+        <v>19</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>136</v>
+      </c>
+      <c r="G60" t="s">
+        <v>45</v>
+      </c>
+      <c r="H60">
+        <v>2018</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>128</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>382</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>383</v>
+      </c>
+      <c r="P60" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>385</v>
+      </c>
+      <c r="B61" t="s">
+        <v>386</v>
+      </c>
+      <c r="C61" t="s">
+        <v>323</v>
+      </c>
+      <c r="D61" t="s">
+        <v>75</v>
+      </c>
+      <c r="E61" t="s">
+        <v>33</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2000</v>
+      </c>
+      <c r="I61">
+        <v>2014</v>
+      </c>
+      <c r="J61" t="s">
+        <v>275</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>387</v>
+      </c>
+      <c r="M61" t="s">
+        <v>325</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>388</v>
+      </c>
+      <c r="P61" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>390</v>
+      </c>
+      <c r="B62" t="s">
+        <v>391</v>
+      </c>
+      <c r="C62" t="s">
+        <v>323</v>
+      </c>
+      <c r="D62" t="s">
+        <v>75</v>
+      </c>
+      <c r="E62" t="s">
+        <v>33</v>
+      </c>
+      <c r="F62" t="s">
+        <v>136</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>1994</v>
+      </c>
+      <c r="I62">
+        <v>2014</v>
+      </c>
+      <c r="J62" t="s">
+        <v>275</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>392</v>
+      </c>
+      <c r="M62" t="s">
+        <v>325</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>393</v>
+      </c>
+      <c r="P62" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>395</v>
+      </c>
+      <c r="B63" t="s">
+        <v>396</v>
+      </c>
+      <c r="C63" t="s">
+        <v>118</v>
+      </c>
+      <c r="D63" t="s">
+        <v>19</v>
+      </c>
+      <c r="E63" t="s">
+        <v>33</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2017</v>
+      </c>
+      <c r="I63">
+        <v>2021</v>
+      </c>
+      <c r="J63" t="s">
+        <v>121</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>397</v>
+      </c>
+      <c r="M63" t="s">
         <v>122</v>
       </c>
-      <c r="C49" t="s">
-[...11 lines deleted...]
-      <c r="G49">
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>398</v>
+      </c>
+      <c r="P63" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>400</v>
+      </c>
+      <c r="B64" t="s">
+        <v>401</v>
+      </c>
+      <c r="C64" t="s">
+        <v>118</v>
+      </c>
+      <c r="D64" t="s">
+        <v>19</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2017</v>
+      </c>
+      <c r="I64">
         <v>2021</v>
       </c>
-      <c r="H49"/>
-[...3 lines deleted...]
-      <c r="J49" t="s">
+      <c r="J64" t="s">
+        <v>121</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>397</v>
+      </c>
+      <c r="M64" t="s">
+        <v>122</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>402</v>
+      </c>
+      <c r="P64" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>404</v>
+      </c>
+      <c r="B65" t="s">
+        <v>405</v>
+      </c>
+      <c r="C65" t="s">
+        <v>169</v>
+      </c>
+      <c r="D65" t="s">
+        <v>19</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K49"/>
-[...29 lines deleted...]
-      <c r="G50">
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>1997</v>
+      </c>
+      <c r="I65">
         <v>2015</v>
       </c>
-      <c r="H50"/>
-[...3 lines deleted...]
-      <c r="J50" t="s">
+      <c r="J65" t="s">
+        <v>336</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" t="s">
+        <v>406</v>
+      </c>
+      <c r="M65" t="s">
+        <v>407</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>408</v>
+      </c>
+      <c r="P65" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>410</v>
+      </c>
+      <c r="B66" t="s">
+        <v>411</v>
+      </c>
+      <c r="C66" t="s">
+        <v>169</v>
+      </c>
+      <c r="D66" t="s">
+        <v>75</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
         <v>21</v>
       </c>
-      <c r="K50"/>
-[...26 lines deleted...]
-      <c r="F51" t="s">
+      <c r="G66" t="s">
+        <v>45</v>
+      </c>
+      <c r="H66">
+        <v>2014</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>412</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>407</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>414</v>
+      </c>
+      <c r="P66" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>416</v>
+      </c>
+      <c r="B67" t="s">
+        <v>417</v>
+      </c>
+      <c r="C67" t="s">
+        <v>418</v>
+      </c>
+      <c r="D67" t="s">
         <v>19</v>
       </c>
-      <c r="G51">
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2004</v>
+      </c>
+      <c r="I67">
+        <v>2020</v>
+      </c>
+      <c r="J67" t="s">
+        <v>46</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>247</v>
+      </c>
+      <c r="M67" t="s">
+        <v>419</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>420</v>
+      </c>
+      <c r="P67" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>422</v>
+      </c>
+      <c r="B68" t="s">
+        <v>423</v>
+      </c>
+      <c r="C68" t="s">
+        <v>169</v>
+      </c>
+      <c r="D68" t="s">
+        <v>310</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>34</v>
+      </c>
+      <c r="G68" t="s">
+        <v>45</v>
+      </c>
+      <c r="H68">
         <v>2014</v>
       </c>
-      <c r="H51">
-[...210 lines deleted...]
-      <c r="G56">
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>312</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>424</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>425</v>
+      </c>
+      <c r="P68" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>427</v>
+      </c>
+      <c r="B69" t="s">
+        <v>428</v>
+      </c>
+      <c r="C69" t="s">
+        <v>429</v>
+      </c>
+      <c r="D69" t="s">
+        <v>75</v>
+      </c>
+      <c r="E69" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" t="s">
+        <v>136</v>
+      </c>
+      <c r="G69" t="s">
+        <v>45</v>
+      </c>
+      <c r="H69">
         <v>2017</v>
       </c>
-      <c r="H56">
-[...562 lines deleted...]
-      </c>
+      <c r="I69"/>
       <c r="J69" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
       <c r="M69" t="s">
-        <v>23</v>
+        <v>431</v>
       </c>
       <c r="N69" t="s">
-        <v>297</v>
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>432</v>
+      </c>
+      <c r="P69" t="s">
+        <v>433</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>