--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="434">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1199,50 +1199,53 @@
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
@@ -4680,418 +4683,418 @@
       </c>
       <c r="P61" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
         <v>390</v>
       </c>
       <c r="B62" t="s">
         <v>391</v>
       </c>
       <c r="C62" t="s">
         <v>323</v>
       </c>
       <c r="D62" t="s">
         <v>75</v>
       </c>
       <c r="E62" t="s">
         <v>33</v>
       </c>
       <c r="F62" t="s">
         <v>136</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>392</v>
       </c>
       <c r="H62">
         <v>1994</v>
       </c>
       <c r="I62">
         <v>2014</v>
       </c>
       <c r="J62" t="s">
         <v>275</v>
       </c>
       <c r="K62" t="s">
         <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="M62" t="s">
         <v>325</v>
       </c>
       <c r="N62" t="s">
         <v>26</v>
       </c>
       <c r="O62" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="P62" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B63" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C63" t="s">
         <v>118</v>
       </c>
       <c r="D63" t="s">
         <v>19</v>
       </c>
       <c r="E63" t="s">
         <v>33</v>
       </c>
       <c r="F63" t="s">
         <v>34</v>
       </c>
       <c r="G63" t="s">
         <v>22</v>
       </c>
       <c r="H63">
         <v>2017</v>
       </c>
       <c r="I63">
         <v>2021</v>
       </c>
       <c r="J63" t="s">
         <v>121</v>
       </c>
       <c r="K63" t="s">
         <v>24</v>
       </c>
       <c r="L63" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M63" t="s">
         <v>122</v>
       </c>
       <c r="N63" t="s">
         <v>26</v>
       </c>
       <c r="O63" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P63" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B64" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C64" t="s">
         <v>118</v>
       </c>
       <c r="D64" t="s">
         <v>19</v>
       </c>
       <c r="E64" t="s">
         <v>33</v>
       </c>
       <c r="F64" t="s">
         <v>34</v>
       </c>
       <c r="G64" t="s">
         <v>22</v>
       </c>
       <c r="H64">
         <v>2017</v>
       </c>
       <c r="I64">
         <v>2021</v>
       </c>
       <c r="J64" t="s">
         <v>121</v>
       </c>
       <c r="K64" t="s">
         <v>24</v>
       </c>
       <c r="L64" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M64" t="s">
         <v>122</v>
       </c>
       <c r="N64" t="s">
         <v>26</v>
       </c>
       <c r="O64" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="P64" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B65" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C65" t="s">
         <v>169</v>
       </c>
       <c r="D65" t="s">
         <v>19</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
         <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
         <v>1997</v>
       </c>
       <c r="I65">
         <v>2015</v>
       </c>
       <c r="J65" t="s">
         <v>336</v>
       </c>
       <c r="K65" t="s">
         <v>24</v>
       </c>
       <c r="L65" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="M65" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N65" t="s">
         <v>26</v>
       </c>
       <c r="O65" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="P65" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B66" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C66" t="s">
         <v>169</v>
       </c>
       <c r="D66" t="s">
         <v>75</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
         <v>21</v>
       </c>
       <c r="G66" t="s">
         <v>45</v>
       </c>
       <c r="H66">
         <v>2014</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K66" t="s">
         <v>24</v>
       </c>
       <c r="L66" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="M66" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="N66" t="s">
         <v>26</v>
       </c>
       <c r="O66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="P66" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B67" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D67" t="s">
         <v>19</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
         <v>21</v>
       </c>
       <c r="G67" t="s">
         <v>22</v>
       </c>
       <c r="H67">
         <v>2004</v>
       </c>
       <c r="I67">
         <v>2020</v>
       </c>
       <c r="J67" t="s">
         <v>46</v>
       </c>
       <c r="K67" t="s">
         <v>24</v>
       </c>
       <c r="L67" t="s">
         <v>247</v>
       </c>
       <c r="M67" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="N67" t="s">
         <v>26</v>
       </c>
       <c r="O67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="P67" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B68" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C68" t="s">
         <v>169</v>
       </c>
       <c r="D68" t="s">
         <v>310</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>34</v>
       </c>
       <c r="G68" t="s">
         <v>45</v>
       </c>
       <c r="H68">
         <v>2014</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
         <v>312</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="P68" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="B69" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C69" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D69" t="s">
         <v>75</v>
       </c>
       <c r="E69" t="s">
         <v>33</v>
       </c>
       <c r="F69" t="s">
         <v>136</v>
       </c>
       <c r="G69" t="s">
         <v>45</v>
       </c>
       <c r="H69">
         <v>2017</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="K69" t="s">
         <v>24</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="N69" t="s">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="P69" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">