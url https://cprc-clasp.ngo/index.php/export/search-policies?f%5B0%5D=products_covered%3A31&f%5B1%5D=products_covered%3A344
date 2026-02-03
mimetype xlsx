--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -595,69 +595,69 @@
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
   </si>
   <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
     <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
@@ -2544,51 +2544,51 @@
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>191</v>
       </c>
       <c r="B28" t="s">
         <v>192</v>
       </c>
       <c r="C28" t="s">
         <v>193</v>
       </c>
       <c r="D28" t="s">
         <v>194</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>53</v>
       </c>
       <c r="G28" t="s">
         <v>63</v>
       </c>
       <c r="H28">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>195</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>196</v>
       </c>
       <c r="N28" t="s">
         <v>38</v>
       </c>
       <c r="O28" t="s">
         <v>197</v>
       </c>
       <c r="P28" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>199</v>