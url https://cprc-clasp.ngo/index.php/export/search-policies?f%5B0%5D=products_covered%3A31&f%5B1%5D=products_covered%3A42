--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,905 +12,1273 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="265">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="385">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>CEL-014. Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to CRT and LCD monitors for computers working under normal electricity grid voltage and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21520-2008 CCEC/T23-2003 GB 20943-2013 GB 20943 SJ/T 11292</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-014-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B616_%E8%AE%A1%E7%AE%97%E6%9C%BA%E6%98%BE%E7%A4%BA%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-027. Microcomputers</t>
   </si>
   <si>
+    <t>Desktop computers microcomputers with a display function and laptop computers of general purpose. Does not apply to: workstations and IPC; microcomputers with two or more discrete graphics display units; microcomputers with a rated power supply greater than 750 W; laptops with the display diagonal less than 0.294 6m or 11.6 inches</t>
+  </si>
+  <si>
     <t>GB 28380-2014, GB/T 9813</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-027-microcomputers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B629_%E5%BE%AE%E5%9E%8B%E8%AE%A1%E7%AE%97%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
+    <t>Televisions, Displays</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>EN 50301</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Televisions, Displays</t>
-[...1 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>EN 50301</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>September 2023</t>
-[...5 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>CQC31-045201-2012. CQC Mark Certification - Computers</t>
   </si>
   <si>
+    <t>Applies to ordinary desktop PC and laptops also to equipment of similar hardware structure</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CCEC-T22-2003 CQC 3114-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-045201-2012-cqc-mark-certification-computers</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2011-08-02/492784.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452629-2016. Energy Conservation Certification Rules for Computer Monitors</t>
   </si>
   <si>
     <t>GB 21520-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452629-2016-energy-conservation-certification-rules-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/492777.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452691-2016 Energy conservation certification rules for LED display unit</t>
   </si>
   <si>
+    <t>Applies to indoor and outdoor full-color LED display units that work under electric grid normal voltage</t>
+  </si>
+  <si>
     <t>CQC3158-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452691-2016-energy-conservation-certification-rules-led-display-unit</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2016-08-22/537408.shtml</t>
+  </si>
+  <si>
     <t>CQC31-452692-2017 Energy conservation certification rules for multimedia display terminal</t>
   </si>
   <si>
+    <t>Applies to on-grid nomral voltage multimedia display terminal</t>
+  </si>
+  <si>
     <t>CQC3163-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-452692-2017-energy-conservation-certification-rules-multimedia-display-terminal</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-09-27/549899.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Displays</t>
   </si>
   <si>
+    <t>Displays shall meet the requirements of Article 14336-1 or Article 14408; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 5.2</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-displays</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Desktop Computers; No. En-Tech 10104012311</t>
   </si>
   <si>
+    <t>Desktop Products shall comply with the definition of desktop computer1 or integrated desktop computer2 of the ENERGY STAR Program Requirements for Computers Version 5.2.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-desktop-computers-no-en-tech-10104012311</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=36%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Methods for Notebook Computers; No. En-Tech 10104012321</t>
   </si>
   <si>
+    <t>Notebook  Products shall comply with the definition of notebook computer1 of the ENERGY STAR Program Requirements for Computers Version 5.2 of the United States.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-methods-notebook-computers-no-en-tech-10104012321</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=37%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Displays Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Display and are powered directly from AC mains; an External Power Supply; or Standard DC are eligible for ENERGY STAR certification. Typical products that would be eligible for certification under this specification include: Monitors; Signage Displays; and Signage Displays and Monitors with Plug-in Modules.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Determining Display Energy Rev. Sep-2015; ICDM Information Display Measurements Standard Version 1.03; CTA-2037-A; VESA High performance Monitor and Display Compliance Test Specification (DisplayHDR CTS) Version 1.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-displays-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/displays/partners</t>
+  </si>
+  <si>
     <t>Energy-Saving Labeling Program - Computers</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-labeling-program-computers</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>GB 21520-2015 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Computer Monitors</t>
   </si>
   <si>
+    <t>Applies to LCD monitors for computers working under normal electricity grid voltage, and those displays with tuners and or receivers mainly used as computer monitors.</t>
+  </si>
+  <si>
     <t>GB/T 8170; GB 20943</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21520-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B40D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28380-2012 Minimum allowable values of energy efficiency and energy grades for microcomputers</t>
+  </si>
+  <si>
+    <t>This policy applies to general purpose microcomputers, including desktop computers with integrated display functions and portable PCs. Also applies to microcomputers with two or more independent graphic displays. Does not apply to microcomputers with rated power higher than 750W or portable computers with a display diagonal less than 0.2946m or 11.6 inches.</t>
   </si>
   <si>
     <t>,   
                     GB 28380-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28380-2012-minimum-allowable-values-energy-efficiency-and-energy-grades-microcomputers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E1CFD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Computer Monitors) Determination 2014</t>
   </si>
   <si>
+    <t>This policy covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via:
+                (a)    a direct connection; or
+               (b)    an external power supply permanently connected to the product; or
+                (c)    an external power supply that can be disconnected from the product.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
+    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2014L00780</t>
+  </si>
+  <si>
+    <t>This Determination covers computer monitors specified in the table following this subsection which are designed to be connected to 230 or 240 volts mains voltage via: (a) a direct connection; or (b) an external power supply permanently connected to the product; or (c) an external power supply that can be disconnected from the product. Class 1 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution less than or equal to 1.1 MegaPixels. Class 2 Computer monitors with a diagonal screen size less than 76 cm (30 inches) and a screen resolution greater than 1.1 MegaPixels. Class 3 Computer monitors with a diagonal screen size equal to or greater than 76 cm (30 inches) and equal to or less than 152 cm (60 inches)." "</t>
+  </si>
+  <si>
     <t>AS/NZS 5815.1:2012</t>
   </si>
   <si>
-    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014</t>
   </si>
   <si>
-    <t>AS/NZS 5813.2:2012; AS/NZS 4665.1:2005; AS/NZS 5813.1:2012</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-computer-monitors-determination-2014-0</t>
+    <t>https://www.legislation.gov.au/Details/F2014L00780</t>
   </si>
   <si>
     <t>Greenmark N 17 - Personal Computers -System Unit</t>
   </si>
   <si>
+    <t>Applies to system units of personal computers in the form of vertical tower; horizontal case or other forms; and are composed of CPU; motherboard; hard disk drive and memory; etc. This standard is not applicable to notebook or portable computers and tablet computers.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-17-personal-computers-system-unit</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/17/e19298ec-6a4e-40e7-a2cb-2872bc37097a.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 59 - Notebook Computers</t>
   </si>
   <si>
+    <t>Applies to notebook or portable computers. It shall be capable of entering a low power-consumption mode; sleep-mode; and off-mode automatically after a certain period of inactivity. The power consumption at the sleep-mode and off-mode shall be less than 5 watts and 2 watts; respectively.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-59-notebook-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/e0a5a9f1-755a-45a6-910c-3bc3767cc2e0.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N 66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>Applies to personal computers for use in permanent locations which are composed of computer main or system unit; display; keyboard and mouse; and includes products sold as packaged computer systems or integrated computers. The product shall have the energy saving modes enabled as default setting when shipped to the consumers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n-66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N153 - Light Emitting Diode Display Panels</t>
   </si>
   <si>
+    <t>This standard is applicable to products which meet the definition of CNS 13091 and CNS 14555 and their associated indoor products.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n153-light-emitting-diode-display-panels</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/153/7c68e26b-531c-449b-b0f6-57d5de763473.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N18 - Displays</t>
   </si>
   <si>
+    <t>This standard is applicable to the displays</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n18-displays</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/18/af2050e9-6959-450b-b294-dfb62c7fda69.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N59 - Notebook Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to notebook|portable computers and tablet computers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n59-notebook-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/59/507f82a6-34dd-4670-b472-a766445b1685.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N66 - Desktop Personal Computers</t>
   </si>
   <si>
+    <t>This standard is applicable to personal computers for use in permanent locations which are composed of computer main|system unit; display; keyboard and mouse; and include products sold as packaged computer systems or integrated computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n66-desktop-personal-computers</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/66/0837c613-47c0-482e-b191-6cd5adfff7ba.pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>JS 2105:2013 Energy labeling of televisions</t>
   </si>
   <si>
+    <t>This policy covers labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2105</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21052013-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5456</t>
+  </si>
+  <si>
     <t>JS 2106:2013 Technical Regulation on eco-design requirements for televisions</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for placing on the market of televisions.</t>
+  </si>
+  <si>
     <t>JS 2106</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21062013-technical-regulation-eco-design-requirements-televisions</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5468</t>
+  </si>
+  <si>
     <t>LI 2446 Energy Commission (Energy Efficiency Standards and Labelling) (Computers) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a computer, manufactured in the country or imported into the country for display, sale or use as a desktop computer, notebook computer, a workstation, or a computer server.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2446-energy-commission-energy-efficiency-standards-and-labelling-computers-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Computers in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers desktop and notebook computers that perform processing functions for general use, consisting of a central processing unit and a monitor.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-computers-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048421</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Monitors in Standby and Off Mode Power, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers monitors with a size of 12 inches or more that are manufactured to be used as a display for a computer (excluding the monitor integrated into the processor and the monitor used to receive TV signals).</t>
+  </si>
+  <si>
     <t>Electronics, Audio-Visual, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-monitors-standby-and-mode-power-be</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=2048422</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Schedule 14 - Laptop/Notebook Computers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and energy labeling instructions for desktops, integrated desktops and notebook/ laptop computers, manufactured, imported, or sold in India for household/office and similar use. This Standard has been prepared on the basis of Energy Star specification for computers developed by US Environment Protection Agency. In the absence of BIS standard for laptops and notebooks this standard follows the version 6.11 - Energy Star program requirements Product specification for computers.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>version 6.1 - Energy Star program requirements Product specification for computers</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-14-laptopnotebook-computers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/shcedule14com.pdf</t>
+  </si>
+  <si>
     <t>SLS 1580 Minimum energy performance for computers</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1580-minimum-energy-performance-computers</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2433&amp;lang=en</t>
+  </si>
+  <si>
     <t>TCVN 11848:2021 - Notebook computers</t>
+  </si>
+  <si>
+    <t>This standard specifies energy efficiency requirements and methods for determining energy consumption for laptops, two-in-one laptops, all-in-one laptops, tablets, and mobile workstations.  This standard does not apply to client computers, mobile client computers, mobile gaming consoles, point-of-sale (POS) machines, and tablets used in point-of-sale machines. This standard was adopted on 28 December 2021. It will enter into force on 1 January 2025.</t>
   </si>
   <si>
     <t>TCVN 11847:2017
 ,   
                     IEC 62623:2012
 ,   
                     IEC 61966-2-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-118482021-notebook-computers</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-viet-nam-tcvn-11848-2021-bo-khoa-hoc-va-cong-nghe-238464-d3/uploaded/VIETLAWFILE/2022/12/TCVN_11848_2021_TCDLCL_191222115003.pdf.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13371:2021 - Desktop computers</t>
   </si>
   <si>
+    <t>This policy specifies energy efficiency requirements and methods for determining energy consumption for desktop computers, including integrated desktop computers. This standard does not apply to point-of-sale (POS) terminals, workstations, and client computers. This policy enters into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133712021-desktop-computers</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13371%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for computer monitors.</t>
+  </si>
+  <si>
     <t>IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95082012-computer-monitors-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-9508-2012-man-hinh-may-tinh-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Computer TGL-12-R2-15</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to personal computers (PC) and computers that can be portable and can be divided into 4 types.</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>TIS 1561
 ,   
                     TIS 1956
 ,   
                     TIS 1448
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-computer-tgl-12-r2-15</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-12-R2-15.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1174,2739 +1542,3114 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N62"/>
+  <dimension ref="A1:P62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="241" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="241.798" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="287.787" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1979</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>62</v>
+      </c>
+      <c r="P6" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2009</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>78</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>61</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>66</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2003</v>
+      </c>
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>46</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2003</v>
+      </c>
+      <c r="I14">
+        <v>2016</v>
+      </c>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2003</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>109</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2011</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I16">
+        <v>2023</v>
+      </c>
+      <c r="J16" t="s">
+        <v>110</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>118</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>123</v>
+      </c>
+      <c r="D18" t="s">
+        <v>124</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>125</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>126</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>127</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>132</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...2 lines deleted...]
-      <c r="H3">
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>134</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>132</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>133</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>134</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>139</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>142</v>
+      </c>
+      <c r="D21" t="s">
+        <v>43</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>143</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>144</v>
+      </c>
+      <c r="M21" t="s">
+        <v>145</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>148</v>
+      </c>
+      <c r="B22" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2000</v>
+      </c>
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>144</v>
+      </c>
+      <c r="M22" t="s">
+        <v>150</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>151</v>
+      </c>
+      <c r="P22" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>153</v>
+      </c>
+      <c r="B23" t="s">
+        <v>154</v>
+      </c>
+      <c r="C23" t="s">
+        <v>142</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>143</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>144</v>
+      </c>
+      <c r="M23" t="s">
+        <v>150</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>155</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>159</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24" t="s">
+        <v>161</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2016</v>
+      </c>
+      <c r="I24">
+        <v>2019</v>
+      </c>
+      <c r="J24" t="s">
+        <v>35</v>
+      </c>
+      <c r="K24" t="s">
+        <v>162</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>163</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1994</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>86</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>169</v>
+      </c>
+      <c r="M25" t="s">
+        <v>170</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1992</v>
+      </c>
+      <c r="I26">
+        <v>2020</v>
+      </c>
+      <c r="J26" t="s">
+        <v>86</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>176</v>
+      </c>
+      <c r="M26" t="s">
+        <v>170</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>177</v>
+      </c>
+      <c r="P26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>179</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>19</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>44</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2004</v>
+      </c>
+      <c r="I27">
+        <v>2011</v>
+      </c>
+      <c r="J27" t="s">
+        <v>181</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>182</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>183</v>
+      </c>
+      <c r="P27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>185</v>
+      </c>
+      <c r="B28" t="s">
+        <v>186</v>
+      </c>
+      <c r="C28" t="s">
+        <v>42</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>86</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>48</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>188</v>
+      </c>
+      <c r="P28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>190</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29">
+        <v>2016</v>
+      </c>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>192</v>
+      </c>
+      <c r="M29" t="s">
+        <v>48</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>193</v>
+      </c>
+      <c r="P29" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>197</v>
+      </c>
+      <c r="D30" t="s">
+        <v>19</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30">
+        <v>1989</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>86</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>198</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>199</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" t="s">
+        <v>202</v>
+      </c>
+      <c r="C31" t="s">
+        <v>197</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" t="s">
+        <v>45</v>
+      </c>
+      <c r="H31">
+        <v>1987</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>198</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>203</v>
+      </c>
+      <c r="P31" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>205</v>
+      </c>
+      <c r="B32" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" t="s">
+        <v>207</v>
+      </c>
+      <c r="D32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>1999</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>208</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>209</v>
+      </c>
+      <c r="M32" t="s">
+        <v>210</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>205</v>
+      </c>
+      <c r="B33" t="s">
+        <v>213</v>
+      </c>
+      <c r="C33" t="s">
+        <v>207</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>161</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>208</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>214</v>
+      </c>
+      <c r="M33" t="s">
+        <v>210</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>215</v>
+      </c>
+      <c r="P33" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>217</v>
+      </c>
+      <c r="B34" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" t="s">
+        <v>142</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>143</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>219</v>
+      </c>
+      <c r="M34" t="s">
+        <v>150</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>220</v>
+      </c>
+      <c r="P34" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2000</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>143</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>150</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>224</v>
+      </c>
+      <c r="P35" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>226</v>
+      </c>
+      <c r="B36" t="s">
+        <v>227</v>
+      </c>
+      <c r="C36" t="s">
+        <v>142</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2000</v>
+      </c>
+      <c r="I36">
+        <v>2013</v>
+      </c>
+      <c r="J36" t="s">
+        <v>143</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>219</v>
+      </c>
+      <c r="M36" t="s">
+        <v>145</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>228</v>
+      </c>
+      <c r="P36" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>230</v>
+      </c>
+      <c r="B37" t="s">
+        <v>231</v>
+      </c>
+      <c r="C37" t="s">
+        <v>142</v>
+      </c>
+      <c r="D37" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2000</v>
+      </c>
+      <c r="I37">
+        <v>2016</v>
+      </c>
+      <c r="J37" t="s">
+        <v>143</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>150</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>232</v>
+      </c>
+      <c r="P37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B38" t="s">
+        <v>235</v>
+      </c>
+      <c r="C38" t="s">
+        <v>142</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2000</v>
+      </c>
+      <c r="I38">
+        <v>2015</v>
+      </c>
+      <c r="J38" t="s">
+        <v>143</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>145</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>236</v>
+      </c>
+      <c r="P38" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>238</v>
+      </c>
+      <c r="B39" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2000</v>
+      </c>
+      <c r="I39">
+        <v>2015</v>
+      </c>
+      <c r="J39" t="s">
+        <v>143</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>150</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>240</v>
+      </c>
+      <c r="P39" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>242</v>
+      </c>
+      <c r="B40" t="s">
+        <v>243</v>
+      </c>
+      <c r="C40" t="s">
+        <v>142</v>
+      </c>
+      <c r="D40" t="s">
+        <v>19</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2000</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>143</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>145</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>244</v>
+      </c>
+      <c r="P40" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>246</v>
+      </c>
+      <c r="B41" t="s">
+        <v>247</v>
+      </c>
+      <c r="C41" t="s">
+        <v>248</v>
+      </c>
+      <c r="D41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>161</v>
+      </c>
+      <c r="G41" t="s">
+        <v>45</v>
+      </c>
+      <c r="H41">
+        <v>2024</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>249</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>250</v>
+      </c>
+      <c r="M41" t="s">
+        <v>251</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>252</v>
+      </c>
+      <c r="P41" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>254</v>
+      </c>
+      <c r="B42" t="s">
+        <v>255</v>
+      </c>
+      <c r="C42" t="s">
+        <v>256</v>
+      </c>
+      <c r="D42" t="s">
+        <v>58</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>44</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2013</v>
+      </c>
+      <c r="I42">
+        <v>2014</v>
+      </c>
+      <c r="J42" t="s">
+        <v>86</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>257</v>
+      </c>
+      <c r="M42" t="s">
+        <v>258</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>259</v>
+      </c>
+      <c r="P42" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>261</v>
+      </c>
+      <c r="B43" t="s">
+        <v>262</v>
+      </c>
+      <c r="C43" t="s">
+        <v>256</v>
+      </c>
+      <c r="D43" t="s">
+        <v>58</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43">
+        <v>2014</v>
+      </c>
+      <c r="J43" t="s">
+        <v>86</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>263</v>
+      </c>
+      <c r="M43" t="s">
+        <v>258</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>264</v>
+      </c>
+      <c r="P43" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>266</v>
+      </c>
+      <c r="B44" t="s">
+        <v>267</v>
+      </c>
+      <c r="C44" t="s">
+        <v>268</v>
+      </c>
+      <c r="D44" t="s">
+        <v>19</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>45</v>
+      </c>
+      <c r="H44">
+        <v>2022</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>269</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>270</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>271</v>
+      </c>
+      <c r="P44" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>273</v>
+      </c>
+      <c r="B45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C45" t="s">
+        <v>275</v>
+      </c>
+      <c r="D45" t="s">
+        <v>43</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>161</v>
+      </c>
+      <c r="G45" t="s">
+        <v>45</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>143</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>276</v>
+      </c>
+      <c r="M45" t="s">
+        <v>277</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>278</v>
+      </c>
+      <c r="P45" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>280</v>
+      </c>
+      <c r="B46" t="s">
+        <v>281</v>
+      </c>
+      <c r="C46" t="s">
+        <v>275</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>34</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>2013</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>143</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>282</v>
+      </c>
+      <c r="M46" t="s">
+        <v>277</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>283</v>
+      </c>
+      <c r="P46" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>285</v>
+      </c>
+      <c r="B47" t="s">
+        <v>286</v>
+      </c>
+      <c r="C47" t="s">
+        <v>287</v>
+      </c>
+      <c r="D47" t="s">
+        <v>288</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>289</v>
+      </c>
+      <c r="G47" t="s">
+        <v>45</v>
+      </c>
+      <c r="H47">
+        <v>2015</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>290</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>291</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>292</v>
+      </c>
+      <c r="P47" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>294</v>
+      </c>
+      <c r="B48" t="s">
+        <v>295</v>
+      </c>
+      <c r="C48" t="s">
+        <v>287</v>
+      </c>
+      <c r="D48" t="s">
+        <v>296</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" t="s">
+        <v>45</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>290</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>291</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>297</v>
+      </c>
+      <c r="P48" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>299</v>
+      </c>
+      <c r="B49" t="s">
+        <v>300</v>
+      </c>
+      <c r="C49" t="s">
+        <v>197</v>
+      </c>
+      <c r="D49" t="s">
+        <v>301</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>44</v>
+      </c>
+      <c r="G49" t="s">
+        <v>45</v>
+      </c>
+      <c r="H49">
+        <v>2012</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>143</v>
+      </c>
+      <c r="K49" t="s">
+        <v>302</v>
+      </c>
+      <c r="L49" t="s">
+        <v>303</v>
+      </c>
+      <c r="M49" t="s">
+        <v>304</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>305</v>
+      </c>
+      <c r="P49" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>307</v>
+      </c>
+      <c r="B50" t="s">
+        <v>307</v>
+      </c>
+      <c r="C50" t="s">
+        <v>308</v>
+      </c>
+      <c r="D50" t="s">
+        <v>309</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>21</v>
+      </c>
+      <c r="G50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H50">
+        <v>2015</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>126</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>310</v>
+      </c>
+      <c r="M50" t="s">
+        <v>311</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>312</v>
+      </c>
+      <c r="P50" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>314</v>
+      </c>
+      <c r="B51" t="s">
+        <v>315</v>
+      </c>
+      <c r="C51" t="s">
+        <v>316</v>
+      </c>
+      <c r="D51" t="s">
+        <v>317</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>161</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2017</v>
+      </c>
+      <c r="I51">
+        <v>2021</v>
+      </c>
+      <c r="J51" t="s">
+        <v>117</v>
+      </c>
+      <c r="K51" t="s">
+        <v>318</v>
+      </c>
+      <c r="L51" t="s">
+        <v>319</v>
+      </c>
+      <c r="M51" t="s">
+        <v>320</v>
+      </c>
+      <c r="N51" t="s">
+        <v>321</v>
+      </c>
+      <c r="O51" t="s">
+        <v>322</v>
+      </c>
+      <c r="P51" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>324</v>
+      </c>
+      <c r="B52" t="s">
+        <v>325</v>
+      </c>
+      <c r="C52" t="s">
+        <v>326</v>
+      </c>
+      <c r="D52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>45</v>
+      </c>
+      <c r="H52">
+        <v>2011</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>35</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>327</v>
+      </c>
+      <c r="M52" t="s">
+        <v>328</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>329</v>
+      </c>
+      <c r="P52" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>331</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>332</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>161</v>
+      </c>
+      <c r="G53" t="s">
+        <v>45</v>
+      </c>
+      <c r="H53">
         <v>2018</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>117</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>333</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>334</v>
+      </c>
+      <c r="P53" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>336</v>
+      </c>
+      <c r="B54" t="s">
+        <v>337</v>
+      </c>
+      <c r="C54" t="s">
+        <v>107</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2017</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>110</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>338</v>
+      </c>
+      <c r="M54" t="s">
+        <v>111</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>339</v>
+      </c>
+      <c r="P54" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>341</v>
+      </c>
+      <c r="B55" t="s">
+        <v>342</v>
+      </c>
+      <c r="C55" t="s">
+        <v>107</v>
+      </c>
+      <c r="D55" t="s">
+        <v>19</v>
+      </c>
+      <c r="E55" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" t="s">
+        <v>34</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55">
+        <v>2021</v>
+      </c>
+      <c r="J55" t="s">
+        <v>110</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>338</v>
+      </c>
+      <c r="M55" t="s">
+        <v>111</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>343</v>
+      </c>
+      <c r="P55" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>345</v>
+      </c>
+      <c r="B56" t="s">
+        <v>346</v>
+      </c>
+      <c r="C56" t="s">
+        <v>107</v>
+      </c>
+      <c r="D56" t="s">
+        <v>43</v>
+      </c>
+      <c r="E56" t="s">
+        <v>33</v>
+      </c>
+      <c r="F56" t="s">
+        <v>34</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2012</v>
+      </c>
+      <c r="I56">
+        <v>2015</v>
+      </c>
+      <c r="J56" t="s">
+        <v>110</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>347</v>
+      </c>
+      <c r="M56" t="s">
+        <v>111</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>348</v>
+      </c>
+      <c r="P56" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>350</v>
+      </c>
+      <c r="B57" t="s">
+        <v>351</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>19</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1997</v>
+      </c>
+      <c r="I57">
+        <v>2015</v>
+      </c>
+      <c r="J57" t="s">
+        <v>352</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57" t="s">
+        <v>353</v>
+      </c>
+      <c r="M57" t="s">
+        <v>354</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>355</v>
+      </c>
+      <c r="P57" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>357</v>
+      </c>
+      <c r="B58" t="s">
+        <v>358</v>
+      </c>
+      <c r="C58" t="s">
+        <v>65</v>
+      </c>
+      <c r="D58" t="s">
+        <v>359</v>
+      </c>
+      <c r="E58" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="F58" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...23 lines deleted...]
-      <c r="J4" t="s">
+      <c r="G58" t="s">
+        <v>45</v>
+      </c>
+      <c r="H58">
+        <v>2021</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>66</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58"/>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>360</v>
+      </c>
+      <c r="P58" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>362</v>
+      </c>
+      <c r="B59" t="s">
+        <v>363</v>
+      </c>
+      <c r="C59" t="s">
+        <v>364</v>
+      </c>
+      <c r="D59" t="s">
+        <v>19</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...13 lines deleted...]
-      <c r="A5" t="s">
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2004</v>
+      </c>
+      <c r="I59">
+        <v>2020</v>
+      </c>
+      <c r="J59" t="s">
+        <v>365</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>219</v>
+      </c>
+      <c r="M59" t="s">
+        <v>366</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>367</v>
+      </c>
+      <c r="P59" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>369</v>
+      </c>
+      <c r="B60" t="s">
+        <v>370</v>
+      </c>
+      <c r="C60" t="s">
+        <v>364</v>
+      </c>
+      <c r="D60" t="s">
         <v>43</v>
       </c>
-      <c r="B5" t="s">
-[...23 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>2003</v>
+      </c>
+      <c r="I60">
+        <v>2020</v>
+      </c>
+      <c r="J60" t="s">
+        <v>352</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>366</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>371</v>
+      </c>
+      <c r="P60" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>373</v>
+      </c>
+      <c r="B61" t="s">
+        <v>374</v>
+      </c>
+      <c r="C61" t="s">
+        <v>375</v>
+      </c>
+      <c r="D61" t="s">
+        <v>43</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
         <v>44</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="G61" t="s">
+        <v>376</v>
+      </c>
+      <c r="H61">
+        <v>2021</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>208</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>377</v>
+      </c>
+      <c r="M61" t="s">
+        <v>378</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>379</v>
+      </c>
+      <c r="P61" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>381</v>
+      </c>
+      <c r="B62" t="s">
+        <v>382</v>
+      </c>
+      <c r="C62" t="s">
+        <v>375</v>
+      </c>
+      <c r="D62" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>289</v>
+      </c>
+      <c r="G62" t="s">
         <v>45</v>
       </c>
-    </row>
-[...490 lines deleted...]
-      <c r="H17">
+      <c r="H62">
         <v>2021</v>
       </c>
-      <c r="I17" t="s">
-[...1355 lines deleted...]
-      <c r="K49" t="s">
+      <c r="I62"/>
+      <c r="J62" t="s">
         <v>208</v>
       </c>
-      <c r="L49" t="s">
-[...547 lines deleted...]
-      </c>
       <c r="K62" t="s">
-        <v>260</v>
+        <v>24</v>
       </c>
       <c r="L62" t="s">
-        <v>261</v>
+        <v>377</v>
       </c>
       <c r="M62" t="s">
-        <v>23</v>
+        <v>378</v>
       </c>
       <c r="N62" t="s">
-        <v>264</v>
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>383</v>
+      </c>
+      <c r="P62" t="s">
+        <v>384</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>